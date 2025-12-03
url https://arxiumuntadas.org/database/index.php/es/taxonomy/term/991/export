--- v0 (2025-10-09)
+++ v1 (2025-12-03)
@@ -35,63 +35,63 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Shows of force: Power, Politics and Ideology in Art Exhibitions</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Durham (NC)</t>
+  </si>
+  <si>
     <t>Art beyond Itself. Anthropology for a Society Without a Story Line</t>
-  </si>
-[...10 lines deleted...]
-    <t>Shows of force: Power, Politics and Ideology in Art Exhibitions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -442,70 +442,70 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>