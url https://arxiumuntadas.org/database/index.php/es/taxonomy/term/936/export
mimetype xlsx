--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -110,54 +110,54 @@
   <si>
     <t>On Translation: Strand [Fotografía]</t>
   </si>
   <si>
     <t>M.T. - Manifattura Tabacchi</t>
   </si>
   <si>
     <t>Oggetto: Manifattura Tabacchi di Firenze, residenze d’artista 2018-2019</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Arte Prezzo e Valore. Arte Contemporanea e Mercato / Art Price And Value. Contemporary Art and Market</t>
   </si>
   <si>
     <t>The architectures of Babel. Creation, extinctions and intercessions in the languages of the global world</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Top Hundred</t>
   </si>
   <si>
+    <t>Arte Prezzo e Valore. Arte contemporanea e mercato.Art Price and Value</t>
+  </si>
+  <si>
     <t>Top Hundred. Florencia</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arte Prezzo e Valore. Arte contemporanea e mercato.Art Price and Value</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>