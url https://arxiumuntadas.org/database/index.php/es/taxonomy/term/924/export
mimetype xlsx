--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -62,57 +62,57 @@
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>San Diego (CA)</t>
   </si>
   <si>
     <t>Curso: Experimental Media</t>
   </si>
   <si>
     <t>inSite_05 [Situational] Public &gt; Público [situacional]</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>San Diego (CA), Tijuana</t>
   </si>
   <si>
     <t>inSite_05. Art Practices in the Public Domain. San Diego Tijuana</t>
   </si>
   <si>
+    <t>Situational Public/ Público Situacional</t>
+  </si>
+  <si>
+    <t>Exposición</t>
+  </si>
+  <si>
     <t>inSite. Art Practices in the Public Domain.San Diego Tijuana</t>
-  </si>
-[...4 lines deleted...]
-    <t>Situational Public/ Público Situacional</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -540,66 +540,66 @@
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5">
         <v>2005</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>14</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8"/>
       <c r="D8">
         <v>2005</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>