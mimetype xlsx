--- v0 (2025-10-09)
+++ v1 (2025-11-14)
@@ -1010,66 +1010,66 @@
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
         <v>46</v>
       </c>
       <c r="D28">
         <v>2004</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B29" t="s">
         <v>17</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B30" t="s">
         <v>17</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>47</v>
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>