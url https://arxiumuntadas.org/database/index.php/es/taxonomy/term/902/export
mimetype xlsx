--- v1 (2025-11-14)
+++ v2 (2025-12-13)
@@ -143,60 +143,60 @@
   <si>
     <t>Generación Digital / Belaunaldi Digitala. Seminario / Taller “Muntadas: Proyectos”</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Bilduma. La Coleccionn. ARTIUM.</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Oroi. Queda mucho pasado por delante</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Alphaville e outros — Campo de relámpagos</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
+    <t>VideoStorias</t>
+  </si>
+  <si>
+    <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
     <t>13 Festival de video Bideo Jaialdia. Vitoria-Gasteiz 1998</t>
-  </si>
-[...7 lines deleted...]
-    <t>Taller</t>
   </si>
   <si>
     <t>Artium, Centro-Museo Vasco de Arte Contemporáneo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -943,118 +943,118 @@
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>42</v>
       </c>
       <c r="D24">
         <v>2018</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>40</v>
       </c>
       <c r="D25">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D26">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>45</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D28">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>17</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>43</v>
       </c>
       <c r="B30" t="s">
         <v>17</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>