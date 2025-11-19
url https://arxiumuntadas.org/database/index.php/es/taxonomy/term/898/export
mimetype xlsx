--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -35,66 +35,66 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
     <t>ARS 95</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Folleto</t>
-  </si>
-[...7 lines deleted...]
-    <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>On Translation: The Pavilion</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -483,51 +483,51 @@
         <v>10</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3">
         <v>1995</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5"/>
       <c r="D5">
         <v>1995</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">