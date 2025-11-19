--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -53,54 +53,54 @@
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Vanguardia y últimas tendencias. [Programa Cine]</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
     <t>Fundación 2008</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
+    <t>Libertad, Igualdad, Fraternidad</t>
+  </si>
+  <si>
     <t>Vanguardia y últimas tendencias. [Programa Video]</t>
-  </si>
-[...1 lines deleted...]
-    <t>Libertad, Igualdad, Fraternidad</t>
   </si>
   <si>
     <t>Vanguardia y últimas tendencias</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Aqua Quo Vadis?</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -497,95 +497,95 @@
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4">
-        <v>1983</v>
+        <v>2009</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5">
-        <v>2009</v>
+        <v>1983</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8"/>
       <c r="D8">
         <v>2008</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">