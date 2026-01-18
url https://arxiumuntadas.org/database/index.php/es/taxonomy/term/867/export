--- v0 (2025-10-09)
+++ v1 (2026-01-18)
@@ -101,51 +101,51 @@
   <si>
     <t>Espacios de Memoria</t>
   </si>
   <si>
     <t>Islarios de la contemporaneidad. Anomia digital y crítica de perspectivas múltiples</t>
   </si>
   <si>
     <t>Álvaro Talavera</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Ayuntamiento de Murcia</t>
   </si>
   <si>
     <t>Universidad de Murcia</t>
   </si>
   <si>
     <t>Contraparada 3</t>
   </si>
   <si>
     <t>La Conquista de la Ubicuidad</t>
   </si>
   <si>
-    <t>La escena sin fin. El arte en la era big bang.</t>
+    <t>La escena sin fin. El arte en la era big bang</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>