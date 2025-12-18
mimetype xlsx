--- v0 (2025-10-09)
+++ v1 (2025-12-18)
@@ -35,99 +35,99 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>Abad, Benito, Llimos, Muntadas. Documenta 5.</t>
+    <t>Abad, Benito, Llimos, Muntadas. Documenta 5</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Intervenciones en Documenta 5. 4x Umformung eines Raumes. Aktionen</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Documenta X. Short Guide / Kurzfuhrer</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>Documenta 6. Kassel. Malerei, plastik, video, fotografie, film, performance, zeichnungen, bücher utopisches design</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Documenta 6. Kassel. Handzeichnungen utopisches design bücher</t>
   </si>
   <si>
-    <t>Documenta X. Short Guide / Kurzfuhrer</t>
-[...1 lines deleted...]
-  <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Documenta X. Short Guide.</t>
   </si>
   <si>
     <t>Umformung eines Raumes</t>
   </si>
   <si>
     <t>The Last Ten Minutes II</t>
   </si>
   <si>
     <t>On Translation: The Internet Project</t>
   </si>
   <si>
-    <t>Documenta, Kassel</t>
+    <t>Documenta</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -517,114 +517,114 @@
         <v>12</v>
       </c>
       <c r="C3"/>
       <c r="D3">
         <v>1972</v>
       </c>
       <c r="E3">
         <v>2009</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>1977</v>
+        <v>1997</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5">
         <v>1977</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>