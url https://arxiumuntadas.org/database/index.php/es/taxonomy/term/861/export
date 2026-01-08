--- v1 (2025-12-18)
+++ v2 (2026-01-08)
@@ -56,60 +56,60 @@
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Abad, Benito, Llimos, Muntadas. Documenta 5</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Intervenciones en Documenta 5. 4x Umformung eines Raumes. Aktionen</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>Documenta 6. Kassel. Malerei, plastik, video, fotografie, film, performance, zeichnungen, bücher utopisches design</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Documenta 6. Kassel. Handzeichnungen utopisches design bücher</t>
+  </si>
+  <si>
     <t>Documenta X. Short Guide / Kurzfuhrer</t>
-  </si>
-[...7 lines deleted...]
-    <t>Documenta 6. Kassel. Handzeichnungen utopisches design bücher</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Documenta X. Short Guide.</t>
   </si>
   <si>
     <t>Umformung eines Raumes</t>
   </si>
   <si>
     <t>The Last Ten Minutes II</t>
   </si>
   <si>
     <t>On Translation: The Internet Project</t>
   </si>
   <si>
     <t>Documenta</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
 </sst>
 </file>
 
@@ -517,114 +517,114 @@
         <v>12</v>
       </c>
       <c r="C3"/>
       <c r="D3">
         <v>1972</v>
       </c>
       <c r="E3">
         <v>2009</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4">
-        <v>1997</v>
+        <v>1977</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5">
         <v>1977</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6">
-        <v>1977</v>
+        <v>1997</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>