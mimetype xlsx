--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -134,60 +134,60 @@
   <si>
     <t>Es Baluard reflexiona sobre las murallas</t>
   </si>
   <si>
     <t>Clara Ferrer</t>
   </si>
   <si>
     <t>Es Baluard abre su temporada con una reflexión sobre las murallas</t>
   </si>
   <si>
     <t>Pilar Rubí</t>
   </si>
   <si>
     <t>Neon de Suro</t>
   </si>
   <si>
     <t>Foro Fronteras como Cicatrices</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>TOUT VA BIEN</t>
   </si>
   <si>
+    <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas. Dibujos. Pinturas.</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
     <t>Miró 80</t>
-  </si>
-[...7 lines deleted...]
-    <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Imma Prieto</t>
   </si>
   <si>
     <t>Darrera Escena</t>
   </si>
   <si>
     <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
   </si>
   <si>
     <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Palma</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -947,159 +947,159 @@
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>12</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>30</v>
       </c>
       <c r="D25">
-        <v>1973</v>
+        <v>2016</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>41</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="D26">
-        <v>2016</v>
+        <v>1970</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="D27">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>44</v>
       </c>
       <c r="B28" t="s">
         <v>25</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B29" t="s">
         <v>12</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>45</v>
       </c>
       <c r="B30" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>46</v>
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>47</v>
       </c>
       <c r="B33" t="s">
         <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>