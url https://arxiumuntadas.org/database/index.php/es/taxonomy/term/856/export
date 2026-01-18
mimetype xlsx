--- v1 (2025-10-29)
+++ v2 (2026-01-18)
@@ -134,60 +134,60 @@
   <si>
     <t>Es Baluard reflexiona sobre las murallas</t>
   </si>
   <si>
     <t>Clara Ferrer</t>
   </si>
   <si>
     <t>Es Baluard abre su temporada con una reflexión sobre las murallas</t>
   </si>
   <si>
     <t>Pilar Rubí</t>
   </si>
   <si>
     <t>Neon de Suro</t>
   </si>
   <si>
     <t>Foro Fronteras como Cicatrices</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>TOUT VA BIEN</t>
   </si>
   <si>
+    <t>Antonio Muntadas. Dibujos. Pinturas.</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Miró 80</t>
+  </si>
+  <si>
     <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
-  </si>
-[...7 lines deleted...]
-    <t>Miró 80</t>
   </si>
   <si>
     <t>Imma Prieto</t>
   </si>
   <si>
     <t>Darrera Escena</t>
   </si>
   <si>
     <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
   </si>
   <si>
     <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Palma</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -944,162 +944,162 @@
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>39</v>
       </c>
       <c r="B24" t="s">
         <v>12</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>40</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="D25">
-        <v>2016</v>
+        <v>1970</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="D26">
-        <v>1970</v>
+        <v>1973</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>43</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>30</v>
       </c>
       <c r="D27">
-        <v>1973</v>
+        <v>2016</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>44</v>
       </c>
       <c r="B28" t="s">
         <v>25</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B29" t="s">
         <v>12</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>45</v>
       </c>
       <c r="B30" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>46</v>
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>47</v>
       </c>
       <c r="B33" t="s">
         <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>