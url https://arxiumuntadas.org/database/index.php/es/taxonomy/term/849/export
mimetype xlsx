--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -83,69 +83,69 @@
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Antoni Muntadas en Chile. Instalación como metáfora.</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Programa de evento</t>
   </si>
   <si>
     <t>Museo de Arte Contemporáneo de Santiago</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Roberto Mardones</t>
   </si>
   <si>
     <t>Ramón Castillo</t>
   </si>
   <si>
+    <t>Colección de Arte Contemporáneo 2015, GGM, CNCA</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
     <t>Muntadas. Trabajos Recientes</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>La memoria del otro</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>El sofisticado lenguaje de las instalaciones</t>
-  </si>
-[...4 lines deleted...]
-    <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -653,133 +653,133 @@
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D13">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D14">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>32</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>1974</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">