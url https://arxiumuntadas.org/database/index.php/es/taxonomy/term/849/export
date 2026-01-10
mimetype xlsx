--- v1 (2025-12-15)
+++ v2 (2026-01-10)
@@ -83,69 +83,69 @@
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Antoni Muntadas en Chile. Instalación como metáfora.</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Programa de evento</t>
   </si>
   <si>
     <t>Museo de Arte Contemporáneo de Santiago</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Roberto Mardones</t>
   </si>
   <si>
     <t>Ramón Castillo</t>
   </si>
   <si>
+    <t>El sofisticado lenguaje de las instalaciones</t>
+  </si>
+  <si>
     <t>Colección de Arte Contemporáneo 2015, GGM, CNCA</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Muntadas. Trabajos Recientes</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>La memoria del otro</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
-  </si>
-[...1 lines deleted...]
-    <t>El sofisticado lenguaje de las instalaciones</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -650,136 +650,136 @@
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D11">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D12">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D13">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D14">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B15" t="s">
         <v>30</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>32</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>1974</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">