--- v0 (2025-10-29)
+++ v1 (2025-11-23)
@@ -12,79 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Libro" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1020">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1024">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>A arte contemporánea e o traballo por proxectos</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Guía</t>
+  </si>
+  <si>
+    <t>España</t>
+  </si>
+  <si>
+    <t>MANUAL</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>L'appartement 22. Vol. 2 (2009-2022)</t>
+  </si>
+  <si>
+    <t>Rabat</t>
+  </si>
+  <si>
     <t>Otros Miedos / Others Fears</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Islarios de contemporaneidad II. El proyecto del mundo.</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Murcia</t>
   </si>
   <si>
     <t>Lugar Público Vol. 2</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Video - Apparat/Medium, Kunst, Kultur: Ein internationaler</t>
   </si>
   <si>
     <t>Alemania</t>
@@ -134,59 +158,53 @@
   <si>
     <t>Muntadas. Sobre / About Asia</t>
   </si>
   <si>
     <t>Un Espace Parlé. A Spoken Space. 47 propositions</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>On Television</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Lugar Público</t>
   </si>
   <si>
     <t>Muntadas Blackboard Dialogs</t>
   </si>
   <si>
     <t>Catálogo, Catálogo Individual Muntadas, Compilación</t>
   </si>
   <si>
-    <t>España</t>
-[...1 lines deleted...]
-  <si>
     <t>Barcelona 2005. Any del llibre i la lectura</t>
   </si>
   <si>
-    <t>Compilación</t>
-[...1 lines deleted...]
-  <si>
     <t>Urbânia 3</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Brasil</t>
   </si>
   <si>
     <t>Eye on Europe: Prints, Books &amp; Multiples/1960 to Now</t>
   </si>
   <si>
     <t>Catálogo Colectivo, Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Luisa Strina 50</t>
   </si>
   <si>
     <t>I Martidì Critici. La parola all'arte. 2015 - 2020</t>
   </si>
   <si>
     <t>Italia</t>
   </si>
   <si>
     <t>Interrogative Design</t>
@@ -197,53 +215,50 @@
   <si>
     <t>Read My Lips: Political Advertisement 1952–2024, by Muntadas &amp; Reese [Libro]</t>
   </si>
   <si>
     <t>Tete Álvarez. Escenografías</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>PATCH WORKS Tete Álvarez</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>A arte contemporánea e o traballo por proxectos. Propostas dende a docencia</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>El radar americano. Arquitectura, arte, comunicación visual y Guerra Fría</t>
   </si>
   <si>
-    <t>Barcelona</t>
-[...1 lines deleted...]
-  <si>
     <t>An Introduction to the Making of Western Art: Materiality, Preservation and Change</t>
   </si>
   <si>
     <t>XXIII Bienal Internacional de Arte de Cerveira</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>The 13th Shanghai Biennale: Bodies of Water</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>uTOPIAS e disTOPIAS: um diálogo entre o acervo do Museu de Arte Moderna da Bahia e a Arte Contemporânea Brasileira</t>
   </si>
   <si>
     <t>Bahía</t>
   </si>
   <si>
     <t>10.000 Francos de recompensa. (El Museo de Arte Contemporáneo vivo o muerto)</t>
   </si>
   <si>
     <t>Hypertranslation</t>
@@ -527,53 +542,50 @@
   <si>
     <t>FOOD. La utopia de la proximitat</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>2013 | 14 Vancouver Art Gallery Annual Report</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Manifiestos sobre el arte y la red. 1990-1999</t>
   </si>
   <si>
     <t>Muntadas. La Ciudad Vacía</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>El Puente Lab - 15 años</t>
   </si>
   <si>
-    <t>Guía</t>
-[...1 lines deleted...]
-  <si>
     <t>Bestea naiz / El otro soy yo. Migraciones políticas y poéticas</t>
   </si>
   <si>
     <t>Mind the Gap. La vita tra bioarte, arte ecologica e post internet</t>
   </si>
   <si>
     <t>una voz / una imagen</t>
   </si>
   <si>
     <t>Castellón de la Plana</t>
   </si>
   <si>
     <t>Arte y arquitectura: un diálogo</t>
   </si>
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>Muntadas: Contextos III. Una antología crítica</t>
   </si>
   <si>
     <t>Political Advertisement X</t>
   </si>
   <si>
     <t>L’art del gravat català</t>
@@ -851,257 +863,1784 @@
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
     <t>La pols del cos. Usos i representacions de l’espai. Col·lecció per amor a l’art</t>
   </si>
   <si>
     <t>Muntadas Edicions II</t>
   </si>
   <si>
     <t>Muntadas Activating Artifacts: About Academia</t>
   </si>
   <si>
     <t>Baltimore (MD)</t>
   </si>
   <si>
     <t>Censoring Culture</t>
   </si>
   <si>
     <t>Muntadas. Estratexias do desprazamento</t>
   </si>
   <si>
+    <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>Proyecto DOCUMENTOS N°1. 10/8/72</t>
+  </si>
+  <si>
+    <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
+  </si>
+  <si>
+    <t>New York: nomadic design</t>
+  </si>
+  <si>
+    <t>Artscape. Panorama dell'arte in Rete. I Turbamenti dell'Arte</t>
+  </si>
+  <si>
+    <t>La Biennale di Venezia. 51 International Art Exhibition. The experience of art. Always a little further</t>
+  </si>
+  <si>
+    <t>España. Arte spagnola 1957-2007</t>
+  </si>
+  <si>
+    <t>Palermo</t>
+  </si>
+  <si>
+    <t>The Games: Inspiring images</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>Traduzione e interpretazione tra arte, società e culture: Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Contaminaciones. Del videoarte al multimedia</t>
+  </si>
+  <si>
+    <t>Support Structures</t>
+  </si>
+  <si>
+    <t>ARTSPEAK Guide to Contemporary Ideas, Movements, and Buzzwords, 1945 to the Present</t>
+  </si>
+  <si>
+    <t>Mirada i gest. 50 artistes 1977-2007</t>
+  </si>
+  <si>
+    <t>Torroella de Montgrí</t>
+  </si>
+  <si>
+    <t>Del Arte Objetual al Arte de Concepto 1960 - 1972</t>
+  </si>
+  <si>
+    <t>Leer imágenes: una historia privada del arte</t>
+  </si>
+  <si>
+    <t>Six Years: The dematerialization of the art object from 1966 to 1972 (…)</t>
+  </si>
+  <si>
+    <t>Muntadas en Latinoamérica</t>
+  </si>
+  <si>
+    <t>Caldas</t>
+  </si>
+  <si>
+    <t>Dialogues on Public Space. Total Museum Press. MIT.</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>Between the frames: The Forum</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum (japonés)</t>
+  </si>
+  <si>
+    <t>Horiko</t>
+  </si>
+  <si>
+    <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
+  </si>
+  <si>
+    <t>The Kitchen Center for Video and Music 75-76</t>
+  </si>
+  <si>
+    <t>Rhetorical Image</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis. Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>Vidéo Topiques. Tours et retours de l'art vidéo</t>
+  </si>
+  <si>
+    <t>404 object not found</t>
+  </si>
+  <si>
+    <t>Paraŀlel Benet Rossell</t>
+  </si>
+  <si>
+    <t>Prophetia [Inglés]</t>
+  </si>
+  <si>
+    <t>Territorios híbridos. Prácticas artísticas y espacio social. Proyectos, procesos y sistemas activados desde el contexto catalán</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Internet Art. The online clash of culture and commerce</t>
+  </si>
+  <si>
+    <t>Arte/Cidade Zona Leste Máquinas Urbanas</t>
+  </si>
+  <si>
+    <t>Zones de traduction. Pour une nouvelle littérature comparée</t>
+  </si>
+  <si>
+    <t>Millau</t>
+  </si>
+  <si>
+    <t>A la pintura. Poema del color y la línea (1945-1952)</t>
+  </si>
+  <si>
+    <t>Eva Hesse</t>
+  </si>
+  <si>
+    <t>Luchino Visconti</t>
+  </si>
+  <si>
+    <t>The Paper Revolutionaries: The Rise of the Underground Press</t>
+  </si>
+  <si>
+    <t>Colección MACBA. Itinerario</t>
+  </si>
+  <si>
+    <t>Exposicão : [Zonas Liminares] : Trabalhos de Workshop com ANTONI MUNTADAS : São Carlos. Brasil 2010/2011</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema: from the public square to the bullring</t>
+  </si>
+  <si>
+    <t>Muntadas. Slogans</t>
+  </si>
+  <si>
+    <t>Refranero Político</t>
+  </si>
+  <si>
+    <t>Mediated Narratives</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
+    <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
+  </si>
+  <si>
+    <t>Dass die körper sprechen, auch das wiseen wie seit langem / That bodies speak has been known for a long time</t>
+  </si>
+  <si>
+    <t>Viena</t>
+  </si>
+  <si>
+    <t>Geografías del desorden. Migración, alteridad y nueva esfera social.</t>
+  </si>
+  <si>
+    <t>Sistemas, Acciones y Procesos. 1965-1975.</t>
+  </si>
+  <si>
+    <t>Wall to Wall. Carpets by artists</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>Sculpture contemporaine spagnole</t>
+  </si>
+  <si>
+    <t>Ciutats negades 2. Recuperant espais urbans oblidats</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>Spatial practices. Funzione pubblica e politica dell'arte nella società delle reti</t>
+  </si>
+  <si>
+    <t>Archivi impossibili. Un'ossessione dell'arte contemporanea</t>
+  </si>
+  <si>
+    <t>Monza</t>
+  </si>
+  <si>
+    <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
+  </si>
+  <si>
+    <t>La arquitectura de la ciudad global</t>
+  </si>
+  <si>
+    <t>Pale Fires and other texts</t>
+  </si>
+  <si>
+    <t>Vivir en Madrid</t>
+  </si>
+  <si>
+    <t>Afinidades Electivas. Julião Sarmento Coleccionador</t>
+  </si>
+  <si>
+    <t>L'arte che traduce. La traduzione visuale nell'opera di Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Panem et Circenses</t>
+  </si>
+  <si>
+    <t>Gante</t>
+  </si>
+  <si>
+    <t>On Translation: Stand by</t>
+  </si>
+  <si>
+    <t>Encuentros/Rencontres/Meetings/Treffen/Incontri 1972 Pamplona</t>
+  </si>
+  <si>
+    <t>Procesos. Cultura y Nuevas Tecnologías</t>
+  </si>
+  <si>
+    <t>El teléfono en la fotografía</t>
+  </si>
+  <si>
+    <t>Séptima Bienal de La Habana</t>
+  </si>
+  <si>
+    <t>La Biennale di Venezia. 51 International Art Exhibition. Participating Countries. Collateral Events.</t>
+  </si>
+  <si>
+    <t>El discreto encanto de la tecnología. Artes en España.</t>
+  </si>
+  <si>
+    <t>Badajoz</t>
+  </si>
+  <si>
+    <t>Artifariti VI. VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
+  </si>
+  <si>
+    <t>Muntadas.Mediante</t>
+  </si>
+  <si>
+    <t>Arte e Media. Avanguardie e comunicazione di massa</t>
+  </si>
+  <si>
+    <t>Materia Resevada. Els artistes catalans i les Biennals de Venècia</t>
+  </si>
+  <si>
+    <t>Un imaginaire institutionel. Musées, collections et archives d'artistes</t>
+  </si>
+  <si>
+    <t>La post-avanguardia. Arte marginale e marginalità dell'arte</t>
+  </si>
+  <si>
+    <t>Benevento</t>
+  </si>
+  <si>
+    <t>Del Di Tella a "Tucumán Arde" : Vanguardia artística y política en el '68 argentino</t>
+  </si>
+  <si>
+    <t>L'effet beaubourg. Implosion et dissuasion</t>
+  </si>
+  <si>
+    <t>Stop, look and write! Effective writing through pictures</t>
+  </si>
+  <si>
+    <t>Quando è scultura</t>
+  </si>
+  <si>
+    <t>Centervideo. Film, Video, TV and Telecommunication 1968-1981 at the Center for Advanced Visual Studies. Massachusetts Institute of Technology. C.A.V.S/M.I.T. Otto Piene with Elizabeth Goldring and Vin Grabill (editors)</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Español]</t>
+  </si>
+  <si>
+    <t>Culorea</t>
+  </si>
+  <si>
+    <t>Arad</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
+    <t>Documenta 6. Kassel. Malerei, plastik, video, fotografie, film, performance, zeichnungen, bücher utopisches design</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>10 Contemporains Espagnols</t>
+  </si>
+  <si>
+    <t>Le Péage-de-Rousillon</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
+    <t>Darrera Escena</t>
+  </si>
+  <si>
+    <t>Cneai=neuf ans</t>
+  </si>
+  <si>
+    <t>La memoria del otro</t>
+  </si>
+  <si>
+    <t>Santiago de Chile</t>
+  </si>
+  <si>
+    <t>Prophetia [Castellano]</t>
+  </si>
+  <si>
+    <t>Art públic I producció de localitat</t>
+  </si>
+  <si>
+    <t>L'art numérique. Comment la technologie vient au monde de l'art</t>
+  </si>
+  <si>
+    <t>The Archive as project / Archiwum jako project</t>
+  </si>
+  <si>
+    <t>Varsovia</t>
+  </si>
+  <si>
+    <t>Hank Bull: Connexion</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>Charlottetown</t>
+  </si>
+  <si>
+    <t>America and Americans</t>
+  </si>
+  <si>
+    <t>Narrativa</t>
+  </si>
+  <si>
+    <t>Física de l'estètica: Noves fronteres de la ciència, l'art i el pesament</t>
+  </si>
+  <si>
+    <t>Ma Position: éscrits sur mes oeuvres</t>
+  </si>
+  <si>
+    <t>The senses considered as perceptual systems</t>
+  </si>
+  <si>
+    <t>La Colección. Claves De Lectura (Parte II)</t>
+  </si>
+  <si>
+    <t>Lives and Works in Istanbul : Victor Burgin Sophiel Calle Peter Kogler Antoni Muntadas Remos Salvadori Danae Stratou : Workshops Exhibition</t>
+  </si>
+  <si>
+    <t>The Un/Necessary Image</t>
+  </si>
+  <si>
+    <t>Andover (MA)</t>
+  </si>
+  <si>
+    <t>Ladies &amp; Gentlemen</t>
+  </si>
+  <si>
+    <t>Acte 28: Muntadas/Franch, dispositius d'exposició</t>
+  </si>
+  <si>
+    <t>Contraparada 3</t>
+  </si>
+  <si>
+    <t>La colección del IVAM. Adquisiciones 1985-1992</t>
+  </si>
+  <si>
+    <t>Cyber 98 - a criaçaõ na era digital</t>
+  </si>
+  <si>
+    <t>La ville qui fait des signes</t>
+  </si>
+  <si>
+    <t>Francia</t>
+  </si>
+  <si>
+    <t>Sala Tres 1972-1979 en la ruta de l'art alternatiu a Catalunya</t>
+  </si>
+  <si>
+    <t>Muzej Afektov. Museum of affects.V sklopu Internacional. In the framework of L'Internationale.</t>
+  </si>
+  <si>
+    <t>Liubliana</t>
+  </si>
+  <si>
+    <t>Artist Film &amp; Video Today. Works &amp; Words. LOOP Barcelona 2017. Selected 12</t>
+  </si>
+  <si>
+    <t>Arte conceptual revisado. Conceptual art revisited</t>
+  </si>
+  <si>
+    <t>Ciutats negades 1. Visualitzant espais urbans absents</t>
+  </si>
+  <si>
+    <t>L'Internationale. Post-War Avant-Gardes. Between 1957 and 1986</t>
+  </si>
+  <si>
+    <t>Zúrich</t>
+  </si>
+  <si>
+    <t>El Internacional (1984-1986). New York's Archaeological Sandwich</t>
+  </si>
+  <si>
+    <t>Ciencia y conducta humana: una psicologia científica</t>
+  </si>
+  <si>
+    <t>La globalización imaginada</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t>Penser la ville: choix de textes philosophiques</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>What is zen?</t>
+  </si>
+  <si>
+    <t>Libros, Objetos Ymultiples. 1978-1991. Estampa Ediciones. Catalogo 1</t>
+  </si>
+  <si>
+    <t>Connectivités. Cités, villes, mégapoles en Méditerranée</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>City Museum</t>
+  </si>
+  <si>
+    <t>Herblay</t>
+  </si>
+  <si>
+    <t>Muntadas: Protokolle</t>
+  </si>
+  <si>
+    <t>Miró 80</t>
+  </si>
+  <si>
+    <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
+  </si>
+  <si>
+    <t>Terrassa</t>
+  </si>
+  <si>
+    <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
+  </si>
+  <si>
+    <t>Mostra d' Arts Electròniques 2000 / Artes Electrónicas / Electronic Arts</t>
+  </si>
+  <si>
+    <t>Vajilla imaginaria / Vaixella imaginaria / Imaginary dishes</t>
+  </si>
+  <si>
+    <t>Arte Prezzo e Valore. Arte Contemporanea e Mercato / Art Price And Value. Contemporary Art and Market</t>
+  </si>
+  <si>
+    <t>Capture Photography Festival</t>
+  </si>
+  <si>
+    <t>Progetto per la creazione di un processo di metabolizzazione artificiale delle immagini mediatiche sul web.</t>
+  </si>
+  <si>
+    <t>Image et Politique. Actes du colloque des Rencontres Internationales de la photographie Arles 1997</t>
+  </si>
+  <si>
+    <t>Arlés</t>
+  </si>
+  <si>
+    <t>Encuentros de Pamplona 1972: Fin de Fiesta del Arte Experimental</t>
+  </si>
+  <si>
+    <t>Walter Zanini. Escrituras críticas</t>
+  </si>
+  <si>
+    <t>Del arte a la idea. Ensayos sobre el arte conceptual</t>
+  </si>
+  <si>
+    <t>Education Automation: Freeing the scholar to return to this studies</t>
+  </si>
+  <si>
+    <t>Les grands textes de la Psychologue Moderne: recueil méthodique à l'usage des candidats Baccalauréat, Primière Supérieure, Enseignement Supérieur</t>
+  </si>
+  <si>
+    <t>Subculture and Homogenization= Subcultura i homogenïtzació</t>
+  </si>
+  <si>
+    <t>Just another exhibition. Storie politiche delle biennali</t>
+  </si>
+  <si>
+    <t>European Design Labs 09 : Expiry in Transit</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Catalán]</t>
+  </si>
+  <si>
+    <t>On Translation: The Monuments</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>Documenta 6. Kassel. Handzeichnungen utopisches design bücher</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>La Conquista de la Ubicuidad</t>
+  </si>
+  <si>
+    <t>VAIA 2006. V Mostra de Video Art Internacional d'Alcoi</t>
+  </si>
+  <si>
+    <t>Alcoi</t>
+  </si>
+  <si>
+    <t>Lur Proiektua. Proyecto Tierra. Project Earth.</t>
+  </si>
+  <si>
+    <t>Prophetia [Catalán]</t>
+  </si>
+  <si>
+    <t>Técnicas y tecnologías de la acción creativa frente al control social mediático: Actitudes críticas en la obra de Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>De houdbaarheid van videokunst. Conservering van de Nederlandse videokunst collectie / The sustainability of video art. Preservation of Dutch video art collections</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>La imagen mundializada ¿una iconicidad global?</t>
+  </si>
+  <si>
+    <t>Jordi Benito. Idees com a imatges / documents com a obres d'art. 1971 - 1984</t>
+  </si>
+  <si>
+    <t>Granollers</t>
+  </si>
+  <si>
+    <t>An Essay on Liberation</t>
+  </si>
+  <si>
+    <t>Guerrilla Television</t>
+  </si>
+  <si>
+    <t>Manu Chao: música y libertad</t>
+  </si>
+  <si>
+    <t>Cles</t>
+  </si>
+  <si>
+    <t>The senses of animals</t>
+  </si>
+  <si>
+    <t>The Collection. Keys to a Reading (Part II)</t>
+  </si>
+  <si>
+    <t>Muntadas: Treballs Recents</t>
+  </si>
+  <si>
+    <t>CEE Project. Muntadas / El paraíso es de los extraños. Rogelio López Cuenca</t>
+  </si>
+  <si>
+    <t>Muntadas: Asian Protocols</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Madrid, Londres</t>
+  </si>
+  <si>
+    <t>Primavera Fotgràfica 1998</t>
+  </si>
+  <si>
+    <t>Gwangju Biennale</t>
+  </si>
+  <si>
+    <t>Present Tense</t>
+  </si>
+  <si>
+    <t>Isimiz (12.Istambul Bienali). Untitled (12thI Istanbul Biennial), 2011</t>
+  </si>
+  <si>
+    <t>Arte en el campo de siglo: Una selección de obras adquiridas en las dos últimas décadas</t>
+  </si>
+  <si>
+    <t>Carrers de frontera. Passatges de la cultura alemanya a la cultura catalana. Vol. II</t>
+  </si>
+  <si>
+    <t>Azul como una naranja / Blue like an orange</t>
+  </si>
+  <si>
+    <t>Ecatepec</t>
+  </si>
+  <si>
+    <t>Miralda Madeinusa</t>
+  </si>
+  <si>
+    <t>City of Quartz</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>La internacional publicitaria</t>
+  </si>
+  <si>
+    <t>Photoanalysis</t>
+  </si>
+  <si>
+    <t>Art et mégalopole RN86</t>
+  </si>
+  <si>
+    <t>Artículo / Noticia en medio impreso, Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Givors</t>
+  </si>
+  <si>
+    <t>Depués Del Arte. After Art</t>
+  </si>
+  <si>
+    <t>La Habana</t>
+  </si>
+  <si>
+    <t>Serralves: A história da Coleçao</t>
+  </si>
+  <si>
+    <t>Between the Frames: Transcription des entretiens</t>
+  </si>
+  <si>
+    <t>Burdeos</t>
+  </si>
+  <si>
+    <t>Quejas [Publicación de artista sin firmar]</t>
+  </si>
+  <si>
+    <t>Impact. Art Video.Art 74. 8 jours de vidéo.</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
+  </si>
+  <si>
+    <t>Tolosa</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Out of Print. An archive as an artistic concept</t>
+  </si>
+  <si>
+    <t>VideoDictionary</t>
+  </si>
+  <si>
+    <t>Exclusiones /Censorship.</t>
+  </si>
+  <si>
+    <t>Nostalgia is an Extended Feedback</t>
+  </si>
+  <si>
+    <t>Il Grup de Treball: esempio di concettuale politico in Spagna</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>El arte último del siglo XX. Del postminimalismo a lo multicultural</t>
+  </si>
+  <si>
+    <t>Manizales</t>
+  </si>
+  <si>
+    <t>Home Stories. Locating artistic practice in today's global reality</t>
+  </si>
+  <si>
+    <t>Frankfurt</t>
+  </si>
+  <si>
+    <t>Entre Imágenes. Foto.Cine.Video</t>
+  </si>
+  <si>
+    <t>El espacio público como ideología</t>
+  </si>
+  <si>
+    <t>Libre-échange</t>
+  </si>
+  <si>
+    <t>Europa</t>
+  </si>
+  <si>
+    <t>Teoría de la deriva y otros textos situacionistas sobre la ciudad</t>
+  </si>
+  <si>
+    <t>Pavilions/Art in Architecture</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual : Ikusentzun erakusketa</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Inglés]</t>
+  </si>
+  <si>
+    <t>Muntadas: Proyectos / Projects</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Inglés]</t>
+  </si>
+  <si>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
+  </si>
+  <si>
+    <t>Pierre Restany. Le coeur et la raison.</t>
+  </si>
+  <si>
+    <t>Morlaix</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Invitation au voyage / Transport to summer. 9È Cicle d' Intervencions al Vestíbul</t>
+  </si>
+  <si>
+    <t>La Visión Impura. Fondos de la Colección Permanente</t>
+  </si>
+  <si>
+    <t>Novos Mundos Novos</t>
+  </si>
+  <si>
+    <t>Recife</t>
+  </si>
+  <si>
+    <t>Destino dos objetos</t>
+  </si>
+  <si>
+    <t>Cultura catalana contemporània I: L'Art Català Contemporani</t>
+  </si>
+  <si>
+    <t>L'Art et les expositions en Espagne pendant le franquisme</t>
+  </si>
+  <si>
+    <t>On est Là pour voir. Chroniques démocritiques sur la photographie</t>
+  </si>
+  <si>
+    <t>Aesthetics of Interaction in Digital Art</t>
+  </si>
+  <si>
+    <t>Art, Society and Self-consciousness</t>
+  </si>
+  <si>
+    <t>Calgary</t>
+  </si>
+  <si>
+    <t>Guia Histórica descriptiva del viajero a Barcelona</t>
+  </si>
+  <si>
+    <t>Mao Tse-Tung: un luminoso retrato de Mao y de la China del siglo XX</t>
+  </si>
+  <si>
+    <t>The silent language</t>
+  </si>
+  <si>
+    <t>Estampa. Arte Múltiple</t>
+  </si>
+  <si>
+    <t>Taller de Proyectos Antoni Muntadas con la colaboración de Juan Herreros, Arquitecto : Fundación Marcelino Botin, Villa Iris, Santander</t>
+  </si>
+  <si>
+    <t>Muntadas. Catálogo / Exposición</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Español]</t>
+  </si>
+  <si>
+    <t>Round-table transcripts. Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
+    <t>Ars electronica. Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
+  </si>
+  <si>
+    <t>Linz</t>
+  </si>
+  <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>Reservate der Sehnsucht</t>
+  </si>
+  <si>
+    <t>Dortmund</t>
+  </si>
+  <si>
+    <t>Galería Cadaqués</t>
+  </si>
+  <si>
+    <t>HMKW. Hartware Medienkunstverein. 1996-2008</t>
+  </si>
+  <si>
+    <t>Construyendo una colección. Una interpretación de la colección de la Fundación Botín.</t>
+  </si>
+  <si>
+    <t>Gelatina Dura. Historias camoteadas de los 80</t>
+  </si>
+  <si>
+    <t>Kunst in Spanien. Künstler / Kuratoren / Galerien / Museen / Design / Architektur / Kunstmarkt / Kulturpolitik / Treffpunkte / Adressen</t>
+  </si>
+  <si>
+    <t>JEAN DUPUY à la bonne heure!</t>
+  </si>
+  <si>
+    <t>Niza</t>
+  </si>
+  <si>
+    <t>La escena sin fin. El arte en la era big bang.</t>
+  </si>
+  <si>
+    <t>Ulises Carrión. Querido lector. No lea.</t>
+  </si>
+  <si>
+    <t>Communication and cultural domination</t>
+  </si>
+  <si>
+    <t>La libertad en el arte</t>
+  </si>
+  <si>
+    <t>Poemas y canciones</t>
+  </si>
+  <si>
+    <t>La creación artística como cuestionamiento/Artistic Creation at Stake</t>
+  </si>
+  <si>
+    <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
+  </si>
+  <si>
+    <t>Collección MACBA</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum</t>
+  </si>
+  <si>
+    <t>Muntadas Bs.As.</t>
+  </si>
+  <si>
+    <t>Art/Vidéo Confrontation 74</t>
+  </si>
+  <si>
+    <t>Festival des Arts Électroniques</t>
+  </si>
+  <si>
+    <t>Rennes</t>
+  </si>
+  <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>Printed in Spain. Künstlerpublikationen der 60er bis 80 er Jahre / Impreso en España. Publicaciones de artistas de los años 60 a 80.</t>
+  </si>
+  <si>
+    <t>Connecting Worlds</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual Ikusentzun Erasketa</t>
+  </si>
+  <si>
+    <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
+  </si>
+  <si>
+    <t>Barcelona 70. Los años del vacío. Estudio sobre las tecnologías del yo artístico.</t>
+  </si>
+  <si>
+    <t>Ficciones de fin de siglo</t>
+  </si>
+  <si>
+    <t>Quando è Scultura</t>
+  </si>
+  <si>
+    <t>Crítica en acto. Textos e intervenciones sobre arte y artistas españoles contemporáneos.</t>
+  </si>
+  <si>
+    <t>En torno al vídeo</t>
+  </si>
+  <si>
+    <t>Abadiño</t>
+  </si>
+  <si>
+    <t>El Estructuralismo</t>
+  </si>
+  <si>
+    <t>Libros de artistas</t>
+  </si>
+  <si>
+    <t>Teoría de la sensibilidad</t>
+  </si>
+  <si>
+    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Catalán]</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>Instant-Cities: Muntadas / Zush</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Inglés]</t>
+  </si>
+  <si>
+    <t>Contemporary Spanish Prints</t>
+  </si>
+  <si>
+    <t>4e Semaine Internationale de Vidéo</t>
+  </si>
+  <si>
+    <t>Saint - Gervais Genève</t>
+  </si>
+  <si>
+    <t>Documenta X. Short Guide / Kurzfuhrer</t>
+  </si>
+  <si>
+    <t>Paysages Persitants</t>
+  </si>
+  <si>
+    <t>Por entre as linhas. Between the lines</t>
+  </si>
+  <si>
+    <t>Ars Itineris. El viaje en el arte contemporáneo</t>
+  </si>
+  <si>
+    <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
+  </si>
+  <si>
+    <t>Diccionario. Pintores españoles contemporáneos. Desde 1881, nacimiento de Picasso</t>
+  </si>
+  <si>
+    <t>La photographie. Entre document et art contemporain</t>
+  </si>
+  <si>
+    <t>Education for Socially engaged Art</t>
+  </si>
+  <si>
+    <t>Art &amp; Science</t>
+  </si>
+  <si>
+    <t>Arte, ciència i medi natural: ponències de la Quarta Trobada de la Comissió Internacional de Difusió de la Cultura Catalana</t>
+  </si>
+  <si>
+    <t>Homenatge de Catalunya a Alexandre Cirici (1914-1983)</t>
+  </si>
+  <si>
+    <t>Multiples : Ein Versuch die Entwicklung des Auflagenobjektes darzustellen; An attempt to present the development of the object edition</t>
+  </si>
+  <si>
+    <t>The Spot: The Rise of Political Advertising on Television</t>
+  </si>
+  <si>
+    <t>Objetos Relacionales. Colección MACBA 2002-2007</t>
+  </si>
+  <si>
+    <t>Memoria 2008 : Fundación Marcelino Botín</t>
+  </si>
+  <si>
+    <t>E / Slogans</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos. Una antología crítica</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>...Fuera de Formato</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea</t>
+  </si>
+  <si>
+    <t>( D' ) oïda</t>
+  </si>
+  <si>
+    <t>inSite_05. Art Practices in the Public Domain. San Diego Tijuana</t>
+  </si>
+  <si>
+    <t>Entre chien et loup</t>
+  </si>
+  <si>
+    <t>Um ponto de ironia</t>
+  </si>
+  <si>
+    <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
+  </si>
+  <si>
+    <t>Artigianelli</t>
+  </si>
+  <si>
+    <t>Máquina e Imaginário</t>
+  </si>
+  <si>
+    <t>Material Pedagógico para o professor</t>
+  </si>
+  <si>
+    <t>Digital art conservation. Preservation of digital art: theory and practice</t>
+  </si>
+  <si>
+    <t>Karlsruhe</t>
+  </si>
+  <si>
+    <t>El arte en la era de lo global. 1989-2015</t>
+  </si>
+  <si>
+    <t>Comunicación: Análisis del carácter y emancipación; Marx, Freud, Reich</t>
+  </si>
+  <si>
+    <t>La lucha contra el pirata en nuestra poesia</t>
+  </si>
+  <si>
+    <t>Posibilidad e imposibilidad del arte: comentarios en el tiempo</t>
+  </si>
+  <si>
+    <t>Dalton (GA)</t>
+  </si>
+  <si>
+    <t>Silencios y Sussurros</t>
+  </si>
+  <si>
+    <t>Viamao</t>
+  </si>
+  <si>
+    <t>Top Hundred</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos II. Una antología crítica</t>
+  </si>
+  <si>
+    <t>Progressionen 1. Foto.Film.Dias.Zeichnung</t>
+  </si>
+  <si>
+    <t>Video Drive-In. 3 programes de vídeo americà</t>
+  </si>
+  <si>
+    <t>Beyond the Bridge</t>
+  </si>
+  <si>
+    <t>net_condition_art and global media</t>
+  </si>
+  <si>
+    <t>Reality Addicts. Transmediale Festival 06</t>
+  </si>
+  <si>
+    <t>Of bridges &amp; Borders</t>
+  </si>
+  <si>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan International Video Art Exhibition. Symposium and essays.</t>
+  </si>
+  <si>
+    <t>Taipei</t>
+  </si>
+  <si>
+    <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
+  </si>
+  <si>
+    <t>Instalaciones</t>
+  </si>
+  <si>
+    <t>Hondarribia</t>
+  </si>
+  <si>
+    <t>Memorias y olvidos del archivo</t>
+  </si>
+  <si>
+    <t>Tenerife</t>
+  </si>
+  <si>
+    <t>Aportacions catalanes universals</t>
+  </si>
+  <si>
+    <t>Del arte objetual al arte de concepto (1960-1974)</t>
+  </si>
+  <si>
+    <t>Móstoles</t>
+  </si>
+  <si>
+    <t>El model: un model per a una societat qualitativa (1968)</t>
+  </si>
+  <si>
+    <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
+  </si>
+  <si>
+    <t>The Ancient Chinese Art of Healing Acupuncture</t>
+  </si>
+  <si>
+    <t>Interviews: Oral history in contemporary art / L’entretien d’artiste dans l’art contemporain</t>
+  </si>
+  <si>
+    <t>Nam June Paik Award 2010</t>
+  </si>
+  <si>
+    <t>Jurado</t>
+  </si>
+  <si>
+    <t>Muntadas</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Español]</t>
+  </si>
+  <si>
+    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
+  </si>
+  <si>
+    <t>Dissensi. Tra film video televisione</t>
+  </si>
+  <si>
+    <t>La città degli interventi / The City of the Interventions. La Generazione delle Immagini III</t>
+  </si>
+  <si>
+    <t>Cardinales</t>
+  </si>
+  <si>
+    <t>Horitzó TV. Perspectives d'una altra televisió possible</t>
+  </si>
+  <si>
+    <t>Tv arts tv. La televisión tomada por los artistas.</t>
+  </si>
+  <si>
+    <t>Perdidos en la ciudad. La vida urbana en las colecciones del IVAM</t>
+  </si>
+  <si>
+    <t>Contemporary Spanish Art</t>
+  </si>
+  <si>
+    <t>Arte contemporanea. Le ricerche internazionali dalla fine degli anni '50 a oggi</t>
+  </si>
+  <si>
+    <t>Martellago</t>
+  </si>
+  <si>
+    <t>La revolta poètica 1964 -1982</t>
+  </si>
+  <si>
+    <t>Marisa Ciento. Art i galerisme a Barcelona</t>
+  </si>
+  <si>
+    <t>Arthopods: New desing futures</t>
+  </si>
+  <si>
+    <t>I Padiglioni della Biennale di Venezia</t>
+  </si>
+  <si>
+    <t>New forms in film</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>The wired nation. Cable TV: The Electronic Communications Highway</t>
+  </si>
+  <si>
+    <t>Col·lecció Josep Suñol. Catàleg Raonat</t>
+  </si>
+  <si>
+    <t>Spektakel Stadt / City spectacle</t>
+  </si>
+  <si>
+    <t>Muntadas: Exhibition: May 1-31, 1987</t>
+  </si>
+  <si>
+    <t>On Translation: Das Museum</t>
+  </si>
+  <si>
+    <t>About Academia II (the transcriptions: an internal document) [printed in Baltimore]</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>Pour la Suite du Monde.</t>
+  </si>
+  <si>
+    <t>Fora de Camp. Set itineraris per l'audiovisual català dels anys 60 als 90.</t>
+  </si>
+  <si>
+    <t>Temps de Vídeo. 1965-2005. Coŀlecció Nouveaux Médias del Centre Pompidou amb la participació de la coŀlecció d 'art contemporani Fundació "La Caixa"</t>
+  </si>
+  <si>
+    <t>Máquinas &amp; almas. Arte digital y nuevos medios</t>
+  </si>
+  <si>
+    <t>Caras B de la historia del vídeo arte en España / B Sides of the History of Video Art in Spain</t>
+  </si>
+  <si>
+    <t>Salamanca</t>
+  </si>
+  <si>
+    <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Arte identità confini</t>
+  </si>
+  <si>
+    <t>(À) Partir de Marseille, 65 projects d'art contemporain</t>
+  </si>
+  <si>
+    <t>Puntos de encuentro en la iconosfera. Interacciones en el audiovisual</t>
+  </si>
+  <si>
+    <t>El arte y los artistas en las últimas décadas. Entre locos, gamberros y especuladores</t>
+  </si>
+  <si>
+    <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
+  </si>
+  <si>
+    <t>La ricerca della lingua perfetta</t>
+  </si>
+  <si>
+    <t>Routes. Travel and translation in the late twentieth century</t>
+  </si>
+  <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Collectie XXVI De Arte Factum Jaren</t>
+  </si>
+  <si>
+    <t>Amberes</t>
+  </si>
+  <si>
+    <t>WERE IT AS IF. Beyond an Institution That Is</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum. Interview Transcript</t>
+  </si>
+  <si>
+    <t>La construcción del miedo y la perdida de lo público</t>
+  </si>
+  <si>
+    <t>9e biennale de paris</t>
+  </si>
+  <si>
+    <t>Corporate identities</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Monument</t>
+  </si>
+  <si>
+    <t>Los Setenta. Una década multicolor</t>
+  </si>
+  <si>
+    <t>Ayermañana</t>
+  </si>
+  <si>
+    <t>España: Nuevas Culturas Urbanas</t>
+  </si>
+  <si>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition</t>
+  </si>
+  <si>
+    <t>Génesis y legitimiación del pensamiento histórico</t>
+  </si>
+  <si>
+    <t>Epíleg. Lugares de la memoria</t>
+  </si>
+  <si>
+    <t>Perché non parli? Le discipline dell'arte contemporanea raccontate dagli autori</t>
+  </si>
+  <si>
+    <t>Verdad y Libertad. Escuchando a José Ramón Pérez Ornia</t>
+  </si>
+  <si>
+    <t>La sociedad sin relato. Antropología y estética de la inminencia.</t>
+  </si>
+  <si>
+    <t>El rediezcubrimiento de México</t>
+  </si>
+  <si>
+    <t>Los "astronautas" del Hombre Nuevo. deario y modalidades de los: Beatniks, Beatles, Go-Go, Hippies, Ye-Ye, Sicodélicos</t>
+  </si>
+  <si>
+    <t>The Benefactor</t>
+  </si>
+  <si>
+    <t>Bristol</t>
+  </si>
+  <si>
+    <t>VIDEO SKULPTUR: Retrospektiv und Aktuell 1963-1989</t>
+  </si>
+  <si>
+    <t>Proyecto Calle. II Convocatoria de arte público de Peralta</t>
+  </si>
+  <si>
+    <t>Peralta</t>
+  </si>
+  <si>
+    <t>On Subjectivity: (50 photographs from "The Best of Life")</t>
+  </si>
+  <si>
+    <t>Muntadas. Trabajos Recientes</t>
+  </si>
+  <si>
+    <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
+    <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
+  </si>
+  <si>
+    <t>Nantes</t>
+  </si>
+  <si>
+    <t>Llibre de les Meravelles</t>
+  </si>
+  <si>
+    <t>Ambulantes. Cultura portátil</t>
+  </si>
+  <si>
+    <t>Feedback. Arte reactivo a instrucciones. A inputs. O a su Entorno / Art responsive to instructions. Input. Or its Environment</t>
+  </si>
+  <si>
+    <t>Principado de Asturias</t>
+  </si>
+  <si>
+    <t>La sombra del habla. Colección MACBA</t>
+  </si>
+  <si>
+    <t>And Now the Good News. Works from the Annette and Peter Nobel Collection</t>
+  </si>
+  <si>
+    <t>Lugano</t>
+  </si>
+  <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>Beeldenstorm in een spiegelzaal. Het ICC en de actuele kunst 1970-1990</t>
+  </si>
+  <si>
+    <t>Leuven</t>
+  </si>
+  <si>
+    <t>Visual Methodologies. An Introduction to Researching with Visual Materials</t>
+  </si>
+  <si>
+    <t>«Los Catalanes de París»: Un análisis estético</t>
+  </si>
+  <si>
+    <t>Atlas Histórico Mundial **: De la Revolución Francesa a nuestros días</t>
+  </si>
+  <si>
+    <t>Atlas</t>
+  </si>
+  <si>
+    <t>Information: Summer 1970 The Museum of Modern Art, New York</t>
+  </si>
+  <si>
+    <t>Nuevas Tecnologías en la Vida Cultural Española</t>
+  </si>
+  <si>
+    <t>This is tomorrow today: The independet Group and British Pop Art</t>
+  </si>
+  <si>
+    <t>Art Besel Miami Beach. The International Art Show / La Exposición Internacional De Arte</t>
+  </si>
+  <si>
+    <t>Generación Digital / Belaunaldi Digitala. Seminario / Taller “Muntadas: Proyectos”</t>
+  </si>
+  <si>
+    <t>Muntadas a la Virreina: Instal·lacions / Passatges / Intervencions</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>About Academia II (the transcriptions: an internal document) [printed in Amsterdam]</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Pour la suite du monde. Cahier: Propos et Projets</t>
+  </si>
+  <si>
+    <t>Futuropresente. Prácticas artísticas en el cambio de milenio. Prácticas artísticas en el cambio de milenio / artistic approaches at the change of millenium</t>
+  </si>
+  <si>
+    <t>Netspace. Nat Archives. Viaggio nell'arte della rete</t>
+  </si>
+  <si>
+    <t>The Art of Participation. 1950 to Now</t>
+  </si>
+  <si>
+    <t>San Francisco (CA)</t>
+  </si>
+  <si>
+    <t>El Hilo de Ariadna. El Hilo que la mano de Ariadna dejó en la mano de Teseo.</t>
+  </si>
+  <si>
+    <t>Lección de arte</t>
+  </si>
+  <si>
+    <t>Documents of Video Ard (Chino)</t>
+  </si>
+  <si>
+    <t>100 artistas españoles</t>
+  </si>
+  <si>
+    <t>La patria degli altri</t>
+  </si>
+  <si>
+    <t>Information</t>
+  </si>
+  <si>
+    <t>Cultura y Nuevas Tecnologías</t>
+  </si>
+  <si>
+    <t>La Televisión y su mundo</t>
+  </si>
+  <si>
+    <t>Sans commune mesure: Image et texte dans l'art actuel</t>
+  </si>
+  <si>
+    <t>not done! (het kunstenaarsboek/the artist's book)</t>
+  </si>
+  <si>
+    <t>Més enllà de l'objecte. Obres de la Col·lecció MACBA</t>
+  </si>
+  <si>
+    <t>MACBA Collection. Itinerary</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de Prensa</t>
+  </si>
+  <si>
+    <t>Arte de Video</t>
+  </si>
+  <si>
+    <t>Video-Skulptur. Retrospektiv und aktuell 1963-1989</t>
+  </si>
+  <si>
+    <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
+  </si>
+  <si>
+    <t>Lyon</t>
+  </si>
+  <si>
+    <t>Audit</t>
+  </si>
+  <si>
+    <t>Ciudad de Luxemburgo</t>
+  </si>
+  <si>
+    <t>Inéditos 2006</t>
+  </si>
+  <si>
+    <t>Libertad, Igualdad, Fraternidad</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>L' Illusione della luce.The Illusion of light. L'illusion des lumières</t>
+  </si>
+  <si>
+    <t>Border Territory. Contaminazioni e utilità metodologica dell'arte contemporanea nelle analisi en el progetto per lo spazio pubblico</t>
+  </si>
+  <si>
+    <t>Potenza</t>
+  </si>
+  <si>
+    <t>Estética Digital. Sintopía del arte, la ciencia y la tecnología</t>
+  </si>
+  <si>
+    <t>En Torno a En torno al vídeo</t>
+  </si>
+  <si>
+    <t>Art beyond Itself. Anthropology for a Society Without a Story Line</t>
+  </si>
+  <si>
+    <t>Durham (NC)</t>
+  </si>
+  <si>
+    <t>Arte y archivo, 1920-2010. Genealogías, tipologías y discontinuidades</t>
+  </si>
+  <si>
+    <t>Elements of Semiology</t>
+  </si>
+  <si>
+    <t>Los Extra-sensoriales: los poderes desconocidos del hombre</t>
+  </si>
+  <si>
+    <t>The Conscience of the Eye: The Design and Social Life of Cities</t>
+  </si>
+  <si>
+    <t>Photographie D'Une Collection</t>
+  </si>
+  <si>
+    <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
+  </si>
+  <si>
     <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
   </si>
   <si>
-    <t>Muntadas</t>
-[...1 lines deleted...]
-  <si>
     <t>Montevideo</t>
   </si>
   <si>
     <t>CILDO MEIRELLES / ANTONI MUNTADAS: Salt &amp; Sugar… No sugar, No salt</t>
   </si>
   <si>
     <t>Cully</t>
   </si>
   <si>
     <t>New images from Spain [Hastings Gallery]</t>
   </si>
   <si>
     <t>Art espanyol contemporani.Testimoni.</t>
   </si>
   <si>
     <t>Pollença</t>
   </si>
   <si>
     <t>éthique, esthétique, politique</t>
   </si>
   <si>
-    <t>Arlés</t>
-[...1 lines deleted...]
-  <si>
     <t>Video Bardo. Festival Internacional de Videopoesía en Buenos Aires 2004</t>
   </si>
   <si>
     <t>LAB.07. Arte, Deshonra y Violencia en el Contexto Iberoamericano</t>
   </si>
   <si>
     <t>VideoStorias</t>
   </si>
   <si>
     <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016</t>
   </si>
   <si>
     <t>Video'79. Video-The first decade dieci anni di videotape</t>
   </si>
   <si>
     <t>Vídeo: el principio</t>
   </si>
   <si>
     <t>Narrativas digitales y tecnologías de la imagen</t>
   </si>
   <si>
     <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
   </si>
   <si>
-    <t>Catálogo</t>
-[...1 lines deleted...]
-  <si>
     <t>Atlas Histórico Mundial *: De los orígenes de la Revolución Francesa</t>
   </si>
   <si>
-    <t>Atlas</t>
-[...1 lines deleted...]
-  <si>
     <t>Intel.ligència col.lectiva: Noves fronteres de la ciència, l'art i el pesament</t>
   </si>
   <si>
     <t>Obras completas</t>
   </si>
   <si>
-    <t>Narrativa</t>
-[...1 lines deleted...]
-  <si>
     <t>Trabajo asalariado y capital</t>
   </si>
   <si>
     <t>Selección de Fondos para el Museo de la Solidaridad Salvador Allende</t>
   </si>
   <si>
-    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
-[...4 lines deleted...]
-  <si>
     <t>Híbridos</t>
   </si>
   <si>
-    <t>Híbrido (Catálogo + Publicación de Artista)</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
     <t>Muntadas Video Works</t>
   </si>
   <si>
     <t>La Imatge de l'Animal. Art Prehistoric. Art Contemporani</t>
   </si>
   <si>
     <t>Les Couleurs de l'Argent</t>
   </si>
   <si>
     <t>Grup de Treball</t>
   </si>
   <si>
     <t>Vinyl. Records and covers by artists</t>
   </si>
   <si>
     <t>Hojeando... Cuatro décadas de libros y revistas de artista en España / Leafing... Four Decades of Artist's Books and Magazines in Spain</t>
   </si>
   <si>
     <t>El gran Sur.Movimiento de Bienal</t>
   </si>
   <si>
     <t>De la pràctica artística a la comunicació audiovisual i multimèdia</t>
   </si>
   <si>
-    <t>Tesis doctoral</t>
-[...1 lines deleted...]
-  <si>
     <t>Critical Condition. American Culture on the Crossroads</t>
   </si>
   <si>
     <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
   </si>
   <si>
     <t>Pavilions. Art in architecture</t>
   </si>
   <si>
     <t>Video Writings by Artists (1970-1990)</t>
   </si>
   <si>
     <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
   </si>
   <si>
     <t>La velocidad de liberación</t>
   </si>
   <si>
     <t>Satellites: Servants of Man</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación</t>
   </si>
   <si>
     <t>Arte Total. 40 years Galeria Luisa Strina</t>
   </si>
   <si>
     <t>España. Arte Español 1957-2007.</t>
   </si>
   <si>
-    <t>Palermo</t>
-[...1 lines deleted...]
-  <si>
     <t>Portraits</t>
   </si>
   <si>
-    <t>Marsella</t>
-[...1 lines deleted...]
-  <si>
     <t>…Miedo?: Un proyecto de Muntadas</t>
   </si>
   <si>
     <t>Alicante</t>
   </si>
   <si>
     <t>B76. La Biennale di Venezia 1976. Settore arti visive e archittetura. Catalogo generale. Volume primo e secondo</t>
   </si>
   <si>
     <t>Nuits Blanches</t>
   </si>
   <si>
     <t>Els límits del museu</t>
   </si>
   <si>
     <t>N 2 [plastik] La revue du centre d'études et de recherches en arts plastiques.</t>
   </si>
   <si>
     <t>El arte sucede. Origen de las prácticas conceptuales en España, 1965-1980</t>
   </si>
   <si>
-    <t>La memoria del otro</t>
-[...1 lines deleted...]
-  <si>
     <t>Metrópolis. 30 años en vanguardia 1985-2014</t>
   </si>
   <si>
     <t>El tractament de la traducció en la literatura digital: Antoni Muntadas, Annie Abrahams I John Cayley.</t>
   </si>
   <si>
     <t>Archeonet. Viaggio nella storia della net/web art e suo ingresso negli spazi dei musei tradizionali</t>
   </si>
   <si>
     <t>Poggibonsi</t>
   </si>
   <si>
     <t>Paral·lel Benet Rossell</t>
   </si>
   <si>
     <t>Escritos de vista y oído</t>
   </si>
   <si>
     <t>Digital Art</t>
   </si>
   <si>
-    <t>Londres</t>
-[...1 lines deleted...]
-  <si>
     <t>Entre el "Underground" y el "off-off"</t>
   </si>
   <si>
     <t>Los movimientos del Pop</t>
   </si>
   <si>
     <t>The Critical Image</t>
   </si>
   <si>
     <t>Seattle (WA)</t>
   </si>
   <si>
     <t>Fundação De Serralves Um Museu Português / Fundação De Serralves A Portuguese Museum</t>
   </si>
   <si>
     <t>Visual Arts at IUAV, Venezia 2001-2011 : Cosa dovrebbe essere una scuola d’arte? What an Art School Should Be?</t>
   </si>
   <si>
     <t>Muntadas. Personal/Public Information</t>
   </si>
   <si>
     <t>Intersecciones</t>
   </si>
   <si>
     <t>Bogota</t>
@@ -1112,161 +2651,146 @@
   <si>
     <t>Video/Comportament/ArtVideo/behavior/Art</t>
   </si>
   <si>
     <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
   </si>
   <si>
     <t>Rencontres Internationales de la Photographie:ethics, aesthetics, politics</t>
   </si>
   <si>
     <t>El llegat del Pop Art a Catalunya</t>
   </si>
   <si>
     <t>Entre a palavra e a imagen. Entre la palabra y la imagen</t>
   </si>
   <si>
     <t>The Lucifer Effect. Encountering Evil / Luciferuv Efekt. Střenutí se zlem</t>
   </si>
   <si>
     <t>Praga</t>
   </si>
   <si>
     <t>Traduire. Après Babel, trauire</t>
   </si>
   <si>
-    <t>En torno al vídeo</t>
-[...1 lines deleted...]
-  <si>
     <t>Present continu. Producció Artistica i construcció de realitat</t>
   </si>
   <si>
     <t>La querelle des dispositifs. Cinéma - installations, expositions</t>
   </si>
   <si>
     <t>Interviews. Oral History in Contemporary Art / L'entretien d'artiste dans l'art contemporain</t>
   </si>
   <si>
-    <t>Lausana</t>
-[...1 lines deleted...]
-  <si>
     <t>Between Modernism and Conceptual Art: A Critical Response</t>
   </si>
   <si>
     <t>Carolina del Norte (NC)</t>
   </si>
   <si>
     <t>Invisible cities</t>
   </si>
   <si>
     <t>Florida (FL)</t>
   </si>
   <si>
     <t>On having no head</t>
   </si>
   <si>
     <t>Toronto</t>
   </si>
   <si>
     <t>Translations Studies</t>
   </si>
   <si>
     <t>Masterpieces</t>
   </si>
   <si>
-    <t>Burdeos</t>
-[...1 lines deleted...]
-  <si>
     <t>LabObratorio 2. Proposte XVI</t>
   </si>
   <si>
     <t>Torino</t>
   </si>
   <si>
     <t>Standard: Específico, Spécifique, Specific</t>
   </si>
   <si>
     <t>Muntadas On Translation: Erinnerungsräume.On Translation: Die Bremer Stadtmusikanten. CITY-GUIDE</t>
   </si>
   <si>
     <t>Sala de arte moderno</t>
   </si>
   <si>
     <t>Les Nouveaux Imaginaires</t>
   </si>
   <si>
     <t>Charleroi</t>
   </si>
   <si>
     <t>Bright Light</t>
   </si>
   <si>
     <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
   </si>
   <si>
-    <t>Bruselas</t>
-[...1 lines deleted...]
-  <si>
     <t>La Strada. 16°edizione di Fuori Uso</t>
   </si>
   <si>
     <t>Pescara</t>
   </si>
   <si>
     <t>Distancia crítica</t>
   </si>
   <si>
     <t>Exchange and Evolution: Worldwide Video Long Beach 1974-1999</t>
   </si>
   <si>
     <t>Long Beach (CA)</t>
   </si>
   <si>
     <t>Introduction à l'oeuvre d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Arte en la era electrónica. Perspectivas de una nueva estética</t>
   </si>
   <si>
     <t>Art et Internet</t>
   </si>
   <si>
     <t>Arte Español Contemporáneo 1992-2013</t>
   </si>
   <si>
     <t>Public Space? Lost and Found</t>
   </si>
   <si>
     <t>Dada y constructivismo</t>
   </si>
   <si>
     <t>La violencia en el mundo actual</t>
   </si>
   <si>
-    <t>Salamanca</t>
-[...1 lines deleted...]
-  <si>
     <t>Science Projects and Experiments for The Junior Scientist: The Five Senses</t>
   </si>
   <si>
     <t>Visions. MIT Interviews</t>
   </si>
   <si>
     <t>Llibres D'Art. Art Books. 1+1. Servicio Internacional de libros de arte. International art book service. 3. Catálogo de ublicaciones. Publications catalogue.</t>
   </si>
   <si>
     <t>About Academia II (las transcripciones: un documento interno)</t>
   </si>
   <si>
     <t>Des/Aparicions</t>
   </si>
   <si>
     <t>ESPACIOS, LUGARES Y SITUACIONES</t>
   </si>
   <si>
     <t>B76. La Biennale di Venezia 1976. Guida alle manifestazioni.</t>
   </si>
   <si>
     <t>ARCO '90</t>
   </si>
   <si>
     <t>ARS 95 Helsinki</t>
@@ -1274,140 +2798,125 @@
   <si>
     <t>Helsinki</t>
   </si>
   <si>
     <t>Comer o no Comer o las relaciones del arte con la comida en el siglo XX</t>
   </si>
   <si>
     <t>Primera generación. Arte e imagen en movimiento (1963-1986)</t>
   </si>
   <si>
     <t>Lives and works in Istanbul, da Yaşıyor ve Çalışıyor Çalıştaylar</t>
   </si>
   <si>
     <t>#artveuivot</t>
   </si>
   <si>
     <t>El arte que traduce. 1995-2015 La traducción como mediación cultural en los procesos de transmisión y recepción de las obras de arte.</t>
   </si>
   <si>
     <t>Monocanal</t>
   </si>
   <si>
     <t>Ouvrir le document. Enjeux et practiques de la documentation dans les arts visuels contemporains.</t>
   </si>
   <si>
-    <t>Montréal</t>
-[...1 lines deleted...]
-  <si>
     <t>C PHOTO Don't Call me a Photographer</t>
   </si>
   <si>
     <t>24 x 24 (Entrevistas)</t>
   </si>
   <si>
     <t>Esquizofrenia y presión social</t>
   </si>
   <si>
     <t>Los no lugares. Espacios del anonimato. Una antropología de la sobremodernidad</t>
   </si>
   <si>
     <t>The hidden dimension</t>
   </si>
   <si>
     <t>Memoria 2009</t>
   </si>
   <si>
-    <t>Nam June Paik Award 2010</t>
-[...4 lines deleted...]
-  <si>
     <t>MUNTADAS: 10 proyectos / 10 textos</t>
   </si>
   <si>
     <t>M / M</t>
   </si>
   <si>
     <t>La construcción del miedo</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
   <si>
     <t>Vídeo Art. Comportament Behavior</t>
   </si>
   <si>
     <t>Force Sight</t>
   </si>
   <si>
     <t>Neuenstadt am Kocher</t>
   </si>
   <si>
     <t>13 Festival de video Bideo Jaialdia. Vitoria-Gasteiz 1998</t>
   </si>
   <si>
     <t>Art Unlimited</t>
   </si>
   <si>
     <t>Basel</t>
   </si>
   <si>
     <t>Impasse 7. Ciutats negades 2. Recuperant espais urbans oblidats. / Ciudades negadas 2. Recuperando espacios urbanos olvidados</t>
   </si>
   <si>
-    <t>Lleida</t>
-[...1 lines deleted...]
-  <si>
     <t>Olor, Color, Química, Arte y Pedagogía</t>
   </si>
   <si>
     <t>Biz insam miyiz? / Are we human?</t>
   </si>
   <si>
     <t>L'immagine video. Arti visuali e nuovi media elettronici</t>
   </si>
   <si>
     <t>Horitzó TV.  Perspectives d'una altra televisió possible</t>
   </si>
   <si>
     <t>What is Contemporary Art? A Children's Guide</t>
   </si>
   <si>
     <t>The Autobiography of Video. The Life and Times of a Memory Technology</t>
   </si>
   <si>
     <t>Broodthaers. Writings, Interviews, Photographs</t>
   </si>
   <si>
     <t>Joris Ivens ou la mémoire d'un regard</t>
   </si>
   <si>
-    <t>Francia</t>
-[...1 lines deleted...]
-  <si>
     <t>On the cable: The television of abundance</t>
   </si>
   <si>
     <t>Tres piezas cortas. Artaud y el teatro de la crueldad</t>
   </si>
   <si>
     <t>Sinestesia. Colección OlorVisual</t>
   </si>
   <si>
     <t>Hiriaren Esku-Hartzeak. Proiektuak eta hitzaldiak / Intervenciones urbanas. Proyectos y comunicaciones / Urban Interventions. Projects and lectures</t>
   </si>
   <si>
     <t>Media / Stadium</t>
   </si>
   <si>
     <t>Muntadas Projekte (1974–2004) / On Translation: Erinnerungsräume</t>
   </si>
   <si>
     <t>Jóvenes pintores españoles</t>
   </si>
   <si>
     <t>Disinformation. The Manufacture of consent.</t>
   </si>
   <si>
     <t>Images pour la lutte contre le sida</t>
@@ -1424,110 +2933,95 @@
   <si>
     <t>Gran Canaria</t>
   </si>
   <si>
     <t>La Triennale 2012. Intense proximité. Exhibition Guide de l'Exposition</t>
   </si>
   <si>
     <t>Arte y globalización</t>
   </si>
   <si>
     <t>Media-Art-History</t>
   </si>
   <si>
     <t>Munich</t>
   </si>
   <si>
     <t>La instalación en España 1970-2000</t>
   </si>
   <si>
     <t>Relive. Media Art Histories</t>
   </si>
   <si>
     <t>ON GLOBAL ART PRACTICE Catalog</t>
   </si>
   <si>
-    <t>Tokio</t>
-[...1 lines deleted...]
-  <si>
     <t>Déjouer l'image. Creations électroniques et numériques</t>
   </si>
   <si>
     <t>Landscapes of power: From Detroit to Disney World</t>
   </si>
   <si>
     <t>Berkeley (CA)</t>
   </si>
   <si>
     <t>Shows of force: Power, Politics and Ideology in Art Exhibitions</t>
   </si>
   <si>
-    <t>Durham (NC)</t>
-[...4 lines deleted...]
-  <si>
     <t>Colección. Museo Nacional Centro de Arte Reina Sofia</t>
   </si>
   <si>
     <t>About Academia I (las transcripciones: un documento interno)</t>
   </si>
   <si>
     <t>On Translation: The Games</t>
   </si>
   <si>
     <t>Atlanta (GA)</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand. MUNTADAS</t>
   </si>
   <si>
     <t>Arteguía 1976 Nº21</t>
   </si>
   <si>
     <t>A New Necessity. The First Tyne International.</t>
   </si>
   <si>
     <t>Señales de vídeo: Aspectos de la videocreación española de los últimos años.</t>
   </si>
   <si>
     <t>Taipei Biennal. Great Theatre of the World.</t>
   </si>
   <si>
-    <t>Taipei</t>
-[...1 lines deleted...]
-  <si>
     <t>Galeria Cadaqués. Obres de la coŀlecció Bombelli</t>
   </si>
   <si>
     <t>Changing channels. Art and Television. 1963-1987</t>
   </si>
   <si>
-    <t>Viena</t>
-[...1 lines deleted...]
-  <si>
     <t>7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Cali</t>
   </si>
   <si>
     <t>Antoni Muntadas / Espacio público. El arte como Instrumento de Comunicación</t>
   </si>
   <si>
     <t>Elche</t>
   </si>
   <si>
     <t>Panorama 4. Paysages persistants</t>
   </si>
   <si>
     <t>Tourcoing</t>
   </si>
   <si>
     <t>The architectures of Babel. Creation, extinctions and intercessions in the languages of the global world</t>
   </si>
   <si>
     <t>Arte en España (1939-2015). Ideas, prácticas, políticas</t>
   </si>
   <si>
     <t>A diestra y Siniestra. Comentarios sobre arte y politica</t>
@@ -1550,1572 +3044,90 @@
   <si>
     <t>Pamplona - Grazalema: de la plaza pública a la plaza de toros</t>
   </si>
   <si>
     <t>Meetings</t>
   </si>
   <si>
     <t>ABOUT ACADEMIA (Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Imaquinaciones: Dieciséis miradas al 92</t>
   </si>
   <si>
     <t>Centre d'Art Santa Mònica 1988-1998. 10 anys 100 exposicions</t>
   </si>
   <si>
     <t>Revolving doors</t>
   </si>
   <si>
     <t>Tomorrow</t>
   </si>
   <si>
-    <t>Seúl</t>
-[...1 lines deleted...]
-  <si>
     <t>De la revuelta a la posmodernidad (1962-1982)</t>
   </si>
   <si>
     <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
   </si>
   <si>
     <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
   </si>
   <si>
     <t>Compilación, Entrevista / Conversación</t>
   </si>
   <si>
     <t>Conceptualismo(s). Poéticos Políticos Periféricos. En torno al Arte Conceptual en España</t>
   </si>
   <si>
     <t>Between-the-Images</t>
   </si>
   <si>
-    <t>Zúrich</t>
-[...1 lines deleted...]
-  <si>
     <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
   </si>
   <si>
     <t>Cartas a Andre Breton: dibujos, páginas de los cuadernos (1944-1948)</t>
   </si>
   <si>
     <t>Epistolario</t>
   </si>
   <si>
     <t>Kinetic Art. Language of movement</t>
   </si>
   <si>
     <t>Opera aperta. Forma e indeterminazione nelle poetiche contemporanee</t>
   </si>
   <si>
     <t>Un mundo insospechado en Barcelona</t>
   </si>
   <si>
     <t>Colección de Arte Contemporáneo 2015, GGM, CNCA</t>
   </si>
   <si>
-    <t>Santiago de Chile</t>
-[...1 lines deleted...]
-  <si>
     <t>Talleres T de escultura. Angel Bados, Juan Hidalgo, Antoni Muntadas. Departamento de Escultura Universidad Politécnica de Valencia. Sala Parpalló. Valencia [Publicación]</t>
-  </si>
-[...1471 lines deleted...]
-    <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3415,51 +3427,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G803"/>
+  <dimension ref="A1:G806"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="80" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3497,15051 +3509,15102 @@
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
-      <c r="F16"/>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>46</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>48</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>49</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>60</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>62</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>78</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>91</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>93</v>
+      </c>
+      <c r="B47" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>99</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>100</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>61</v>
+        <v>101</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>106</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>109</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>36</v>
+        <v>110</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>116</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
         <v>12</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>20</v>
+        <v>119</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>124</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>125</v>
+        <v>27</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>129</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>61</v>
+        <v>128</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>19</v>
+        <v>132</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>131</v>
+        <v>95</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>133</v>
+        <v>28</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>134</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>135</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>136</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>137</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>138</v>
+        <v>27</v>
       </c>
       <c r="D76">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D77">
-        <v>2022</v>
+        <v>2006</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D78">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>66</v>
+        <v>141</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>142</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>19</v>
+        <v>143</v>
       </c>
       <c r="D79">
         <v>2021</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>57</v>
+        <v>144</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D80">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>146</v>
+        <v>27</v>
       </c>
       <c r="D81">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>147</v>
+        <v>71</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="D82">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D83">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>12</v>
+        <v>151</v>
       </c>
       <c r="D84">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>20</v>
+        <v>152</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>153</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>42</v>
+        <v>154</v>
       </c>
       <c r="D85">
-        <v>1976</v>
+        <v>2022</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D86">
-        <v>1999</v>
+        <v>2020</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D87">
-        <v>1999</v>
+        <v>2021</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D88">
-        <v>2019</v>
+        <v>1976</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D89">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D90">
-        <v>1983</v>
+        <v>1999</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
         <v>12</v>
       </c>
       <c r="D91">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D92">
         <v>2021</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>161</v>
+        <v>21</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D93">
-        <v>2021</v>
+        <v>1983</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>164</v>
+        <v>23</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>165</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D94">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>166</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>167</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D95">
         <v>2021</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>20</v>
+        <v>166</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>168</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D96">
         <v>2021</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>169</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>170</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
+        <v>36</v>
+      </c>
+      <c r="D97">
+        <v>2014</v>
+      </c>
+      <c r="E97"/>
+      <c r="F97" t="s">
         <v>171</v>
       </c>
-      <c r="D97">
-[...3 lines deleted...]
-      <c r="F97"/>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>172</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D98">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>173</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D99">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>90</v>
+        <v>174</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D100">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E100"/>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>176</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D101">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>177</v>
+        <v>107</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D102">
         <v>2020</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D103">
         <v>2020</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>61</v>
+        <v>179</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>180</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>42</v>
       </c>
       <c r="D104">
         <v>2020</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>61</v>
+        <v>181</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>182</v>
+        <v>12</v>
       </c>
       <c r="D105">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>183</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D106">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>184</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D107">
         <v>2020</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>185</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
-      <c r="C108"/>
+      <c r="C108" t="s">
+        <v>186</v>
+      </c>
       <c r="D108">
         <v>2019</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D109">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>187</v>
+        <v>13</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>188</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D110">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E110"/>
-      <c r="F110"/>
+      <c r="F110" t="s">
+        <v>28</v>
+      </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>189</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
-      <c r="C111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C111"/>
       <c r="D111">
         <v>2019</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>190</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D112">
         <v>2018</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>66</v>
+        <v>191</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="D113">
-        <v>1999</v>
+        <v>2018</v>
       </c>
       <c r="E113"/>
-      <c r="F113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F113"/>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D114">
-        <v>2001</v>
+        <v>2019</v>
       </c>
       <c r="E114"/>
-      <c r="F114"/>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>12</v>
       </c>
       <c r="D115">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
+        <v>195</v>
+      </c>
+      <c r="B116" t="s">
+        <v>8</v>
+      </c>
+      <c r="C116" t="s">
         <v>196</v>
       </c>
-      <c r="B116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D116">
-        <v>2019</v>
+        <v>1999</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>197</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>198</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D117">
-        <v>2019</v>
+        <v>2001</v>
       </c>
       <c r="E117"/>
-      <c r="F117" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F117"/>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>199</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D118">
         <v>2019</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>200</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D119">
         <v>2019</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D120">
-        <v>1980</v>
+        <v>2019</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D121">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D122">
-        <v>1988</v>
+        <v>2019</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>204</v>
+        <v>28</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>205</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D123">
-        <v>2002</v>
+        <v>1980</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>206</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="D124">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>208</v>
+        <v>97</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>192</v>
+        <v>27</v>
       </c>
       <c r="D125">
-        <v>1998</v>
+        <v>1988</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>192</v>
+        <v>27</v>
       </c>
       <c r="D126">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>42</v>
+        <v>211</v>
       </c>
       <c r="D127">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D128">
-        <v>2019</v>
+        <v>1998</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>29</v>
+        <v>214</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>215</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D129">
-        <v>2018</v>
+        <v>1992</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>216</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D130">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>36</v>
+        <v>217</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D131">
-        <v>2005</v>
+        <v>2019</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>218</v>
+        <v>37</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>219</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>220</v>
+        <v>196</v>
       </c>
       <c r="D132">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D133">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D134">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>61</v>
+        <v>222</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>223</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>12</v>
+        <v>224</v>
       </c>
       <c r="D135">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>224</v>
+        <v>128</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>225</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="D136">
-        <v>1980</v>
+        <v>2018</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>226</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="D137">
-        <v>1980</v>
+        <v>2018</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>227</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D138">
         <v>2018</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>20</v>
+        <v>228</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D139">
-        <v>2010</v>
+        <v>1980</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>229</v>
+        <v>28</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>230</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D140">
-        <v>2018</v>
+        <v>1980</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>231</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D141">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>232</v>
+        <v>28</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="D142">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>234</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D143">
         <v>2018</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>235</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="D144">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E144"/>
-      <c r="F144"/>
+      <c r="F144" t="s">
+        <v>236</v>
+      </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D145">
         <v>2018</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D146">
         <v>2018</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="D147">
         <v>2018</v>
       </c>
       <c r="E147"/>
-      <c r="F147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F147"/>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>240</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D148">
         <v>2018</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>241</v>
+        <v>13</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
-      <c r="C149"/>
+      <c r="C149" t="s">
+        <v>42</v>
+      </c>
       <c r="D149">
         <v>2018</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D150">
         <v>2018</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>15</v>
+        <v>243</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>244</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D151">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>98</v>
+        <v>245</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
-      <c r="C152" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C152"/>
       <c r="D152">
-        <v>1993</v>
+        <v>2018</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>247</v>
+        <v>156</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D153">
         <v>2018</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>92</v>
+        <v>23</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D154">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
+        <v>249</v>
+      </c>
+      <c r="B155" t="s">
+        <v>8</v>
+      </c>
+      <c r="C155" t="s">
         <v>250</v>
       </c>
-      <c r="B155" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D155">
-        <v>2017</v>
+        <v>1993</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>251</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>252</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D156">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>253</v>
+        <v>97</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D157">
-        <v>1983</v>
+        <v>2003</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>61</v>
+        <v>117</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D158">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D159">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>20</v>
+        <v>257</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>258</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D160">
-        <v>2018</v>
+        <v>1983</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D161">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>98</v>
+        <v>260</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>261</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D162">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>262</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D163">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
         <v>263</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>264</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="D164">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>265</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D165">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>266</v>
+        <v>103</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D166">
         <v>2016</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D167">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>270</v>
+        <v>44</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D168">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="D169">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>57</v>
+        <v>272</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D170">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>61</v>
+        <v>274</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>275</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D171">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
         <v>276</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>277</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="D172">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>278</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D173">
         <v>2018</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>279</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D174">
-        <v>1979</v>
+        <v>2017</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>29</v>
+        <v>280</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="D175">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>281</v>
+        <v>44</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>282</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>192</v>
+        <v>17</v>
       </c>
       <c r="D176">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>283</v>
+        <v>251</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
+        <v>283</v>
+      </c>
+      <c r="B177" t="s">
+        <v>8</v>
+      </c>
+      <c r="C177" t="s">
         <v>284</v>
       </c>
-      <c r="B177" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D177">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>36</v>
+        <v>160</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>285</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D178">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>286</v>
+        <v>97</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D179">
-        <v>1997</v>
+        <v>1972</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>288</v>
+        <v>28</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D180">
-        <v>2004</v>
+        <v>1985</v>
       </c>
       <c r="E180"/>
-      <c r="F180" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F180"/>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D181">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>281</v>
+        <v>13</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D182">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>239</v>
+        <v>95</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D183">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D184">
-        <v>1979</v>
+        <v>2008</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>208</v>
+        <v>292</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="D185">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>20</v>
+        <v>294</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>295</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>12</v>
+        <v>211</v>
       </c>
       <c r="D186">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>61</v>
+        <v>212</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>296</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>297</v>
+        <v>20</v>
       </c>
       <c r="D187">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>247</v>
+        <v>113</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="D188">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="E188"/>
-      <c r="F188" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F188"/>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D189">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>302</v>
+        <v>27</v>
       </c>
       <c r="D190">
-        <v>1960</v>
+        <v>2017</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>61</v>
+        <v>300</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D191">
-        <v>1968</v>
+        <v>1972</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D192">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>246</v>
+        <v>20</v>
       </c>
       <c r="D193">
-        <v>2004</v>
+        <v>1973</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>306</v>
+        <v>44</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="D194">
-        <v>1988</v>
+        <v>2009</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>20</v>
+        <v>305</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
-        <v>9</v>
+        <v>224</v>
       </c>
       <c r="D195">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D196">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D197">
-        <v>1984</v>
+        <v>1997</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>61</v>
+        <v>310</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D198">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>98</v>
+        <v>23</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D199">
-        <v>1999</v>
+        <v>1976</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D200">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>161</v>
+        <v>44</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D201">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>316</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D202">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="E202"/>
-      <c r="F202"/>
+      <c r="F202" t="s">
+        <v>103</v>
+      </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>317</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="D203">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>61</v>
+        <v>307</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D204">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D205">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
+        <v>320</v>
+      </c>
+      <c r="B206" t="s">
+        <v>8</v>
+      </c>
+      <c r="C206" t="s">
         <v>321</v>
       </c>
-      <c r="B206" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D206">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E206"/>
-      <c r="F206"/>
+      <c r="F206" t="s">
+        <v>65</v>
+      </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>322</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D207">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>90</v>
+        <v>294</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>323</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D208">
-        <v>1990</v>
+        <v>2011</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>306</v>
+        <v>251</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>324</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D209">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>108</v>
+        <v>325</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
-        <v>12</v>
+        <v>186</v>
       </c>
       <c r="D210">
-        <v>1971</v>
+        <v>1967</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>36</v>
+        <v>113</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B211" t="s">
         <v>8</v>
       </c>
       <c r="C211" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="D211">
-        <v>2007</v>
+        <v>1972</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>108</v>
+        <v>44</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D212">
-        <v>2014</v>
+        <v>1967</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>15</v>
+        <v>294</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D213">
-        <v>2008</v>
+        <v>1972</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>329</v>
+        <v>44</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>330</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="D214">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>331</v>
+        <v>13</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
-        <v>308</v>
+        <v>224</v>
       </c>
       <c r="D215">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>333</v>
+        <v>23</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D216">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D217">
-        <v>1989</v>
+        <v>2001</v>
       </c>
       <c r="E217"/>
-      <c r="F217"/>
+      <c r="F217" t="s">
+        <v>169</v>
+      </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D218">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D219">
-        <v>2002</v>
+        <v>1982</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>98</v>
+        <v>336</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D220">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D221">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E221"/>
-      <c r="F221"/>
+      <c r="F221" t="s">
+        <v>18</v>
+      </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D222">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>20</v>
+        <v>340</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>341</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="D223">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>342</v>
       </c>
       <c r="B224" t="s">
         <v>8</v>
       </c>
       <c r="C224" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D224">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
-        <v>343</v>
+        <v>113</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B225" t="s">
         <v>8</v>
       </c>
       <c r="C225" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D225">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
-        <v>61</v>
+        <v>344</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>345</v>
       </c>
       <c r="B226" t="s">
         <v>8</v>
       </c>
       <c r="C226" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D226">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E226"/>
-      <c r="F226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F226"/>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>346</v>
       </c>
       <c r="B227" t="s">
         <v>8</v>
       </c>
       <c r="C227" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D227">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E227"/>
       <c r="F227" t="s">
         <v>347</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>348</v>
       </c>
       <c r="B228" t="s">
         <v>8</v>
       </c>
       <c r="C228" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D228">
-        <v>1970</v>
+        <v>2012</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>349</v>
       </c>
       <c r="B229" t="s">
         <v>8</v>
       </c>
       <c r="C229" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D229">
-        <v>1974</v>
+        <v>2016</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
-        <v>61</v>
+        <v>350</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B230" t="s">
         <v>8</v>
       </c>
       <c r="C230" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="D230">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E230"/>
       <c r="F230" t="s">
-        <v>351</v>
+        <v>23</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>352</v>
       </c>
       <c r="B231" t="s">
         <v>8</v>
       </c>
       <c r="C231" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D231">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="E231"/>
       <c r="F231" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>353</v>
       </c>
       <c r="B232" t="s">
         <v>8</v>
       </c>
       <c r="C232" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="D232">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>354</v>
       </c>
       <c r="B233" t="s">
         <v>8</v>
       </c>
       <c r="C233" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D233">
-        <v>1979</v>
+        <v>1967</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>355</v>
       </c>
       <c r="B234" t="s">
         <v>8</v>
       </c>
       <c r="C234" t="s">
-        <v>308</v>
+        <v>42</v>
       </c>
       <c r="D234">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="E234"/>
       <c r="F234" t="s">
-        <v>356</v>
+        <v>37</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="B235" t="s">
         <v>8</v>
       </c>
       <c r="C235" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D235">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B236" t="s">
         <v>8</v>
       </c>
       <c r="C236" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D236">
-        <v>1981</v>
+        <v>1993</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>61</v>
+        <v>358</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>359</v>
       </c>
       <c r="B237" t="s">
         <v>8</v>
       </c>
       <c r="C237" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D237">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E237"/>
       <c r="F237" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>360</v>
       </c>
       <c r="B238" t="s">
         <v>8</v>
       </c>
       <c r="C238" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D238">
-        <v>1997</v>
+        <v>1972</v>
       </c>
       <c r="E238"/>
       <c r="F238" t="s">
-        <v>288</v>
+        <v>18</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>361</v>
       </c>
       <c r="B239" t="s">
         <v>8</v>
       </c>
       <c r="C239" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D239">
-        <v>2004</v>
+        <v>1986</v>
       </c>
       <c r="E239"/>
       <c r="F239" t="s">
-        <v>164</v>
+        <v>28</v>
       </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>362</v>
       </c>
       <c r="B240" t="s">
         <v>8</v>
       </c>
       <c r="C240" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="D240">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>247</v>
+        <v>28</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>363</v>
       </c>
       <c r="B241" t="s">
         <v>8</v>
       </c>
       <c r="C241" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D241">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>364</v>
+        <v>39</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B242" t="s">
         <v>8</v>
       </c>
       <c r="C242" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D242">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E242"/>
       <c r="F242" t="s">
-        <v>331</v>
+        <v>97</v>
       </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="B243" t="s">
         <v>8</v>
       </c>
       <c r="C243" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D243">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="E243"/>
       <c r="F243" t="s">
-        <v>61</v>
+        <v>366</v>
       </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>367</v>
       </c>
       <c r="B244" t="s">
         <v>8</v>
       </c>
       <c r="C244" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D244">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
         <v>61</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>368</v>
       </c>
       <c r="B245" t="s">
         <v>8</v>
       </c>
       <c r="C245" t="s">
-        <v>12</v>
+        <v>211</v>
       </c>
       <c r="D245">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="E245"/>
-      <c r="F245" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F245"/>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>369</v>
       </c>
       <c r="B246" t="s">
         <v>8</v>
       </c>
       <c r="C246" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D246">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E246"/>
       <c r="F246" t="s">
-        <v>370</v>
+        <v>95</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="B247" t="s">
         <v>8</v>
       </c>
       <c r="C247" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D247">
-        <v>1997</v>
+        <v>2009</v>
       </c>
       <c r="E247"/>
       <c r="F247" t="s">
-        <v>372</v>
+        <v>13</v>
       </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B248" t="s">
         <v>8</v>
       </c>
       <c r="C248" t="s">
-        <v>302</v>
+        <v>20</v>
       </c>
       <c r="D248">
-        <v>1974</v>
+        <v>2013</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>374</v>
+        <v>103</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B249" t="s">
         <v>8</v>
       </c>
       <c r="C249" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D249">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B250" t="s">
         <v>8</v>
       </c>
       <c r="C250" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D250">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="E250"/>
       <c r="F250" t="s">
-        <v>347</v>
+        <v>113</v>
       </c>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="B251" t="s">
         <v>8</v>
       </c>
       <c r="C251" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D251">
-        <v>2007</v>
+        <v>1977</v>
       </c>
       <c r="E251"/>
       <c r="F251" t="s">
-        <v>379</v>
+        <v>103</v>
       </c>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B252" t="s">
         <v>8</v>
       </c>
       <c r="C252" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="D252">
-        <v>2001</v>
+        <v>1964</v>
       </c>
       <c r="E252"/>
       <c r="F252" t="s">
-        <v>381</v>
+        <v>44</v>
       </c>
       <c r="G252"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="B253" t="s">
         <v>8</v>
       </c>
       <c r="C253" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="D253">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="E253"/>
       <c r="F253" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="G253"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="B254" t="s">
         <v>8</v>
       </c>
       <c r="C254" t="s">
-        <v>192</v>
+        <v>224</v>
       </c>
       <c r="D254">
-        <v>2004</v>
+        <v>1981</v>
       </c>
       <c r="E254"/>
       <c r="F254" t="s">
-        <v>161</v>
+        <v>263</v>
       </c>
       <c r="G254"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="B255" t="s">
         <v>8</v>
       </c>
       <c r="C255" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D255">
-        <v>1970</v>
+        <v>2011</v>
       </c>
       <c r="E255"/>
-      <c r="F255"/>
+      <c r="F255" t="s">
+        <v>13</v>
+      </c>
       <c r="G255"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B256" t="s">
         <v>8</v>
       </c>
       <c r="C256" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D256">
-        <v>1985</v>
+        <v>1998</v>
       </c>
       <c r="E256"/>
       <c r="F256" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="G256"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="B257" t="s">
         <v>8</v>
       </c>
       <c r="C257" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D257">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="E257"/>
       <c r="F257" t="s">
-        <v>133</v>
+        <v>383</v>
       </c>
       <c r="G257"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="B258" t="s">
         <v>8</v>
       </c>
       <c r="C258" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D258">
-        <v>2000</v>
+        <v>1977</v>
       </c>
       <c r="E258"/>
       <c r="F258" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="G258"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B259" t="s">
         <v>8</v>
       </c>
       <c r="C259" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D259">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E259"/>
       <c r="F259" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="G259"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="B260" t="s">
         <v>8</v>
       </c>
       <c r="C260" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D260">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E260"/>
       <c r="F260" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="G260"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B261" t="s">
         <v>8</v>
       </c>
       <c r="C261" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D261">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="E261"/>
       <c r="F261" t="s">
-        <v>394</v>
+        <v>13</v>
       </c>
       <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="B262" t="s">
         <v>8</v>
       </c>
       <c r="C262" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="D262">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E262"/>
       <c r="F262" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="G262"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="B263" t="s">
         <v>8</v>
       </c>
       <c r="C263" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D263">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="E263"/>
       <c r="F263" t="s">
-        <v>61</v>
+        <v>392</v>
       </c>
       <c r="G263"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="B264" t="s">
         <v>8</v>
       </c>
       <c r="C264" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D264">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E264"/>
       <c r="F264" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="G264"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B265" t="s">
         <v>8</v>
       </c>
       <c r="C265" t="s">
-        <v>12</v>
+        <v>321</v>
       </c>
       <c r="D265">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E265"/>
       <c r="F265" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G265"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B266" t="s">
         <v>8</v>
       </c>
       <c r="C266" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D266">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E266"/>
       <c r="F266" t="s">
-        <v>259</v>
+        <v>103</v>
       </c>
       <c r="G266"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B267" t="s">
         <v>8</v>
       </c>
       <c r="C267" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D267">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="E267"/>
       <c r="F267" t="s">
-        <v>20</v>
+        <v>397</v>
       </c>
       <c r="G267"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B268" t="s">
         <v>8</v>
       </c>
       <c r="C268" t="s">
-        <v>12</v>
+        <v>399</v>
       </c>
       <c r="D268">
-        <v>1972</v>
+        <v>2015</v>
       </c>
       <c r="E268"/>
       <c r="F268" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="G268"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B269" t="s">
         <v>8</v>
       </c>
       <c r="C269" t="s">
-        <v>71</v>
+        <v>402</v>
       </c>
       <c r="D269">
-        <v>1964</v>
+        <v>1968</v>
       </c>
       <c r="E269"/>
       <c r="F269" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G269"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="B270" t="s">
         <v>8</v>
       </c>
       <c r="C270" t="s">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="D270">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E270"/>
       <c r="F270" t="s">
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="G270"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B271" t="s">
         <v>8</v>
       </c>
       <c r="C271" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D271">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E271"/>
       <c r="F271" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="G271"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="B272" t="s">
         <v>8</v>
       </c>
       <c r="C272" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D272">
-        <v>2017</v>
+        <v>1966</v>
       </c>
       <c r="E272"/>
       <c r="F272" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="G272"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B273" t="s">
         <v>8</v>
       </c>
       <c r="C273" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D273">
-        <v>1996</v>
+        <v>2013</v>
       </c>
       <c r="E273"/>
       <c r="F273" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G273"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="B274" t="s">
         <v>8</v>
       </c>
       <c r="C274" t="s">
-        <v>9</v>
+        <v>224</v>
       </c>
       <c r="D274">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E274"/>
       <c r="F274" t="s">
-        <v>177</v>
+        <v>128</v>
       </c>
       <c r="G274"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B275" t="s">
         <v>8</v>
       </c>
       <c r="C275" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D275">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="E275"/>
       <c r="F275" t="s">
-        <v>92</v>
+        <v>409</v>
       </c>
       <c r="G275"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>410</v>
       </c>
       <c r="B276" t="s">
         <v>8</v>
       </c>
       <c r="C276" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D276">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="E276"/>
       <c r="F276" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G276"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
         <v>411</v>
       </c>
       <c r="B277" t="s">
         <v>8</v>
       </c>
       <c r="C277" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D277">
-        <v>1995</v>
+        <v>2014</v>
       </c>
       <c r="E277"/>
       <c r="F277" t="s">
-        <v>412</v>
+        <v>13</v>
       </c>
       <c r="G277"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B278" t="s">
         <v>8</v>
       </c>
       <c r="C278" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D278">
-        <v>2002</v>
+        <v>1982</v>
       </c>
       <c r="E278"/>
       <c r="F278" t="s">
-        <v>402</v>
+        <v>21</v>
       </c>
       <c r="G278"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B279" t="s">
         <v>8</v>
       </c>
       <c r="C279" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D279">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E279"/>
       <c r="F279" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="G279"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B280" t="s">
         <v>8</v>
       </c>
       <c r="C280" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D280">
-        <v>2010</v>
+        <v>1998</v>
       </c>
       <c r="E280"/>
       <c r="F280" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="G280"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B281" t="s">
         <v>8</v>
       </c>
       <c r="C281" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D281">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E281"/>
       <c r="F281" t="s">
-        <v>61</v>
+        <v>416</v>
       </c>
       <c r="G281"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>417</v>
       </c>
       <c r="B282" t="s">
         <v>8</v>
       </c>
       <c r="C282" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="D282">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E282"/>
       <c r="F282" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G282"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>418</v>
       </c>
       <c r="B283" t="s">
         <v>8</v>
       </c>
       <c r="C283" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D283">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E283"/>
-      <c r="F283"/>
+      <c r="F283" t="s">
+        <v>419</v>
+      </c>
       <c r="G283"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B284" t="s">
         <v>8</v>
       </c>
       <c r="C284" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D284">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E284"/>
       <c r="F284" t="s">
-        <v>420</v>
+        <v>13</v>
       </c>
       <c r="G284"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>421</v>
       </c>
       <c r="B285" t="s">
         <v>8</v>
       </c>
       <c r="C285" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D285">
-        <v>2015</v>
+        <v>1990</v>
       </c>
       <c r="E285"/>
       <c r="F285" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="G285"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>422</v>
       </c>
       <c r="B286" t="s">
         <v>8</v>
       </c>
       <c r="C286" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D286">
-        <v>1972</v>
+        <v>2007</v>
       </c>
       <c r="E286"/>
       <c r="F286" t="s">
-        <v>61</v>
+        <v>347</v>
       </c>
       <c r="G286"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>423</v>
       </c>
       <c r="B287" t="s">
         <v>8</v>
       </c>
       <c r="C287" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D287">
-        <v>1972</v>
+        <v>2012</v>
       </c>
       <c r="E287"/>
       <c r="F287" t="s">
-        <v>61</v>
+        <v>424</v>
       </c>
       <c r="G287"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B288" t="s">
         <v>8</v>
       </c>
       <c r="C288" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D288">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E288"/>
       <c r="F288" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="G288"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B289" t="s">
         <v>8</v>
       </c>
       <c r="C289" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D289">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="E289"/>
       <c r="F289" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G289"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B290" t="s">
         <v>8</v>
       </c>
       <c r="C290" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D290">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="E290"/>
       <c r="F290" t="s">
-        <v>177</v>
+        <v>428</v>
       </c>
       <c r="G290"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B291" t="s">
         <v>8</v>
       </c>
       <c r="C291" t="s">
-        <v>428</v>
+        <v>20</v>
       </c>
       <c r="D291">
-        <v>2010</v>
+        <v>1989</v>
       </c>
       <c r="E291"/>
       <c r="F291" t="s">
-        <v>83</v>
+        <v>430</v>
       </c>
       <c r="G291"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B292" t="s">
         <v>8</v>
       </c>
       <c r="C292" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D292">
-        <v>1980</v>
+        <v>1972</v>
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="G292"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B293" t="s">
         <v>8</v>
       </c>
       <c r="C293" t="s">
-        <v>308</v>
+        <v>42</v>
       </c>
       <c r="D293">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="E293"/>
       <c r="F293" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G293"/>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B294" t="s">
         <v>8</v>
       </c>
       <c r="C294" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D294">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E294"/>
       <c r="F294" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="G294"/>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B295" t="s">
         <v>8</v>
       </c>
       <c r="C295" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D295">
-        <v>1981</v>
+        <v>1994</v>
       </c>
       <c r="E295"/>
       <c r="F295" t="s">
-        <v>61</v>
+        <v>436</v>
       </c>
       <c r="G295"/>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B296" t="s">
         <v>8</v>
       </c>
       <c r="C296" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D296">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E296"/>
       <c r="F296" t="s">
-        <v>435</v>
+        <v>138</v>
       </c>
       <c r="G296"/>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B297" t="s">
         <v>8</v>
       </c>
       <c r="C297" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D297">
-        <v>1998</v>
+        <v>1973</v>
       </c>
       <c r="E297"/>
       <c r="F297" t="s">
-        <v>239</v>
+        <v>255</v>
       </c>
       <c r="G297"/>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B298" t="s">
         <v>8</v>
       </c>
       <c r="C298" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D298">
-        <v>2004</v>
+        <v>1987</v>
       </c>
       <c r="E298"/>
       <c r="F298" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="G298"/>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B299" t="s">
         <v>8</v>
       </c>
       <c r="C299" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D299">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="E299"/>
       <c r="F299" t="s">
-        <v>440</v>
+        <v>63</v>
       </c>
       <c r="G299"/>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B300" t="s">
         <v>8</v>
       </c>
       <c r="C300" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D300">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="E300"/>
       <c r="F300" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G300"/>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B301" t="s">
         <v>8</v>
       </c>
       <c r="C301" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D301">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E301"/>
       <c r="F301" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="G301"/>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B302" t="s">
         <v>8</v>
       </c>
       <c r="C302" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D302">
-        <v>1990</v>
+        <v>2008</v>
       </c>
       <c r="E302"/>
       <c r="F302" t="s">
-        <v>90</v>
+        <v>149</v>
       </c>
       <c r="G302"/>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B303" t="s">
         <v>8</v>
       </c>
       <c r="C303" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D303">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E303"/>
       <c r="F303" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="G303"/>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B304" t="s">
         <v>8</v>
       </c>
       <c r="C304" t="s">
-        <v>171</v>
+        <v>76</v>
       </c>
       <c r="D304">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="E304"/>
       <c r="F304" t="s">
-        <v>347</v>
+        <v>97</v>
       </c>
       <c r="G304"/>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B305" t="s">
         <v>8</v>
       </c>
       <c r="C305" t="s">
         <v>12</v>
       </c>
       <c r="D305">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E305"/>
       <c r="F305" t="s">
-        <v>112</v>
+        <v>448</v>
       </c>
       <c r="G305"/>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B306" t="s">
         <v>8</v>
       </c>
       <c r="C306" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D306">
-        <v>1988</v>
+        <v>2009</v>
       </c>
       <c r="E306"/>
       <c r="F306" t="s">
-        <v>259</v>
+        <v>28</v>
       </c>
       <c r="G306"/>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B307" t="s">
         <v>8</v>
       </c>
       <c r="C307" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="D307">
-        <v>1982</v>
+        <v>2013</v>
       </c>
       <c r="E307"/>
       <c r="F307" t="s">
-        <v>449</v>
+        <v>23</v>
       </c>
       <c r="G307"/>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B308" t="s">
         <v>8</v>
       </c>
       <c r="C308" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D308">
-        <v>1971</v>
+        <v>2003</v>
       </c>
       <c r="E308"/>
       <c r="F308" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G308"/>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B309" t="s">
         <v>8</v>
       </c>
       <c r="C309" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D309">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E309"/>
       <c r="F309" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="G309"/>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B310" t="s">
         <v>8</v>
       </c>
       <c r="C310" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="D310">
-        <v>2015</v>
+        <v>1971</v>
       </c>
       <c r="E310"/>
       <c r="F310" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="G310"/>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B311" t="s">
         <v>8</v>
       </c>
       <c r="C311" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="D311">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E311"/>
       <c r="F311" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="G311"/>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B312" t="s">
         <v>8</v>
       </c>
       <c r="C312" t="s">
-        <v>192</v>
+        <v>94</v>
       </c>
       <c r="D312">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E312"/>
       <c r="F312" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="G312"/>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B313" t="s">
         <v>8</v>
       </c>
       <c r="C313" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="D313">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E313"/>
       <c r="F313" t="s">
-        <v>161</v>
+        <v>28</v>
       </c>
       <c r="G313"/>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B314" t="s">
         <v>8</v>
       </c>
       <c r="C314" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D314">
-        <v>1970</v>
+        <v>2011</v>
       </c>
       <c r="E314"/>
       <c r="F314" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G314"/>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B315" t="s">
         <v>8</v>
       </c>
       <c r="C315" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D315">
-        <v>1985</v>
+        <v>1998</v>
       </c>
       <c r="E315"/>
       <c r="F315" t="s">
-        <v>36</v>
+        <v>459</v>
       </c>
       <c r="G315"/>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>458</v>
+        <v>308</v>
       </c>
       <c r="B316" t="s">
         <v>8</v>
       </c>
       <c r="C316" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D316">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="E316"/>
       <c r="F316" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="G316"/>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B317" t="s">
         <v>8</v>
       </c>
       <c r="C317" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D317">
-        <v>2000</v>
+        <v>1977</v>
       </c>
       <c r="E317"/>
       <c r="F317" t="s">
-        <v>90</v>
+        <v>385</v>
       </c>
       <c r="G317"/>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B318" t="s">
         <v>8</v>
       </c>
       <c r="C318" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D318">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E318"/>
-      <c r="F318"/>
+      <c r="F318" t="s">
+        <v>13</v>
+      </c>
       <c r="G318"/>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B319" t="s">
         <v>8</v>
       </c>
       <c r="C319" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D319">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E319"/>
       <c r="F319" t="s">
-        <v>462</v>
+        <v>103</v>
       </c>
       <c r="G319"/>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>463</v>
       </c>
       <c r="B320" t="s">
         <v>8</v>
       </c>
       <c r="C320" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D320">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E320"/>
       <c r="F320" t="s">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="G320"/>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>464</v>
       </c>
       <c r="B321" t="s">
         <v>8</v>
       </c>
       <c r="C321" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D321">
         <v>2006</v>
       </c>
       <c r="E321"/>
       <c r="F321" t="s">
-        <v>61</v>
+        <v>465</v>
       </c>
       <c r="G321"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B322" t="s">
         <v>8</v>
       </c>
       <c r="C322" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D322">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="E322"/>
       <c r="F322" t="s">
-        <v>466</v>
+        <v>174</v>
       </c>
       <c r="G322"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>467</v>
       </c>
       <c r="B323" t="s">
         <v>8</v>
       </c>
       <c r="C323" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D323">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E323"/>
       <c r="F323" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G323"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
         <v>468</v>
       </c>
       <c r="B324" t="s">
         <v>8</v>
       </c>
       <c r="C324" t="s">
-        <v>12</v>
+        <v>321</v>
       </c>
       <c r="D324">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E324"/>
       <c r="F324" t="s">
-        <v>259</v>
+        <v>61</v>
       </c>
       <c r="G324"/>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
         <v>469</v>
       </c>
       <c r="B325" t="s">
         <v>8</v>
       </c>
       <c r="C325" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D325">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E325"/>
       <c r="F325" t="s">
         <v>470</v>
       </c>
       <c r="G325"/>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>471</v>
       </c>
       <c r="B326" t="s">
         <v>8</v>
       </c>
       <c r="C326" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D326">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E326"/>
       <c r="F326" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="G326"/>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
         <v>472</v>
       </c>
       <c r="B327" t="s">
         <v>8</v>
       </c>
       <c r="C327" t="s">
-        <v>12</v>
+        <v>399</v>
       </c>
       <c r="D327">
-        <v>1991</v>
+        <v>2015</v>
       </c>
       <c r="E327"/>
       <c r="F327" t="s">
         <v>473</v>
       </c>
       <c r="G327"/>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>474</v>
       </c>
       <c r="B328" t="s">
         <v>8</v>
       </c>
       <c r="C328" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D328">
-        <v>1992</v>
+        <v>1969</v>
       </c>
       <c r="E328"/>
       <c r="F328" t="s">
-        <v>475</v>
+        <v>336</v>
       </c>
       <c r="G328"/>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="B329" t="s">
         <v>8</v>
       </c>
       <c r="C329" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="D329">
-        <v>2009</v>
+        <v>1971</v>
       </c>
       <c r="E329"/>
       <c r="F329" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="G329"/>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="B330" t="s">
         <v>8</v>
       </c>
       <c r="C330" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D330">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="E330"/>
       <c r="F330" t="s">
-        <v>20</v>
+        <v>477</v>
       </c>
       <c r="G330"/>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>478</v>
       </c>
       <c r="B331" t="s">
         <v>8</v>
       </c>
       <c r="C331" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D331">
-        <v>2017</v>
+        <v>1963</v>
       </c>
       <c r="E331"/>
       <c r="F331" t="s">
-        <v>55</v>
+        <v>294</v>
       </c>
       <c r="G331"/>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
         <v>479</v>
       </c>
       <c r="B332" t="s">
         <v>8</v>
       </c>
       <c r="C332" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D332">
-        <v>1996</v>
+        <v>2013</v>
       </c>
       <c r="E332"/>
       <c r="F332" t="s">
-        <v>480</v>
+        <v>28</v>
       </c>
       <c r="G332"/>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>481</v>
+        <v>456</v>
       </c>
       <c r="B333" t="s">
         <v>8</v>
       </c>
       <c r="C333" t="s">
-        <v>308</v>
+        <v>33</v>
       </c>
       <c r="D333">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E333"/>
       <c r="F333" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G333"/>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B334" t="s">
         <v>8</v>
       </c>
       <c r="C334" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D334">
-        <v>1976</v>
+        <v>1983</v>
       </c>
       <c r="E334"/>
       <c r="F334" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="G334"/>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B335" t="s">
         <v>8</v>
       </c>
       <c r="C335" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D335">
-        <v>1990</v>
+        <v>2003</v>
       </c>
       <c r="E335"/>
       <c r="F335" t="s">
-        <v>347</v>
+        <v>270</v>
       </c>
       <c r="G335"/>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="B336" t="s">
         <v>8</v>
       </c>
       <c r="C336" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D336">
-        <v>1996</v>
+        <v>2014</v>
       </c>
       <c r="E336"/>
       <c r="F336" t="s">
-        <v>20</v>
+        <v>307</v>
       </c>
       <c r="G336"/>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B337" t="s">
         <v>8</v>
       </c>
       <c r="C337" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D337">
-        <v>2002</v>
+        <v>1982</v>
       </c>
       <c r="E337"/>
       <c r="F337" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="G337"/>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B338" t="s">
         <v>8</v>
       </c>
       <c r="C338" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D338">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E338"/>
       <c r="F338" t="s">
-        <v>61</v>
+        <v>486</v>
       </c>
       <c r="G338"/>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B339" t="s">
         <v>8</v>
       </c>
       <c r="C339" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D339">
-        <v>2010</v>
+        <v>1998</v>
       </c>
       <c r="E339"/>
       <c r="F339" t="s">
-        <v>489</v>
+        <v>13</v>
       </c>
       <c r="G339"/>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B340" t="s">
         <v>8</v>
       </c>
       <c r="C340" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D340">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E340"/>
-      <c r="F340" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F340"/>
       <c r="G340"/>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="B341" t="s">
         <v>8</v>
       </c>
       <c r="C341" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="D341">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E341"/>
       <c r="F341" t="s">
-        <v>493</v>
+        <v>233</v>
       </c>
       <c r="G341"/>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="B342" t="s">
         <v>8</v>
       </c>
       <c r="C342" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D342">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E342"/>
       <c r="F342" t="s">
-        <v>495</v>
+        <v>128</v>
       </c>
       <c r="G342"/>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="B343" t="s">
         <v>8</v>
       </c>
       <c r="C343" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D343">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E343"/>
       <c r="F343" t="s">
-        <v>144</v>
+        <v>181</v>
       </c>
       <c r="G343"/>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>497</v>
+        <v>298</v>
       </c>
       <c r="B344" t="s">
         <v>8</v>
       </c>
       <c r="C344" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D344">
-        <v>2015</v>
+        <v>1990</v>
       </c>
       <c r="E344"/>
       <c r="F344" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="G344"/>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="B345" t="s">
         <v>8</v>
       </c>
       <c r="C345" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D345">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E345"/>
       <c r="F345" t="s">
-        <v>432</v>
+        <v>13</v>
       </c>
       <c r="G345"/>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="B346" t="s">
         <v>8</v>
       </c>
       <c r="C346" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D346">
-        <v>1988</v>
+        <v>2013</v>
       </c>
       <c r="E346"/>
       <c r="F346" t="s">
-        <v>61</v>
+        <v>494</v>
       </c>
       <c r="G346"/>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="B347" t="s">
         <v>8</v>
       </c>
       <c r="C347" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D347">
-        <v>1968</v>
+        <v>2016</v>
       </c>
       <c r="E347"/>
       <c r="F347" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G347"/>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="B348" t="s">
         <v>8</v>
       </c>
       <c r="C348" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D348">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E348"/>
       <c r="F348" t="s">
-        <v>347</v>
+        <v>497</v>
       </c>
       <c r="G348"/>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="B349" t="s">
         <v>8</v>
       </c>
       <c r="C349" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D349">
-        <v>2007</v>
+        <v>1990</v>
       </c>
       <c r="E349"/>
       <c r="F349" t="s">
-        <v>147</v>
+        <v>28</v>
       </c>
       <c r="G349"/>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="B350" t="s">
         <v>8</v>
       </c>
       <c r="C350" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="D350">
-        <v>2010</v>
+        <v>1974</v>
       </c>
       <c r="E350"/>
       <c r="F350" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="G350"/>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="B351" t="s">
         <v>8</v>
       </c>
       <c r="C351" t="s">
-        <v>308</v>
+        <v>501</v>
       </c>
       <c r="D351">
-        <v>1980</v>
+        <v>1989</v>
       </c>
       <c r="E351"/>
       <c r="F351" t="s">
-        <v>61</v>
+        <v>502</v>
       </c>
       <c r="G351"/>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B352" t="s">
         <v>8</v>
       </c>
       <c r="C352" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="D352">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="E352"/>
       <c r="F352" t="s">
-        <v>381</v>
+        <v>504</v>
       </c>
       <c r="G352"/>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="B353" t="s">
         <v>8</v>
       </c>
       <c r="C353" t="s">
-        <v>308</v>
+        <v>27</v>
       </c>
       <c r="D353">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E353"/>
       <c r="F353" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="G353"/>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="B354" t="s">
         <v>8</v>
       </c>
       <c r="C354" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D354">
-        <v>1981</v>
+        <v>1994</v>
       </c>
       <c r="E354"/>
       <c r="F354" t="s">
-        <v>259</v>
+        <v>507</v>
       </c>
       <c r="G354"/>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>508</v>
       </c>
       <c r="B355" t="s">
         <v>8</v>
       </c>
       <c r="C355" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D355">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E355"/>
       <c r="F355" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="G355"/>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
         <v>509</v>
       </c>
       <c r="B356" t="s">
         <v>8</v>
       </c>
       <c r="C356" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D356">
-        <v>1998</v>
+        <v>1974</v>
       </c>
       <c r="E356"/>
       <c r="F356" t="s">
-        <v>61</v>
+        <v>510</v>
       </c>
       <c r="G356"/>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B357" t="s">
         <v>8</v>
       </c>
       <c r="C357" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D357">
-        <v>2004</v>
+        <v>1988</v>
       </c>
       <c r="E357"/>
       <c r="F357" t="s">
-        <v>20</v>
+        <v>512</v>
       </c>
       <c r="G357"/>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B358" t="s">
         <v>8</v>
       </c>
       <c r="C358" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="D358">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E358"/>
       <c r="F358" t="s">
-        <v>512</v>
+        <v>13</v>
       </c>
       <c r="G358"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B359" t="s">
         <v>8</v>
       </c>
       <c r="C359" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D359">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E359"/>
       <c r="F359" t="s">
-        <v>61</v>
+        <v>166</v>
       </c>
       <c r="G359"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B360" t="s">
         <v>8</v>
       </c>
       <c r="C360" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D360">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E360"/>
       <c r="F360" t="s">
-        <v>251</v>
+        <v>28</v>
       </c>
       <c r="G360"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B361" t="s">
         <v>8</v>
       </c>
       <c r="C361" t="s">
-        <v>516</v>
+        <v>27</v>
       </c>
       <c r="D361">
-        <v>1990</v>
+        <v>2008</v>
       </c>
       <c r="E361"/>
       <c r="F361" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="G361"/>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
         <v>517</v>
       </c>
       <c r="B362" t="s">
         <v>8</v>
       </c>
       <c r="C362" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D362">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E362"/>
       <c r="F362" t="s">
-        <v>20</v>
+        <v>267</v>
       </c>
       <c r="G362"/>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>518</v>
       </c>
       <c r="B363" t="s">
         <v>8</v>
       </c>
       <c r="C363" t="s">
-        <v>12</v>
+        <v>211</v>
       </c>
       <c r="D363">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E363"/>
       <c r="F363" t="s">
         <v>519</v>
       </c>
       <c r="G363"/>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>520</v>
       </c>
       <c r="B364" t="s">
         <v>8</v>
       </c>
       <c r="C364" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D364">
-        <v>2016</v>
+        <v>2000</v>
       </c>
       <c r="E364"/>
       <c r="F364" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="G364"/>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>521</v>
+        <v>304</v>
       </c>
       <c r="B365" t="s">
         <v>8</v>
       </c>
       <c r="C365" t="s">
-        <v>522</v>
+        <v>12</v>
       </c>
       <c r="D365">
-        <v>1977</v>
+        <v>2009</v>
       </c>
       <c r="E365"/>
       <c r="F365" t="s">
-        <v>61</v>
+        <v>521</v>
       </c>
       <c r="G365"/>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="B366" t="s">
         <v>8</v>
       </c>
       <c r="C366" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D366">
-        <v>1968</v>
+        <v>2013</v>
       </c>
       <c r="E366"/>
       <c r="F366" t="s">
-        <v>36</v>
+        <v>523</v>
       </c>
       <c r="G366"/>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
         <v>524</v>
       </c>
       <c r="B367" t="s">
         <v>8</v>
       </c>
       <c r="C367" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D367">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E367"/>
       <c r="F367" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="G367"/>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
         <v>525</v>
       </c>
       <c r="B368" t="s">
         <v>8</v>
       </c>
       <c r="C368" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D368">
-        <v>1945</v>
+        <v>2011</v>
       </c>
       <c r="E368"/>
       <c r="F368" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G368"/>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
         <v>526</v>
       </c>
       <c r="B369" t="s">
         <v>8</v>
       </c>
       <c r="C369" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D369">
-        <v>2015</v>
+        <v>1994</v>
       </c>
       <c r="E369"/>
       <c r="F369" t="s">
         <v>527</v>
       </c>
       <c r="G369"/>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
         <v>528</v>
       </c>
       <c r="B370" t="s">
         <v>8</v>
       </c>
       <c r="C370" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="D370">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="E370"/>
       <c r="F370" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G370"/>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
         <v>529</v>
       </c>
       <c r="B371" t="s">
         <v>8</v>
       </c>
       <c r="C371" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="D371">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E371"/>
       <c r="F371" t="s">
-        <v>155</v>
+        <v>430</v>
       </c>
       <c r="G371"/>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
         <v>530</v>
       </c>
       <c r="B372" t="s">
         <v>8</v>
       </c>
       <c r="C372" t="s">
-        <v>308</v>
+        <v>250</v>
       </c>
       <c r="D372">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="E372"/>
       <c r="F372" t="s">
-        <v>92</v>
+        <v>174</v>
       </c>
       <c r="G372"/>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>531</v>
       </c>
       <c r="B373" t="s">
         <v>8</v>
       </c>
       <c r="C373" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D373">
-        <v>1972</v>
+        <v>2002</v>
       </c>
       <c r="E373"/>
       <c r="F373" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G373"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>532</v>
       </c>
       <c r="B374" t="s">
         <v>8</v>
       </c>
       <c r="C374" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D374">
-        <v>1985</v>
+        <v>1998</v>
       </c>
       <c r="E374"/>
-      <c r="F374"/>
+      <c r="F374" t="s">
+        <v>28</v>
+      </c>
       <c r="G374"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
         <v>533</v>
       </c>
       <c r="B375" t="s">
         <v>8</v>
       </c>
       <c r="C375" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D375">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="E375"/>
       <c r="F375" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G375"/>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>534</v>
       </c>
       <c r="B376" t="s">
         <v>8</v>
       </c>
       <c r="C376" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D376">
-        <v>2000</v>
+        <v>1978</v>
       </c>
       <c r="E376"/>
       <c r="F376" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G376"/>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>535</v>
       </c>
       <c r="B377" t="s">
         <v>8</v>
       </c>
       <c r="C377" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D377">
-        <v>2005</v>
+        <v>1991</v>
       </c>
       <c r="E377"/>
       <c r="F377" t="s">
-        <v>92</v>
+        <v>536</v>
       </c>
       <c r="G377"/>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B378" t="s">
         <v>8</v>
       </c>
       <c r="C378" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D378">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E378"/>
       <c r="F378" t="s">
-        <v>329</v>
+        <v>538</v>
       </c>
       <c r="G378"/>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B379" t="s">
         <v>8</v>
       </c>
       <c r="C379" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D379">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E379"/>
       <c r="F379" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G379"/>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="B380" t="s">
         <v>8</v>
       </c>
       <c r="C380" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="D380">
         <v>2006</v>
       </c>
       <c r="E380"/>
       <c r="F380" t="s">
-        <v>208</v>
+        <v>28</v>
       </c>
       <c r="G380"/>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B381" t="s">
         <v>8</v>
       </c>
       <c r="C381" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D381">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="E381"/>
       <c r="F381" t="s">
-        <v>108</v>
+        <v>542</v>
       </c>
       <c r="G381"/>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>476</v>
+        <v>543</v>
       </c>
       <c r="B382" t="s">
         <v>8</v>
       </c>
       <c r="C382" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D382">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E382"/>
-      <c r="F382"/>
+      <c r="F382" t="s">
+        <v>156</v>
+      </c>
       <c r="G382"/>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B383" t="s">
         <v>8</v>
       </c>
       <c r="C383" t="s">
-        <v>171</v>
+        <v>20</v>
       </c>
       <c r="D383">
-        <v>2013</v>
+        <v>1970</v>
       </c>
       <c r="E383"/>
       <c r="F383" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G383"/>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B384" t="s">
         <v>8</v>
       </c>
       <c r="C384" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="D384">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E384"/>
       <c r="F384" t="s">
-        <v>542</v>
+        <v>103</v>
       </c>
       <c r="G384"/>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B385" t="s">
         <v>8</v>
       </c>
       <c r="C385" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D385">
-        <v>1972</v>
+        <v>2011</v>
       </c>
       <c r="E385"/>
       <c r="F385" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="G385"/>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B386" t="s">
         <v>8</v>
       </c>
       <c r="C386" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D386">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E386"/>
       <c r="F386" t="s">
-        <v>20</v>
+        <v>263</v>
       </c>
       <c r="G386"/>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B387" t="s">
         <v>8</v>
       </c>
       <c r="C387" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D387">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="E387"/>
       <c r="F387" t="s">
-        <v>36</v>
+        <v>549</v>
       </c>
       <c r="G387"/>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B388" t="s">
         <v>8</v>
       </c>
       <c r="C388" t="s">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="D388">
-        <v>2009</v>
+        <v>1929</v>
       </c>
       <c r="E388"/>
       <c r="F388" t="s">
-        <v>547</v>
+        <v>13</v>
       </c>
       <c r="G388"/>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B389" t="s">
         <v>8</v>
       </c>
       <c r="C389" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="D389">
-        <v>2011</v>
+        <v>1975</v>
       </c>
       <c r="E389"/>
       <c r="F389" t="s">
-        <v>512</v>
+        <v>13</v>
       </c>
       <c r="G389"/>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="B390" t="s">
         <v>8</v>
       </c>
       <c r="C390" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D390">
-        <v>2011</v>
+        <v>1973</v>
       </c>
       <c r="E390"/>
       <c r="F390" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G390"/>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B391" t="s">
         <v>8</v>
       </c>
       <c r="C391" t="s">
-        <v>308</v>
+        <v>42</v>
       </c>
       <c r="D391">
-        <v>1997</v>
+        <v>2012</v>
       </c>
       <c r="E391"/>
       <c r="F391" t="s">
-        <v>551</v>
+        <v>28</v>
       </c>
       <c r="G391"/>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B392" t="s">
         <v>8</v>
       </c>
       <c r="C392" t="s">
-        <v>9</v>
+        <v>224</v>
       </c>
       <c r="D392">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E392"/>
       <c r="F392" t="s">
-        <v>15</v>
+        <v>181</v>
       </c>
       <c r="G392"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B393" t="s">
         <v>8</v>
       </c>
       <c r="C393" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D393">
-        <v>1976</v>
+        <v>1985</v>
       </c>
       <c r="E393"/>
       <c r="F393" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G393"/>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B394" t="s">
         <v>8</v>
       </c>
       <c r="C394" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D394">
-        <v>1990</v>
+        <v>2002</v>
       </c>
       <c r="E394"/>
       <c r="F394" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G394"/>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B395" t="s">
         <v>8</v>
       </c>
       <c r="C395" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D395">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E395"/>
       <c r="F395" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G395"/>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B396" t="s">
         <v>8</v>
       </c>
       <c r="C396" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D396">
-        <v>2002</v>
+        <v>1982</v>
       </c>
       <c r="E396"/>
       <c r="F396" t="s">
-        <v>98</v>
+        <v>560</v>
       </c>
       <c r="G396"/>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B397" t="s">
         <v>8</v>
       </c>
       <c r="C397" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D397">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E397"/>
       <c r="F397" t="s">
-        <v>512</v>
+        <v>562</v>
       </c>
       <c r="G397"/>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="B398" t="s">
         <v>8</v>
       </c>
       <c r="C398" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D398">
-        <v>2010</v>
+        <v>1998</v>
       </c>
       <c r="E398"/>
       <c r="F398" t="s">
-        <v>61</v>
+        <v>564</v>
       </c>
       <c r="G398"/>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="B399" t="s">
         <v>8</v>
       </c>
       <c r="C399" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D399">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E399"/>
       <c r="F399" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G399"/>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="B400" t="s">
         <v>8</v>
       </c>
       <c r="C400" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="D400">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E400"/>
       <c r="F400" t="s">
-        <v>59</v>
+        <v>564</v>
       </c>
       <c r="G400"/>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B401" t="s">
         <v>8</v>
       </c>
       <c r="C401" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D401">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E401"/>
       <c r="F401" t="s">
-        <v>347</v>
+        <v>181</v>
       </c>
       <c r="G401"/>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B402" t="s">
         <v>8</v>
       </c>
       <c r="C402" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D402">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E402"/>
       <c r="F402" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="G402"/>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="B403" t="s">
         <v>8</v>
       </c>
       <c r="C403" t="s">
         <v>12</v>
       </c>
       <c r="D403">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E403"/>
       <c r="F403" t="s">
-        <v>565</v>
+        <v>344</v>
       </c>
       <c r="G403"/>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="B404" t="s">
         <v>8</v>
       </c>
       <c r="C404" t="s">
-        <v>182</v>
+        <v>399</v>
       </c>
       <c r="D404">
-        <v>1967</v>
+        <v>2008</v>
       </c>
       <c r="E404"/>
       <c r="F404" t="s">
-        <v>108</v>
+        <v>571</v>
       </c>
       <c r="G404"/>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="B405" t="s">
         <v>8</v>
       </c>
       <c r="C405" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D405">
-        <v>1972</v>
+        <v>2013</v>
       </c>
       <c r="E405"/>
       <c r="F405" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="G405"/>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B406" t="s">
         <v>8</v>
       </c>
       <c r="C406" t="s">
-        <v>12</v>
+        <v>399</v>
       </c>
       <c r="D406">
-        <v>1967</v>
+        <v>2016</v>
       </c>
       <c r="E406"/>
       <c r="F406" t="s">
-        <v>347</v>
+        <v>28</v>
       </c>
       <c r="G406"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="B407" t="s">
         <v>8</v>
       </c>
       <c r="C407" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D407">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="E407"/>
       <c r="F407" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G407"/>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="B408" t="s">
         <v>8</v>
       </c>
       <c r="C408" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D408">
-        <v>2003</v>
+        <v>1967</v>
       </c>
       <c r="E408"/>
       <c r="F408" t="s">
-        <v>61</v>
+        <v>428</v>
       </c>
       <c r="G408"/>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="B409" t="s">
         <v>8</v>
       </c>
       <c r="C409" t="s">
-        <v>220</v>
+        <v>186</v>
       </c>
       <c r="D409">
-        <v>2010</v>
+        <v>1970</v>
       </c>
       <c r="E409"/>
       <c r="F409" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="G409"/>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="B410" t="s">
         <v>8</v>
       </c>
       <c r="C410" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="D410">
-        <v>1980</v>
+        <v>1990</v>
       </c>
       <c r="E410"/>
       <c r="F410" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="G410"/>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B411" t="s">
         <v>8</v>
       </c>
       <c r="C411" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D411">
-        <v>2001</v>
+        <v>2014</v>
       </c>
       <c r="E411"/>
       <c r="F411" t="s">
-        <v>164</v>
+        <v>243</v>
       </c>
       <c r="G411"/>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="B412" t="s">
         <v>8</v>
       </c>
       <c r="C412" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="D412">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E412"/>
       <c r="F412" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G412"/>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="B413" t="s">
         <v>8</v>
       </c>
       <c r="C413" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D413">
-        <v>1982</v>
+        <v>1994</v>
       </c>
       <c r="E413"/>
       <c r="F413" t="s">
-        <v>576</v>
+        <v>507</v>
       </c>
       <c r="G413"/>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B414" t="s">
         <v>8</v>
       </c>
       <c r="C414" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D414">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E414"/>
       <c r="F414" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="G414"/>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="B415" t="s">
         <v>8</v>
       </c>
       <c r="C415" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D415">
-        <v>1998</v>
+        <v>1974</v>
       </c>
       <c r="E415"/>
       <c r="F415" t="s">
-        <v>10</v>
+        <v>103</v>
       </c>
       <c r="G415"/>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="B416" t="s">
         <v>8</v>
       </c>
       <c r="C416" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D416">
-        <v>2004</v>
+        <v>1988</v>
       </c>
       <c r="E416"/>
       <c r="F416" t="s">
-        <v>489</v>
+        <v>584</v>
       </c>
       <c r="G416"/>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="B417" t="s">
         <v>8</v>
       </c>
       <c r="C417" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D417">
-        <v>2006</v>
+        <v>1994</v>
       </c>
       <c r="E417"/>
       <c r="F417" t="s">
-        <v>57</v>
+        <v>586</v>
       </c>
       <c r="G417"/>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B418" t="s">
         <v>8</v>
       </c>
       <c r="C418" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D418">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E418"/>
       <c r="F418" t="s">
-        <v>108</v>
+        <v>166</v>
       </c>
       <c r="G418"/>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B419" t="s">
         <v>8</v>
       </c>
       <c r="C419" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D419">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E419"/>
       <c r="F419" t="s">
-        <v>583</v>
+        <v>558</v>
       </c>
       <c r="G419"/>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B420" t="s">
         <v>8</v>
       </c>
       <c r="C420" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D420">
-        <v>1990</v>
+        <v>2009</v>
       </c>
       <c r="E420"/>
-      <c r="F420"/>
+      <c r="F420" t="s">
+        <v>174</v>
+      </c>
       <c r="G420"/>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="B421" t="s">
         <v>8</v>
       </c>
       <c r="C421" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D421">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E421"/>
       <c r="F421" t="s">
-        <v>440</v>
+        <v>174</v>
       </c>
       <c r="G421"/>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="B422" t="s">
         <v>8</v>
       </c>
       <c r="C422" t="s">
-        <v>12</v>
+        <v>211</v>
       </c>
       <c r="D422">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E422"/>
       <c r="F422" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G422"/>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B423" t="s">
         <v>8</v>
       </c>
       <c r="C423" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D423">
-        <v>2016</v>
+        <v>2001</v>
       </c>
       <c r="E423"/>
       <c r="F423" t="s">
-        <v>588</v>
+        <v>13</v>
       </c>
       <c r="G423"/>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="B424" t="s">
         <v>8</v>
       </c>
       <c r="C424" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="D424">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="E424"/>
       <c r="F424" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="G424"/>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="B425" t="s">
         <v>8</v>
       </c>
       <c r="C425" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D425">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E425"/>
       <c r="F425" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G425"/>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="B426" t="s">
         <v>8</v>
       </c>
       <c r="C426" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D426">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="E426"/>
       <c r="F426" t="s">
-        <v>61</v>
+        <v>596</v>
       </c>
       <c r="G426"/>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B427" t="s">
         <v>8</v>
       </c>
       <c r="C427" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D427">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="E427"/>
       <c r="F427" t="s">
-        <v>61</v>
+        <v>113</v>
       </c>
       <c r="G427"/>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B428" t="s">
         <v>8</v>
       </c>
       <c r="C428" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D428">
-        <v>2015</v>
+        <v>1982</v>
       </c>
       <c r="E428"/>
       <c r="F428" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G428"/>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="B429" t="s">
         <v>8</v>
       </c>
       <c r="C429" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D429">
-        <v>2017</v>
+        <v>1969</v>
       </c>
       <c r="E429"/>
       <c r="F429" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G429"/>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>595</v>
+        <v>297</v>
       </c>
       <c r="B430" t="s">
         <v>8</v>
       </c>
       <c r="C430" t="s">
-        <v>192</v>
+        <v>94</v>
       </c>
       <c r="D430">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="E430"/>
       <c r="F430" t="s">
-        <v>596</v>
+        <v>95</v>
       </c>
       <c r="G430"/>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B431" t="s">
         <v>8</v>
       </c>
       <c r="C431" t="s">
-        <v>192</v>
+        <v>33</v>
       </c>
       <c r="D431">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E431"/>
       <c r="F431" t="s">
-        <v>20</v>
+        <v>428</v>
       </c>
       <c r="G431"/>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B432" t="s">
         <v>8</v>
       </c>
       <c r="C432" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D432">
-        <v>1972</v>
+        <v>2002</v>
       </c>
       <c r="E432"/>
       <c r="F432" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G432"/>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B433" t="s">
         <v>8</v>
       </c>
       <c r="C433" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D433">
-        <v>1986</v>
+        <v>1971</v>
       </c>
       <c r="E433"/>
       <c r="F433" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G433"/>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B434" t="s">
         <v>8</v>
       </c>
       <c r="C434" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D434">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="E434"/>
       <c r="F434" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G434"/>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B435" t="s">
         <v>8</v>
       </c>
       <c r="C435" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D435">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E435"/>
       <c r="F435" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G435"/>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B436" t="s">
         <v>8</v>
       </c>
       <c r="C436" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D436">
-        <v>2005</v>
+        <v>1979</v>
       </c>
       <c r="E436"/>
       <c r="F436" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="G436"/>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="B437" t="s">
         <v>8</v>
       </c>
       <c r="C437" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D437">
-        <v>2008</v>
+        <v>1991</v>
       </c>
       <c r="E437"/>
       <c r="F437" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="G437"/>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B438" t="s">
         <v>8</v>
       </c>
       <c r="C438" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D438">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E438"/>
       <c r="F438" t="s">
-        <v>55</v>
+        <v>385</v>
       </c>
       <c r="G438"/>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="B439" t="s">
         <v>8</v>
       </c>
       <c r="C439" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="D439">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E439"/>
       <c r="F439"/>
       <c r="G439"/>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B440" t="s">
         <v>8</v>
       </c>
       <c r="C440" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D440">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E440"/>
       <c r="F440" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="G440"/>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="B441" t="s">
         <v>8</v>
       </c>
       <c r="C441" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D441">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E441"/>
       <c r="F441" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G441"/>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="B442" t="s">
         <v>8</v>
       </c>
       <c r="C442" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D442">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E442"/>
       <c r="F442" t="s">
-        <v>98</v>
+        <v>358</v>
       </c>
       <c r="G442"/>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="B443" t="s">
         <v>8</v>
       </c>
       <c r="C443" t="s">
         <v>12</v>
       </c>
       <c r="D443">
-        <v>1978</v>
+        <v>1972</v>
       </c>
       <c r="E443"/>
       <c r="F443" t="s">
-        <v>611</v>
+        <v>28</v>
       </c>
       <c r="G443"/>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B444" t="s">
         <v>8</v>
       </c>
       <c r="C444" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D444">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E444"/>
       <c r="F444" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G444"/>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B445" t="s">
         <v>8</v>
       </c>
       <c r="C445" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D445">
-        <v>1977</v>
+        <v>2011</v>
       </c>
       <c r="E445"/>
       <c r="F445" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="G445"/>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="B446" t="s">
         <v>8</v>
       </c>
       <c r="C446" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D446">
-        <v>1964</v>
+        <v>2015</v>
       </c>
       <c r="E446"/>
       <c r="F446" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G446"/>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="B447" t="s">
         <v>8</v>
       </c>
       <c r="C447" t="s">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="D447">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="E447"/>
       <c r="F447" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G447"/>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="B448" t="s">
         <v>8</v>
       </c>
       <c r="C448" t="s">
-        <v>220</v>
+        <v>36</v>
       </c>
       <c r="D448">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="E448"/>
       <c r="F448" t="s">
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="G448"/>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B449" t="s">
         <v>8</v>
       </c>
       <c r="C449" t="s">
-        <v>308</v>
+        <v>36</v>
       </c>
       <c r="D449">
-        <v>2011</v>
+        <v>1974</v>
       </c>
       <c r="E449"/>
       <c r="F449" t="s">
-        <v>61</v>
+        <v>117</v>
       </c>
       <c r="G449"/>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B450" t="s">
         <v>8</v>
       </c>
       <c r="C450" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="D450">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E450"/>
       <c r="F450" t="s">
-        <v>619</v>
+        <v>58</v>
       </c>
       <c r="G450"/>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B451" t="s">
         <v>8</v>
       </c>
       <c r="C451" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D451">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E451"/>
       <c r="F451" t="s">
-        <v>621</v>
+        <v>13</v>
       </c>
       <c r="G451"/>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
         <v>622</v>
       </c>
       <c r="B452" t="s">
         <v>8</v>
       </c>
       <c r="C452" t="s">
-        <v>19</v>
+        <v>224</v>
       </c>
       <c r="D452">
-        <v>1977</v>
+        <v>2008</v>
       </c>
       <c r="E452"/>
       <c r="F452" t="s">
-        <v>623</v>
+        <v>181</v>
       </c>
       <c r="G452"/>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="B453" t="s">
         <v>8</v>
       </c>
       <c r="C453" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D453">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="E453"/>
       <c r="F453" t="s">
-        <v>625</v>
+        <v>119</v>
       </c>
       <c r="G453"/>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="B454" t="s">
         <v>8</v>
       </c>
       <c r="C454" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D454">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="E454"/>
       <c r="F454" t="s">
-        <v>61</v>
+        <v>113</v>
       </c>
       <c r="G454"/>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="B455" t="s">
         <v>8</v>
       </c>
       <c r="C455" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D455">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E455"/>
       <c r="F455" t="s">
-        <v>61</v>
+        <v>558</v>
       </c>
       <c r="G455"/>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="B456" t="s">
         <v>8</v>
       </c>
       <c r="C456" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D456">
-        <v>2006</v>
+        <v>1982</v>
       </c>
       <c r="E456"/>
       <c r="F456" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G456"/>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>339</v>
+        <v>627</v>
       </c>
       <c r="B457" t="s">
         <v>8</v>
       </c>
       <c r="C457" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D457">
-        <v>2010</v>
+        <v>1992</v>
       </c>
       <c r="E457"/>
       <c r="F457" t="s">
-        <v>527</v>
+        <v>28</v>
       </c>
       <c r="G457"/>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>629</v>
+        <v>628</v>
       </c>
       <c r="B458" t="s">
         <v>8</v>
       </c>
       <c r="C458" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D458">
-        <v>2015</v>
+        <v>1998</v>
       </c>
       <c r="E458"/>
       <c r="F458" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G458"/>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="B459" t="s">
         <v>8</v>
       </c>
       <c r="C459" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="D459">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E459"/>
       <c r="F459" t="s">
-        <v>61</v>
+        <v>222</v>
       </c>
       <c r="G459"/>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="B460" t="s">
         <v>8</v>
       </c>
       <c r="C460" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D460">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="E460"/>
       <c r="F460" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="G460"/>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="B461" t="s">
         <v>8</v>
       </c>
       <c r="C461" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D461">
         <v>2011</v>
       </c>
       <c r="E461"/>
       <c r="F461" t="s">
-        <v>633</v>
+        <v>156</v>
       </c>
       <c r="G461"/>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="B462" t="s">
         <v>8</v>
       </c>
       <c r="C462" t="s">
-        <v>297</v>
+        <v>27</v>
       </c>
       <c r="D462">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E462"/>
       <c r="F462" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="G462"/>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="B463" t="s">
         <v>8</v>
       </c>
       <c r="C463" t="s">
-        <v>302</v>
+        <v>20</v>
       </c>
       <c r="D463">
-        <v>1968</v>
+        <v>1993</v>
       </c>
       <c r="E463"/>
       <c r="F463" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="G463"/>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="B464" t="s">
         <v>8</v>
       </c>
       <c r="C464" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D464">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E464"/>
-      <c r="F464" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F464"/>
       <c r="G464"/>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="B465" t="s">
         <v>8</v>
       </c>
       <c r="C465" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D465">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="E465"/>
       <c r="F465" t="s">
-        <v>98</v>
+        <v>637</v>
       </c>
       <c r="G465"/>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="B466" t="s">
         <v>8</v>
       </c>
       <c r="C466" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D466">
-        <v>1966</v>
+        <v>2016</v>
       </c>
       <c r="E466"/>
       <c r="F466" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G466"/>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="B467" t="s">
         <v>8</v>
       </c>
       <c r="C467" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D467">
-        <v>2013</v>
+        <v>1971</v>
       </c>
       <c r="E467"/>
       <c r="F467" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G467"/>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="B468" t="s">
         <v>8</v>
       </c>
       <c r="C468" t="s">
-        <v>220</v>
+        <v>186</v>
       </c>
       <c r="D468">
-        <v>2010</v>
+        <v>1942</v>
       </c>
       <c r="E468"/>
       <c r="F468" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="G468"/>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
       <c r="B469" t="s">
         <v>8</v>
       </c>
       <c r="C469" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="D469">
-        <v>1982</v>
+        <v>1973</v>
       </c>
       <c r="E469"/>
       <c r="F469" t="s">
-        <v>643</v>
+        <v>63</v>
       </c>
       <c r="G469"/>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>644</v>
+        <v>313</v>
       </c>
       <c r="B470" t="s">
         <v>8</v>
       </c>
       <c r="C470" t="s">
-        <v>192</v>
+        <v>94</v>
       </c>
       <c r="D470">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="E470"/>
       <c r="F470" t="s">
-        <v>61</v>
+        <v>642</v>
       </c>
       <c r="G470"/>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="B471" t="s">
         <v>8</v>
       </c>
       <c r="C471" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D471">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E471"/>
       <c r="F471" t="s">
-        <v>61</v>
+        <v>644</v>
       </c>
       <c r="G471"/>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="B472" t="s">
         <v>8</v>
       </c>
       <c r="C472" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D472">
-        <v>1982</v>
+        <v>2017</v>
       </c>
       <c r="E472"/>
       <c r="F472" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
       <c r="G472"/>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>647</v>
+        <v>580</v>
       </c>
       <c r="B473" t="s">
         <v>8</v>
       </c>
       <c r="C473" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D473">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E473"/>
       <c r="F473" t="s">
-        <v>57</v>
+        <v>263</v>
       </c>
       <c r="G473"/>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="B474" t="s">
         <v>8</v>
       </c>
       <c r="C474" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D474">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E474"/>
       <c r="F474" t="s">
-        <v>29</v>
+        <v>113</v>
       </c>
       <c r="G474"/>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="B475" t="s">
         <v>8</v>
       </c>
       <c r="C475" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D475">
-        <v>2004</v>
+        <v>1974</v>
       </c>
       <c r="E475"/>
       <c r="F475" t="s">
-        <v>449</v>
+        <v>344</v>
       </c>
       <c r="G475"/>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B476" t="s">
         <v>8</v>
       </c>
       <c r="C476" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D476">
-        <v>2007</v>
+        <v>1989</v>
       </c>
       <c r="E476"/>
       <c r="F476" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G476"/>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="B477" t="s">
         <v>8</v>
       </c>
       <c r="C477" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D477">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E477"/>
       <c r="F477" t="s">
-        <v>652</v>
+        <v>470</v>
       </c>
       <c r="G477"/>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="B478" t="s">
         <v>8</v>
       </c>
       <c r="C478" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D478">
-        <v>2017</v>
+        <v>2001</v>
       </c>
       <c r="E478"/>
       <c r="F478" t="s">
-        <v>61</v>
+        <v>637</v>
       </c>
       <c r="G478"/>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="B479" t="s">
         <v>8</v>
       </c>
       <c r="C479" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D479">
-        <v>1990</v>
+        <v>2006</v>
       </c>
       <c r="E479"/>
       <c r="F479" t="s">
-        <v>57</v>
+        <v>117</v>
       </c>
       <c r="G479"/>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="B480" t="s">
         <v>8</v>
       </c>
       <c r="C480" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D480">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E480"/>
       <c r="F480" t="s">
-        <v>440</v>
+        <v>424</v>
       </c>
       <c r="G480"/>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="B481" t="s">
         <v>8</v>
       </c>
       <c r="C481" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D481">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E481"/>
       <c r="F481" t="s">
-        <v>519</v>
+        <v>654</v>
       </c>
       <c r="G481"/>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B482" t="s">
         <v>8</v>
       </c>
       <c r="C482" t="s">
-        <v>19</v>
+        <v>321</v>
       </c>
       <c r="D482">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E482"/>
       <c r="F482" t="s">
-        <v>98</v>
+        <v>23</v>
       </c>
       <c r="G482"/>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="B483" t="s">
         <v>8</v>
       </c>
       <c r="C483" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D483">
-        <v>1971</v>
+        <v>2001</v>
       </c>
       <c r="E483"/>
       <c r="F483" t="s">
-        <v>61</v>
+        <v>657</v>
       </c>
       <c r="G483"/>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="B484" t="s">
         <v>8</v>
       </c>
       <c r="C484" t="s">
         <v>12</v>
       </c>
       <c r="D484">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="E484"/>
       <c r="F484" t="s">
-        <v>306</v>
+        <v>659</v>
       </c>
       <c r="G484"/>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
         <v>660</v>
       </c>
       <c r="B485" t="s">
         <v>8</v>
       </c>
       <c r="C485" t="s">
         <v>12</v>
       </c>
       <c r="D485">
-        <v>1989</v>
+        <v>2014</v>
       </c>
       <c r="E485"/>
       <c r="F485" t="s">
-        <v>389</v>
+        <v>13</v>
       </c>
       <c r="G485"/>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
         <v>661</v>
       </c>
       <c r="B486" t="s">
         <v>8</v>
       </c>
       <c r="C486" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D486">
-        <v>1972</v>
+        <v>2012</v>
       </c>
       <c r="E486"/>
       <c r="F486" t="s">
-        <v>36</v>
+        <v>662</v>
       </c>
       <c r="G486"/>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="B487" t="s">
         <v>8</v>
       </c>
       <c r="C487" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D487">
-        <v>1991</v>
+        <v>2010</v>
       </c>
       <c r="E487"/>
       <c r="F487" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G487"/>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B488" t="s">
         <v>8</v>
       </c>
       <c r="C488" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="D488">
-        <v>2017</v>
+        <v>1999</v>
       </c>
       <c r="E488"/>
       <c r="F488" t="s">
-        <v>331</v>
+        <v>95</v>
       </c>
       <c r="G488"/>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B489" t="s">
         <v>8</v>
       </c>
       <c r="C489" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="D489">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="E489"/>
       <c r="F489" t="s">
-        <v>665</v>
+        <v>44</v>
       </c>
       <c r="G489"/>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
         <v>666</v>
       </c>
       <c r="B490" t="s">
         <v>8</v>
       </c>
       <c r="C490" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="D490">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E490"/>
       <c r="F490" t="s">
-        <v>133</v>
+        <v>510</v>
       </c>
       <c r="G490"/>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
         <v>667</v>
       </c>
       <c r="B491" t="s">
         <v>8</v>
       </c>
       <c r="C491" t="s">
-        <v>19</v>
+        <v>668</v>
       </c>
       <c r="D491">
-        <v>1973</v>
+        <v>2010</v>
       </c>
       <c r="E491"/>
       <c r="F491" t="s">
-        <v>251</v>
+        <v>88</v>
       </c>
       <c r="G491"/>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B492" t="s">
         <v>8</v>
       </c>
       <c r="C492" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D492">
-        <v>1987</v>
+        <v>1971</v>
       </c>
       <c r="E492"/>
       <c r="F492" t="s">
-        <v>669</v>
+        <v>28</v>
       </c>
       <c r="G492"/>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
         <v>670</v>
       </c>
       <c r="B493" t="s">
         <v>8</v>
       </c>
       <c r="C493" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D493">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="E493"/>
       <c r="F493" t="s">
-        <v>57</v>
+        <v>236</v>
       </c>
       <c r="G493"/>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
         <v>671</v>
       </c>
       <c r="B494" t="s">
         <v>8</v>
       </c>
       <c r="C494" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D494">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E494"/>
       <c r="F494" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G494"/>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
         <v>672</v>
       </c>
       <c r="B495" t="s">
         <v>8</v>
       </c>
       <c r="C495" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D495">
-        <v>2005</v>
+        <v>1979</v>
       </c>
       <c r="E495"/>
       <c r="F495" t="s">
-        <v>61</v>
+        <v>549</v>
       </c>
       <c r="G495"/>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
         <v>673</v>
       </c>
       <c r="B496" t="s">
         <v>8</v>
       </c>
       <c r="C496" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D496">
-        <v>2008</v>
+        <v>1991</v>
       </c>
       <c r="E496"/>
       <c r="F496" t="s">
-        <v>144</v>
+        <v>292</v>
       </c>
       <c r="G496"/>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
         <v>674</v>
       </c>
       <c r="B497" t="s">
         <v>8</v>
       </c>
       <c r="C497" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="D497">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E497"/>
       <c r="F497" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="G497"/>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
         <v>675</v>
       </c>
       <c r="B498" t="s">
         <v>8</v>
       </c>
       <c r="C498" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D498">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E498"/>
       <c r="F498" t="s">
-        <v>92</v>
+        <v>65</v>
       </c>
       <c r="G498"/>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
         <v>676</v>
       </c>
       <c r="B499" t="s">
         <v>8</v>
       </c>
       <c r="C499" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D499">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E499"/>
       <c r="F499" t="s">
-        <v>288</v>
+        <v>13</v>
       </c>
       <c r="G499"/>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
         <v>677</v>
       </c>
       <c r="B500" t="s">
         <v>8</v>
       </c>
       <c r="C500" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D500">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E500"/>
       <c r="F500" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G500"/>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
         <v>678</v>
       </c>
       <c r="B501" t="s">
         <v>8</v>
       </c>
       <c r="C501" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D501">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E501"/>
       <c r="F501" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="G501"/>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
         <v>679</v>
       </c>
       <c r="B502" t="s">
         <v>8</v>
       </c>
       <c r="C502" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D502">
-        <v>2003</v>
+        <v>1975</v>
       </c>
       <c r="E502"/>
       <c r="F502" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="G502"/>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
         <v>680</v>
       </c>
       <c r="B503" t="s">
         <v>8</v>
       </c>
       <c r="C503" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D503">
-        <v>1971</v>
+        <v>2005</v>
       </c>
       <c r="E503"/>
       <c r="F503" t="s">
-        <v>36</v>
+        <v>681</v>
       </c>
       <c r="G503"/>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B504" t="s">
         <v>8</v>
       </c>
       <c r="C504" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D504">
-        <v>1971</v>
+        <v>2012</v>
       </c>
       <c r="E504"/>
       <c r="F504" t="s">
-        <v>98</v>
+        <v>13</v>
       </c>
       <c r="G504"/>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B505" t="s">
         <v>8</v>
       </c>
       <c r="C505" t="s">
         <v>12</v>
       </c>
       <c r="D505">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="E505"/>
       <c r="F505" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G505"/>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B506" t="s">
         <v>8</v>
       </c>
       <c r="C506" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="D506">
-        <v>2011</v>
+        <v>1972</v>
       </c>
       <c r="E506"/>
       <c r="F506" t="s">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="G506"/>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B507" t="s">
         <v>8</v>
       </c>
       <c r="C507" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D507">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E507"/>
       <c r="F507" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="G507"/>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B508" t="s">
         <v>8</v>
       </c>
       <c r="C508" t="s">
-        <v>308</v>
+        <v>36</v>
       </c>
       <c r="D508">
-        <v>2011</v>
+        <v>1974</v>
       </c>
       <c r="E508"/>
       <c r="F508" t="s">
-        <v>61</v>
+        <v>687</v>
       </c>
       <c r="G508"/>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B509" t="s">
         <v>8</v>
       </c>
       <c r="C509" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D509">
-        <v>1998</v>
+        <v>1972</v>
       </c>
       <c r="E509"/>
       <c r="F509" t="s">
-        <v>687</v>
+        <v>44</v>
       </c>
       <c r="G509"/>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>549</v>
+        <v>689</v>
       </c>
       <c r="B510" t="s">
         <v>8</v>
       </c>
       <c r="C510" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D510">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="E510"/>
       <c r="F510" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G510"/>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B511" t="s">
         <v>8</v>
       </c>
       <c r="C511" t="s">
-        <v>19</v>
+        <v>224</v>
       </c>
       <c r="D511">
-        <v>1977</v>
+        <v>2006</v>
       </c>
       <c r="E511"/>
       <c r="F511" t="s">
-        <v>623</v>
+        <v>138</v>
       </c>
       <c r="G511"/>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B512" t="s">
         <v>8</v>
       </c>
       <c r="C512" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D512">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="E512"/>
       <c r="F512" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G512"/>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="B513" t="s">
         <v>8</v>
       </c>
       <c r="C513" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D513">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E513"/>
       <c r="F513" t="s">
-        <v>98</v>
+        <v>564</v>
       </c>
       <c r="G513"/>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B514" t="s">
         <v>8</v>
       </c>
       <c r="C514" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D514">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E514"/>
       <c r="F514" t="s">
-        <v>13</v>
+        <v>280</v>
       </c>
       <c r="G514"/>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="B515" t="s">
         <v>8</v>
       </c>
       <c r="C515" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D515">
-        <v>2006</v>
+        <v>1983</v>
       </c>
       <c r="E515"/>
       <c r="F515" t="s">
-        <v>693</v>
+        <v>63</v>
       </c>
       <c r="G515"/>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B516" t="s">
         <v>8</v>
       </c>
       <c r="C516" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D516">
-        <v>2010</v>
+        <v>1992</v>
       </c>
       <c r="E516"/>
       <c r="F516" t="s">
-        <v>169</v>
+        <v>687</v>
       </c>
       <c r="G516"/>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B517" t="s">
         <v>8</v>
       </c>
       <c r="C517" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D517">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="E517"/>
       <c r="F517" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G517"/>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B518" t="s">
         <v>8</v>
       </c>
       <c r="C518" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="D518">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E518"/>
       <c r="F518" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G518"/>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B519" t="s">
         <v>8</v>
       </c>
       <c r="C519" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D519">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="E519"/>
       <c r="F519" t="s">
-        <v>698</v>
+        <v>13</v>
       </c>
       <c r="G519"/>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
         <v>699</v>
       </c>
       <c r="B520" t="s">
         <v>8</v>
       </c>
       <c r="C520" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D520">
         <v>2011</v>
       </c>
       <c r="E520"/>
       <c r="F520" t="s">
-        <v>57</v>
+        <v>700</v>
       </c>
       <c r="G520"/>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B521" t="s">
         <v>8</v>
       </c>
       <c r="C521" t="s">
-        <v>297</v>
+        <v>27</v>
       </c>
       <c r="D521">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E521"/>
       <c r="F521" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="G521"/>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B522" t="s">
         <v>8</v>
       </c>
       <c r="C522" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D522">
-        <v>1969</v>
+        <v>1995</v>
       </c>
       <c r="E522"/>
       <c r="F522" t="s">
-        <v>576</v>
+        <v>212</v>
       </c>
       <c r="G522"/>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B523" t="s">
         <v>8</v>
       </c>
       <c r="C523" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D523">
-        <v>1971</v>
+        <v>2008</v>
       </c>
       <c r="E523"/>
       <c r="F523" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G523"/>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B524" t="s">
         <v>8</v>
       </c>
       <c r="C524" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D524">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="E524"/>
       <c r="F524" t="s">
-        <v>705</v>
+        <v>13</v>
       </c>
       <c r="G524"/>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
         <v>706</v>
       </c>
       <c r="B525" t="s">
         <v>8</v>
       </c>
       <c r="C525" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D525">
-        <v>1963</v>
+        <v>2016</v>
       </c>
       <c r="E525"/>
       <c r="F525" t="s">
-        <v>347</v>
+        <v>28</v>
       </c>
       <c r="G525"/>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
         <v>707</v>
       </c>
       <c r="B526" t="s">
         <v>8</v>
       </c>
       <c r="C526" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D526">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E526"/>
       <c r="F526" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G526"/>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>684</v>
+        <v>708</v>
       </c>
       <c r="B527" t="s">
         <v>8</v>
       </c>
       <c r="C527" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D527">
-        <v>2009</v>
+        <v>1993</v>
       </c>
       <c r="E527"/>
       <c r="F527" t="s">
-        <v>20</v>
+        <v>212</v>
       </c>
       <c r="G527"/>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B528" t="s">
         <v>8</v>
       </c>
       <c r="C528" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D528">
-        <v>1983</v>
+        <v>1997</v>
       </c>
       <c r="E528"/>
       <c r="F528" t="s">
-        <v>57</v>
+        <v>263</v>
       </c>
       <c r="G528"/>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B529" t="s">
         <v>8</v>
       </c>
       <c r="C529" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="D529">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="E529"/>
       <c r="F529" t="s">
-        <v>266</v>
+        <v>584</v>
       </c>
       <c r="G529"/>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B530" t="s">
         <v>8</v>
       </c>
       <c r="C530" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D530">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E530"/>
       <c r="F530" t="s">
-        <v>512</v>
+        <v>712</v>
       </c>
       <c r="G530"/>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B531" t="s">
         <v>8</v>
       </c>
       <c r="C531" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D531">
-        <v>1982</v>
+        <v>2017</v>
       </c>
       <c r="E531"/>
       <c r="F531" t="s">
-        <v>712</v>
+        <v>236</v>
       </c>
       <c r="G531"/>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B532" t="s">
         <v>8</v>
       </c>
       <c r="C532" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
       <c r="D532">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E532"/>
       <c r="F532" t="s">
-        <v>714</v>
+        <v>263</v>
       </c>
       <c r="G532"/>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
         <v>715</v>
       </c>
       <c r="B533" t="s">
         <v>8</v>
       </c>
       <c r="C533" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D533">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E533"/>
       <c r="F533" t="s">
-        <v>61</v>
+        <v>233</v>
       </c>
       <c r="G533"/>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
         <v>716</v>
       </c>
       <c r="B534" t="s">
         <v>8</v>
       </c>
       <c r="C534" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D534">
-        <v>2004</v>
+        <v>1975</v>
       </c>
       <c r="E534"/>
-      <c r="F534"/>
+      <c r="F534" t="s">
+        <v>103</v>
+      </c>
       <c r="G534"/>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
         <v>717</v>
       </c>
       <c r="B535" t="s">
         <v>8</v>
       </c>
       <c r="C535" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D535">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="E535"/>
       <c r="F535" t="s">
-        <v>229</v>
+        <v>718</v>
       </c>
       <c r="G535"/>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B536" t="s">
         <v>8</v>
       </c>
       <c r="C536" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
       <c r="D536">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E536"/>
       <c r="F536" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="G536"/>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B537" t="s">
         <v>8</v>
       </c>
       <c r="C537" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D537">
-        <v>2017</v>
+        <v>2001</v>
       </c>
       <c r="E537"/>
       <c r="F537" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="G537"/>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>540</v>
+        <v>721</v>
       </c>
       <c r="B538" t="s">
         <v>8</v>
       </c>
       <c r="C538" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="D538">
-        <v>1990</v>
+        <v>2006</v>
       </c>
       <c r="E538"/>
       <c r="F538" t="s">
-        <v>36</v>
+        <v>152</v>
       </c>
       <c r="G538"/>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B539" t="s">
         <v>8</v>
       </c>
       <c r="C539" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D539">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E539"/>
-      <c r="F539" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F539"/>
       <c r="G539"/>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B540" t="s">
         <v>8</v>
       </c>
       <c r="C540" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D540">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E540"/>
       <c r="F540" t="s">
-        <v>722</v>
+        <v>654</v>
       </c>
       <c r="G540"/>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B541" t="s">
         <v>8</v>
       </c>
       <c r="C541" t="s">
-        <v>28</v>
+        <v>321</v>
       </c>
       <c r="D541">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E541"/>
       <c r="F541" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G541"/>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B542" t="s">
         <v>8</v>
       </c>
       <c r="C542" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D542">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="E542"/>
       <c r="F542" t="s">
-        <v>725</v>
+        <v>179</v>
       </c>
       <c r="G542"/>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
         <v>726</v>
       </c>
       <c r="B543" t="s">
         <v>8</v>
       </c>
       <c r="C543" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D543">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E543"/>
       <c r="F543" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="G543"/>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
         <v>727</v>
       </c>
       <c r="B544" t="s">
         <v>8</v>
       </c>
       <c r="C544" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="D544">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="E544"/>
       <c r="F544" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G544"/>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
         <v>728</v>
       </c>
       <c r="B545" t="s">
         <v>8</v>
       </c>
       <c r="C545" t="s">
-        <v>729</v>
+        <v>20</v>
       </c>
       <c r="D545">
-        <v>1989</v>
+        <v>2013</v>
       </c>
       <c r="E545"/>
       <c r="F545" t="s">
-        <v>730</v>
+        <v>113</v>
       </c>
       <c r="G545"/>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="B546" t="s">
         <v>8</v>
       </c>
       <c r="C546" t="s">
-        <v>34</v>
+        <v>402</v>
       </c>
       <c r="D546">
-        <v>2009</v>
+        <v>1971</v>
       </c>
       <c r="E546"/>
       <c r="F546" t="s">
-        <v>732</v>
+        <v>428</v>
       </c>
       <c r="G546"/>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="B547" t="s">
         <v>8</v>
       </c>
       <c r="C547" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D547">
-        <v>2016</v>
+        <v>1968</v>
       </c>
       <c r="E547"/>
       <c r="F547" t="s">
-        <v>155</v>
+        <v>28</v>
       </c>
       <c r="G547"/>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="B548" t="s">
         <v>8</v>
       </c>
       <c r="C548" t="s">
-        <v>308</v>
+        <v>402</v>
       </c>
       <c r="D548">
-        <v>1994</v>
+        <v>1983</v>
       </c>
       <c r="E548"/>
       <c r="F548" t="s">
-        <v>379</v>
+        <v>732</v>
       </c>
       <c r="G548"/>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B549" t="s">
         <v>8</v>
       </c>
       <c r="C549" t="s">
-        <v>192</v>
+        <v>27</v>
       </c>
       <c r="D549">
-        <v>2007</v>
+        <v>1989</v>
       </c>
       <c r="E549"/>
       <c r="F549" t="s">
-        <v>20</v>
+        <v>344</v>
       </c>
       <c r="G549"/>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B550" t="s">
         <v>8</v>
       </c>
       <c r="C550" t="s">
-        <v>19</v>
+        <v>668</v>
       </c>
       <c r="D550">
-        <v>1974</v>
+        <v>2005</v>
       </c>
       <c r="E550"/>
       <c r="F550" t="s">
-        <v>370</v>
+        <v>735</v>
       </c>
       <c r="G550"/>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="B551" t="s">
         <v>8</v>
       </c>
       <c r="C551" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D551">
-        <v>1988</v>
+        <v>1978</v>
       </c>
       <c r="E551"/>
       <c r="F551" t="s">
-        <v>738</v>
+        <v>263</v>
       </c>
       <c r="G551"/>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
       <c r="B552" t="s">
         <v>8</v>
       </c>
       <c r="C552" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D552">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="E552"/>
       <c r="F552" t="s">
-        <v>61</v>
+        <v>392</v>
       </c>
       <c r="G552"/>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="B553" t="s">
         <v>8</v>
       </c>
       <c r="C553" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D553">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E553"/>
       <c r="F553" t="s">
-        <v>161</v>
+        <v>263</v>
       </c>
       <c r="G553"/>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="B554" t="s">
         <v>8</v>
       </c>
       <c r="C554" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D554">
-        <v>2005</v>
+        <v>1980</v>
       </c>
       <c r="E554"/>
       <c r="F554" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G554"/>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="B555" t="s">
         <v>8</v>
       </c>
       <c r="C555" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D555">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E555"/>
       <c r="F555" t="s">
-        <v>20</v>
+        <v>741</v>
       </c>
       <c r="G555"/>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="B556" t="s">
         <v>8</v>
       </c>
       <c r="C556" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D556">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E556"/>
       <c r="F556" t="s">
-        <v>263</v>
+        <v>63</v>
       </c>
       <c r="G556"/>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="B557" t="s">
         <v>8</v>
       </c>
       <c r="C557" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="D557">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="E557"/>
       <c r="F557" t="s">
-        <v>745</v>
+        <v>61</v>
       </c>
       <c r="G557"/>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="B558" t="s">
         <v>8</v>
       </c>
       <c r="C558" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D558">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="E558"/>
       <c r="F558" t="s">
-        <v>20</v>
+        <v>745</v>
       </c>
       <c r="G558"/>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>546</v>
+        <v>746</v>
       </c>
       <c r="B559" t="s">
         <v>8</v>
       </c>
       <c r="C559" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D559">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E559"/>
       <c r="F559" t="s">
-        <v>747</v>
+        <v>307</v>
       </c>
       <c r="G559"/>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="B560" t="s">
         <v>8</v>
       </c>
       <c r="C560" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D560">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E560"/>
       <c r="F560" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="G560"/>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="B561" t="s">
         <v>8</v>
       </c>
       <c r="C561" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D561">
-        <v>2009</v>
+        <v>1979</v>
       </c>
       <c r="E561"/>
       <c r="F561" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="G561"/>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B562" t="s">
         <v>8</v>
       </c>
       <c r="C562" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D562">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E562"/>
       <c r="F562" t="s">
-        <v>20</v>
+        <v>751</v>
       </c>
       <c r="G562"/>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
         <v>752</v>
       </c>
       <c r="B563" t="s">
         <v>8</v>
       </c>
       <c r="C563" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D563">
-        <v>1994</v>
+        <v>2012</v>
       </c>
       <c r="E563"/>
       <c r="F563" t="s">
-        <v>753</v>
+        <v>294</v>
       </c>
       <c r="G563"/>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="B564" t="s">
         <v>8</v>
       </c>
       <c r="C564" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D564">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E564"/>
       <c r="F564" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G564"/>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
+        <v>754</v>
+      </c>
+      <c r="B565" t="s">
+        <v>8</v>
+      </c>
+      <c r="C565" t="s">
         <v>755</v>
       </c>
-      <c r="B565" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D565">
-        <v>2012</v>
+        <v>1975</v>
       </c>
       <c r="E565"/>
       <c r="F565" t="s">
-        <v>389</v>
+        <v>28</v>
       </c>
       <c r="G565"/>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
         <v>756</v>
       </c>
       <c r="B566" t="s">
         <v>8</v>
       </c>
       <c r="C566" t="s">
-        <v>246</v>
+        <v>36</v>
       </c>
       <c r="D566">
-        <v>2009</v>
+        <v>1970</v>
       </c>
       <c r="E566"/>
       <c r="F566" t="s">
-        <v>169</v>
+        <v>44</v>
       </c>
       <c r="G566"/>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
         <v>757</v>
       </c>
       <c r="B567" t="s">
         <v>8</v>
       </c>
       <c r="C567" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D567">
-        <v>2002</v>
+        <v>1985</v>
       </c>
       <c r="E567"/>
       <c r="F567" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G567"/>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
         <v>758</v>
       </c>
       <c r="B568" t="s">
         <v>8</v>
       </c>
       <c r="C568" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="D568">
-        <v>1998</v>
+        <v>1987</v>
       </c>
       <c r="E568"/>
       <c r="F568" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="G568"/>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
         <v>759</v>
       </c>
       <c r="B569" t="s">
         <v>8</v>
       </c>
       <c r="C569" t="s">
-        <v>308</v>
+        <v>42</v>
       </c>
       <c r="D569">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="E569"/>
       <c r="F569" t="s">
-        <v>61</v>
+        <v>424</v>
       </c>
       <c r="G569"/>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
         <v>760</v>
       </c>
       <c r="B570" t="s">
         <v>8</v>
       </c>
       <c r="C570" t="s">
-        <v>19</v>
+        <v>224</v>
       </c>
       <c r="D570">
-        <v>1978</v>
+        <v>2004</v>
       </c>
       <c r="E570"/>
       <c r="F570" t="s">
-        <v>61</v>
+        <v>243</v>
       </c>
       <c r="G570"/>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
         <v>761</v>
       </c>
       <c r="B571" t="s">
         <v>8</v>
       </c>
       <c r="C571" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D571">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="E571"/>
       <c r="F571" t="s">
-        <v>762</v>
+        <v>13</v>
       </c>
       <c r="G571"/>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="B572" t="s">
         <v>8</v>
       </c>
       <c r="C572" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D572">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E572"/>
       <c r="F572" t="s">
-        <v>764</v>
+        <v>13</v>
       </c>
       <c r="G572"/>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B573" t="s">
         <v>8</v>
       </c>
       <c r="C573" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D573">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E573"/>
       <c r="F573" t="s">
-        <v>61</v>
+        <v>470</v>
       </c>
       <c r="G573"/>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="B574" t="s">
         <v>8</v>
       </c>
       <c r="C574" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D574">
-        <v>2006</v>
+        <v>1984</v>
       </c>
       <c r="E574"/>
       <c r="F574" t="s">
-        <v>20</v>
+        <v>201</v>
       </c>
       <c r="G574"/>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="B575" t="s">
         <v>8</v>
       </c>
       <c r="C575" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D575">
-        <v>2010</v>
+        <v>1992</v>
       </c>
       <c r="E575"/>
-      <c r="F575" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F575"/>
       <c r="G575"/>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="B576" t="s">
         <v>8</v>
       </c>
       <c r="C576" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D576">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="E576"/>
       <c r="F576" t="s">
-        <v>151</v>
+        <v>28</v>
       </c>
       <c r="G576"/>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="B577" t="s">
         <v>8</v>
       </c>
       <c r="C577" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D577">
-        <v>1970</v>
+        <v>2005</v>
       </c>
       <c r="E577"/>
       <c r="F577" t="s">
-        <v>61</v>
+        <v>212</v>
       </c>
       <c r="G577"/>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="B578" t="s">
         <v>8</v>
       </c>
       <c r="C578" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="D578">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E578"/>
       <c r="F578" t="s">
-        <v>98</v>
+        <v>769</v>
       </c>
       <c r="G578"/>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="B579" t="s">
         <v>8</v>
       </c>
       <c r="C579" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D579">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E579"/>
       <c r="F579" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G579"/>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="B580" t="s">
         <v>8</v>
       </c>
       <c r="C580" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D580">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E580"/>
       <c r="F580" t="s">
-        <v>259</v>
+        <v>28</v>
       </c>
       <c r="G580"/>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="B581" t="s">
         <v>8</v>
       </c>
       <c r="C581" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D581">
-        <v>1979</v>
+        <v>1996</v>
       </c>
       <c r="E581"/>
-      <c r="F581" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F581"/>
       <c r="G581"/>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="B582" t="s">
         <v>8</v>
       </c>
       <c r="C582" t="s">
-        <v>171</v>
+        <v>12</v>
       </c>
       <c r="D582">
-        <v>1929</v>
+        <v>2008</v>
       </c>
       <c r="E582"/>
       <c r="F582" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G582"/>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="B583" t="s">
         <v>8</v>
       </c>
       <c r="C583" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D583">
-        <v>1975</v>
+        <v>2013</v>
       </c>
       <c r="E583"/>
       <c r="F583" t="s">
-        <v>61</v>
+        <v>212</v>
       </c>
       <c r="G583"/>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="B584" t="s">
         <v>8</v>
       </c>
       <c r="C584" t="s">
         <v>12</v>
       </c>
       <c r="D584">
-        <v>1973</v>
+        <v>2016</v>
       </c>
       <c r="E584"/>
       <c r="F584" t="s">
-        <v>36</v>
+        <v>263</v>
       </c>
       <c r="G584"/>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="B585" t="s">
         <v>8</v>
       </c>
       <c r="C585" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D585">
-        <v>2012</v>
+        <v>1986</v>
       </c>
       <c r="E585"/>
       <c r="F585" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G585"/>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="B586" t="s">
         <v>8</v>
       </c>
       <c r="C586" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="D586">
-        <v>2008</v>
+        <v>1960</v>
       </c>
       <c r="E586"/>
       <c r="F586" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G586"/>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="B587" t="s">
         <v>8</v>
       </c>
       <c r="C587" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D587">
-        <v>1985</v>
+        <v>2002</v>
       </c>
       <c r="E587"/>
       <c r="F587" t="s">
-        <v>20</v>
+        <v>103</v>
       </c>
       <c r="G587"/>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="B588" t="s">
         <v>8</v>
       </c>
       <c r="C588" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="D588">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E588"/>
       <c r="F588" t="s">
-        <v>61</v>
+        <v>712</v>
       </c>
       <c r="G588"/>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="B589" t="s">
         <v>8</v>
       </c>
       <c r="C589" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D589">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="E589"/>
       <c r="F589" t="s">
-        <v>470</v>
+        <v>13</v>
       </c>
       <c r="G589"/>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="B590" t="s">
         <v>8</v>
       </c>
       <c r="C590" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="D590">
-        <v>1982</v>
+        <v>2003</v>
       </c>
       <c r="E590"/>
       <c r="F590" t="s">
-        <v>785</v>
+        <v>13</v>
       </c>
       <c r="G590"/>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="B591" t="s">
         <v>8</v>
       </c>
       <c r="C591" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D591">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E591"/>
       <c r="F591" t="s">
-        <v>787</v>
+        <v>251</v>
       </c>
       <c r="G591"/>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>788</v>
+        <v>715</v>
       </c>
       <c r="B592" t="s">
         <v>8</v>
       </c>
       <c r="C592" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D592">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E592"/>
       <c r="F592" t="s">
-        <v>789</v>
+        <v>119</v>
       </c>
       <c r="G592"/>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="B593" t="s">
         <v>8</v>
       </c>
       <c r="C593" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D593">
-        <v>2004</v>
+        <v>1975</v>
       </c>
       <c r="E593"/>
-      <c r="F593" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F593"/>
       <c r="G593"/>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="B594" t="s">
         <v>8</v>
       </c>
       <c r="C594" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D594">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="E594"/>
       <c r="F594" t="s">
-        <v>789</v>
+        <v>344</v>
       </c>
       <c r="G594"/>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>792</v>
+        <v>785</v>
       </c>
       <c r="B595" t="s">
         <v>8</v>
       </c>
       <c r="C595" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D595">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E595"/>
       <c r="F595" t="s">
-        <v>177</v>
+        <v>786</v>
       </c>
       <c r="G595"/>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
       <c r="B596" t="s">
         <v>8</v>
       </c>
       <c r="C596" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D596">
-        <v>2017</v>
+        <v>2001</v>
       </c>
       <c r="E596"/>
       <c r="F596" t="s">
-        <v>61</v>
+        <v>788</v>
       </c>
       <c r="G596"/>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="B597" t="s">
         <v>8</v>
       </c>
       <c r="C597" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D597">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E597"/>
       <c r="F597" t="s">
-        <v>583</v>
+        <v>28</v>
       </c>
       <c r="G597"/>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="B598" t="s">
         <v>8</v>
       </c>
       <c r="C598" t="s">
-        <v>297</v>
+        <v>27</v>
       </c>
       <c r="D598">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E598"/>
       <c r="F598" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="G598"/>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="B599" t="s">
         <v>8</v>
       </c>
       <c r="C599" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D599">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E599"/>
       <c r="F599" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="G599"/>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="B600" t="s">
         <v>8</v>
       </c>
       <c r="C600" t="s">
-        <v>297</v>
+        <v>321</v>
       </c>
       <c r="D600">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E600"/>
       <c r="F600" t="s">
-        <v>20</v>
+        <v>794</v>
       </c>
       <c r="G600"/>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="B601" t="s">
         <v>8</v>
       </c>
       <c r="C601" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D601">
-        <v>1976</v>
+        <v>2002</v>
       </c>
       <c r="E601"/>
       <c r="F601" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G601"/>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="B602" t="s">
         <v>8</v>
       </c>
       <c r="C602" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="D602">
-        <v>1967</v>
+        <v>2010</v>
       </c>
       <c r="E602"/>
-      <c r="F602" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F602"/>
       <c r="G602"/>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="B603" t="s">
         <v>8</v>
       </c>
       <c r="C603" t="s">
-        <v>182</v>
+        <v>20</v>
       </c>
       <c r="D603">
-        <v>1970</v>
+        <v>2014</v>
       </c>
       <c r="E603"/>
       <c r="F603" t="s">
-        <v>20</v>
+        <v>798</v>
       </c>
       <c r="G603"/>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="B604" t="s">
         <v>8</v>
       </c>
       <c r="C604" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="D604">
-        <v>1990</v>
+        <v>2013</v>
       </c>
       <c r="E604"/>
       <c r="F604" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="G604"/>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="B605" t="s">
         <v>8</v>
       </c>
       <c r="C605" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D605">
-        <v>2014</v>
+        <v>1983</v>
       </c>
       <c r="E605"/>
       <c r="F605" t="s">
-        <v>239</v>
+        <v>44</v>
       </c>
       <c r="G605"/>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="B606" t="s">
         <v>8</v>
       </c>
       <c r="C606" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D606">
-        <v>2017</v>
+        <v>1976</v>
       </c>
       <c r="E606"/>
       <c r="F606" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G606"/>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="B607" t="s">
         <v>8</v>
       </c>
       <c r="C607" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D607">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E607"/>
       <c r="F607" t="s">
-        <v>379</v>
+        <v>44</v>
       </c>
       <c r="G607"/>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="B608" t="s">
         <v>8</v>
       </c>
       <c r="C608" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D608">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="E608"/>
       <c r="F608" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G608"/>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="B609" t="s">
         <v>8</v>
       </c>
       <c r="C609" t="s">
-        <v>19</v>
+        <v>224</v>
       </c>
       <c r="D609">
-        <v>1974</v>
+        <v>2013</v>
       </c>
       <c r="E609"/>
       <c r="F609" t="s">
-        <v>98</v>
+        <v>171</v>
       </c>
       <c r="G609"/>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="B610" t="s">
         <v>8</v>
       </c>
       <c r="C610" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D610">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="E610"/>
       <c r="F610" t="s">
-        <v>809</v>
+        <v>37</v>
       </c>
       <c r="G610"/>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>810</v>
+        <v>669</v>
       </c>
       <c r="B611" t="s">
         <v>8</v>
       </c>
       <c r="C611" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D611">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="E611"/>
       <c r="F611" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="G611"/>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
       <c r="B612" t="s">
         <v>8</v>
       </c>
       <c r="C612" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D612">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="E612"/>
       <c r="F612" t="s">
-        <v>161</v>
+        <v>808</v>
       </c>
       <c r="G612"/>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="B613" t="s">
         <v>8</v>
       </c>
       <c r="C613" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D613">
-        <v>2006</v>
+        <v>1980</v>
       </c>
       <c r="E613"/>
       <c r="F613" t="s">
-        <v>470</v>
+        <v>44</v>
       </c>
       <c r="G613"/>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="B614" t="s">
         <v>8</v>
       </c>
       <c r="C614" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D614">
-        <v>2009</v>
+        <v>1992</v>
       </c>
       <c r="E614"/>
       <c r="F614" t="s">
-        <v>169</v>
+        <v>811</v>
       </c>
       <c r="G614"/>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="B615" t="s">
         <v>8</v>
       </c>
       <c r="C615" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D615">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E615"/>
       <c r="F615" t="s">
-        <v>169</v>
+        <v>448</v>
       </c>
       <c r="G615"/>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="B616" t="s">
         <v>8</v>
       </c>
       <c r="C616" t="s">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="D616">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="E616"/>
       <c r="F616" t="s">
-        <v>61</v>
+        <v>113</v>
       </c>
       <c r="G616"/>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="B617" t="s">
         <v>8</v>
       </c>
       <c r="C617" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D617">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E617"/>
       <c r="F617" t="s">
-        <v>61</v>
+        <v>806</v>
       </c>
       <c r="G617"/>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="B618" t="s">
         <v>8</v>
       </c>
       <c r="C618" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D618">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E618"/>
       <c r="F618" t="s">
-        <v>90</v>
+        <v>243</v>
       </c>
       <c r="G618"/>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="B619" t="s">
         <v>8</v>
       </c>
       <c r="C619" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D619">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E619"/>
       <c r="F619" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G619"/>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>366</v>
+        <v>817</v>
       </c>
       <c r="B620" t="s">
         <v>8</v>
       </c>
       <c r="C620" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D620">
-        <v>2010</v>
+        <v>1979</v>
       </c>
       <c r="E620"/>
       <c r="F620" t="s">
-        <v>820</v>
+        <v>212</v>
       </c>
       <c r="G620"/>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="B621" t="s">
         <v>8</v>
       </c>
       <c r="C621" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D621">
-        <v>1969</v>
+        <v>2006</v>
       </c>
       <c r="E621"/>
       <c r="F621" t="s">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="G621"/>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="B622" t="s">
         <v>8</v>
       </c>
       <c r="C622" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D622">
-        <v>1982</v>
+        <v>2012</v>
       </c>
       <c r="E622"/>
       <c r="F622" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G622"/>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="B623" t="s">
         <v>8</v>
       </c>
       <c r="C623" t="s">
-        <v>12</v>
+        <v>399</v>
       </c>
       <c r="D623">
-        <v>1969</v>
+        <v>2016</v>
       </c>
       <c r="E623"/>
       <c r="F623" t="s">
-        <v>61</v>
+        <v>251</v>
       </c>
       <c r="G623"/>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>476</v>
+        <v>821</v>
       </c>
       <c r="B624" t="s">
         <v>8</v>
       </c>
       <c r="C624" t="s">
-        <v>89</v>
+        <v>755</v>
       </c>
       <c r="D624">
-        <v>2014</v>
+        <v>1977</v>
       </c>
       <c r="E624"/>
       <c r="F624" t="s">
-        <v>90</v>
+        <v>28</v>
       </c>
       <c r="G624"/>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
-        <v>305</v>
+        <v>822</v>
       </c>
       <c r="B625" t="s">
         <v>8</v>
       </c>
       <c r="C625" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="D625">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E625"/>
       <c r="F625" t="s">
-        <v>306</v>
+        <v>13</v>
       </c>
       <c r="G625"/>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="B626" t="s">
         <v>8</v>
       </c>
       <c r="C626" t="s">
-        <v>9</v>
+        <v>402</v>
       </c>
       <c r="D626">
-        <v>2002</v>
+        <v>1960</v>
       </c>
       <c r="E626"/>
       <c r="F626" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G626"/>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="B627" t="s">
         <v>8</v>
       </c>
       <c r="C627" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D627">
-        <v>1971</v>
+        <v>1968</v>
       </c>
       <c r="E627"/>
       <c r="F627" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G627"/>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="B628" t="s">
         <v>8</v>
       </c>
       <c r="C628" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D628">
-        <v>1998</v>
+        <v>1991</v>
       </c>
       <c r="E628"/>
       <c r="F628" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G628"/>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>827</v>
+        <v>600</v>
       </c>
       <c r="B629" t="s">
         <v>8</v>
       </c>
       <c r="C629" t="s">
-        <v>9</v>
+        <v>250</v>
       </c>
       <c r="D629">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="E629"/>
       <c r="F629" t="s">
-        <v>20</v>
+        <v>428</v>
       </c>
       <c r="G629"/>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="B630" t="s">
         <v>8</v>
       </c>
       <c r="C630" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D630">
-        <v>1979</v>
+        <v>1988</v>
       </c>
       <c r="E630"/>
       <c r="F630" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G630"/>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="B631" t="s">
         <v>8</v>
       </c>
       <c r="C631" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D631">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="E631"/>
       <c r="F631" t="s">
-        <v>830</v>
+        <v>428</v>
       </c>
       <c r="G631"/>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="B632" t="s">
         <v>8</v>
       </c>
       <c r="C632" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D632">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="E632"/>
       <c r="F632" t="s">
-        <v>623</v>
+        <v>71</v>
       </c>
       <c r="G632"/>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="B633" t="s">
         <v>8</v>
       </c>
       <c r="C633" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D633">
-        <v>2003</v>
+        <v>1984</v>
       </c>
       <c r="E633"/>
-      <c r="F633"/>
+      <c r="F633" t="s">
+        <v>13</v>
+      </c>
       <c r="G633"/>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="B634" t="s">
         <v>8</v>
       </c>
       <c r="C634" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D634">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E634"/>
       <c r="F634" t="s">
-        <v>29</v>
+        <v>103</v>
       </c>
       <c r="G634"/>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="B635" t="s">
         <v>8</v>
       </c>
       <c r="C635" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D635">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="E635"/>
       <c r="F635" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G635"/>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="B636" t="s">
         <v>8</v>
       </c>
       <c r="C636" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D636">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E636"/>
       <c r="F636" t="s">
-        <v>596</v>
+        <v>166</v>
       </c>
       <c r="G636"/>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="B637" t="s">
         <v>8</v>
       </c>
       <c r="C637" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D637">
-        <v>1972</v>
+        <v>2008</v>
       </c>
       <c r="E637"/>
       <c r="F637" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G637"/>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="B638" t="s">
         <v>8</v>
       </c>
       <c r="C638" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D638">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E638"/>
-      <c r="F638" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F638"/>
       <c r="G638"/>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="B639" t="s">
         <v>8</v>
       </c>
       <c r="C639" t="s">
-        <v>12</v>
+        <v>321</v>
       </c>
       <c r="D639">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="E639"/>
       <c r="F639" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G639"/>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="B640" t="s">
         <v>8</v>
       </c>
       <c r="C640" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D640">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="E640"/>
       <c r="F640" t="s">
-        <v>36</v>
+        <v>263</v>
       </c>
       <c r="G640"/>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="B641" t="s">
         <v>8</v>
       </c>
       <c r="C641" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D641">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="E641"/>
       <c r="F641" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="G641"/>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="B642" t="s">
         <v>8</v>
       </c>
       <c r="C642" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D642">
-        <v>1984</v>
+        <v>2013</v>
       </c>
       <c r="E642"/>
-      <c r="F642" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F642"/>
       <c r="G642"/>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="B643" t="s">
         <v>8</v>
       </c>
       <c r="C643" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D643">
-        <v>1974</v>
+        <v>2017</v>
       </c>
       <c r="E643"/>
       <c r="F643" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="G643"/>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="B644" t="s">
         <v>8</v>
       </c>
       <c r="C644" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D644">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E644"/>
       <c r="F644" t="s">
-        <v>52</v>
+        <v>428</v>
       </c>
       <c r="G644"/>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="B645" t="s">
         <v>8</v>
       </c>
       <c r="C645" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D645">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E645"/>
       <c r="F645" t="s">
-        <v>61</v>
+        <v>113</v>
       </c>
       <c r="G645"/>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="B646" t="s">
         <v>8</v>
       </c>
       <c r="C646" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="D646">
-        <v>2008</v>
+        <v>1971</v>
       </c>
       <c r="E646"/>
       <c r="F646" t="s">
-        <v>177</v>
+        <v>44</v>
       </c>
       <c r="G646"/>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="B647" t="s">
         <v>8</v>
       </c>
       <c r="C647" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="D647">
-        <v>1987</v>
+        <v>2007</v>
       </c>
       <c r="E647"/>
       <c r="F647" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G647"/>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="B648" t="s">
         <v>8</v>
       </c>
       <c r="C648" t="s">
         <v>42</v>
       </c>
       <c r="D648">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="E648"/>
       <c r="F648" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="G648"/>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="B649" t="s">
         <v>8</v>
       </c>
       <c r="C649" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D649">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="E649"/>
       <c r="F649" t="s">
-        <v>470</v>
+        <v>292</v>
       </c>
       <c r="G649"/>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="B650" t="s">
         <v>8</v>
       </c>
       <c r="C650" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D650">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="E650"/>
       <c r="F650" t="s">
-        <v>20</v>
+        <v>434</v>
       </c>
       <c r="G650"/>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="B651" t="s">
         <v>8</v>
       </c>
       <c r="C651" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D651">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E651"/>
       <c r="F651" t="s">
-        <v>20</v>
+        <v>848</v>
       </c>
       <c r="G651"/>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="B652" t="s">
         <v>8</v>
       </c>
       <c r="C652" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D652">
-        <v>1998</v>
+        <v>1976</v>
       </c>
       <c r="E652"/>
       <c r="F652" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G652"/>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="B653" t="s">
         <v>8</v>
       </c>
       <c r="C653" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D653">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="E653"/>
-      <c r="F653" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F653"/>
       <c r="G653"/>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="B654" t="s">
         <v>8</v>
       </c>
       <c r="C654" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D654">
-        <v>2008</v>
+        <v>1995</v>
       </c>
       <c r="E654"/>
       <c r="F654" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G654"/>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="B655" t="s">
         <v>8</v>
       </c>
       <c r="C655" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D655">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E655"/>
       <c r="F655" t="s">
-        <v>151</v>
+        <v>103</v>
       </c>
       <c r="G655"/>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="B656" t="s">
         <v>8</v>
       </c>
       <c r="C656" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D656">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E656"/>
       <c r="F656" t="s">
-        <v>856</v>
+        <v>28</v>
       </c>
       <c r="G656"/>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>857</v>
+        <v>391</v>
       </c>
       <c r="B657" t="s">
         <v>8</v>
       </c>
       <c r="C657" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D657">
-        <v>1993</v>
+        <v>2009</v>
       </c>
       <c r="E657"/>
-      <c r="F657" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F657"/>
       <c r="G657"/>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="B658" t="s">
         <v>8</v>
       </c>
       <c r="C658" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="D658">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E658"/>
-      <c r="F658"/>
+      <c r="F658" t="s">
+        <v>28</v>
+      </c>
       <c r="G658"/>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>859</v>
+        <v>855</v>
       </c>
       <c r="B659" t="s">
         <v>8</v>
       </c>
       <c r="C659" t="s">
-        <v>12</v>
+        <v>211</v>
       </c>
       <c r="D659">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E659"/>
       <c r="F659" t="s">
-        <v>860</v>
+        <v>13</v>
       </c>
       <c r="G659"/>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="B660" t="s">
         <v>8</v>
       </c>
       <c r="C660" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D660">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="E660"/>
       <c r="F660" t="s">
-        <v>20</v>
+        <v>857</v>
       </c>
       <c r="G660"/>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="B661" t="s">
         <v>8</v>
       </c>
       <c r="C661" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D661">
-        <v>1971</v>
+        <v>2010</v>
       </c>
       <c r="E661"/>
       <c r="F661" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G661"/>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="B662" t="s">
         <v>8</v>
       </c>
       <c r="C662" t="s">
-        <v>182</v>
+        <v>20</v>
       </c>
       <c r="D662">
-        <v>1942</v>
+        <v>2014</v>
       </c>
       <c r="E662"/>
       <c r="F662" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G662"/>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="B663" t="s">
         <v>8</v>
       </c>
       <c r="C663" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D663">
-        <v>1973</v>
+        <v>2015</v>
       </c>
       <c r="E663"/>
       <c r="F663" t="s">
-        <v>57</v>
+        <v>294</v>
       </c>
       <c r="G663"/>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>554</v>
+        <v>861</v>
       </c>
       <c r="B664" t="s">
         <v>8</v>
       </c>
       <c r="C664" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="D664">
-        <v>1990</v>
+        <v>1970</v>
       </c>
       <c r="E664"/>
       <c r="F664" t="s">
-        <v>865</v>
+        <v>13</v>
       </c>
       <c r="G664"/>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="B665" t="s">
         <v>8</v>
       </c>
       <c r="C665" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D665">
-        <v>2010</v>
+        <v>1974</v>
       </c>
       <c r="E665"/>
       <c r="F665" t="s">
-        <v>867</v>
+        <v>13</v>
       </c>
       <c r="G665"/>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="B666" t="s">
         <v>8</v>
       </c>
       <c r="C666" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D666">
-        <v>2017</v>
+        <v>1990</v>
       </c>
       <c r="E666"/>
       <c r="F666" t="s">
-        <v>144</v>
+        <v>864</v>
       </c>
       <c r="G666"/>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
-        <v>805</v>
+        <v>865</v>
       </c>
       <c r="B667" t="s">
         <v>8</v>
       </c>
       <c r="C667" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D667">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E667"/>
       <c r="F667" t="s">
-        <v>259</v>
+        <v>61</v>
       </c>
       <c r="G667"/>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="B668" t="s">
         <v>8</v>
       </c>
       <c r="C668" t="s">
-        <v>42</v>
+        <v>224</v>
       </c>
       <c r="D668">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E668"/>
       <c r="F668" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="G668"/>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="B669" t="s">
         <v>8</v>
       </c>
       <c r="C669" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D669">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="E669"/>
       <c r="F669" t="s">
-        <v>583</v>
+        <v>171</v>
       </c>
       <c r="G669"/>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="B670" t="s">
         <v>8</v>
       </c>
       <c r="C670" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D670">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="E670"/>
       <c r="F670" t="s">
-        <v>57</v>
+        <v>869</v>
       </c>
       <c r="G670"/>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="B671" t="s">
         <v>8</v>
       </c>
       <c r="C671" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D671">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="E671"/>
       <c r="F671" t="s">
-        <v>698</v>
+        <v>97</v>
       </c>
       <c r="G671"/>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="B672" t="s">
         <v>8</v>
       </c>
       <c r="C672" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D672">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="E672"/>
       <c r="F672" t="s">
-        <v>860</v>
+        <v>13</v>
       </c>
       <c r="G672"/>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B673" t="s">
         <v>8</v>
       </c>
       <c r="C673" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D673">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E673"/>
       <c r="F673" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="G673"/>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="B674" t="s">
         <v>8</v>
       </c>
       <c r="C674" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D674">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="E674"/>
       <c r="F674" t="s">
-        <v>519</v>
+        <v>448</v>
       </c>
       <c r="G674"/>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="B675" t="s">
         <v>8</v>
       </c>
       <c r="C675" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D675">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E675"/>
       <c r="F675" t="s">
-        <v>486</v>
+        <v>169</v>
       </c>
       <c r="G675"/>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="B676" t="s">
         <v>8</v>
       </c>
       <c r="C676" t="s">
-        <v>318</v>
+        <v>50</v>
       </c>
       <c r="D676">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="E676"/>
       <c r="F676" t="s">
-        <v>15</v>
+        <v>251</v>
       </c>
       <c r="G676"/>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="B677" t="s">
         <v>8</v>
       </c>
       <c r="C677" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D677">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E677"/>
       <c r="F677" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="G677"/>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="B678" t="s">
         <v>8</v>
       </c>
       <c r="C678" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D678">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E678"/>
       <c r="F678" t="s">
-        <v>881</v>
+        <v>434</v>
       </c>
       <c r="G678"/>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>882</v>
+        <v>595</v>
       </c>
       <c r="B679" t="s">
         <v>8</v>
       </c>
       <c r="C679" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D679">
-        <v>2014</v>
+        <v>1980</v>
       </c>
       <c r="E679"/>
       <c r="F679" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G679"/>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="B680" t="s">
         <v>8</v>
       </c>
       <c r="C680" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D680">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E680"/>
       <c r="F680" t="s">
-        <v>884</v>
+        <v>13</v>
       </c>
       <c r="G680"/>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="B681" t="s">
         <v>8</v>
       </c>
       <c r="C681" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D681">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E681"/>
       <c r="F681" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="G681"/>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="B682" t="s">
         <v>8</v>
       </c>
       <c r="C682" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="D682">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="E682"/>
       <c r="F682" t="s">
-        <v>90</v>
+        <v>510</v>
       </c>
       <c r="G682"/>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="B683" t="s">
         <v>8</v>
       </c>
       <c r="C683" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D683">
-        <v>1972</v>
+        <v>1997</v>
       </c>
       <c r="E683"/>
       <c r="F683" t="s">
-        <v>36</v>
+        <v>883</v>
       </c>
       <c r="G683"/>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="B684" t="s">
         <v>8</v>
       </c>
       <c r="C684" t="s">
-        <v>89</v>
+        <v>402</v>
       </c>
       <c r="D684">
-        <v>2016</v>
+        <v>1974</v>
       </c>
       <c r="E684"/>
       <c r="F684" t="s">
-        <v>370</v>
+        <v>885</v>
       </c>
       <c r="G684"/>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>427</v>
+        <v>886</v>
       </c>
       <c r="B685" t="s">
         <v>8</v>
       </c>
       <c r="C685" t="s">
-        <v>428</v>
+        <v>20</v>
       </c>
       <c r="D685">
-        <v>2010</v>
+        <v>1972</v>
       </c>
       <c r="E685"/>
       <c r="F685" t="s">
-        <v>83</v>
+        <v>887</v>
       </c>
       <c r="G685"/>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>280</v>
+        <v>888</v>
       </c>
       <c r="B686" t="s">
         <v>8</v>
       </c>
       <c r="C686" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D686">
-        <v>1971</v>
+        <v>1992</v>
       </c>
       <c r="E686"/>
       <c r="F686" t="s">
-        <v>20</v>
+        <v>294</v>
       </c>
       <c r="G686"/>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
         <v>889</v>
       </c>
       <c r="B687" t="s">
         <v>8</v>
       </c>
       <c r="C687" t="s">
-        <v>308</v>
+        <v>42</v>
       </c>
       <c r="D687">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="E687"/>
       <c r="F687" t="s">
-        <v>232</v>
+        <v>507</v>
       </c>
       <c r="G687"/>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
         <v>890</v>
       </c>
       <c r="B688" t="s">
         <v>8</v>
       </c>
       <c r="C688" t="s">
-        <v>9</v>
+        <v>224</v>
       </c>
       <c r="D688">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E688"/>
       <c r="F688" t="s">
-        <v>20</v>
+        <v>891</v>
       </c>
       <c r="G688"/>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B689" t="s">
         <v>8</v>
       </c>
       <c r="C689" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D689">
-        <v>1979</v>
+        <v>1989</v>
       </c>
       <c r="E689"/>
       <c r="F689" t="s">
-        <v>775</v>
+        <v>13</v>
       </c>
       <c r="G689"/>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B690" t="s">
         <v>8</v>
       </c>
       <c r="C690" t="s">
-        <v>12</v>
+        <v>196</v>
       </c>
       <c r="D690">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="E690"/>
       <c r="F690" t="s">
-        <v>329</v>
+        <v>166</v>
       </c>
       <c r="G690"/>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B691" t="s">
         <v>8</v>
       </c>
       <c r="C691" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D691">
-        <v>1997</v>
+        <v>1970</v>
       </c>
       <c r="E691"/>
-      <c r="F691" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F691"/>
       <c r="G691"/>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B692" t="s">
         <v>8</v>
       </c>
       <c r="C692" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D692">
-        <v>2003</v>
+        <v>1985</v>
       </c>
       <c r="E692"/>
       <c r="F692" t="s">
-        <v>59</v>
+        <v>896</v>
       </c>
       <c r="G692"/>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B693" t="s">
         <v>8</v>
       </c>
       <c r="C693" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D693">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="E693"/>
       <c r="F693" t="s">
-        <v>61</v>
+        <v>138</v>
       </c>
       <c r="G693"/>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="B694" t="s">
         <v>8</v>
       </c>
       <c r="C694" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D694">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="E694"/>
       <c r="F694" t="s">
-        <v>61</v>
+        <v>430</v>
       </c>
       <c r="G694"/>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="B695" t="s">
         <v>8</v>
       </c>
       <c r="C695" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D695">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E695"/>
       <c r="F695" t="s">
-        <v>57</v>
+        <v>900</v>
       </c>
       <c r="G695"/>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B696" t="s">
         <v>8</v>
       </c>
       <c r="C696" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D696">
-        <v>1975</v>
+        <v>2008</v>
       </c>
       <c r="E696"/>
       <c r="F696" t="s">
-        <v>36</v>
+        <v>251</v>
       </c>
       <c r="G696"/>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="B697" t="s">
         <v>8</v>
       </c>
       <c r="C697" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D697">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E697"/>
       <c r="F697" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="G697"/>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="B698" t="s">
         <v>8</v>
       </c>
       <c r="C698" t="s">
-        <v>19</v>
+        <v>211</v>
       </c>
       <c r="D698">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="E698"/>
       <c r="F698" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="G698"/>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="B699" t="s">
         <v>8</v>
       </c>
       <c r="C699" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D699">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E699"/>
       <c r="F699" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G699"/>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="B700" t="s">
         <v>8</v>
       </c>
       <c r="C700" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D700">
-        <v>1972</v>
+        <v>2008</v>
       </c>
       <c r="E700"/>
       <c r="F700" t="s">
-        <v>36</v>
+        <v>103</v>
       </c>
       <c r="G700"/>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B701" t="s">
         <v>8</v>
       </c>
       <c r="C701" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="D701">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="E701"/>
       <c r="F701" t="s">
-        <v>90</v>
+        <v>28</v>
       </c>
       <c r="G701"/>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="B702" t="s">
         <v>8</v>
       </c>
       <c r="C702" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D702">
-        <v>1974</v>
+        <v>2017</v>
       </c>
       <c r="E702"/>
       <c r="F702" t="s">
-        <v>420</v>
+        <v>263</v>
       </c>
       <c r="G702"/>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B703" t="s">
         <v>8</v>
       </c>
       <c r="C703" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D703">
-        <v>1972</v>
+        <v>1989</v>
       </c>
       <c r="E703"/>
       <c r="F703" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="G703"/>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B704" t="s">
         <v>8</v>
       </c>
       <c r="C704" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D704">
-        <v>2004</v>
+        <v>1972</v>
       </c>
       <c r="E704"/>
       <c r="F704" t="s">
-        <v>61</v>
+        <v>700</v>
       </c>
       <c r="G704"/>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="B705" t="s">
         <v>8</v>
       </c>
       <c r="C705" t="s">
-        <v>220</v>
+        <v>76</v>
       </c>
       <c r="D705">
-        <v>2006</v>
+        <v>1964</v>
       </c>
       <c r="E705"/>
       <c r="F705" t="s">
-        <v>133</v>
+        <v>44</v>
       </c>
       <c r="G705"/>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="B706" t="s">
         <v>8</v>
       </c>
       <c r="C706" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="D706">
-        <v>1987</v>
+        <v>2008</v>
       </c>
       <c r="E706"/>
       <c r="F706" t="s">
-        <v>36</v>
+        <v>263</v>
       </c>
       <c r="G706"/>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="B707" t="s">
         <v>8</v>
       </c>
       <c r="C707" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D707">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E707"/>
       <c r="F707" t="s">
-        <v>789</v>
+        <v>13</v>
       </c>
       <c r="G707"/>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B708" t="s">
         <v>8</v>
       </c>
       <c r="C708" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D708">
         <v>2017</v>
       </c>
       <c r="E708"/>
       <c r="F708" t="s">
-        <v>276</v>
+        <v>61</v>
       </c>
       <c r="G708"/>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="B709" t="s">
         <v>8</v>
       </c>
       <c r="C709" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D709">
-        <v>1983</v>
+        <v>1996</v>
       </c>
       <c r="E709"/>
       <c r="F709" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="G709"/>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="B710" t="s">
         <v>8</v>
       </c>
       <c r="C710" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D710">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E710"/>
       <c r="F710" t="s">
-        <v>420</v>
+        <v>181</v>
       </c>
       <c r="G710"/>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="B711" t="s">
         <v>8</v>
       </c>
       <c r="C711" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D711">
-        <v>1999</v>
+        <v>1976</v>
       </c>
       <c r="E711"/>
       <c r="F711" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="G711"/>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="B712" t="s">
         <v>8</v>
       </c>
       <c r="C712" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D712">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E712"/>
       <c r="F712" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G712"/>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="B713" t="s">
         <v>8</v>
       </c>
       <c r="C713" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D713">
-        <v>2008</v>
+        <v>1995</v>
       </c>
       <c r="E713"/>
       <c r="F713" t="s">
-        <v>61</v>
+        <v>920</v>
       </c>
       <c r="G713"/>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="B714" t="s">
         <v>8</v>
       </c>
       <c r="C714" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D714">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E714"/>
       <c r="F714" t="s">
-        <v>402</v>
+        <v>700</v>
       </c>
       <c r="G714"/>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="B715" t="s">
         <v>8</v>
       </c>
       <c r="C715" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D715">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E715"/>
       <c r="F715" t="s">
-        <v>919</v>
+        <v>28</v>
       </c>
       <c r="G715"/>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="B716" t="s">
         <v>8</v>
       </c>
       <c r="C716" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D716">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="E716"/>
       <c r="F716" t="s">
-        <v>208</v>
+        <v>128</v>
       </c>
       <c r="G716"/>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="B717" t="s">
         <v>8</v>
       </c>
       <c r="C717" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D717">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E717"/>
       <c r="F717" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G717"/>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="B718" t="s">
         <v>8</v>
       </c>
       <c r="C718" t="s">
-        <v>12</v>
+        <v>321</v>
       </c>
       <c r="D718">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E718"/>
       <c r="F718" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G718"/>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="B719" t="s">
         <v>8</v>
       </c>
       <c r="C719" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D719">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="E719"/>
-      <c r="F719" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F719"/>
       <c r="G719"/>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="B720" t="s">
         <v>8</v>
       </c>
       <c r="C720" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D720">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E720"/>
       <c r="F720" t="s">
-        <v>15</v>
+        <v>687</v>
       </c>
       <c r="G720"/>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="B721" t="s">
         <v>8</v>
       </c>
       <c r="C721" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D721">
-        <v>1993</v>
+        <v>2015</v>
       </c>
       <c r="E721"/>
       <c r="F721" t="s">
-        <v>208</v>
+        <v>28</v>
       </c>
       <c r="G721"/>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="B722" t="s">
         <v>8</v>
       </c>
       <c r="C722" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D722">
-        <v>1997</v>
+        <v>1972</v>
       </c>
       <c r="E722"/>
       <c r="F722" t="s">
-        <v>259</v>
+        <v>13</v>
       </c>
       <c r="G722"/>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="B723" t="s">
         <v>8</v>
       </c>
       <c r="C723" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="D723">
-        <v>1997</v>
+        <v>1972</v>
       </c>
       <c r="E723"/>
       <c r="F723" t="s">
-        <v>809</v>
+        <v>13</v>
       </c>
       <c r="G723"/>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="B724" t="s">
         <v>8</v>
       </c>
       <c r="C724" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D724">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="E724"/>
       <c r="F724" t="s">
-        <v>929</v>
+        <v>13</v>
       </c>
       <c r="G724"/>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="B725" t="s">
         <v>8</v>
       </c>
       <c r="C725" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D725">
-        <v>2017</v>
+        <v>1969</v>
       </c>
       <c r="E725"/>
       <c r="F725" t="s">
-        <v>232</v>
+        <v>44</v>
       </c>
       <c r="G725"/>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="B726" t="s">
         <v>8</v>
       </c>
       <c r="C726" t="s">
-        <v>89</v>
+        <v>42</v>
       </c>
       <c r="D726">
-        <v>1994</v>
+        <v>2009</v>
       </c>
       <c r="E726"/>
       <c r="F726" t="s">
-        <v>259</v>
+        <v>181</v>
       </c>
       <c r="G726"/>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>932</v>
+        <v>667</v>
       </c>
       <c r="B727" t="s">
         <v>8</v>
       </c>
       <c r="C727" t="s">
-        <v>9</v>
+        <v>668</v>
       </c>
       <c r="D727">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E727"/>
       <c r="F727" t="s">
-        <v>229</v>
+        <v>88</v>
       </c>
       <c r="G727"/>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B728" t="s">
         <v>8</v>
       </c>
       <c r="C728" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D728">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="E728"/>
       <c r="F728" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="G728"/>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B729" t="s">
         <v>8</v>
       </c>
       <c r="C729" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D729">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="E729"/>
       <c r="F729" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="G729"/>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
         <v>936</v>
       </c>
       <c r="B730" t="s">
         <v>8</v>
       </c>
       <c r="C730" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="D730">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="E730"/>
       <c r="F730" t="s">
-        <v>61</v>
+        <v>937</v>
       </c>
       <c r="G730"/>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B731" t="s">
         <v>8</v>
       </c>
       <c r="C731" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D731">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="E731"/>
       <c r="F731" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G731"/>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B732" t="s">
         <v>8</v>
       </c>
       <c r="C732" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D732">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E732"/>
       <c r="F732" t="s">
-        <v>147</v>
+        <v>940</v>
       </c>
       <c r="G732"/>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="B733" t="s">
         <v>8</v>
       </c>
       <c r="C733" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D733">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E733"/>
-      <c r="F733"/>
+      <c r="F733" t="s">
+        <v>243</v>
+      </c>
       <c r="G733"/>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="B734" t="s">
         <v>8</v>
       </c>
       <c r="C734" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D734">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E734"/>
       <c r="F734" t="s">
-        <v>486</v>
+        <v>943</v>
       </c>
       <c r="G734"/>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="B735" t="s">
         <v>8</v>
       </c>
       <c r="C735" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="D735">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E735"/>
       <c r="F735" t="s">
-        <v>61</v>
+        <v>347</v>
       </c>
       <c r="G735"/>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="B736" t="s">
         <v>8</v>
       </c>
       <c r="C736" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D736">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E736"/>
       <c r="F736" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G736"/>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="B737" t="s">
         <v>8</v>
       </c>
       <c r="C737" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D737">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E737"/>
       <c r="F737" t="s">
-        <v>90</v>
+        <v>128</v>
       </c>
       <c r="G737"/>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B738" t="s">
         <v>8</v>
       </c>
       <c r="C738" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="D738">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E738"/>
       <c r="F738" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="G738"/>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="B739" t="s">
         <v>8</v>
       </c>
       <c r="C739" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D739">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E739"/>
       <c r="F739" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="G739"/>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="B740" t="s">
         <v>8</v>
       </c>
       <c r="C740" t="s">
-        <v>302</v>
+        <v>9</v>
       </c>
       <c r="D740">
-        <v>1971</v>
+        <v>2012</v>
       </c>
       <c r="E740"/>
       <c r="F740" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="G740"/>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="B741" t="s">
         <v>8</v>
       </c>
       <c r="C741" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D741">
-        <v>1968</v>
+        <v>2016</v>
       </c>
       <c r="E741"/>
       <c r="F741" t="s">
-        <v>20</v>
+        <v>117</v>
       </c>
       <c r="G741"/>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="B742" t="s">
         <v>8</v>
       </c>
       <c r="C742" t="s">
-        <v>302</v>
+        <v>20</v>
       </c>
       <c r="D742">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="E742"/>
       <c r="F742" t="s">
-        <v>949</v>
+        <v>263</v>
       </c>
       <c r="G742"/>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="B743" t="s">
         <v>8</v>
       </c>
       <c r="C743" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="D743">
-        <v>1989</v>
+        <v>1982</v>
       </c>
       <c r="E743"/>
       <c r="F743" t="s">
-        <v>583</v>
+        <v>416</v>
       </c>
       <c r="G743"/>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="B744" t="s">
         <v>8</v>
       </c>
       <c r="C744" t="s">
-        <v>428</v>
+        <v>20</v>
       </c>
       <c r="D744">
-        <v>2005</v>
+        <v>1971</v>
       </c>
       <c r="E744"/>
       <c r="F744" t="s">
-        <v>952</v>
+        <v>44</v>
       </c>
       <c r="G744"/>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B745" t="s">
         <v>8</v>
       </c>
       <c r="C745" t="s">
-        <v>192</v>
+        <v>12</v>
       </c>
       <c r="D745">
-        <v>1978</v>
+        <v>1972</v>
       </c>
       <c r="E745"/>
       <c r="F745" t="s">
-        <v>259</v>
+        <v>28</v>
       </c>
       <c r="G745"/>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B746" t="s">
         <v>8</v>
       </c>
       <c r="C746" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D746">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="E746"/>
       <c r="F746" t="s">
-        <v>527</v>
+        <v>28</v>
       </c>
       <c r="G746"/>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="B747" t="s">
         <v>8</v>
       </c>
       <c r="C747" t="s">
-        <v>308</v>
+        <v>224</v>
       </c>
       <c r="D747">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="E747"/>
       <c r="F747" t="s">
-        <v>259</v>
+        <v>107</v>
       </c>
       <c r="G747"/>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B748" t="s">
         <v>8</v>
       </c>
       <c r="C748" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D748">
-        <v>1980</v>
+        <v>1992</v>
       </c>
       <c r="E748"/>
       <c r="F748" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="G748"/>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B749" t="s">
         <v>8</v>
       </c>
       <c r="C749" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D749">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="E749"/>
       <c r="F749" t="s">
-        <v>958</v>
+        <v>166</v>
       </c>
       <c r="G749"/>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
         <v>959</v>
       </c>
       <c r="B750" t="s">
         <v>8</v>
       </c>
       <c r="C750" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D750">
-        <v>1997</v>
+        <v>1970</v>
       </c>
       <c r="E750"/>
       <c r="F750" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="G750"/>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
         <v>960</v>
       </c>
       <c r="B751" t="s">
         <v>8</v>
       </c>
       <c r="C751" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D751">
-        <v>2004</v>
+        <v>1985</v>
       </c>
       <c r="E751"/>
       <c r="F751" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="G751"/>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
         <v>961</v>
       </c>
       <c r="B752" t="s">
         <v>8</v>
       </c>
       <c r="C752" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D752">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="E752"/>
       <c r="F752" t="s">
-        <v>962</v>
+        <v>103</v>
       </c>
       <c r="G752"/>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>963</v>
+        <v>962</v>
       </c>
       <c r="B753" t="s">
         <v>8</v>
       </c>
       <c r="C753" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D753">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="E753"/>
       <c r="F753" t="s">
-        <v>512</v>
+        <v>95</v>
       </c>
       <c r="G753"/>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="B754" t="s">
         <v>8</v>
       </c>
       <c r="C754" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D754">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E754"/>
-      <c r="F754" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F754"/>
       <c r="G754"/>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="B755" t="s">
         <v>8</v>
       </c>
       <c r="C755" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D755">
-        <v>1979</v>
+        <v>2008</v>
       </c>
       <c r="E755"/>
       <c r="F755" t="s">
-        <v>92</v>
+        <v>965</v>
       </c>
       <c r="G755"/>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="B756" t="s">
         <v>8</v>
       </c>
       <c r="C756" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D756">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E756"/>
       <c r="F756" t="s">
-        <v>968</v>
+        <v>103</v>
       </c>
       <c r="G756"/>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="B757" t="s">
         <v>8</v>
       </c>
       <c r="C757" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="D757">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="E757"/>
       <c r="F757" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G757"/>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
       <c r="B758" t="s">
         <v>8</v>
       </c>
       <c r="C758" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D758">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E758"/>
       <c r="F758" t="s">
-        <v>20</v>
+        <v>969</v>
       </c>
       <c r="G758"/>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="B759" t="s">
         <v>8</v>
       </c>
       <c r="C759" t="s">
-        <v>299</v>
+        <v>20</v>
       </c>
       <c r="D759">
-        <v>1975</v>
+        <v>2009</v>
       </c>
       <c r="E759"/>
       <c r="F759" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G759"/>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="B760" t="s">
         <v>8</v>
       </c>
       <c r="C760" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D760">
-        <v>1970</v>
+        <v>2013</v>
       </c>
       <c r="E760"/>
       <c r="F760" t="s">
-        <v>36</v>
+        <v>263</v>
       </c>
       <c r="G760"/>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="B761" t="s">
         <v>8</v>
       </c>
       <c r="C761" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D761">
-        <v>1985</v>
+        <v>2017</v>
       </c>
       <c r="E761"/>
       <c r="F761" t="s">
-        <v>20</v>
+        <v>558</v>
       </c>
       <c r="G761"/>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="B762" t="s">
         <v>8</v>
       </c>
       <c r="C762" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D762">
-        <v>1987</v>
+        <v>2002</v>
       </c>
       <c r="E762"/>
       <c r="F762" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G762"/>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>975</v>
+        <v>974</v>
       </c>
       <c r="B763" t="s">
         <v>8</v>
       </c>
       <c r="C763" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D763">
-        <v>2004</v>
+        <v>1991</v>
       </c>
       <c r="E763"/>
       <c r="F763" t="s">
-        <v>519</v>
+        <v>975</v>
       </c>
       <c r="G763"/>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
         <v>976</v>
       </c>
       <c r="B764" t="s">
         <v>8</v>
       </c>
       <c r="C764" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="D764">
-        <v>2004</v>
+        <v>1992</v>
       </c>
       <c r="E764"/>
       <c r="F764" t="s">
-        <v>239</v>
+        <v>798</v>
       </c>
       <c r="G764"/>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
-        <v>977</v>
+        <v>297</v>
       </c>
       <c r="B765" t="s">
         <v>8</v>
       </c>
       <c r="C765" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="D765">
-        <v>1988</v>
+        <v>2009</v>
       </c>
       <c r="E765"/>
       <c r="F765" t="s">
-        <v>61</v>
+        <v>95</v>
       </c>
       <c r="G765"/>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
-        <v>978</v>
+        <v>977</v>
       </c>
       <c r="B766" t="s">
         <v>8</v>
       </c>
       <c r="C766" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D766">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="E766"/>
       <c r="F766" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G766"/>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>979</v>
+        <v>978</v>
       </c>
       <c r="B767" t="s">
         <v>8</v>
       </c>
       <c r="C767" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="D767">
         <v>2017</v>
       </c>
       <c r="E767"/>
       <c r="F767" t="s">
-        <v>698</v>
+        <v>61</v>
       </c>
       <c r="G767"/>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>980</v>
+        <v>979</v>
       </c>
       <c r="B768" t="s">
         <v>8</v>
       </c>
       <c r="C768" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D768">
-        <v>1984</v>
+        <v>1996</v>
       </c>
       <c r="E768"/>
       <c r="F768" t="s">
-        <v>197</v>
+        <v>980</v>
       </c>
       <c r="G768"/>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
         <v>981</v>
       </c>
       <c r="B769" t="s">
         <v>8</v>
       </c>
       <c r="C769" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D769">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E769"/>
-      <c r="F769"/>
+      <c r="F769" t="s">
+        <v>103</v>
+      </c>
       <c r="G769"/>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
         <v>982</v>
       </c>
       <c r="B770" t="s">
         <v>8</v>
       </c>
       <c r="C770" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D770">
-        <v>1999</v>
+        <v>1976</v>
       </c>
       <c r="E770"/>
       <c r="F770" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G770"/>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
         <v>983</v>
       </c>
       <c r="B771" t="s">
         <v>8</v>
       </c>
       <c r="C771" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D771">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E771"/>
       <c r="F771" t="s">
-        <v>208</v>
+        <v>294</v>
       </c>
       <c r="G771"/>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
         <v>984</v>
       </c>
       <c r="B772" t="s">
         <v>8</v>
       </c>
       <c r="C772" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D772">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E772"/>
       <c r="F772" t="s">
-        <v>985</v>
+        <v>28</v>
       </c>
       <c r="G772"/>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="B773" t="s">
         <v>8</v>
       </c>
       <c r="C773" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D773">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="E773"/>
       <c r="F773" t="s">
-        <v>20</v>
+        <v>654</v>
       </c>
       <c r="G773"/>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="B774" t="s">
         <v>8</v>
       </c>
       <c r="C774" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D774">
-        <v>2017</v>
+        <v>2006</v>
       </c>
       <c r="E774"/>
       <c r="F774" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="G774"/>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="B775" t="s">
         <v>8</v>
       </c>
       <c r="C775" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D775">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E775"/>
-      <c r="F775"/>
+      <c r="F775" t="s">
+        <v>340</v>
+      </c>
       <c r="G775"/>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="B776" t="s">
         <v>8</v>
       </c>
       <c r="C776" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D776">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E776"/>
       <c r="F776" t="s">
-        <v>20</v>
+        <v>989</v>
       </c>
       <c r="G776"/>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
         <v>990</v>
       </c>
       <c r="B777" t="s">
         <v>8</v>
       </c>
       <c r="C777" t="s">
-        <v>12</v>
+        <v>321</v>
       </c>
       <c r="D777">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E777"/>
       <c r="F777" t="s">
-        <v>208</v>
+        <v>991</v>
       </c>
       <c r="G777"/>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B778" t="s">
         <v>8</v>
       </c>
       <c r="C778" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D778">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="E778"/>
       <c r="F778" t="s">
-        <v>259</v>
+        <v>993</v>
       </c>
       <c r="G778"/>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B779" t="s">
         <v>8</v>
       </c>
       <c r="C779" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D779">
-        <v>1986</v>
+        <v>2011</v>
       </c>
       <c r="E779"/>
       <c r="F779" t="s">
-        <v>20</v>
+        <v>149</v>
       </c>
       <c r="G779"/>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="B780" t="s">
         <v>8</v>
       </c>
       <c r="C780" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D780">
-        <v>1960</v>
+        <v>2015</v>
       </c>
       <c r="E780"/>
       <c r="F780" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="G780"/>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="B781" t="s">
         <v>8</v>
       </c>
       <c r="C781" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D781">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E781"/>
       <c r="F781" t="s">
-        <v>98</v>
+        <v>937</v>
       </c>
       <c r="G781"/>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="B782" t="s">
         <v>8</v>
       </c>
       <c r="C782" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="D782">
-        <v>2004</v>
+        <v>1988</v>
       </c>
       <c r="E782"/>
       <c r="F782" t="s">
-        <v>929</v>
+        <v>13</v>
       </c>
       <c r="G782"/>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B783" t="s">
         <v>8</v>
       </c>
       <c r="C783" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D783">
-        <v>2008</v>
+        <v>1968</v>
       </c>
       <c r="E783"/>
       <c r="F783" t="s">
-        <v>61</v>
+        <v>294</v>
       </c>
       <c r="G783"/>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="B784" t="s">
         <v>8</v>
       </c>
       <c r="C784" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D784">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="E784"/>
       <c r="F784" t="s">
-        <v>61</v>
+        <v>294</v>
       </c>
       <c r="G784"/>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B785" t="s">
         <v>8</v>
       </c>
       <c r="C785" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D785">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E785"/>
       <c r="F785" t="s">
-        <v>247</v>
+        <v>152</v>
       </c>
       <c r="G785"/>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>932</v>
+        <v>1001</v>
       </c>
       <c r="B786" t="s">
         <v>8</v>
       </c>
       <c r="C786" t="s">
-        <v>9</v>
+        <v>224</v>
       </c>
       <c r="D786">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E786"/>
       <c r="F786" t="s">
-        <v>114</v>
+        <v>23</v>
       </c>
       <c r="G786"/>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="B787" t="s">
         <v>8</v>
       </c>
       <c r="C787" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D787">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="E787"/>
-      <c r="F787"/>
+      <c r="F787" t="s">
+        <v>13</v>
+      </c>
       <c r="G787"/>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="B788" t="s">
         <v>8</v>
       </c>
       <c r="C788" t="s">
-        <v>19</v>
+        <v>196</v>
       </c>
       <c r="D788">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="E788"/>
       <c r="F788" t="s">
-        <v>583</v>
+        <v>891</v>
       </c>
       <c r="G788"/>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="B789" t="s">
         <v>8</v>
       </c>
       <c r="C789" t="s">
-        <v>19</v>
+        <v>284</v>
       </c>
       <c r="D789">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="E789"/>
       <c r="F789" t="s">
-        <v>1002</v>
+        <v>171</v>
       </c>
       <c r="G789"/>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B790" t="s">
         <v>8</v>
       </c>
       <c r="C790" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D790">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="E790"/>
       <c r="F790" t="s">
-        <v>1004</v>
+        <v>263</v>
       </c>
       <c r="G790"/>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B791" t="s">
         <v>8</v>
       </c>
       <c r="C791" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D791">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E791"/>
       <c r="F791" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G791"/>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B792" t="s">
         <v>8</v>
       </c>
       <c r="C792" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D792">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E792"/>
       <c r="F792" t="s">
-        <v>1007</v>
+        <v>13</v>
       </c>
       <c r="G792"/>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
         <v>1008</v>
       </c>
       <c r="B793" t="s">
         <v>8</v>
       </c>
       <c r="C793" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="D793">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E793"/>
       <c r="F793" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="G793"/>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
         <v>1009</v>
       </c>
       <c r="B794" t="s">
         <v>8</v>
       </c>
       <c r="C794" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="D794">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="E794"/>
       <c r="F794" t="s">
-        <v>1010</v>
+        <v>307</v>
       </c>
       <c r="G794"/>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
-        <v>1011</v>
+        <v>1010</v>
       </c>
       <c r="B795" t="s">
         <v>8</v>
       </c>
       <c r="C795" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D795">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E795"/>
       <c r="F795" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G795"/>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
-        <v>1012</v>
+        <v>1011</v>
       </c>
       <c r="B796" t="s">
         <v>8</v>
       </c>
       <c r="C796" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="D796">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E796"/>
-      <c r="F796"/>
+      <c r="F796" t="s">
+        <v>255</v>
+      </c>
       <c r="G796"/>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B797" t="s">
+        <v>8</v>
+      </c>
+      <c r="C797" t="s">
         <v>1013</v>
       </c>
-      <c r="B797" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D797">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E797"/>
       <c r="F797" t="s">
-        <v>475</v>
+        <v>63</v>
       </c>
       <c r="G797"/>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
         <v>1014</v>
       </c>
       <c r="B798" t="s">
         <v>8</v>
       </c>
       <c r="C798" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D798">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E798"/>
       <c r="F798" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G798"/>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
         <v>1015</v>
       </c>
       <c r="B799" t="s">
         <v>8</v>
       </c>
       <c r="C799" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D799">
-        <v>1983</v>
+        <v>2012</v>
       </c>
       <c r="E799"/>
       <c r="F799" t="s">
-        <v>36</v>
+        <v>424</v>
       </c>
       <c r="G799"/>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
         <v>1016</v>
       </c>
       <c r="B800" t="s">
         <v>8</v>
       </c>
       <c r="C800" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D800">
-        <v>1976</v>
+        <v>2016</v>
       </c>
       <c r="E800"/>
       <c r="F800" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="G800"/>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
         <v>1017</v>
       </c>
       <c r="B801" t="s">
         <v>8</v>
       </c>
       <c r="C801" t="s">
-        <v>12</v>
+        <v>1018</v>
       </c>
       <c r="D801">
-        <v>1990</v>
+        <v>1977</v>
       </c>
       <c r="E801"/>
       <c r="F801" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G801"/>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="B802" t="s">
         <v>8</v>
       </c>
       <c r="C802" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D802">
-        <v>1993</v>
+        <v>1968</v>
       </c>
       <c r="E802"/>
       <c r="F802" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="G802"/>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B803" t="s">
         <v>8</v>
       </c>
       <c r="C803" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="D803">
         <v>2013</v>
       </c>
       <c r="E803"/>
       <c r="F803" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="G803"/>
+    </row>
+    <row r="804" spans="1:7">
+      <c r="A804" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B804" t="s">
+        <v>8</v>
+      </c>
+      <c r="C804" t="s">
+        <v>20</v>
+      </c>
+      <c r="D804">
+        <v>1945</v>
+      </c>
+      <c r="E804"/>
+      <c r="F804" t="s">
+        <v>13</v>
+      </c>
+      <c r="G804"/>
+    </row>
+    <row r="805" spans="1:7">
+      <c r="A805" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B805" t="s">
+        <v>8</v>
+      </c>
+      <c r="C805" t="s">
+        <v>42</v>
+      </c>
+      <c r="D805">
+        <v>2015</v>
+      </c>
+      <c r="E805"/>
+      <c r="F805" t="s">
+        <v>392</v>
+      </c>
+      <c r="G805"/>
+    </row>
+    <row r="806" spans="1:7">
+      <c r="A806" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B806" t="s">
+        <v>8</v>
+      </c>
+      <c r="C806" t="s">
+        <v>224</v>
+      </c>
+      <c r="D806">
+        <v>1993</v>
+      </c>
+      <c r="E806"/>
+      <c r="F806" t="s">
+        <v>63</v>
+      </c>
+      <c r="G806"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">