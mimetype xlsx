--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -12,730 +12,751 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Libro" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1024">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1031">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
-    <t>A arte contemporánea e o traballo por proxectos</t>
+    <t>El conceptualismo en España y su significación. La década de los setenta</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Proyecto DOCUMENTOS. Provocación de sombras. Manel Rovira</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Proyecto DOCUMENTOS. Plaza Mayor, análisis de un espacio</t>
+  </si>
+  <si>
+    <t>In the Spaces Between</t>
+  </si>
+  <si>
+    <t>Ginebra</t>
+  </si>
+  <si>
+    <t>About Academia II (las transcripciones: un documento interno) [Granada]</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>About Academia I (las transcripciones: un documento interno) [Granada]</t>
+  </si>
+  <si>
+    <t>MANUAL</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>L'appartement 22. Vol. 2 (2009-2022)</t>
+  </si>
+  <si>
+    <t>Rabat</t>
+  </si>
+  <si>
+    <t>Otros Miedos / Other Fears</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Islarios de contemporaneidad II. El proyecto del mundo.</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Murcia</t>
+  </si>
+  <si>
+    <t>Lugar Público Vol. 2</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Video - Apparat/Medium, Kunst, Kultur: Ein internationaler</t>
+  </si>
+  <si>
+    <t>Alemania</t>
+  </si>
+  <si>
+    <t>La Paloma</t>
+  </si>
+  <si>
+    <t>Catherine Sagnier. Cinquanta anys amb l'art</t>
+  </si>
+  <si>
+    <t>Catálogo, Catálogo Colección</t>
+  </si>
+  <si>
+    <t>Cadaqués</t>
+  </si>
+  <si>
+    <t>Ecole Supériure des Beaux Arts de Nïmes. Résidences: 1995-1998</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>Nimes</t>
+  </si>
+  <si>
+    <t>Net Arte no Triângulo das Bermudas</t>
+  </si>
+  <si>
+    <t>Catálogo Referencia</t>
+  </si>
+  <si>
+    <t>Lisboa</t>
+  </si>
+  <si>
+    <t>Disruptions. Early Video Art in Europe</t>
+  </si>
+  <si>
+    <t>Muntadas. Sobre / About Asia</t>
+  </si>
+  <si>
+    <t>Un Espace Parlé. A Spoken Space. 47 propositions</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>On Television</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Lugar Público</t>
+  </si>
+  <si>
+    <t>Muntadas Blackboard Dialogs</t>
+  </si>
+  <si>
+    <t>Catálogo, Catálogo Individual Muntadas, Compilación</t>
+  </si>
+  <si>
+    <t>Barcelona 2005. Any del llibre i la lectura</t>
+  </si>
+  <si>
+    <t>Urbânia 3</t>
+  </si>
+  <si>
+    <t>Revista</t>
+  </si>
+  <si>
+    <t>Brasil</t>
+  </si>
+  <si>
+    <t>Eye on Europe: Prints, Books &amp; Multiples / 1960 to Now</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo, Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Luisa Strina 50</t>
+  </si>
+  <si>
+    <t>I Martidì Critici. La parola all'arte. 2015 - 2020</t>
+  </si>
+  <si>
+    <t>Italia</t>
+  </si>
+  <si>
+    <t>Interrogative Design</t>
+  </si>
+  <si>
+    <t>Massachusetts (MA)</t>
+  </si>
+  <si>
+    <t>Read My Lips: Political Advertisement 1952–2024, by Muntadas &amp; Reese [Libro]</t>
+  </si>
+  <si>
+    <t>Tete Álvarez. Escenografías</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>PATCH WORKS Tete Álvarez</t>
+  </si>
+  <si>
+    <t>A arte contemporánea e o traballo por proxectos. Propostas dende a docencia</t>
+  </si>
+  <si>
+    <t>Vigo</t>
+  </si>
+  <si>
+    <t>El radar americano. Arquitectura, arte, comunicación visual y Guerra Fría</t>
+  </si>
+  <si>
+    <t>An Introduction to the Making of Western Art: Materiality, Preservation and Change</t>
+  </si>
+  <si>
+    <t>XXIII Bienal Internacional de Arte de Cerveira</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>The 13th Shanghai Biennale: Bodies of Water</t>
+  </si>
+  <si>
+    <t>Shanghai</t>
+  </si>
+  <si>
+    <t>uTOPIAS e disTOPIAS: um diálogo entre o acervo do Museu de Arte Moderna da Bahia e a Arte Contemporânea Brasileira</t>
+  </si>
+  <si>
+    <t>Bahía</t>
+  </si>
+  <si>
+    <t>10.000 Francos de recompensa. (El Museo de Arte Contemporáneo vivo o muerto)</t>
+  </si>
+  <si>
+    <t>Hypertranslation</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Cambridge</t>
+  </si>
+  <si>
+    <t>Art i posttraducció. Teories i pràctiques en el món postdigital</t>
+  </si>
+  <si>
+    <t>Vic</t>
+  </si>
+  <si>
+    <t>Art &amp; Friendship. Vanguard Gallery 20th Anniversary Special Presentation</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Vanguard Gallery 2023</t>
+  </si>
+  <si>
+    <t>La Guerra Del Tiempo. Proyecto de Obra, Tercer Estado. Colección Kells</t>
+  </si>
+  <si>
+    <t>Fons bibliogràfic donació Antoni Mercader</t>
+  </si>
+  <si>
+    <t>Catálogo, Catálogo Referencia, Ensayo, Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Poéticas Visuais</t>
+  </si>
+  <si>
+    <t>Minima Media, Medienbiennale Leipzig</t>
+  </si>
+  <si>
+    <t>Leipzig</t>
+  </si>
+  <si>
+    <t>El Arte en las Redes</t>
+  </si>
+  <si>
+    <t>Hola! Barcelona</t>
+  </si>
+  <si>
+    <t>VANGUARD GALLERY 2023</t>
+  </si>
+  <si>
+    <t>Exposar · No exposar-se · Exposar-se · No exposar</t>
+  </si>
+  <si>
+    <t>Contenuto Rimosso, Il Fuoco Nel Quadrato</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Milán</t>
+  </si>
+  <si>
+    <t>Altrove / Elsewhere</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Redes transatlánticas. Intelectuales y artistas entre América Latina y Europa durante la Guerra Fría</t>
+  </si>
+  <si>
+    <t>Ultralocal</t>
+  </si>
+  <si>
+    <t>La Question Video: Entre Cinéma et Art Contemporain</t>
+  </si>
+  <si>
+    <t>Bélgica</t>
+  </si>
+  <si>
+    <t>La querelle de l'art contemporain</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Monuments et modernité. A Paris :art, espace public et enjeux de mémoire, 1891-1996</t>
+  </si>
+  <si>
+    <t>Biennal de Venècia: Avantguarda Artística i Realista Social a l'estar Espanyol 1936-1976</t>
+  </si>
+  <si>
+    <t>Los Nuevos 90 Berriak</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Después de la niebla, primeras flores</t>
+  </si>
+  <si>
+    <t>Revolver el tiempo: conceptos críticos, mutaciones históricas y estéticas entre la Guerra Fría y la contrarrevolución neoliberal</t>
+  </si>
+  <si>
+    <t>Manresa</t>
+  </si>
+  <si>
+    <t>Interferenze Veneziane</t>
+  </si>
+  <si>
+    <t>Bienalsur 2021</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Schema: World as a Diagram</t>
+  </si>
+  <si>
+    <t>Picasso: Sin Título</t>
+  </si>
+  <si>
+    <t>KW, a history</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
+    <t>Muntadas. About Academia</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>Acervo: outras abordagens: vol. I</t>
+  </si>
+  <si>
+    <t>Contra la publicidad. Arte y apropiación publicitaria en España en el siglo XXI</t>
+  </si>
+  <si>
+    <t>Dialecto Museo CA2M</t>
+  </si>
+  <si>
+    <t>Signals: How Video Transformed the World</t>
+  </si>
+  <si>
+    <t>Història de les mans</t>
+  </si>
+  <si>
+    <t>Belle Vue – Contrechamp d’un paysage artistique luxurieux</t>
+  </si>
+  <si>
+    <t>17th Istanbul Biennial—Afterthoughts</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo, Catálogo Referencia</t>
+  </si>
+  <si>
+    <t>Estambul</t>
+  </si>
+  <si>
+    <t>Açık Radyo Konuşuyor: İlk Yirmi Yıl</t>
+  </si>
+  <si>
+    <t>Ensayo, Narrativa</t>
+  </si>
+  <si>
+    <t>Le relazioni oltre le immagini. Approcci teorici e pratiche dell'arte pubblica, a cura di Cecilia Guida e Roberto Pinto</t>
+  </si>
+  <si>
+    <t>Compilación, Ensayo</t>
+  </si>
+  <si>
+    <t>Flores y Frutos. Colección del Banco de España</t>
+  </si>
+  <si>
+    <t>Calidoscopi Benet Rossell</t>
+  </si>
+  <si>
+    <t>Sintopía(s): de la relación entre arte, ciencia y tecnología = art, science and technology interrelations</t>
+  </si>
+  <si>
+    <t>Pekin</t>
+  </si>
+  <si>
+    <t>Conceptual Reflexions: Project 44</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>Ambulantes. Cultura Portatil.</t>
+  </si>
+  <si>
+    <t>Muntadas: Exercises on Past and Present Memories</t>
+  </si>
+  <si>
+    <t>Manila</t>
+  </si>
+  <si>
+    <t>International Congress ESPACIAR 2021. The spatial experimentation in art installations</t>
+  </si>
+  <si>
+    <t>Conferencia, Programa de evento</t>
+  </si>
+  <si>
+    <t>Valladolid</t>
+  </si>
+  <si>
+    <t>100 años Pabellón de España Bienal de Venecia 1922-2022 / 100 years Spanish pavilion Venice Biennale 1922-2022</t>
+  </si>
+  <si>
+    <t>VANGUARD GALLERY 2021</t>
+  </si>
+  <si>
+    <t>1998-2015 CABANYAL PORTES OBERTES. CULTURA I CIUTADANIA</t>
+  </si>
+  <si>
+    <t>Base Book</t>
+  </si>
+  <si>
+    <t>Florencia</t>
+  </si>
+  <si>
+    <t>Secuencias de la experiencia, estadios de lo visible. Aproximaciones al videoarte español</t>
+  </si>
+  <si>
+    <t>Compilación, Ensayo, Investigación</t>
+  </si>
+  <si>
+    <t>Cuenca</t>
+  </si>
+  <si>
+    <t>"Això no és Barcelona". Visions catalanes de Nova York</t>
+  </si>
+  <si>
+    <t>Ensayo, Investigación</t>
+  </si>
+  <si>
+    <t>Muntadas / Silveira. Diálogos. Mundo, Arte, Vida</t>
+  </si>
+  <si>
+    <t>Porto Alegre</t>
+  </si>
+  <si>
+    <t>Derivas. Ensayos críticos sobre arte y pensamiento</t>
+  </si>
+  <si>
+    <t>Video Art. An Anthology</t>
+  </si>
+  <si>
+    <t>Circa 1968</t>
+  </si>
+  <si>
+    <t>Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Global Conceptualism: Points of Origin, 1950s-1980s</t>
+  </si>
+  <si>
+    <t>Els primers 5475 dies del Centre d'Art Santa Mònica</t>
+  </si>
+  <si>
+    <t>Islarios de la contemporaneidad. Anomia digital y crítica de perspectivas múltiples</t>
+  </si>
+  <si>
+    <t>17ª Bienal de São Paulo - Catálogo Geral</t>
+  </si>
+  <si>
+    <t>Manual for Artists' Publications (MAP). Cataloging Rules, Definitions and Descriptions</t>
+  </si>
+  <si>
+    <t>Bremen</t>
+  </si>
+  <si>
+    <t>Smell it! Geruch in der Kunst / The Fragrance of Art</t>
+  </si>
+  <si>
+    <t>FOOD. La utopia de la proximitat</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>2013 | 14 Vancouver Art Gallery Annual Report</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>Manifiestos sobre el arte y la red. 1990-1999</t>
+  </si>
+  <si>
+    <t>Muntadas. La Ciudad Vacía</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>El Puente Lab - 15 años</t>
+  </si>
+  <si>
     <t>Guía</t>
   </si>
   <si>
+    <t>Bestea naiz / El otro soy yo. Migraciones políticas y poéticas</t>
+  </si>
+  <si>
+    <t>Mind the Gap. La vita tra bioarte, arte ecologica e post internet</t>
+  </si>
+  <si>
+    <t>una voz / una imagen</t>
+  </si>
+  <si>
+    <t>Castellón de la Plana</t>
+  </si>
+  <si>
+    <t>Arte y arquitectura: un diálogo</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>Muntadas: Contextos III. Una antología crítica</t>
+  </si>
+  <si>
+    <t>Political Advertisement X</t>
+  </si>
+  <si>
+    <t>L’art del gravat català</t>
+  </si>
+  <si>
+    <t>El poeta sordo. 55 jaiqús.</t>
+  </si>
+  <si>
+    <t>Poesía</t>
+  </si>
+  <si>
+    <t>Mies y la gata niebla: Ensayos sobre arquitectura y cosmopolítica [Negro sobre blanco / blanco sobre negro, Insert]</t>
+  </si>
+  <si>
+    <t>Cuentos Experimentales del siglo XXI. Colección INELCOM Arte Contemporáneo / 2020</t>
+  </si>
+  <si>
+    <t>Bill Viola. Espejos de lo invisible</t>
+  </si>
+  <si>
+    <t>Editions off-line. Projet critique de publications numériques 1989-2001</t>
+  </si>
+  <si>
+    <t>Valence</t>
+  </si>
+  <si>
+    <t>Picturing the Beautiful Game: A History of Soccer in Visual Culture and Art</t>
+  </si>
+  <si>
+    <t>The Turns of the Global</t>
+  </si>
+  <si>
+    <t>Vanguard Gallery 2018 [Anuario]</t>
+  </si>
+  <si>
+    <t>Residence Secondaire</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Caen</t>
+  </si>
+  <si>
+    <t>H.10 Els nombres i les coses</t>
+  </si>
+  <si>
+    <t>Pedir la luna. Una reflexión colectiva sobre el arte de traducir</t>
+  </si>
+  <si>
+    <t>Muntadas. Interconnections¬ Interconnessioni¬ interconexiones¬</t>
+  </si>
+  <si>
+    <t>Bolonia</t>
+  </si>
+  <si>
+    <t>Look See Perceive</t>
+  </si>
+  <si>
+    <t>Mauri | Muntadas</t>
+  </si>
+  <si>
+    <t>Cities. 9 microficciones</t>
+  </si>
+  <si>
+    <t>New Images from Spain [Guggenheim Museum]</t>
+  </si>
+  <si>
+    <t>Walls of air</t>
+  </si>
+  <si>
+    <t>International Landscape</t>
+  </si>
+  <si>
+    <t>Graz</t>
+  </si>
+  <si>
+    <t>ARCO'02. Feria Internacional de Arte Contemporáneo</t>
+  </si>
+  <si>
+    <t>All'origine di The File Room di Antoni Muntadas: arte, tecnologia e società negli anni Novanta.</t>
+  </si>
+  <si>
+    <t>Tesis de graduación</t>
+  </si>
+  <si>
+    <t>Roma</t>
+  </si>
+  <si>
+    <t>Domaine Public 9</t>
+  </si>
+  <si>
+    <t>Montpellier</t>
+  </si>
+  <si>
+    <t>Ville-Musée</t>
+  </si>
+  <si>
+    <t>Three Shadows Photography Art Centre Annual Report 2018</t>
+  </si>
+  <si>
+    <t>Beijing</t>
+  </si>
+  <si>
+    <t>Fiction and Fabrication. Photography and Architecture after the Digital Turn.</t>
+  </si>
+  <si>
+    <t>Guadiana: La Publicación [Sin Firmar]</t>
+  </si>
+  <si>
+    <t>The Art Happens Here: Net Art Anthology</t>
+  </si>
+  <si>
+    <t>inSite_05 [Situational] Public &gt; Público [situacional]</t>
+  </si>
+  <si>
+    <t>San Diego (CA), Tijuana</t>
+  </si>
+  <si>
+    <t>In Between Arada Tra [Libro]</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Traducción, género y censura en la literatura y en los medios de comunicación</t>
+  </si>
+  <si>
     <t>España</t>
   </si>
   <si>
-    <t>MANUAL</t>
-[...643 lines deleted...]
-  <si>
     <t>Recerca en Humanitats 2018</t>
   </si>
   <si>
     <t>El Mañana fue Hoy. 21 años de videocreación y arte electrónico en el Perú</t>
   </si>
   <si>
     <t>Lima</t>
   </si>
   <si>
     <t>Cien Años de Cultura Catalana 1880-1990</t>
   </si>
   <si>
     <t>Cien años de cultura catalana</t>
   </si>
   <si>
     <t>Dialogue de l'ombre double</t>
   </si>
   <si>
     <t>¿Qué hace alguien como tú en un sitio como este?</t>
   </si>
   <si>
     <t>Las Palmas de Gran Canaria</t>
   </si>
   <si>
     <t>El poder del arte. Conmemoración del 40 aniversario de la Constitución española</t>
@@ -863,2271 +884,2271 @@
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
     <t>La pols del cos. Usos i representacions de l’espai. Col·lecció per amor a l’art</t>
   </si>
   <si>
     <t>Muntadas Edicions II</t>
   </si>
   <si>
     <t>Muntadas Activating Artifacts: About Academia</t>
   </si>
   <si>
     <t>Baltimore (MD)</t>
   </si>
   <si>
     <t>Censoring Culture</t>
   </si>
   <si>
     <t>Muntadas. Estratexias do desprazamento</t>
   </si>
   <si>
+    <t>Culorea</t>
+  </si>
+  <si>
+    <t>Arad</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
+    <t>Documenta 6. Kassel. Malerei, plastik, video, fotografie, film, performance, zeichnungen, bücher utopisches design</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>10 Contemporains Espagnols</t>
+  </si>
+  <si>
+    <t>Le Péage-de-Rousillon</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
+    <t>Darrera Escena</t>
+  </si>
+  <si>
+    <t>Cneai=neuf ans</t>
+  </si>
+  <si>
+    <t>La memoria del otro</t>
+  </si>
+  <si>
+    <t>Santiago de Chile</t>
+  </si>
+  <si>
+    <t>Prophetia [Castellano]</t>
+  </si>
+  <si>
+    <t>Art públic I producció de localitat</t>
+  </si>
+  <si>
+    <t>L'art numérique. Comment la technologie vient au monde de l'art</t>
+  </si>
+  <si>
+    <t>The Archive as project / Archiwum jako project</t>
+  </si>
+  <si>
+    <t>Varsovia</t>
+  </si>
+  <si>
+    <t>Hank Bull: Connexion</t>
+  </si>
+  <si>
+    <t>Charlottetown</t>
+  </si>
+  <si>
+    <t>America and Americans</t>
+  </si>
+  <si>
+    <t>Narrativa</t>
+  </si>
+  <si>
+    <t>Física de l'estètica: Noves fronteres de la ciència, l'art i el pesament</t>
+  </si>
+  <si>
+    <t>Ma Position: éscrits sur mes oeuvres</t>
+  </si>
+  <si>
+    <t>The senses considered as perceptual systems</t>
+  </si>
+  <si>
+    <t>La Colección. Claves De Lectura (Parte II)</t>
+  </si>
+  <si>
+    <t>Lives and Works in Istanbul : Victor Burgin Sophiel Calle Peter Kogler Antoni Muntadas Remos Salvadori Danae Stratou : Workshops Exhibition</t>
+  </si>
+  <si>
+    <t>The Un/Necessary Image</t>
+  </si>
+  <si>
+    <t>Andover (MA)</t>
+  </si>
+  <si>
+    <t>Ladies &amp; Gentlemen</t>
+  </si>
+  <si>
+    <t>Acte 28: Muntadas/Franch, dispositius d'exposició</t>
+  </si>
+  <si>
+    <t>Contraparada 3</t>
+  </si>
+  <si>
+    <t>La colección del IVAM. Adquisiciones 1985-1992</t>
+  </si>
+  <si>
+    <t>Cyber 98 - a criaçaõ na era digital</t>
+  </si>
+  <si>
+    <t>La ville qui fait des signes</t>
+  </si>
+  <si>
+    <t>Francia</t>
+  </si>
+  <si>
+    <t>Sala Tres 1972-1979 en la ruta de l'art alternatiu a Catalunya</t>
+  </si>
+  <si>
+    <t>Muzej Afektov. Museum of affects.V sklopu Internacional. In the framework of L'Internationale.</t>
+  </si>
+  <si>
+    <t>Liubliana</t>
+  </si>
+  <si>
+    <t>Artist Film &amp; Video Today. Works &amp; Words. LOOP Barcelona 2017. Selected 12</t>
+  </si>
+  <si>
+    <t>Arte conceptual revisado. Conceptual art revisited</t>
+  </si>
+  <si>
+    <t>Ciutats negades 1. Visualitzant espais urbans absents</t>
+  </si>
+  <si>
+    <t>Lleida</t>
+  </si>
+  <si>
+    <t>L'Internationale. Post-War Avant-Gardes. Between 1957 and 1986</t>
+  </si>
+  <si>
+    <t>Zúrich</t>
+  </si>
+  <si>
+    <t>El Internacional (1984-1986). New York's Archaeological Sandwich</t>
+  </si>
+  <si>
+    <t>Ciencia y conducta humana: una psicologia científica</t>
+  </si>
+  <si>
+    <t>La globalización imaginada</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t>Penser la ville: choix de textes philosophiques</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>What is zen?</t>
+  </si>
+  <si>
+    <t>Libros, Objetos Ymultiples. 1978-1991. Estampa Ediciones. Catalogo 1</t>
+  </si>
+  <si>
+    <t>Connectivités. Cités, villes, mégapoles en Méditerranée</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>City Museum</t>
+  </si>
+  <si>
+    <t>Herblay</t>
+  </si>
+  <si>
+    <t>Muntadas: Protokolle</t>
+  </si>
+  <si>
+    <t>Miró 80</t>
+  </si>
+  <si>
+    <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
+  </si>
+  <si>
+    <t>Terrassa</t>
+  </si>
+  <si>
+    <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
+  </si>
+  <si>
+    <t>Mostra d' Arts Electròniques 2000 / Artes Electrónicas / Electronic Arts</t>
+  </si>
+  <si>
+    <t>Vajilla imaginaria / Vaixella imaginaria / Imaginary dishes</t>
+  </si>
+  <si>
+    <t>Arte Prezzo e Valore. Arte Contemporanea e Mercato / Art Price And Value. Contemporary Art and Market</t>
+  </si>
+  <si>
+    <t>Capture Photography Festival</t>
+  </si>
+  <si>
+    <t>Progetto per la creazione di un processo di metabolizzazione artificiale delle immagini mediatiche sul web.</t>
+  </si>
+  <si>
+    <t>Image et Politique. Actes du colloque des Rencontres Internationales de la photographie Arles 1997</t>
+  </si>
+  <si>
+    <t>Arlés</t>
+  </si>
+  <si>
+    <t>Encuentros de Pamplona 1972: Fin de Fiesta del Arte Experimental</t>
+  </si>
+  <si>
+    <t>Walter Zanini. Escrituras críticas</t>
+  </si>
+  <si>
+    <t>Del arte a la idea. Ensayos sobre el arte conceptual</t>
+  </si>
+  <si>
+    <t>Education Automation: Freeing the scholar to return to this studies</t>
+  </si>
+  <si>
+    <t>Les grands textes de la Psychologue Moderne: recueil méthodique à l'usage des candidats Baccalauréat, Primière Supérieure, Enseignement Supérieur</t>
+  </si>
+  <si>
+    <t>Subculture and Homogenization= Subcultura i homogenïtzació</t>
+  </si>
+  <si>
+    <t>Just another exhibition. Storie politiche delle biennali</t>
+  </si>
+  <si>
+    <t>European Design Labs 09 : Expiry in Transit</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Catalán]</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>On Translation: The Monuments</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>Between the frames: The Forum (Les transcripcions)</t>
+  </si>
+  <si>
+    <t>Documenta 6. Kassel. Handzeichnungen utopisches design bücher</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>La Conquista de la Ubicuidad</t>
+  </si>
+  <si>
+    <t>VAIA 2006. V Mostra de Video Art Internacional d'Alcoi</t>
+  </si>
+  <si>
+    <t>Alcoi</t>
+  </si>
+  <si>
+    <t>Lur Proiektua. Proyecto Tierra. Project Earth.</t>
+  </si>
+  <si>
+    <t>Prophetia [Catalán]</t>
+  </si>
+  <si>
+    <t>Técnicas y tecnologías de la acción creativa frente al control social mediático: Actitudes críticas en la obra de Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>De houdbaarheid van videokunst. Conservering van de Nederlandse videokunst collectie / The sustainability of video art. Preservation of Dutch video art collections</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>La imagen mundializada ¿una iconicidad global?</t>
+  </si>
+  <si>
+    <t>Jordi Benito. Idees com a imatges / documents com a obres d'art. 1971 - 1984</t>
+  </si>
+  <si>
+    <t>Granollers</t>
+  </si>
+  <si>
+    <t>An Essay on Liberation</t>
+  </si>
+  <si>
+    <t>Boston (MA)</t>
+  </si>
+  <si>
+    <t>Guerrilla Television</t>
+  </si>
+  <si>
+    <t>Manu Chao: música y libertad</t>
+  </si>
+  <si>
+    <t>Cles</t>
+  </si>
+  <si>
+    <t>The senses of animals</t>
+  </si>
+  <si>
+    <t>Londres</t>
+  </si>
+  <si>
+    <t>The Collection. Keys to a Reading (Part II)</t>
+  </si>
+  <si>
+    <t>Muntadas: Treballs Recents</t>
+  </si>
+  <si>
+    <t>CEE Project. Muntadas / El paraíso es de los extraños. Rogelio López Cuenca</t>
+  </si>
+  <si>
+    <t>Muntadas: Asian Protocols</t>
+  </si>
+  <si>
+    <t>Seúl</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Madrid, Londres</t>
+  </si>
+  <si>
+    <t>Primavera Fotogràfica 1998</t>
+  </si>
+  <si>
+    <t>Gwangju Biennale</t>
+  </si>
+  <si>
+    <t>Present Tense</t>
+  </si>
+  <si>
+    <t>Isimiz (12.Istambul Bienali). Untitled (12thI Istanbul Biennial), 2011</t>
+  </si>
+  <si>
+    <t>Arte en el campo de siglo: Una selección de obras adquiridas en las dos últimas décadas</t>
+  </si>
+  <si>
+    <t>ARTSPEAK Guide to Contemporary Ideas, Movements, and Buzzwords, 1945 to the Present</t>
+  </si>
+  <si>
+    <t>Carrers de frontera. Passatges de la cultura alemanya a la cultura catalana. Vol. II</t>
+  </si>
+  <si>
+    <t>Azul como una naranja / Blue like an orange</t>
+  </si>
+  <si>
+    <t>Ecatepec</t>
+  </si>
+  <si>
+    <t>Miralda Madeinusa</t>
+  </si>
+  <si>
+    <t>City of Quartz</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>La internacional publicitaria</t>
+  </si>
+  <si>
+    <t>Photoanalysis</t>
+  </si>
+  <si>
+    <t>Art et mégalopole RN86</t>
+  </si>
+  <si>
+    <t>Artículo / Noticia en medio impreso, Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Givors</t>
+  </si>
+  <si>
+    <t>Depués Del Arte. After Art</t>
+  </si>
+  <si>
+    <t>La Habana</t>
+  </si>
+  <si>
+    <t>Serralves: A história da Coleçao</t>
+  </si>
+  <si>
+    <t>Between the Frames: Transcription des entretiens</t>
+  </si>
+  <si>
+    <t>Burdeos</t>
+  </si>
+  <si>
+    <t>Quejas [Publicación de artista sin firmar]</t>
+  </si>
+  <si>
+    <t>Impact. Art Video.Art 74. 8 jours de vidéo.</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
+  </si>
+  <si>
+    <t>Tolosa</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Out of Print. An archive as an artistic concept</t>
+  </si>
+  <si>
+    <t>VideoDictionary</t>
+  </si>
+  <si>
+    <t>Exclusiones /Censorship.</t>
+  </si>
+  <si>
+    <t>Nostalgia is an Extended Feedback</t>
+  </si>
+  <si>
+    <t>Il Grup de Treball: esempio di concettuale politico in Spagna</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>El arte último del siglo XX. Del postminimalismo a lo multicultural</t>
+  </si>
+  <si>
+    <t>Muntadas en Latinoamérica</t>
+  </si>
+  <si>
+    <t>Manizales</t>
+  </si>
+  <si>
+    <t>Home Stories. Locating artistic practice in today's global reality</t>
+  </si>
+  <si>
+    <t>Frankfurt</t>
+  </si>
+  <si>
+    <t>Entre Imágenes. Foto.Cine.Video</t>
+  </si>
+  <si>
+    <t>El espacio público como ideología</t>
+  </si>
+  <si>
+    <t>Libre-échange</t>
+  </si>
+  <si>
+    <t>Europa</t>
+  </si>
+  <si>
+    <t>Teoría de la deriva y otros textos situacionistas sobre la ciudad</t>
+  </si>
+  <si>
+    <t>Pavilions/Art in Architecture</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual : Ikusentzun erakusketa</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Inglés]</t>
+  </si>
+  <si>
+    <t>Muntadas: Proyectos / Projects</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Inglés]</t>
+  </si>
+  <si>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
+  </si>
+  <si>
+    <t>Pierre Restany. Le coeur et la raison.</t>
+  </si>
+  <si>
+    <t>Morlaix</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Invitation au voyage / Transport to summer. 9È Cicle d' Intervencions al Vestíbul</t>
+  </si>
+  <si>
+    <t>La Visión Impura. Fondos de la Colección Permanente</t>
+  </si>
+  <si>
+    <t>Novos Mundos Novos</t>
+  </si>
+  <si>
+    <t>Recife</t>
+  </si>
+  <si>
+    <t>Destino dos objetos</t>
+  </si>
+  <si>
+    <t>Cultura catalana contemporània I: L'Art Català Contemporani</t>
+  </si>
+  <si>
+    <t>L'Art et les expositions en Espagne pendant le franquisme</t>
+  </si>
+  <si>
+    <t>On est Là pour voir. Chroniques démocritiques sur la photographie</t>
+  </si>
+  <si>
+    <t>Aesthetics of Interaction in Digital Art</t>
+  </si>
+  <si>
+    <t>Art, Society and Self-consciousness</t>
+  </si>
+  <si>
+    <t>Calgary</t>
+  </si>
+  <si>
+    <t>Guia Histórica descriptiva del viajero a Barcelona</t>
+  </si>
+  <si>
+    <t>Mao Tse-Tung: un luminoso retrato de Mao y de la China del siglo XX</t>
+  </si>
+  <si>
+    <t>The silent language</t>
+  </si>
+  <si>
+    <t>Estampa. Arte Múltiple</t>
+  </si>
+  <si>
+    <t>Taller de Proyectos Antoni Muntadas con la colaboración de Juan Herreros, Arquitecto : Fundación Marcelino Botin, Villa Iris, Santander</t>
+  </si>
+  <si>
+    <t>Muntadas. Catálogo / Exposición</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Español]</t>
+  </si>
+  <si>
+    <t>Round-table transcripts. Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
+    <t>Ars electronica. Im rahmen des internationalen brucknerfestes linzKunst, Technologie und Gesellschaft</t>
+  </si>
+  <si>
+    <t>Linz</t>
+  </si>
+  <si>
+    <t>Stichting Gordon Matta-Clark Een Selectie</t>
+  </si>
+  <si>
+    <t>Turnhout</t>
+  </si>
+  <si>
+    <t>Reservate der Sehnsucht</t>
+  </si>
+  <si>
+    <t>Dortmund</t>
+  </si>
+  <si>
+    <t>Galería Cadaqués</t>
+  </si>
+  <si>
+    <t>HMKW. Hartware Medienkunstverein. 1996-2008</t>
+  </si>
+  <si>
+    <t>Construyendo una colección. Una interpretación de la colección de la Fundación Botín.</t>
+  </si>
+  <si>
+    <t>Gelatina Dura. Historias camoteadas de los 80</t>
+  </si>
+  <si>
+    <t>Kunst in Spanien. Künstler / Kuratoren / Galerien / Museen / Design / Architektur / Kunstmarkt / Kulturpolitik / Treffpunkte / Adressen</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>JEAN DUPUY à la bonne heure!</t>
+  </si>
+  <si>
+    <t>Niza</t>
+  </si>
+  <si>
+    <t>La escena sin fin. El arte en la era big bang</t>
+  </si>
+  <si>
+    <t>Ulises Carrión. Querido lector. No lea.</t>
+  </si>
+  <si>
+    <t>Communication and cultural domination</t>
+  </si>
+  <si>
+    <t>La libertad en el arte</t>
+  </si>
+  <si>
+    <t>Poemas y canciones</t>
+  </si>
+  <si>
+    <t>La creación artística como cuestionamiento/Artistic Creation at Stake</t>
+  </si>
+  <si>
+    <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
+  </si>
+  <si>
+    <t>Collección MACBA</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum</t>
+  </si>
+  <si>
+    <t>Muntadas Bs.As.</t>
+  </si>
+  <si>
+    <t>Art/Vidéo Confrontation 74</t>
+  </si>
+  <si>
+    <t>Festival des Arts Électroniques</t>
+  </si>
+  <si>
+    <t>Rennes</t>
+  </si>
+  <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>Printed in Spain. Künstlerpublikationen der 60er bis 80 er Jahre / Impreso en España. Publicaciones de artistas de los años 60 a 80.</t>
+  </si>
+  <si>
+    <t>Connecting Worlds</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual Ikusentzun Erasketa</t>
+  </si>
+  <si>
+    <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
+  </si>
+  <si>
+    <t>Barcelona 70. Los años del vacío. Estudio sobre las tecnologías del yo artístico.</t>
+  </si>
+  <si>
+    <t>Ficciones de fin de siglo</t>
+  </si>
+  <si>
+    <t>Quando è Scultura</t>
+  </si>
+  <si>
+    <t>Crítica en acto. Textos e intervenciones sobre arte y artistas españoles contemporáneos.</t>
+  </si>
+  <si>
+    <t>En torno al vídeo</t>
+  </si>
+  <si>
+    <t>Abadiño</t>
+  </si>
+  <si>
+    <t>El Estructuralismo</t>
+  </si>
+  <si>
+    <t>Libros de artistas [Catálogo]</t>
+  </si>
+  <si>
+    <t>Teoría de la sensibilidad</t>
+  </si>
+  <si>
+    <t>Support Structures</t>
+  </si>
+  <si>
+    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Catalán]</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>Instant-Cities: Muntadas / Zush</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Inglés]</t>
+  </si>
+  <si>
+    <t>Contemporary Spanish Prints</t>
+  </si>
+  <si>
+    <t>4e Semaine Internationale de Vidéo</t>
+  </si>
+  <si>
+    <t>Saint - Gervais Genève</t>
+  </si>
+  <si>
+    <t>Documenta X. Short Guide / Kurzfuhrer</t>
+  </si>
+  <si>
+    <t>Paysages Persitants</t>
+  </si>
+  <si>
+    <t>Por entre as linhas. Between the lines</t>
+  </si>
+  <si>
+    <t>Ars Itineris. El viaje en el arte contemporáneo</t>
+  </si>
+  <si>
+    <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
+  </si>
+  <si>
+    <t>Gante</t>
+  </si>
+  <si>
+    <t>Diccionario. Pintores españoles contemporáneos. Desde 1881, nacimiento de Picasso</t>
+  </si>
+  <si>
+    <t>La photographie. Entre document et art contemporain</t>
+  </si>
+  <si>
+    <t>Education for Socially engaged Art</t>
+  </si>
+  <si>
+    <t>Art &amp; Science</t>
+  </si>
+  <si>
+    <t>Arte, ciència i medi natural: ponències de la Quarta Trobada de la Comissió Internacional de Difusió de la Cultura Catalana</t>
+  </si>
+  <si>
+    <t>Homenatge de Catalunya a Alexandre Cirici (1914-1983)</t>
+  </si>
+  <si>
+    <t>Multiples : Ein Versuch die Entwicklung des Auflagenobjektes darzustellen; An attempt to present the development of the object edition</t>
+  </si>
+  <si>
+    <t>The Spot: The Rise of Political Advertising on Television</t>
+  </si>
+  <si>
+    <t>Objetos Relacionales. Colección MACBA 2002-2007</t>
+  </si>
+  <si>
+    <t>Memoria 2008 : Fundación Marcelino Botín</t>
+  </si>
+  <si>
+    <t>E / Slogans</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos. Una antología crítica</t>
+  </si>
+  <si>
+    <t>Asian Protocols. Muntadas. Similiartities, Diferences and Conflict. Japan, China, Korea</t>
+  </si>
+  <si>
+    <t>Fuera de Formato</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea</t>
+  </si>
+  <si>
+    <t>( D' ) oïda</t>
+  </si>
+  <si>
+    <t>inSite_05. Art Practices in the Public Domain. San Diego Tijuana</t>
+  </si>
+  <si>
+    <t>Entre chien et loup</t>
+  </si>
+  <si>
+    <t>Um ponto de ironia</t>
+  </si>
+  <si>
+    <t>Please Come Back. Il mondo come prigione? / The World as a Prison?</t>
+  </si>
+  <si>
+    <t>Artigianelli</t>
+  </si>
+  <si>
+    <t>Máquina e Imaginário</t>
+  </si>
+  <si>
+    <t>Material Pedagógico para o professor</t>
+  </si>
+  <si>
+    <t>Digital art conservation. Preservation of digital art: theory and practice</t>
+  </si>
+  <si>
+    <t>Karlsruhe</t>
+  </si>
+  <si>
+    <t>El arte en la era de lo global. 1989-2015</t>
+  </si>
+  <si>
+    <t>Comunicación: Análisis del carácter y emancipación; Marx, Freud, Reich</t>
+  </si>
+  <si>
+    <t>La lucha contra el pirata en nuestra poesia</t>
+  </si>
+  <si>
+    <t>Posibilidad e imposibilidad del arte: comentarios en el tiempo</t>
+  </si>
+  <si>
+    <t>Rhetorical Image</t>
+  </si>
+  <si>
+    <t>Dalton (GA)</t>
+  </si>
+  <si>
+    <t>Silencios y Sussurros</t>
+  </si>
+  <si>
+    <t>Viamao</t>
+  </si>
+  <si>
+    <t>Top Hundred</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos II. Una antología crítica</t>
+  </si>
+  <si>
+    <t>Progressionen 1. Foto.Film.Dias.Zeichnung</t>
+  </si>
+  <si>
+    <t>Video Drive-In. 3 programes de vídeo americà</t>
+  </si>
+  <si>
+    <t>Beyond the Bridge</t>
+  </si>
+  <si>
+    <t>net_condition_art and global media</t>
+  </si>
+  <si>
+    <t>Reality Addicts. Transmediale Festival 06</t>
+  </si>
+  <si>
+    <t>Of bridges &amp; Borders</t>
+  </si>
+  <si>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan International Video Art Exhibition. Symposium and essays.</t>
+  </si>
+  <si>
+    <t>Taipei</t>
+  </si>
+  <si>
+    <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
+  </si>
+  <si>
+    <t>Instalaciones</t>
+  </si>
+  <si>
+    <t>Hondarribia</t>
+  </si>
+  <si>
+    <t>Memorias y olvidos del archivo</t>
+  </si>
+  <si>
+    <t>Tenerife</t>
+  </si>
+  <si>
+    <t>Aportacions catalanes universals</t>
+  </si>
+  <si>
+    <t>Del arte objetual al arte de concepto (1960-1974)</t>
+  </si>
+  <si>
+    <t>Móstoles</t>
+  </si>
+  <si>
+    <t>El model: un model per a una societat qualitativa (1968)</t>
+  </si>
+  <si>
+    <t>Lo Spirito e gli Ultracorpi. La vicissutidine della Ragione tra i sintomi dell'Immaginario</t>
+  </si>
+  <si>
+    <t>The Ancient Chinese Art of Healing Acupuncture</t>
+  </si>
+  <si>
+    <t>Interviews: Oral history in contemporary art / L’entretien d’artiste dans l’art contemporain</t>
+  </si>
+  <si>
+    <t>Nam June Paik Award 2010</t>
+  </si>
+  <si>
+    <t>Jurado</t>
+  </si>
+  <si>
+    <t>Muntadas</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Español]</t>
+  </si>
+  <si>
+    <t>Video Net. Documentation of video/performances activities at the Alberta College of Art Gallery.</t>
+  </si>
+  <si>
+    <t>Dissensi. Tra film video televisione</t>
+  </si>
+  <si>
+    <t>Palermo</t>
+  </si>
+  <si>
+    <t>La città degli interventi / The City of the Interventions. La Generazione delle Immagini III</t>
+  </si>
+  <si>
+    <t>Cardinales</t>
+  </si>
+  <si>
+    <t>Horitzó TV. Perspectives d'una altra televisió possible</t>
+  </si>
+  <si>
+    <t>Tv arts tv. La televisión tomada por los artistas.</t>
+  </si>
+  <si>
+    <t>Perdidos en la ciudad. La vida urbana en las colecciones del IVAM</t>
+  </si>
+  <si>
+    <t>Contemporary Spanish Art</t>
+  </si>
+  <si>
+    <t>Arte contemporanea. Le ricerche internazionali dalla fine degli anni '50 a oggi</t>
+  </si>
+  <si>
+    <t>Martellago</t>
+  </si>
+  <si>
+    <t>La revolta poètica 1964 -1982</t>
+  </si>
+  <si>
+    <t>Marisa Ciento. Art i galerisme a Barcelona</t>
+  </si>
+  <si>
+    <t>Arthopods: New desing futures</t>
+  </si>
+  <si>
+    <t>I Padiglioni della Biennale di Venezia</t>
+  </si>
+  <si>
+    <t>New forms in film</t>
+  </si>
+  <si>
+    <t>Montréal</t>
+  </si>
+  <si>
+    <t>The wired nation. Cable TV: The Electronic Communications Highway</t>
+  </si>
+  <si>
+    <t>Col·lecció Josep Suñol. Catàleg Raonat</t>
+  </si>
+  <si>
+    <t>Spektakel Stadt / City spectacle</t>
+  </si>
+  <si>
+    <t>Muntadas: Exhibition: May 1-31, 1987</t>
+  </si>
+  <si>
+    <t>On Translation: Das Museum</t>
+  </si>
+  <si>
+    <t>About Academia II (the transcriptions: an internal document) [printed in Baltimore]</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>Pour la Suite du Monde.</t>
+  </si>
+  <si>
+    <t>Fora de Camp. Set itineraris per l'audiovisual català dels anys 60 als 90.</t>
+  </si>
+  <si>
+    <t>Temps de Vídeo. 1965-2005. Coŀlecció Nouveaux Médias del Centre Pompidou amb la participació de la coŀlecció d 'art contemporani Fundació "La Caixa"</t>
+  </si>
+  <si>
+    <t>Máquinas &amp; almas. Arte digital y nuevos medios</t>
+  </si>
+  <si>
+    <t>Caras B de la historia del vídeo arte en España / B Sides of the History of Video Art in Spain</t>
+  </si>
+  <si>
+    <t>Salamanca</t>
+  </si>
+  <si>
+    <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Arte identità confini</t>
+  </si>
+  <si>
+    <t>(À) Partir de Marseille, 65 projects d'art contemporain</t>
+  </si>
+  <si>
+    <t>Puntos de encuentro en la iconosfera. Interacciones en el audiovisual</t>
+  </si>
+  <si>
+    <t>El arte y los artistas en las últimas décadas. Entre locos, gamberros y especuladores</t>
+  </si>
+  <si>
+    <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
+  </si>
+  <si>
+    <t>La ricerca della lingua perfetta</t>
+  </si>
+  <si>
+    <t>Routes. Travel and translation in the late twentieth century</t>
+  </si>
+  <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Collectie XXVI De Arte Factum Jaren</t>
+  </si>
+  <si>
+    <t>Amberes</t>
+  </si>
+  <si>
+    <t>WERE IT AS IF. Beyond an Institution That Is</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum. Interview Transcript</t>
+  </si>
+  <si>
+    <t>La construcción del miedo y la perdida de lo público</t>
+  </si>
+  <si>
+    <t>9e biennale de paris</t>
+  </si>
+  <si>
+    <t>Corporate identities</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Monument</t>
+  </si>
+  <si>
+    <t>Los Setenta. Una década multicolor</t>
+  </si>
+  <si>
+    <t>Ayermañana</t>
+  </si>
+  <si>
+    <t>España: Nuevas Culturas Urbanas</t>
+  </si>
+  <si>
+    <t>Melancholy in Progress- 2012 The 3rd Taiwan internatinal Video Art Exhibition</t>
+  </si>
+  <si>
+    <t>Génesis y legitimiación del pensamiento histórico</t>
+  </si>
+  <si>
+    <t>Epíleg. Lugares de la memoria</t>
+  </si>
+  <si>
+    <t>Perché non parli? Le discipline dell'arte contemporanea raccontate dagli autori</t>
+  </si>
+  <si>
+    <t>Verdad y Libertad. Escuchando a José Ramón Pérez Ornia</t>
+  </si>
+  <si>
+    <t>La sociedad sin relato. Antropología y estética de la inminencia.</t>
+  </si>
+  <si>
+    <t>El rediezcubrimiento de México</t>
+  </si>
+  <si>
+    <t>Los "astronautas" del Hombre Nuevo. deario y modalidades de los: Beatniks, Beatles, Go-Go, Hippies, Ye-Ye, Sicodélicos</t>
+  </si>
+  <si>
+    <t>The Benefactor</t>
+  </si>
+  <si>
+    <t>Bristol</t>
+  </si>
+  <si>
+    <t>VIDEO SKULPTUR: Retrospektiv und Aktuell 1963-1989</t>
+  </si>
+  <si>
+    <t>Proyecto Calle. II Convocatoria de arte público de Peralta</t>
+  </si>
+  <si>
+    <t>Peralta</t>
+  </si>
+  <si>
+    <t>On Subjectivity: (50 photographs from "The Best of Life")</t>
+  </si>
+  <si>
+    <t>Muntadas. Trabajos Recientes</t>
+  </si>
+  <si>
+    <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
+    <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
+  </si>
+  <si>
+    <t>Nantes</t>
+  </si>
+  <si>
+    <t>Llibre de les Meravelles</t>
+  </si>
+  <si>
+    <t>Ambulantes. Cultura portátil</t>
+  </si>
+  <si>
+    <t>Feedback. Arte reactivo a instrucciones. A inputs. O a su Entorno / Art responsive to instructions. Input. Or its Environment</t>
+  </si>
+  <si>
+    <t>Principado de Asturias</t>
+  </si>
+  <si>
+    <t>La sombra del habla. Colección MACBA</t>
+  </si>
+  <si>
+    <t>And Now the Good News. Works from the Annette and Peter Nobel Collection</t>
+  </si>
+  <si>
+    <t>Lugano</t>
+  </si>
+  <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>Beeldenstorm in een spiegelzaal. Het ICC en de actuele kunst 1970-1990</t>
+  </si>
+  <si>
+    <t>Leuven</t>
+  </si>
+  <si>
+    <t>Visual Methodologies. An Introduction to Researching with Visual Materials</t>
+  </si>
+  <si>
+    <t>«Los Catalanes de París»: Un análisis estético</t>
+  </si>
+  <si>
+    <t>Atlas Histórico Mundial **: De la Revolución Francesa a nuestros días</t>
+  </si>
+  <si>
+    <t>Atlas</t>
+  </si>
+  <si>
+    <t>Information: Summer 1970 The Museum of Modern Art, New York</t>
+  </si>
+  <si>
+    <t>Nuevas Tecnologías en la Vida Cultural Española</t>
+  </si>
+  <si>
+    <t>This is tomorrow today: The independet Group and British Pop Art</t>
+  </si>
+  <si>
+    <t>Art Besel Miami Beach. The International Art Show / La Exposición Internacional De Arte</t>
+  </si>
+  <si>
+    <t>Generación Digital / Belaunaldi Digitala. Seminario / Taller “Muntadas: Proyectos”</t>
+  </si>
+  <si>
+    <t>Muntadas a la Virreina: Instal·lacions / Passatges / Intervencions</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>About Academia II (the transcriptions: an internal document) [printed in Amsterdam]</t>
+  </si>
+  <si>
+    <t>L'Immagine Elettronica: From TV to video e Dal video alla TV. Nuove tendenze del video nord-americano</t>
+  </si>
+  <si>
+    <t>Pour la suite du monde. Cahier: Propos et Projets</t>
+  </si>
+  <si>
+    <t>Futuropresente. Prácticas artísticas en el cambio de milenio. Prácticas artísticas en el cambio de milenio / artistic approaches at the change of millenium</t>
+  </si>
+  <si>
+    <t>Netspace. Nat Archives. Viaggio nell'arte della rete</t>
+  </si>
+  <si>
+    <t>The Art of Participation. 1950 to Now</t>
+  </si>
+  <si>
+    <t>San Francisco (CA)</t>
+  </si>
+  <si>
+    <t>El Hilo de Ariadna. El Hilo que la mano de Ariadna dejó en la mano de Teseo.</t>
+  </si>
+  <si>
+    <t>Lección de arte</t>
+  </si>
+  <si>
+    <t>Documents of Video Ard (Chino)</t>
+  </si>
+  <si>
+    <t>100 artistas españoles</t>
+  </si>
+  <si>
+    <t>La patria degli altri</t>
+  </si>
+  <si>
+    <t>Information</t>
+  </si>
+  <si>
+    <t>Cultura y Nuevas Tecnologías</t>
+  </si>
+  <si>
+    <t>Catálogo Referencia, Ensayo</t>
+  </si>
+  <si>
+    <t>La Televisión y su mundo</t>
+  </si>
+  <si>
+    <t>Sans commune mesure: Image et texte dans l'art actuel</t>
+  </si>
+  <si>
+    <t>not done! (het kunstenaarsboek/the artist's book)</t>
+  </si>
+  <si>
+    <t>Més enllà de l'objecte. Obres de la Col·lecció MACBA</t>
+  </si>
+  <si>
+    <t>MACBA Collection. Itinerary</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de Prensa</t>
+  </si>
+  <si>
+    <t>Arte de Video</t>
+  </si>
+  <si>
+    <t>Video-Skulptur. Retrospektiv und aktuell 1963-1989</t>
+  </si>
+  <si>
+    <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
+  </si>
+  <si>
+    <t>Lyon</t>
+  </si>
+  <si>
+    <t>Audit</t>
+  </si>
+  <si>
+    <t>Ciudad de Luxemburgo</t>
+  </si>
+  <si>
+    <t>Inéditos 2006</t>
+  </si>
+  <si>
+    <t>Libertad, Igualdad, Fraternidad</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>L' Illusione della luce.The Illusion of light. L'illusion des lumières</t>
+  </si>
+  <si>
+    <t>Border Territory. Contaminazioni e utilità metodologica dell'arte contemporanea nelle analisi en el progetto per lo spazio pubblico</t>
+  </si>
+  <si>
+    <t>Potenza</t>
+  </si>
+  <si>
+    <t>Estética Digital. Sintopía del arte, la ciencia y la tecnología</t>
+  </si>
+  <si>
+    <t>En Torno a En torno al vídeo</t>
+  </si>
+  <si>
+    <t>Art beyond Itself. Anthropology for a Society Without a Story Line</t>
+  </si>
+  <si>
+    <t>Durham (NC)</t>
+  </si>
+  <si>
+    <t>Arte y archivo, 1920-2010. Genealogías, tipologías y discontinuidades</t>
+  </si>
+  <si>
+    <t>Elements of Semiology</t>
+  </si>
+  <si>
+    <t>Los Extra-sensoriales: los poderes desconocidos del hombre</t>
+  </si>
+  <si>
+    <t>The Conscience of the Eye: The Design and Social Life of Cities</t>
+  </si>
+  <si>
+    <t>Photographie D'Une Collection</t>
+  </si>
+  <si>
+    <t>About Academia. Line (Case Study: Simon Fraser University, Vancouver, BC) [Revista Line]</t>
+  </si>
+  <si>
+    <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
+  </si>
+  <si>
+    <t>Montevideo</t>
+  </si>
+  <si>
+    <t>CILDO MEIRELLES / ANTONI MUNTADAS: Salt &amp; Sugar… No sugar, No salt</t>
+  </si>
+  <si>
+    <t>Cully</t>
+  </si>
+  <si>
+    <t>New images from Spain [Hastings Gallery]</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>éthique, esthétique, politique [Catálogo]</t>
+  </si>
+  <si>
+    <t>Video Bardo. Festival Internacional de Videopoesía en Buenos Aires 2004</t>
+  </si>
+  <si>
+    <t>LAB.07. Arte, Deshonra y Violencia en el Contexto Iberoamericano</t>
+  </si>
+  <si>
+    <t>VideoStorias</t>
+  </si>
+  <si>
+    <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016</t>
+  </si>
+  <si>
+    <t>Video'79. Video-The first decade dieci anni di videotape</t>
+  </si>
+  <si>
+    <t>Vídeo: el principio</t>
+  </si>
+  <si>
+    <t>Narrativas digitales y tecnologías de la imagen</t>
+  </si>
+  <si>
+    <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
+  </si>
+  <si>
+    <t>Atlas Histórico Mundial *: De los orígenes de la Revolución Francesa</t>
+  </si>
+  <si>
+    <t>Intel·ligència col"lectiva: Noves fronteres de la ciència, l'art i el pesament</t>
+  </si>
+  <si>
+    <t>Obras completas</t>
+  </si>
+  <si>
+    <t>Trabajo asalariado y capital</t>
+  </si>
+  <si>
+    <t>Selección de Fondos para el Museo de la Solidaridad Salvador Allende</t>
+  </si>
+  <si>
+    <t>Híbridos</t>
+  </si>
+  <si>
+    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
+  </si>
+  <si>
+    <t>Muntadas Video Works</t>
+  </si>
+  <si>
+    <t>La Imatge de l'Animal. Art Prehistoric. Art Contemporani</t>
+  </si>
+  <si>
+    <t>Les Couleurs de l'Argent</t>
+  </si>
+  <si>
+    <t>Grup de Treball</t>
+  </si>
+  <si>
+    <t>Vinyl. Records and covers by artists</t>
+  </si>
+  <si>
+    <t>Hojeando... Cuatro décadas de libros y revistas de artista en España / Leafing... Four Decades of Artist's Books and Magazines in Spain</t>
+  </si>
+  <si>
+    <t>El gran Sur.Movimiento de Bienal</t>
+  </si>
+  <si>
+    <t>De la pràctica artística a la comunicació audiovisual i multimèdia</t>
+  </si>
+  <si>
+    <t>Critical Condition. American Culture on the Crossroads</t>
+  </si>
+  <si>
+    <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
+  </si>
+  <si>
+    <t>Pavilions. Art in architecture</t>
+  </si>
+  <si>
+    <t>Video Writings by Artists (1970-1990)</t>
+  </si>
+  <si>
+    <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
+  </si>
+  <si>
+    <t>La velocidad de liberación</t>
+  </si>
+  <si>
+    <t>Satellites: Servants of Man</t>
+  </si>
+  <si>
+    <t>Atención: La percepción requiere participación</t>
+  </si>
+  <si>
+    <t>Arte Total. 40 years Galeria Luisa Strina</t>
+  </si>
+  <si>
+    <t>España. Arte Español 1957-2007</t>
+  </si>
+  <si>
+    <t>Portraits</t>
+  </si>
+  <si>
+    <t>…Miedo?: Un proyecto de Muntadas</t>
+  </si>
+  <si>
+    <t>Alicante</t>
+  </si>
+  <si>
+    <t>B76. La Biennale di Venezia 1976. Settore arti visive e archittetura. Catalogo generale. Volume primo e secondo</t>
+  </si>
+  <si>
+    <t>Nuits Blanches</t>
+  </si>
+  <si>
+    <t>Els límits del museu</t>
+  </si>
+  <si>
+    <t>N 2 [plastik] La revue du centre d'études et de recherches en arts plastiques.</t>
+  </si>
+  <si>
+    <t>El arte sucede. Origen de las prácticas conceptuales en España, 1965-1980</t>
+  </si>
+  <si>
+    <t>Metrópolis. 30 años en vanguardia 1985-2014</t>
+  </si>
+  <si>
+    <t>El tractament de la traducció en la literatura digital: Antoni Muntadas, Annie Abrahams I John Cayley.</t>
+  </si>
+  <si>
+    <t>Archeonet. Viaggio nella storia della net/web art e suo ingresso negli spazi dei musei tradizionali</t>
+  </si>
+  <si>
+    <t>Poggibonsi</t>
+  </si>
+  <si>
+    <t>Paral·lel Benet Rossell</t>
+  </si>
+  <si>
+    <t>Escritos de vista y oído</t>
+  </si>
+  <si>
+    <t>Digital Art</t>
+  </si>
+  <si>
+    <t>Entre el "Underground" y el "off-off"</t>
+  </si>
+  <si>
+    <t>Los movimientos del Pop</t>
+  </si>
+  <si>
+    <t>The Critical Image</t>
+  </si>
+  <si>
+    <t>Seattle (WA)</t>
+  </si>
+  <si>
+    <t>Fundação De Serralves Um Museu Português / Fundação De Serralves A Portuguese Museum</t>
+  </si>
+  <si>
+    <t>Visual Arts at IUAV, Venezia 2001-2011 : Cosa dovrebbe essere una scuola d’arte? What an Art School Should Be?</t>
+  </si>
+  <si>
+    <t>Muntadas. Personal/Public Information</t>
+  </si>
+  <si>
+    <t>Intersecciones</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>Video/Comportament/ArtVideo/behavior/Art</t>
+  </si>
+  <si>
+    <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>Rencontres Internationales de la Photographie:ethics, aesthetics, politics</t>
+  </si>
+  <si>
+    <t>El llegat del Pop Art a Catalunya</t>
+  </si>
+  <si>
+    <t>Entre a palavra e a imagen. Entre la palabra y la imagen</t>
+  </si>
+  <si>
+    <t>The Lucifer Effect. Encountering Evil / Luciferuv Efekt. Střenutí se zlem</t>
+  </si>
+  <si>
+    <t>Praga</t>
+  </si>
+  <si>
+    <t>Traduire. Après Babel, trauire</t>
+  </si>
+  <si>
+    <t>Present continu. Producció Artistica i construcció de realitat</t>
+  </si>
+  <si>
+    <t>La querelle des dispositifs. Cinéma - installations, expositions</t>
+  </si>
+  <si>
+    <t>Interviews. Oral History in Contemporary Art / L'entretien d'artiste dans l'art contemporain</t>
+  </si>
+  <si>
+    <t>Between Modernism and Conceptual Art: A Critical Response</t>
+  </si>
+  <si>
+    <t>Carolina del Norte (NC)</t>
+  </si>
+  <si>
+    <t>Invisible cities</t>
+  </si>
+  <si>
+    <t>Florida (FL)</t>
+  </si>
+  <si>
+    <t>On having no head</t>
+  </si>
+  <si>
+    <t>Toronto</t>
+  </si>
+  <si>
+    <t>Translations Studies</t>
+  </si>
+  <si>
+    <t>Masterpieces</t>
+  </si>
+  <si>
+    <t>LabObratorio 2. Proposte XVI</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>Standard: Específico, Spécifique, Specific</t>
+  </si>
+  <si>
+    <t>Muntadas On Translation: Erinnerungsräume.On Translation: Die Bremer Stadtmusikanten. CITY-GUIDE</t>
+  </si>
+  <si>
+    <t>Sala de arte moderno</t>
+  </si>
+  <si>
+    <t>Les Nouveaux Imaginaires</t>
+  </si>
+  <si>
+    <t>Charleroi</t>
+  </si>
+  <si>
+    <t>Bright Light</t>
+  </si>
+  <si>
+    <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
+  </si>
+  <si>
+    <t>La Strada. 16°edizione di Fuori Uso</t>
+  </si>
+  <si>
+    <t>Pescara</t>
+  </si>
+  <si>
+    <t>Distancia crítica</t>
+  </si>
+  <si>
+    <t>Exchange and Evolution: Worldwide Video Long Beach 1974-1999</t>
+  </si>
+  <si>
+    <t>Long Beach (CA)</t>
+  </si>
+  <si>
+    <t>Introduction à l'oeuvre d'Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Arte en la era electrónica. Perspectivas de una nueva estética</t>
+  </si>
+  <si>
+    <t>Art et Internet</t>
+  </si>
+  <si>
+    <t>Arte Español Contemporáneo 1992-2013</t>
+  </si>
+  <si>
+    <t>Public Space? Lost and Found</t>
+  </si>
+  <si>
+    <t>Dada y constructivismo</t>
+  </si>
+  <si>
+    <t>La violencia en el mundo actual</t>
+  </si>
+  <si>
+    <t>Science Projects and Experiments for The Junior Scientist: The Five Senses</t>
+  </si>
+  <si>
+    <t>Visions. MIT Interviews</t>
+  </si>
+  <si>
+    <t>Llibres D'Art. Art Books. 1+1. Servicio Internacional de libros de arte. International art book service. 3. Catálogo de ublicaciones. Publications catalogue.</t>
+  </si>
+  <si>
+    <t>About Academia II (las transcripciones: un documento interno) [Sevilla]</t>
+  </si>
+  <si>
+    <t>Des/Aparicions</t>
+  </si>
+  <si>
+    <t>ESPACIOS, LUGARES Y SITUACIONES</t>
+  </si>
+  <si>
+    <t>B76. La Biennale di Venezia 1976. Guida alle manifestazioni.</t>
+  </si>
+  <si>
+    <t>ARCO '90</t>
+  </si>
+  <si>
+    <t>ARS 95 Helsinki</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Comer o no Comer o las relaciones del arte con la comida en el siglo XX</t>
+  </si>
+  <si>
+    <t>Primera generación. Arte e imagen en movimiento (1963-1986)</t>
+  </si>
+  <si>
+    <t>Lives and works in Istanbul, da Yaşıyor ve Çalışıyor Çalıştaylar</t>
+  </si>
+  <si>
+    <t>#artveuivot</t>
+  </si>
+  <si>
+    <t>El arte que traduce. 1995-2015 La traducción como mediación cultural en los procesos de transmisión y recepción de las obras de arte.</t>
+  </si>
+  <si>
+    <t>Monocanal</t>
+  </si>
+  <si>
+    <t>Ouvrir le document. Enjeux et practiques de la documentation dans les arts visuels contemporains.</t>
+  </si>
+  <si>
+    <t>C PHOTO Don't Call me a Photographer</t>
+  </si>
+  <si>
+    <t>24 x 24 (Entrevistas)</t>
+  </si>
+  <si>
+    <t>Esquizofrenia y presión social</t>
+  </si>
+  <si>
+    <t>Los no lugares. Espacios del anonimato. Una antropología de la sobremodernidad</t>
+  </si>
+  <si>
+    <t>The hidden dimension</t>
+  </si>
+  <si>
+    <t>Memoria 2009</t>
+  </si>
+  <si>
+    <t>MUNTADAS: 10 proyectos / 10 textos</t>
+  </si>
+  <si>
+    <t>M / M</t>
+  </si>
+  <si>
+    <t>La construcción del miedo</t>
+  </si>
+  <si>
+    <t>Caracas</t>
+  </si>
+  <si>
+    <t>Vídeo Art. Comportament Behavior</t>
+  </si>
+  <si>
+    <t>Force Sight</t>
+  </si>
+  <si>
+    <t>Neuenstadt am Kocher</t>
+  </si>
+  <si>
+    <t>13 Festival de video Bideo Jaialdia. Vitoria-Gasteiz 1998</t>
+  </si>
+  <si>
+    <t>Art Unlimited</t>
+  </si>
+  <si>
+    <t>Basel</t>
+  </si>
+  <si>
+    <t>Impasse 7. Ciutats negades 2. Recuperant espais urbans oblidats. / Ciudades negadas 2. Recuperando espacios urbanos olvidados</t>
+  </si>
+  <si>
+    <t>Olor, Color, Química, Arte y Pedagogía</t>
+  </si>
+  <si>
+    <t>Biz insam miyiz? / Are we human?</t>
+  </si>
+  <si>
+    <t>L'immagine video. Arti visuali e nuovi media elettronici</t>
+  </si>
+  <si>
+    <t>Horitzó TV.  Perspectives d'una altra televisió possible</t>
+  </si>
+  <si>
+    <t>What is Contemporary Art? A Children's Guide</t>
+  </si>
+  <si>
+    <t>The Autobiography of Video. The Life and Times of a Memory Technology</t>
+  </si>
+  <si>
+    <t>Broodthaers. Writings, Interviews, Photographs</t>
+  </si>
+  <si>
+    <t>Joris Ivens ou la mémoire d'un regard</t>
+  </si>
+  <si>
+    <t>On the cable: The television of abundance</t>
+  </si>
+  <si>
+    <t>Tres piezas cortas. Artaud y el teatro de la crueldad</t>
+  </si>
+  <si>
+    <t>Sinestesia. Colección OlorVisual</t>
+  </si>
+  <si>
+    <t>Hiriaren Esku-Hartzeak. Proiektuak eta hitzaldiak / Intervenciones urbanas. Proyectos y comunicaciones / Urban Interventions. Projects and lectures</t>
+  </si>
+  <si>
+    <t>Media / Stadium</t>
+  </si>
+  <si>
+    <t>Muntadas Projekte (1974–2004) / On Translation: Erinnerungsräume</t>
+  </si>
+  <si>
+    <t>Jóvenes pintores españoles</t>
+  </si>
+  <si>
+    <t>Disinformation. The Manufacture of consent.</t>
+  </si>
+  <si>
+    <t>Images pour la lutte contre le sida</t>
+  </si>
+  <si>
+    <t>Carambolage IV. Civitas.</t>
+  </si>
+  <si>
+    <t>Situational Public / Público Situacional</t>
+  </si>
+  <si>
+    <t>Canarias mediafest 08. 13 Festival internacional de artes y culturas digitales de Gran Canaria</t>
+  </si>
+  <si>
+    <t>Gran Canaria</t>
+  </si>
+  <si>
+    <t>La Triennale 2012. Intense proximité. Exhibition Guide de l'Exposition</t>
+  </si>
+  <si>
+    <t>Arte y globalización</t>
+  </si>
+  <si>
+    <t>Media-Art-History</t>
+  </si>
+  <si>
+    <t>Munich</t>
+  </si>
+  <si>
+    <t>La instalación en España 1970-2000</t>
+  </si>
+  <si>
+    <t>Relive. Media Art Histories</t>
+  </si>
+  <si>
+    <t>ON GLOBAL ART PRACTICE Catalog</t>
+  </si>
+  <si>
+    <t>Déjouer l'image. Creations électroniques et numériques</t>
+  </si>
+  <si>
+    <t>Landscapes of power: From Detroit to Disney World</t>
+  </si>
+  <si>
+    <t>Berkeley (CA)</t>
+  </si>
+  <si>
+    <t>Shows of force: Power, Politics and Ideology in Art Exhibitions</t>
+  </si>
+  <si>
+    <t>Colección. Museo Nacional Centro de Arte Reina Sofia</t>
+  </si>
+  <si>
+    <t>About Academia I (las transcripciones: un documento interno) [Sevilla]</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand. MUNTADAS</t>
+  </si>
+  <si>
+    <t>Arteguía 1976 Nº21</t>
+  </si>
+  <si>
+    <t>A New Necessity. The First Tyne International.</t>
+  </si>
+  <si>
+    <t>Señales de vídeo: Aspectos de la videocreación española de los últimos años.</t>
+  </si>
+  <si>
+    <t>Taipei Biennal. Great Theatre of the World.</t>
+  </si>
+  <si>
+    <t>Galeria Cadaqués. Obres de la coŀlecció Bombelli</t>
+  </si>
+  <si>
+    <t>Changing channels. Art and Television. 1963-1987</t>
+  </si>
+  <si>
+    <t>Viena</t>
+  </si>
+  <si>
+    <t>7º Festival Internacional de Cine de Cali</t>
+  </si>
+  <si>
+    <t>Cali</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas / Espacio público. El arte como Instrumento de Comunicación</t>
+  </si>
+  <si>
+    <t>Elche</t>
+  </si>
+  <si>
+    <t>Panorama 4. Paysages persistants</t>
+  </si>
+  <si>
+    <t>Tourcoing</t>
+  </si>
+  <si>
+    <t>The architectures of Babel. Creation, extinctions and intercessions in the languages of the global world</t>
+  </si>
+  <si>
+    <t>Arte en España (1939-2015). Ideas, prácticas, políticas</t>
+  </si>
+  <si>
+    <t>A diestra y Siniestra. Comentarios sobre arte y politica</t>
+  </si>
+  <si>
+    <t>Estética de la desaparición</t>
+  </si>
+  <si>
+    <t>Losey on Losey</t>
+  </si>
+  <si>
+    <t>The medium is the massage</t>
+  </si>
+  <si>
+    <t>No Hay Arte Sin Obsesión</t>
+  </si>
+  <si>
+    <t>[Zonas Liminares] : Workshop com Antoni Muntadas : São Carlos. Brasil 2010</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema: de la plaza pública a la plaza de toros</t>
+  </si>
+  <si>
+    <t>Meetings</t>
+  </si>
+  <si>
+    <t>ABOUT ACADEMIA (Case Study Vancouver: Simon Fraser University, Vancouver, BC)</t>
+  </si>
+  <si>
+    <t>SKY ART Conference '81</t>
+  </si>
+  <si>
+    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+  </si>
+  <si>
+    <t>Centre d'Art Santa Mònica 1988-1998. 10 anys 100 exposicions</t>
+  </si>
+  <si>
+    <t>Revolving doors</t>
+  </si>
+  <si>
+    <t>Tomorrow</t>
+  </si>
+  <si>
+    <t>De la revuelta a la posmodernidad (1962-1982)</t>
+  </si>
+  <si>
+    <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
+  </si>
+  <si>
+    <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
+  </si>
+  <si>
+    <t>Compilación, Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Conceptualismo(s). Poéticos Políticos Periféricos. En torno al Arte Conceptual en España</t>
+  </si>
+  <si>
+    <t>Between-the-Images</t>
+  </si>
+  <si>
+    <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
+  </si>
+  <si>
+    <t>Cartas a Andre Breton: dibujos, páginas de los cuadernos (1944-1948)</t>
+  </si>
+  <si>
+    <t>Epistolario</t>
+  </si>
+  <si>
+    <t>Kinetic Art. Language of movement</t>
+  </si>
+  <si>
+    <t>Opera aperta. Forma e indeterminazione nelle poetiche contemporanee</t>
+  </si>
+  <si>
+    <t>Un mundo insospechado en Barcelona</t>
+  </si>
+  <si>
+    <t>Colección de Arte Contemporáneo 2015, GGM, CNCA</t>
+  </si>
+  <si>
+    <t>Talleres T de escultura. Angel Bados, Juan Hidalgo, Antoni Muntadas. Departamento de Escultura Universidad Politécnica de Valencia. Sala Parpalló. Valencia [Publicación]</t>
+  </si>
+  <si>
     <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
   </si>
   <si>
-    <t>Híbrido (Catálogo + Publicación de Artista)</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>Proyecto DOCUMENTOS N°1. 10/8/72</t>
   </si>
   <si>
     <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
   </si>
   <si>
     <t>New York: nomadic design</t>
   </si>
   <si>
     <t>Artscape. Panorama dell'arte in Rete. I Turbamenti dell'Arte</t>
   </si>
   <si>
     <t>La Biennale di Venezia. 51 International Art Exhibition. The experience of art. Always a little further</t>
   </si>
   <si>
     <t>España. Arte spagnola 1957-2007</t>
   </si>
   <si>
-    <t>Palermo</t>
-[...1 lines deleted...]
-  <si>
     <t>The Games: Inspiring images</t>
   </si>
   <si>
-    <t>Londres</t>
-[...1 lines deleted...]
-  <si>
     <t>Traduzione e interpretazione tra arte, società e culture: Antoni Muntadas</t>
   </si>
   <si>
     <t>Contaminaciones. Del videoarte al multimedia</t>
   </si>
   <si>
-    <t>Support Structures</t>
-[...4 lines deleted...]
-  <si>
     <t>Mirada i gest. 50 artistes 1977-2007</t>
   </si>
   <si>
     <t>Torroella de Montgrí</t>
   </si>
   <si>
     <t>Del Arte Objetual al Arte de Concepto 1960 - 1972</t>
   </si>
   <si>
     <t>Leer imágenes: una historia privada del arte</t>
   </si>
   <si>
     <t>Six Years: The dematerialization of the art object from 1966 to 1972 (…)</t>
   </si>
   <si>
-    <t>Muntadas en Latinoamérica</t>
-[...1 lines deleted...]
-  <si>
     <t>Caldas</t>
   </si>
   <si>
-    <t>Dialogues on Public Space. Total Museum Press. MIT.</t>
-[...2 lines deleted...]
-    <t>Seúl</t>
+    <t>Dialogues on Public Space. Total Museum Press. MIT</t>
   </si>
   <si>
     <t>Between the frames: The Forum</t>
   </si>
   <si>
     <t>Between the Frames: The Forum (japonés)</t>
   </si>
   <si>
     <t>Horiko</t>
   </si>
   <si>
     <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>The Kitchen Center for Video and Music 75-76</t>
   </si>
   <si>
-    <t>Rhetorical Image</t>
-[...1 lines deleted...]
-  <si>
     <t>Artifices 4. St. Denis. Langages en perspective.</t>
   </si>
   <si>
     <t>Saint-Denis</t>
   </si>
   <si>
     <t>Vidéo Topiques. Tours et retours de l'art vidéo</t>
   </si>
   <si>
     <t>404 object not found</t>
   </si>
   <si>
     <t>Paraŀlel Benet Rossell</t>
   </si>
   <si>
     <t>Prophetia [Inglés]</t>
   </si>
   <si>
     <t>Territorios híbridos. Prácticas artísticas y espacio social. Proyectos, procesos y sistemas activados desde el contexto catalán</t>
   </si>
   <si>
-    <t>Tesis doctoral</t>
-[...1 lines deleted...]
-  <si>
     <t>Internet Art. The online clash of culture and commerce</t>
   </si>
   <si>
     <t>Arte/Cidade Zona Leste Máquinas Urbanas</t>
   </si>
   <si>
     <t>Zones de traduction. Pour une nouvelle littérature comparée</t>
   </si>
   <si>
     <t>Millau</t>
   </si>
   <si>
     <t>A la pintura. Poema del color y la línea (1945-1952)</t>
   </si>
   <si>
     <t>Eva Hesse</t>
   </si>
   <si>
     <t>Luchino Visconti</t>
   </si>
   <si>
     <t>The Paper Revolutionaries: The Rise of the Underground Press</t>
   </si>
   <si>
     <t>Colección MACBA. Itinerario</t>
   </si>
   <si>
     <t>Exposicão : [Zonas Liminares] : Trabalhos de Workshop com ANTONI MUNTADAS : São Carlos. Brasil 2010/2011</t>
   </si>
   <si>
     <t>Pamplona - Grazalema: from the public square to the bullring</t>
   </si>
   <si>
     <t>Muntadas. Slogans</t>
   </si>
   <si>
     <t>Refranero Político</t>
   </si>
   <si>
     <t>Mediated Narratives</t>
   </si>
   <si>
-    <t>Boston (MA)</t>
-[...1 lines deleted...]
-  <si>
     <t>El artista y la ciudad</t>
   </si>
   <si>
     <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
   </si>
   <si>
     <t>Dass die körper sprechen, auch das wiseen wie seit langem / That bodies speak has been known for a long time</t>
   </si>
   <si>
-    <t>Viena</t>
-[...1 lines deleted...]
-  <si>
     <t>Geografías del desorden. Migración, alteridad y nueva esfera social.</t>
   </si>
   <si>
     <t>Sistemas, Acciones y Procesos. 1965-1975.</t>
   </si>
   <si>
     <t>Wall to Wall. Carpets by artists</t>
   </si>
   <si>
-    <t>Colonia</t>
-[...1 lines deleted...]
-  <si>
     <t>Sculpture contemporaine spagnole</t>
   </si>
   <si>
     <t>Ciutats negades 2. Recuperant espais urbans oblidats</t>
   </si>
   <si>
-    <t>Lleida</t>
-[...1 lines deleted...]
-  <si>
     <t>Spatial practices. Funzione pubblica e politica dell'arte nella società delle reti</t>
   </si>
   <si>
     <t>Archivi impossibili. Un'ossessione dell'arte contemporanea</t>
   </si>
   <si>
     <t>Monza</t>
   </si>
   <si>
     <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
   </si>
   <si>
     <t>La arquitectura de la ciudad global</t>
   </si>
   <si>
     <t>Pale Fires and other texts</t>
   </si>
   <si>
     <t>Vivir en Madrid</t>
   </si>
   <si>
     <t>Afinidades Electivas. Julião Sarmento Coleccionador</t>
   </si>
   <si>
     <t>L'arte che traduce. La traduzione visuale nell'opera di Antoni Muntadas</t>
   </si>
   <si>
     <t>Panem et Circenses</t>
   </si>
   <si>
-    <t>Gante</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Stand by</t>
   </si>
   <si>
     <t>Encuentros/Rencontres/Meetings/Treffen/Incontri 1972 Pamplona</t>
   </si>
   <si>
     <t>Procesos. Cultura y Nuevas Tecnologías</t>
   </si>
   <si>
     <t>El teléfono en la fotografía</t>
   </si>
   <si>
     <t>Séptima Bienal de La Habana</t>
   </si>
   <si>
     <t>La Biennale di Venezia. 51 International Art Exhibition. Participating Countries. Collateral Events.</t>
   </si>
   <si>
-    <t>El discreto encanto de la tecnología. Artes en España.</t>
+    <t>El discreto encanto de la tecnología. Artes en España</t>
   </si>
   <si>
     <t>Badajoz</t>
   </si>
   <si>
     <t>Artifariti VI. VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
     <t>Muntadas.Mediante</t>
   </si>
   <si>
     <t>Arte e Media. Avanguardie e comunicazione di massa</t>
   </si>
   <si>
     <t>Materia Resevada. Els artistes catalans i les Biennals de Venècia</t>
   </si>
   <si>
     <t>Un imaginaire institutionel. Musées, collections et archives d'artistes</t>
   </si>
   <si>
     <t>La post-avanguardia. Arte marginale e marginalità dell'arte</t>
   </si>
   <si>
     <t>Benevento</t>
   </si>
   <si>
     <t>Del Di Tella a "Tucumán Arde" : Vanguardia artística y política en el '68 argentino</t>
   </si>
   <si>
     <t>L'effet beaubourg. Implosion et dissuasion</t>
   </si>
   <si>
     <t>Stop, look and write! Effective writing through pictures</t>
   </si>
   <si>
     <t>Quando è scultura</t>
   </si>
   <si>
     <t>Centervideo. Film, Video, TV and Telecommunication 1968-1981 at the Center for Advanced Visual Studies. Massachusetts Institute of Technology. C.A.V.S/M.I.T. Otto Piene with Elizabeth Goldring and Vin Grabill (editors)</t>
   </si>
   <si>
     <t>Between the Frames (the transcriptions) [Español]</t>
-  </si>
-[...1930 lines deleted...]
-    <t>Talleres T de escultura. Angel Bados, Juan Hidalgo, Antoni Muntadas. Departamento de Escultura Universidad Politécnica de Valencia. Sala Parpalló. Valencia [Publicación]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3427,51 +3448,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G806"/>
+  <dimension ref="A1:G811"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="80" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3514,15097 +3535,15178 @@
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
-      <c r="F6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
-      <c r="F7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
-      <c r="F19"/>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F24"/>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>81</v>
+        <v>12</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>27</v>
+        <v>86</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>113</v>
+        <v>22</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>119</v>
+        <v>102</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>44</v>
+        <v>122</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>124</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>125</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>103</v>
+        <v>32</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>126</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>127</v>
+        <v>29</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>128</v>
+        <v>30</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>141</v>
+        <v>13</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="D79"/>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="D80"/>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>28</v>
+        <v>141</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D81">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>71</v>
+        <v>143</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D82">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D83">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D84">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>154</v>
+        <v>12</v>
       </c>
       <c r="D85">
         <v>2022</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D86">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>156</v>
+        <v>76</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D87">
         <v>2021</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
         <v>12</v>
       </c>
       <c r="D88">
-        <v>1976</v>
+        <v>2019</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>44</v>
+        <v>154</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="D89">
-        <v>1999</v>
+        <v>2017</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>27</v>
+        <v>159</v>
       </c>
       <c r="D90">
-        <v>1999</v>
+        <v>2022</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
         <v>12</v>
       </c>
       <c r="D91">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>161</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D92">
         <v>2021</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D93">
-        <v>1983</v>
+        <v>1976</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D94">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D95">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D96">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>169</v>
+        <v>22</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D97">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>171</v>
+        <v>30</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D98">
-        <v>2021</v>
+        <v>1983</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D99">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D100">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E100"/>
-      <c r="F100"/>
+      <c r="F100" t="s">
+        <v>171</v>
+      </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D101">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>107</v>
+        <v>174</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="D102">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>95</v>
+        <v>176</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D103">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D104">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D105">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E105"/>
-      <c r="F105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D106">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D107">
         <v>2020</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>186</v>
+        <v>12</v>
       </c>
       <c r="D108">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="D109">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>188</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="D110">
         <v>2020</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>189</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
-      <c r="C111"/>
+      <c r="C111" t="s">
+        <v>26</v>
+      </c>
       <c r="D111">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>190</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D112">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>191</v>
+        <v>22</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>191</v>
+      </c>
+      <c r="B113" t="s">
+        <v>8</v>
+      </c>
+      <c r="C113" t="s">
         <v>192</v>
       </c>
-      <c r="B113" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D113">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E113"/>
-      <c r="F113"/>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>193</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D114">
         <v>2019</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>194</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="D115">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>195</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
-      <c r="C116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C116"/>
       <c r="D116">
-        <v>1999</v>
+        <v>2019</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D117">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="E117"/>
-      <c r="F117"/>
+      <c r="F117" t="s">
+        <v>197</v>
+      </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D118">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E118"/>
-      <c r="F118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D119">
         <v>2019</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>201</v>
+        <v>22</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D120">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="D121">
-        <v>2019</v>
+        <v>1999</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>97</v>
+        <v>203</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>204</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D122">
-        <v>2019</v>
+        <v>2001</v>
       </c>
       <c r="E122"/>
-      <c r="F122" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F122"/>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>205</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D123">
-        <v>1980</v>
+        <v>2019</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>206</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D124">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>97</v>
+        <v>207</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D125">
-        <v>1988</v>
+        <v>2019</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>208</v>
+        <v>76</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>209</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D126">
-        <v>2002</v>
+        <v>2019</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>210</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>211</v>
+        <v>12</v>
       </c>
       <c r="D127">
         <v>2019</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>212</v>
+        <v>13</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="D128">
-        <v>1998</v>
+        <v>1980</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>214</v>
+        <v>50</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="D129">
-        <v>1992</v>
+        <v>2018</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
         <v>12</v>
       </c>
       <c r="D130">
-        <v>2018</v>
+        <v>1988</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D131">
-        <v>2019</v>
+        <v>2002</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>196</v>
+        <v>217</v>
       </c>
       <c r="D132">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>218</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D133">
-        <v>2019</v>
+        <v>1998</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>44</v>
+        <v>220</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>221</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D134">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>222</v>
+        <v>108</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="D135">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>128</v>
+        <v>223</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="D136">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>76</v>
+        <v>202</v>
       </c>
       <c r="D137">
         <v>2018</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D138">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>228</v>
+        <v>50</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D139">
-        <v>1980</v>
+        <v>2005</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>28</v>
+        <v>228</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
+        <v>229</v>
+      </c>
+      <c r="B140" t="s">
+        <v>8</v>
+      </c>
+      <c r="C140" t="s">
         <v>230</v>
       </c>
-      <c r="B140" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D140">
-        <v>1980</v>
+        <v>2010</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>231</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="D141">
         <v>2018</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>28</v>
+        <v>232</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="D142">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>233</v>
+        <v>22</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>234</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D143">
         <v>2018</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>28</v>
+        <v>235</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
         <v>12</v>
       </c>
       <c r="D144">
-        <v>2012</v>
+        <v>1980</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>236</v>
+        <v>13</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>237</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D145">
-        <v>2018</v>
+        <v>1980</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>238</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D146">
         <v>2018</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>239</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="D147">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="E147"/>
-      <c r="F147"/>
+      <c r="F147" t="s">
+        <v>240</v>
+      </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D148">
         <v>2018</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="D149">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>243</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>42</v>
+        <v>181</v>
       </c>
       <c r="D150">
         <v>2018</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>243</v>
+        <v>22</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D151">
         <v>2018</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>245</v>
+        <v>32</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>246</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
-      <c r="C152"/>
+      <c r="C152" t="s">
+        <v>81</v>
+      </c>
       <c r="D152">
         <v>2018</v>
       </c>
       <c r="E152"/>
-      <c r="F152" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F152"/>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>247</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="D153">
         <v>2018</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>248</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="D154">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>249</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>250</v>
+        <v>48</v>
       </c>
       <c r="D155">
-        <v>1993</v>
+        <v>2018</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D156">
         <v>2018</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>253</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
-      <c r="C157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C157"/>
       <c r="D157">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>117</v>
+        <v>161</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>254</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D158">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>255</v>
+        <v>32</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D159">
         <v>2016</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>257</v>
+        <v>108</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="D160">
-        <v>1983</v>
+        <v>1993</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>258</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>259</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D161">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>260</v>
+        <v>102</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D162">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>28</v>
+        <v>122</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D163">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D164">
-        <v>1996</v>
+        <v>2016</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>103</v>
+        <v>264</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>265</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D165">
-        <v>1996</v>
+        <v>1983</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>266</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D166">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
         <v>267</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>268</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>196</v>
+        <v>12</v>
       </c>
       <c r="D167">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>269</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D168">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
         <v>270</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>271</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D169">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>272</v>
+        <v>108</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D170">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>274</v>
+        <v>108</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D171">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D172">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D173">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>277</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="D174">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="D175">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>44</v>
+        <v>281</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>282</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="D176">
-        <v>2018</v>
+        <v>2006</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>251</v>
+        <v>283</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>284</v>
+        <v>12</v>
       </c>
       <c r="D177">
-        <v>1992</v>
+        <v>2018</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>285</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>284</v>
+        <v>26</v>
       </c>
       <c r="D178">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>286</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D179">
-        <v>1972</v>
+        <v>2017</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>28</v>
+        <v>287</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D180">
-        <v>1985</v>
+        <v>2006</v>
       </c>
       <c r="E180"/>
-      <c r="F180"/>
+      <c r="F180" t="s">
+        <v>50</v>
+      </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D181">
-        <v>1993</v>
+        <v>2018</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>13</v>
+        <v>258</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>20</v>
+        <v>202</v>
       </c>
       <c r="D182">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>95</v>
+        <v>291</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D183">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>97</v>
+        <v>293</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D184">
-        <v>2008</v>
+        <v>1977</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D185">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>211</v>
+        <v>12</v>
       </c>
       <c r="D186">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>212</v>
+        <v>22</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D187">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>113</v>
+        <v>22</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D188">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E188"/>
-      <c r="F188"/>
+      <c r="F188" t="s">
+        <v>108</v>
+      </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D189">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>44</v>
+        <v>302</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D190">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>300</v>
+        <v>22</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D191">
-        <v>1972</v>
+        <v>2015</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D192">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D193">
-        <v>1973</v>
+        <v>2011</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>44</v>
+        <v>307</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D194">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
-        <v>224</v>
+        <v>311</v>
       </c>
       <c r="D195">
-        <v>2011</v>
+        <v>1968</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>307</v>
+        <v>50</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D196">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D197">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>310</v>
+        <v>108</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D198">
-        <v>2011</v>
+        <v>1966</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D199">
-        <v>1976</v>
+        <v>2013</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D200">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>44</v>
+        <v>133</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D201">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D202">
         <v>2002</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D203">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>307</v>
+        <v>22</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D204">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D205">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D206">
-        <v>2015</v>
+        <v>1998</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D207">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>294</v>
+        <v>325</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D208">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>251</v>
+        <v>22</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D209">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
-        <v>186</v>
+        <v>12</v>
       </c>
       <c r="D210">
-        <v>1967</v>
+        <v>2017</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>113</v>
+        <v>22</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B211" t="s">
         <v>8</v>
       </c>
       <c r="C211" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D211">
-        <v>1972</v>
+        <v>1990</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D212">
-        <v>1967</v>
+        <v>2007</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>294</v>
+        <v>332</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D213">
-        <v>1972</v>
+        <v>2012</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>44</v>
+        <v>334</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D214">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D215">
-        <v>2010</v>
+        <v>1971</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D216">
-        <v>1980</v>
+        <v>2001</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>44</v>
+        <v>338</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D217">
-        <v>2001</v>
+        <v>1989</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>169</v>
+        <v>340</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D218">
-        <v>2013</v>
+        <v>1972</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D219">
-        <v>1982</v>
+        <v>1991</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>336</v>
+        <v>13</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D220">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>61</v>
+        <v>344</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D221">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>18</v>
+        <v>346</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D222">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>340</v>
+        <v>143</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D223">
-        <v>2006</v>
+        <v>1973</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>63</v>
+        <v>262</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="B224" t="s">
         <v>8</v>
       </c>
       <c r="C224" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D224">
-        <v>2011</v>
+        <v>1987</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
-        <v>113</v>
+        <v>350</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="B225" t="s">
         <v>8</v>
       </c>
       <c r="C225" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D225">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
-        <v>344</v>
+        <v>10</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="B226" t="s">
         <v>8</v>
       </c>
       <c r="C226" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D226">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E226"/>
-      <c r="F226"/>
+      <c r="F226" t="s">
+        <v>22</v>
+      </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="B227" t="s">
         <v>8</v>
       </c>
       <c r="C227" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D227">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E227"/>
       <c r="F227" t="s">
-        <v>347</v>
+        <v>22</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B228" t="s">
         <v>8</v>
       </c>
       <c r="C228" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D228">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>95</v>
+        <v>154</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B229" t="s">
         <v>8</v>
       </c>
       <c r="C229" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D229">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
-        <v>350</v>
+        <v>176</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B230" t="s">
         <v>8</v>
       </c>
       <c r="C230" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D230">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="E230"/>
       <c r="F230" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B231" t="s">
         <v>8</v>
       </c>
       <c r="C231" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D231">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="E231"/>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>358</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="B232" t="s">
         <v>8</v>
       </c>
       <c r="C232" t="s">
         <v>12</v>
       </c>
       <c r="D232">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
         <v>13</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="B233" t="s">
         <v>8</v>
       </c>
       <c r="C233" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D233">
-        <v>1967</v>
+        <v>2013</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="B234" t="s">
         <v>8</v>
       </c>
       <c r="C234" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D234">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="E234"/>
       <c r="F234" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="B235" t="s">
         <v>8</v>
       </c>
       <c r="C235" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D235">
-        <v>2017</v>
+        <v>1971</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B236" t="s">
         <v>8</v>
       </c>
       <c r="C236" t="s">
-        <v>196</v>
+        <v>81</v>
       </c>
       <c r="D236">
-        <v>1993</v>
+        <v>1971</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>358</v>
+        <v>108</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B237" t="s">
         <v>8</v>
       </c>
       <c r="C237" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D237">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="E237"/>
       <c r="F237" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="B238" t="s">
         <v>8</v>
       </c>
       <c r="C238" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D238">
-        <v>1972</v>
+        <v>2011</v>
       </c>
       <c r="E238"/>
       <c r="F238" t="s">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B239" t="s">
         <v>8</v>
       </c>
       <c r="C239" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="D239">
-        <v>1986</v>
+        <v>2009</v>
       </c>
       <c r="E239"/>
       <c r="F239" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B240" t="s">
         <v>8</v>
       </c>
       <c r="C240" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D240">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="B241" t="s">
         <v>8</v>
       </c>
       <c r="C241" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D241">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>39</v>
+        <v>370</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="B242" t="s">
         <v>8</v>
       </c>
       <c r="C242" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D242">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E242"/>
       <c r="F242" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="B243" t="s">
         <v>8</v>
       </c>
       <c r="C243" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D243">
-        <v>2008</v>
+        <v>1977</v>
       </c>
       <c r="E243"/>
       <c r="F243" t="s">
-        <v>366</v>
+        <v>295</v>
       </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B244" t="s">
         <v>8</v>
       </c>
       <c r="C244" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D244">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="B245" t="s">
         <v>8</v>
       </c>
       <c r="C245" t="s">
-        <v>211</v>
+        <v>12</v>
       </c>
       <c r="D245">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E245"/>
-      <c r="F245"/>
+      <c r="F245" t="s">
+        <v>108</v>
+      </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="B246" t="s">
         <v>8</v>
       </c>
       <c r="C246" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D246">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="E246"/>
       <c r="F246" t="s">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B247" t="s">
         <v>8</v>
       </c>
       <c r="C247" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D247">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E247"/>
       <c r="F247" t="s">
-        <v>13</v>
+        <v>377</v>
       </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="B248" t="s">
         <v>8</v>
       </c>
       <c r="C248" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D248">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>103</v>
+        <v>179</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="B249" t="s">
         <v>8</v>
       </c>
       <c r="C249" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D249">
-        <v>1978</v>
+        <v>2015</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>373</v>
+        <v>22</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B250" t="s">
         <v>8</v>
       </c>
       <c r="C250" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D250">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="E250"/>
       <c r="F250" t="s">
-        <v>113</v>
+        <v>67</v>
       </c>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="B251" t="s">
         <v>8</v>
       </c>
       <c r="C251" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D251">
-        <v>1977</v>
+        <v>2003</v>
       </c>
       <c r="E251"/>
       <c r="F251" t="s">
-        <v>103</v>
+        <v>382</v>
       </c>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="B252" t="s">
         <v>8</v>
       </c>
       <c r="C252" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D252">
-        <v>1964</v>
+        <v>2011</v>
       </c>
       <c r="E252"/>
       <c r="F252" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G252"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="B253" t="s">
         <v>8</v>
       </c>
       <c r="C253" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="D253">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E253"/>
       <c r="F253" t="s">
-        <v>95</v>
+        <v>385</v>
       </c>
       <c r="G253"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="B254" t="s">
         <v>8</v>
       </c>
       <c r="C254" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D254">
-        <v>1981</v>
+        <v>1969</v>
       </c>
       <c r="E254"/>
       <c r="F254" t="s">
-        <v>263</v>
+        <v>387</v>
       </c>
       <c r="G254"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>379</v>
+        <v>388</v>
       </c>
       <c r="B255" t="s">
         <v>8</v>
       </c>
       <c r="C255" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D255">
-        <v>2011</v>
+        <v>1971</v>
       </c>
       <c r="E255"/>
       <c r="F255" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G255"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="B256" t="s">
         <v>8</v>
       </c>
       <c r="C256" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D256">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="E256"/>
       <c r="F256" t="s">
-        <v>381</v>
+        <v>390</v>
       </c>
       <c r="G256"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="B257" t="s">
         <v>8</v>
       </c>
       <c r="C257" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D257">
-        <v>2011</v>
+        <v>1963</v>
       </c>
       <c r="E257"/>
       <c r="F257" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
       <c r="G257"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="B258" t="s">
         <v>8</v>
       </c>
       <c r="C258" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D258">
-        <v>1977</v>
+        <v>2013</v>
       </c>
       <c r="E258"/>
       <c r="F258" t="s">
-        <v>385</v>
+        <v>13</v>
       </c>
       <c r="G258"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>386</v>
+        <v>366</v>
       </c>
       <c r="B259" t="s">
         <v>8</v>
       </c>
       <c r="C259" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="D259">
-        <v>1990</v>
+        <v>2009</v>
       </c>
       <c r="E259"/>
       <c r="F259" t="s">
-        <v>387</v>
+        <v>13</v>
       </c>
       <c r="G259"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="B260" t="s">
         <v>8</v>
       </c>
       <c r="C260" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D260">
-        <v>1996</v>
+        <v>1983</v>
       </c>
       <c r="E260"/>
       <c r="F260" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G260"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="B261" t="s">
         <v>8</v>
       </c>
       <c r="C261" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D261">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E261"/>
       <c r="F261" t="s">
-        <v>13</v>
+        <v>277</v>
       </c>
       <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B262" t="s">
         <v>8</v>
       </c>
       <c r="C262" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D262">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E262"/>
       <c r="F262" t="s">
-        <v>103</v>
+        <v>397</v>
       </c>
       <c r="G262"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="B263" t="s">
         <v>8</v>
       </c>
       <c r="C263" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D263">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="E263"/>
       <c r="F263" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="G263"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="B264" t="s">
         <v>8</v>
       </c>
       <c r="C264" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D264">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E264"/>
       <c r="F264" t="s">
-        <v>13</v>
+        <v>401</v>
       </c>
       <c r="G264"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="B265" t="s">
         <v>8</v>
       </c>
       <c r="C265" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D265">
-        <v>2015</v>
+        <v>1998</v>
       </c>
       <c r="E265"/>
       <c r="F265" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G265"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="B266" t="s">
         <v>8</v>
       </c>
       <c r="C266" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D266">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E266"/>
-      <c r="F266" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F266"/>
       <c r="G266"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="B267" t="s">
         <v>8</v>
       </c>
       <c r="C267" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D267">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E267"/>
       <c r="F267" t="s">
-        <v>397</v>
+        <v>240</v>
       </c>
       <c r="G267"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="B268" t="s">
         <v>8</v>
       </c>
       <c r="C268" t="s">
-        <v>399</v>
+        <v>12</v>
       </c>
       <c r="D268">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E268"/>
       <c r="F268" t="s">
-        <v>400</v>
+        <v>133</v>
       </c>
       <c r="G268"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="B269" t="s">
         <v>8</v>
       </c>
       <c r="C269" t="s">
-        <v>402</v>
+        <v>12</v>
       </c>
       <c r="D269">
-        <v>1968</v>
+        <v>2017</v>
       </c>
       <c r="E269"/>
       <c r="F269" t="s">
-        <v>44</v>
+        <v>187</v>
       </c>
       <c r="G269"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="B270" t="s">
         <v>8</v>
       </c>
       <c r="C270" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D270">
-        <v>2006</v>
+        <v>1990</v>
       </c>
       <c r="E270"/>
       <c r="F270" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G270"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="B271" t="s">
         <v>8</v>
       </c>
       <c r="C271" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D271">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E271"/>
       <c r="F271" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G271"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="B272" t="s">
         <v>8</v>
       </c>
       <c r="C272" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D272">
-        <v>1966</v>
+        <v>2013</v>
       </c>
       <c r="E272"/>
       <c r="F272" t="s">
-        <v>44</v>
+        <v>410</v>
       </c>
       <c r="G272"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="B273" t="s">
         <v>8</v>
       </c>
       <c r="C273" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D273">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E273"/>
       <c r="F273" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G273"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B274" t="s">
         <v>8</v>
       </c>
       <c r="C274" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D274">
-        <v>2010</v>
+        <v>1992</v>
       </c>
       <c r="E274"/>
       <c r="F274" t="s">
-        <v>128</v>
+        <v>413</v>
       </c>
       <c r="G274"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="B275" t="s">
         <v>8</v>
       </c>
       <c r="C275" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D275">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="E275"/>
       <c r="F275" t="s">
-        <v>409</v>
+        <v>13</v>
       </c>
       <c r="G275"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B276" t="s">
         <v>8</v>
       </c>
       <c r="C276" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D276">
-        <v>2002</v>
+        <v>1974</v>
       </c>
       <c r="E276"/>
       <c r="F276" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G276"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B277" t="s">
         <v>8</v>
       </c>
       <c r="C277" t="s">
-        <v>17</v>
+        <v>417</v>
       </c>
       <c r="D277">
-        <v>2014</v>
+        <v>1989</v>
       </c>
       <c r="E277"/>
       <c r="F277" t="s">
-        <v>13</v>
+        <v>418</v>
       </c>
       <c r="G277"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="B278" t="s">
         <v>8</v>
       </c>
       <c r="C278" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D278">
-        <v>1982</v>
+        <v>2009</v>
       </c>
       <c r="E278"/>
       <c r="F278" t="s">
-        <v>21</v>
+        <v>420</v>
       </c>
       <c r="G278"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="B279" t="s">
         <v>8</v>
       </c>
       <c r="C279" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D279">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E279"/>
       <c r="F279" t="s">
-        <v>63</v>
+        <v>165</v>
       </c>
       <c r="G279"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="B280" t="s">
         <v>8</v>
       </c>
       <c r="C280" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D280">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E280"/>
       <c r="F280" t="s">
-        <v>37</v>
+        <v>423</v>
       </c>
       <c r="G280"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="B281" t="s">
         <v>8</v>
       </c>
       <c r="C281" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D281">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E281"/>
       <c r="F281" t="s">
-        <v>416</v>
+        <v>13</v>
       </c>
       <c r="G281"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="B282" t="s">
         <v>8</v>
       </c>
       <c r="C282" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D282">
-        <v>2007</v>
+        <v>1974</v>
       </c>
       <c r="E282"/>
       <c r="F282" t="s">
-        <v>13</v>
+        <v>426</v>
       </c>
       <c r="G282"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="B283" t="s">
         <v>8</v>
       </c>
       <c r="C283" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D283">
-        <v>2011</v>
+        <v>1988</v>
       </c>
       <c r="E283"/>
       <c r="F283" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="G283"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="B284" t="s">
         <v>8</v>
       </c>
       <c r="C284" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D284">
-        <v>2017</v>
+        <v>1994</v>
       </c>
       <c r="E284"/>
       <c r="F284" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G284"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="B285" t="s">
         <v>8</v>
       </c>
       <c r="C285" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D285">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="E285"/>
       <c r="F285" t="s">
-        <v>63</v>
+        <v>171</v>
       </c>
       <c r="G285"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="B286" t="s">
         <v>8</v>
       </c>
       <c r="C286" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D286">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E286"/>
       <c r="F286" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G286"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="B287" t="s">
         <v>8</v>
       </c>
       <c r="C287" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D287">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E287"/>
       <c r="F287" t="s">
-        <v>424</v>
+        <v>13</v>
       </c>
       <c r="G287"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="B288" t="s">
         <v>8</v>
       </c>
       <c r="C288" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D288">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E288"/>
       <c r="F288" t="s">
-        <v>103</v>
+        <v>274</v>
       </c>
       <c r="G288"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="B289" t="s">
         <v>8</v>
       </c>
       <c r="C289" t="s">
-        <v>20</v>
+        <v>217</v>
       </c>
       <c r="D289">
-        <v>1971</v>
+        <v>2011</v>
       </c>
       <c r="E289"/>
       <c r="F289" t="s">
-        <v>13</v>
+        <v>435</v>
       </c>
       <c r="G289"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>427</v>
+        <v>436</v>
       </c>
       <c r="B290" t="s">
         <v>8</v>
       </c>
       <c r="C290" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D290">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="E290"/>
       <c r="F290" t="s">
-        <v>428</v>
+        <v>13</v>
       </c>
       <c r="G290"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="B291" t="s">
         <v>8</v>
       </c>
       <c r="C291" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D291">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="E291"/>
       <c r="F291" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="G291"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="B292" t="s">
         <v>8</v>
       </c>
       <c r="C292" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D292">
-        <v>1972</v>
+        <v>2013</v>
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
-        <v>44</v>
+        <v>440</v>
       </c>
       <c r="G292"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="B293" t="s">
         <v>8</v>
       </c>
       <c r="C293" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D293">
-        <v>1991</v>
+        <v>2009</v>
       </c>
       <c r="E293"/>
       <c r="F293" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="G293"/>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>433</v>
+        <v>442</v>
       </c>
       <c r="B294" t="s">
         <v>8</v>
       </c>
       <c r="C294" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D294">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E294"/>
       <c r="F294" t="s">
-        <v>434</v>
+        <v>13</v>
       </c>
       <c r="G294"/>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="B295" t="s">
         <v>8</v>
       </c>
       <c r="C295" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D295">
         <v>1994</v>
       </c>
       <c r="E295"/>
       <c r="F295" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="G295"/>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="B296" t="s">
         <v>8</v>
       </c>
       <c r="C296" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D296">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E296"/>
       <c r="F296" t="s">
-        <v>138</v>
+        <v>22</v>
       </c>
       <c r="G296"/>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="B297" t="s">
         <v>8</v>
       </c>
       <c r="C297" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D297">
-        <v>1973</v>
+        <v>2012</v>
       </c>
       <c r="E297"/>
       <c r="F297" t="s">
-        <v>255</v>
+        <v>340</v>
       </c>
       <c r="G297"/>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="B298" t="s">
         <v>8</v>
       </c>
       <c r="C298" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="D298">
-        <v>1987</v>
+        <v>2009</v>
       </c>
       <c r="E298"/>
       <c r="F298" t="s">
-        <v>440</v>
+        <v>179</v>
       </c>
       <c r="G298"/>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B299" t="s">
         <v>8</v>
       </c>
       <c r="C299" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D299">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E299"/>
       <c r="F299" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G299"/>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="B300" t="s">
         <v>8</v>
       </c>
       <c r="C300" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D300">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="E300"/>
       <c r="F300" t="s">
         <v>13</v>
       </c>
       <c r="G300"/>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="B301" t="s">
         <v>8</v>
       </c>
       <c r="C301" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D301">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E301"/>
       <c r="F301" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G301"/>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="B302" t="s">
         <v>8</v>
       </c>
       <c r="C302" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D302">
-        <v>2008</v>
+        <v>1978</v>
       </c>
       <c r="E302"/>
       <c r="F302" t="s">
-        <v>149</v>
+        <v>22</v>
       </c>
       <c r="G302"/>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="B303" t="s">
         <v>8</v>
       </c>
       <c r="C303" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D303">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="E303"/>
       <c r="F303" t="s">
-        <v>171</v>
+        <v>453</v>
       </c>
       <c r="G303"/>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="B304" t="s">
         <v>8</v>
       </c>
       <c r="C304" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="D304">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E304"/>
       <c r="F304" t="s">
-        <v>97</v>
+        <v>455</v>
       </c>
       <c r="G304"/>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="B305" t="s">
         <v>8</v>
       </c>
       <c r="C305" t="s">
         <v>12</v>
       </c>
       <c r="D305">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="E305"/>
       <c r="F305" t="s">
-        <v>448</v>
+        <v>22</v>
       </c>
       <c r="G305"/>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="B306" t="s">
         <v>8</v>
       </c>
       <c r="C306" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D306">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E306"/>
       <c r="F306" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G306"/>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="B307" t="s">
         <v>8</v>
       </c>
       <c r="C307" t="s">
         <v>12</v>
       </c>
       <c r="D307">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E307"/>
       <c r="F307" t="s">
-        <v>23</v>
+        <v>459</v>
       </c>
       <c r="G307"/>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="B308" t="s">
         <v>8</v>
       </c>
       <c r="C308" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D308">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="E308"/>
       <c r="F308" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="G308"/>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="B309" t="s">
         <v>8</v>
       </c>
       <c r="C309" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D309">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="E309"/>
       <c r="F309" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G309"/>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="B310" t="s">
         <v>8</v>
       </c>
       <c r="C310" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D310">
-        <v>1971</v>
+        <v>2005</v>
       </c>
       <c r="E310"/>
       <c r="F310" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="G310"/>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="B311" t="s">
         <v>8</v>
       </c>
       <c r="C311" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D311">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E311"/>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="G311"/>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
       <c r="B312" t="s">
         <v>8</v>
       </c>
       <c r="C312" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D312">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E312"/>
       <c r="F312" t="s">
-        <v>95</v>
+        <v>270</v>
       </c>
       <c r="G312"/>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="B313" t="s">
         <v>8</v>
       </c>
       <c r="C313" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D313">
-        <v>2009</v>
+        <v>1979</v>
       </c>
       <c r="E313"/>
       <c r="F313" t="s">
-        <v>28</v>
+        <v>466</v>
       </c>
       <c r="G313"/>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="B314" t="s">
         <v>8</v>
       </c>
       <c r="C314" t="s">
-        <v>284</v>
+        <v>181</v>
       </c>
       <c r="D314">
-        <v>2011</v>
+        <v>1929</v>
       </c>
       <c r="E314"/>
       <c r="F314" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G314"/>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="B315" t="s">
         <v>8</v>
       </c>
       <c r="C315" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D315">
-        <v>1998</v>
+        <v>1975</v>
       </c>
       <c r="E315"/>
       <c r="F315" t="s">
-        <v>459</v>
+        <v>22</v>
       </c>
       <c r="G315"/>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>308</v>
+        <v>469</v>
       </c>
       <c r="B316" t="s">
         <v>8</v>
       </c>
       <c r="C316" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D316">
-        <v>2011</v>
+        <v>1973</v>
       </c>
       <c r="E316"/>
       <c r="F316" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G316"/>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="B317" t="s">
         <v>8</v>
       </c>
       <c r="C317" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D317">
-        <v>1977</v>
+        <v>2012</v>
       </c>
       <c r="E317"/>
       <c r="F317" t="s">
-        <v>385</v>
+        <v>13</v>
       </c>
       <c r="G317"/>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="B318" t="s">
         <v>8</v>
       </c>
       <c r="C318" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D318">
-        <v>1990</v>
+        <v>2008</v>
       </c>
       <c r="E318"/>
       <c r="F318" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="G318"/>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="B319" t="s">
         <v>8</v>
       </c>
       <c r="C319" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D319">
-        <v>1996</v>
+        <v>1985</v>
       </c>
       <c r="E319"/>
       <c r="F319" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G319"/>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
       <c r="B320" t="s">
         <v>8</v>
       </c>
       <c r="C320" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D320">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E320"/>
       <c r="F320" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G320"/>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
       <c r="B321" t="s">
         <v>8</v>
       </c>
       <c r="C321" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D321">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E321"/>
       <c r="F321" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="G321"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
       <c r="B322" t="s">
         <v>8</v>
       </c>
       <c r="C322" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D322">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="E322"/>
       <c r="F322" t="s">
-        <v>174</v>
+        <v>477</v>
       </c>
       <c r="G322"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="B323" t="s">
         <v>8</v>
       </c>
       <c r="C323" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D323">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E323"/>
       <c r="F323" t="s">
-        <v>13</v>
+        <v>479</v>
       </c>
       <c r="G323"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="B324" t="s">
         <v>8</v>
       </c>
       <c r="C324" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D324">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="E324"/>
       <c r="F324" t="s">
-        <v>61</v>
+        <v>481</v>
       </c>
       <c r="G324"/>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="B325" t="s">
         <v>8</v>
       </c>
       <c r="C325" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D325">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E325"/>
       <c r="F325" t="s">
-        <v>470</v>
+        <v>13</v>
       </c>
       <c r="G325"/>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
       <c r="B326" t="s">
         <v>8</v>
       </c>
       <c r="C326" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D326">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E326"/>
       <c r="F326" t="s">
-        <v>63</v>
+        <v>481</v>
       </c>
       <c r="G326"/>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="B327" t="s">
         <v>8</v>
       </c>
       <c r="C327" t="s">
-        <v>399</v>
+        <v>12</v>
       </c>
       <c r="D327">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E327"/>
       <c r="F327" t="s">
-        <v>473</v>
+        <v>187</v>
       </c>
       <c r="G327"/>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="B328" t="s">
         <v>8</v>
       </c>
       <c r="C328" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D328">
-        <v>1969</v>
+        <v>2017</v>
       </c>
       <c r="E328"/>
       <c r="F328" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="G328"/>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>475</v>
+        <v>486</v>
       </c>
       <c r="B329" t="s">
         <v>8</v>
       </c>
       <c r="C329" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D329">
-        <v>1971</v>
+        <v>1992</v>
       </c>
       <c r="E329"/>
       <c r="F329" t="s">
-        <v>44</v>
+        <v>487</v>
       </c>
       <c r="G329"/>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>476</v>
+        <v>488</v>
       </c>
       <c r="B330" t="s">
         <v>8</v>
       </c>
       <c r="C330" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D330">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="E330"/>
       <c r="F330" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="G330"/>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="B331" t="s">
         <v>8</v>
       </c>
       <c r="C331" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D331">
-        <v>1963</v>
+        <v>2013</v>
       </c>
       <c r="E331"/>
       <c r="F331" t="s">
-        <v>294</v>
+        <v>30</v>
       </c>
       <c r="G331"/>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="B332" t="s">
         <v>8</v>
       </c>
       <c r="C332" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D332">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E332"/>
       <c r="F332" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G332"/>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>456</v>
+        <v>492</v>
       </c>
       <c r="B333" t="s">
         <v>8</v>
       </c>
       <c r="C333" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D333">
-        <v>2009</v>
+        <v>1976</v>
       </c>
       <c r="E333"/>
       <c r="F333" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G333"/>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="B334" t="s">
         <v>8</v>
       </c>
       <c r="C334" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D334">
-        <v>1983</v>
+        <v>1967</v>
       </c>
       <c r="E334"/>
       <c r="F334" t="s">
-        <v>63</v>
+        <v>338</v>
       </c>
       <c r="G334"/>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
       <c r="B335" t="s">
         <v>8</v>
       </c>
       <c r="C335" t="s">
-        <v>284</v>
+        <v>192</v>
       </c>
       <c r="D335">
-        <v>2003</v>
+        <v>1970</v>
       </c>
       <c r="E335"/>
       <c r="F335" t="s">
-        <v>270</v>
+        <v>13</v>
       </c>
       <c r="G335"/>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="B336" t="s">
         <v>8</v>
       </c>
       <c r="C336" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="D336">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E336"/>
       <c r="F336" t="s">
-        <v>307</v>
+        <v>10</v>
       </c>
       <c r="G336"/>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>483</v>
+        <v>496</v>
       </c>
       <c r="B337" t="s">
         <v>8</v>
       </c>
       <c r="C337" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D337">
-        <v>1982</v>
+        <v>2014</v>
       </c>
       <c r="E337"/>
       <c r="F337" t="s">
-        <v>484</v>
+        <v>250</v>
       </c>
       <c r="G337"/>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
       <c r="B338" t="s">
         <v>8</v>
       </c>
       <c r="C338" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D338">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E338"/>
       <c r="F338" t="s">
-        <v>486</v>
+        <v>22</v>
       </c>
       <c r="G338"/>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="B339" t="s">
         <v>8</v>
       </c>
       <c r="C339" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D339">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E339"/>
       <c r="F339" t="s">
-        <v>13</v>
+        <v>423</v>
       </c>
       <c r="G339"/>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>488</v>
+        <v>499</v>
       </c>
       <c r="B340" t="s">
         <v>8</v>
       </c>
       <c r="C340" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D340">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E340"/>
-      <c r="F340"/>
+      <c r="F340" t="s">
+        <v>118</v>
+      </c>
       <c r="G340"/>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>489</v>
+        <v>500</v>
       </c>
       <c r="B341" t="s">
         <v>8</v>
       </c>
       <c r="C341" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D341">
-        <v>2008</v>
+        <v>1974</v>
       </c>
       <c r="E341"/>
       <c r="F341" t="s">
-        <v>233</v>
+        <v>108</v>
       </c>
       <c r="G341"/>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>490</v>
+        <v>501</v>
       </c>
       <c r="B342" t="s">
         <v>8</v>
       </c>
       <c r="C342" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D342">
-        <v>2011</v>
+        <v>1988</v>
       </c>
       <c r="E342"/>
       <c r="F342" t="s">
-        <v>128</v>
+        <v>502</v>
       </c>
       <c r="G342"/>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="B343" t="s">
         <v>8</v>
       </c>
       <c r="C343" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D343">
-        <v>2017</v>
+        <v>1994</v>
       </c>
       <c r="E343"/>
       <c r="F343" t="s">
-        <v>181</v>
+        <v>504</v>
       </c>
       <c r="G343"/>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>298</v>
+        <v>505</v>
       </c>
       <c r="B344" t="s">
         <v>8</v>
       </c>
       <c r="C344" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D344">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="E344"/>
       <c r="F344" t="s">
-        <v>44</v>
+        <v>171</v>
       </c>
       <c r="G344"/>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="B345" t="s">
         <v>8</v>
       </c>
       <c r="C345" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D345">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E345"/>
       <c r="F345" t="s">
-        <v>13</v>
+        <v>475</v>
       </c>
       <c r="G345"/>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
       <c r="B346" t="s">
         <v>8</v>
       </c>
       <c r="C346" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D346">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E346"/>
       <c r="F346" t="s">
-        <v>494</v>
+        <v>179</v>
       </c>
       <c r="G346"/>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="B347" t="s">
         <v>8</v>
       </c>
       <c r="C347" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D347">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E347"/>
       <c r="F347" t="s">
-        <v>13</v>
+        <v>179</v>
       </c>
       <c r="G347"/>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="B348" t="s">
         <v>8</v>
       </c>
       <c r="C348" t="s">
-        <v>20</v>
+        <v>217</v>
       </c>
       <c r="D348">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E348"/>
       <c r="F348" t="s">
-        <v>497</v>
+        <v>22</v>
       </c>
       <c r="G348"/>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>498</v>
+        <v>510</v>
       </c>
       <c r="B349" t="s">
         <v>8</v>
       </c>
       <c r="C349" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D349">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="E349"/>
       <c r="F349" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G349"/>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>499</v>
+        <v>511</v>
       </c>
       <c r="B350" t="s">
         <v>8</v>
       </c>
       <c r="C350" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D350">
-        <v>1974</v>
+        <v>2010</v>
       </c>
       <c r="E350"/>
       <c r="F350" t="s">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="G350"/>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>500</v>
+        <v>512</v>
       </c>
       <c r="B351" t="s">
         <v>8</v>
       </c>
       <c r="C351" t="s">
-        <v>501</v>
+        <v>29</v>
       </c>
       <c r="D351">
-        <v>1989</v>
+        <v>2014</v>
       </c>
       <c r="E351"/>
       <c r="F351" t="s">
-        <v>502</v>
+        <v>22</v>
       </c>
       <c r="G351"/>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="B352" t="s">
         <v>8</v>
       </c>
       <c r="C352" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D352">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E352"/>
       <c r="F352" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="G352"/>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="B353" t="s">
         <v>8</v>
       </c>
       <c r="C353" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D353">
-        <v>2016</v>
+        <v>1969</v>
       </c>
       <c r="E353"/>
       <c r="F353" t="s">
-        <v>160</v>
+        <v>118</v>
       </c>
       <c r="G353"/>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="B354" t="s">
         <v>8</v>
       </c>
       <c r="C354" t="s">
-        <v>284</v>
+        <v>43</v>
       </c>
       <c r="D354">
-        <v>1994</v>
+        <v>1982</v>
       </c>
       <c r="E354"/>
       <c r="F354" t="s">
-        <v>507</v>
+        <v>13</v>
       </c>
       <c r="G354"/>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>508</v>
+        <v>517</v>
       </c>
       <c r="B355" t="s">
         <v>8</v>
       </c>
       <c r="C355" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D355">
-        <v>2007</v>
+        <v>1969</v>
       </c>
       <c r="E355"/>
       <c r="F355" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G355"/>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>509</v>
+        <v>518</v>
       </c>
       <c r="B356" t="s">
         <v>8</v>
       </c>
       <c r="C356" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D356">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="E356"/>
       <c r="F356" t="s">
-        <v>510</v>
+        <v>100</v>
       </c>
       <c r="G356"/>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="B357" t="s">
         <v>8</v>
       </c>
       <c r="C357" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="D357">
-        <v>1988</v>
+        <v>2004</v>
       </c>
       <c r="E357"/>
       <c r="F357" t="s">
-        <v>512</v>
+        <v>338</v>
       </c>
       <c r="G357"/>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="B358" t="s">
         <v>8</v>
       </c>
       <c r="C358" t="s">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="D358">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="E358"/>
       <c r="F358" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G358"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="B359" t="s">
         <v>8</v>
       </c>
       <c r="C359" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D359">
-        <v>2001</v>
+        <v>1971</v>
       </c>
       <c r="E359"/>
       <c r="F359" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G359"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="B360" t="s">
         <v>8</v>
       </c>
       <c r="C360" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D360">
-        <v>2005</v>
+        <v>1998</v>
       </c>
       <c r="E360"/>
       <c r="F360" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G360"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="B361" t="s">
         <v>8</v>
       </c>
       <c r="C361" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D361">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E361"/>
       <c r="F361" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G361"/>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="B362" t="s">
         <v>8</v>
       </c>
       <c r="C362" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D362">
-        <v>2013</v>
+        <v>1979</v>
       </c>
       <c r="E362"/>
       <c r="F362" t="s">
-        <v>267</v>
+        <v>13</v>
       </c>
       <c r="G362"/>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="B363" t="s">
         <v>8</v>
       </c>
       <c r="C363" t="s">
-        <v>211</v>
+        <v>12</v>
       </c>
       <c r="D363">
-        <v>2011</v>
+        <v>1991</v>
       </c>
       <c r="E363"/>
       <c r="F363" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="G363"/>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="B364" t="s">
         <v>8</v>
       </c>
       <c r="C364" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D364">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="E364"/>
       <c r="F364" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
       <c r="G364"/>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>304</v>
+        <v>528</v>
       </c>
       <c r="B365" t="s">
         <v>8</v>
       </c>
       <c r="C365" t="s">
         <v>12</v>
       </c>
       <c r="D365">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="E365"/>
-      <c r="F365" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F365"/>
       <c r="G365"/>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="B366" t="s">
         <v>8</v>
       </c>
       <c r="C366" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D366">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E366"/>
       <c r="F366" t="s">
-        <v>523</v>
+        <v>44</v>
       </c>
       <c r="G366"/>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="B367" t="s">
         <v>8</v>
       </c>
       <c r="C367" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D367">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E367"/>
       <c r="F367" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G367"/>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="B368" t="s">
         <v>8</v>
       </c>
       <c r="C368" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D368">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E368"/>
       <c r="F368" t="s">
-        <v>28</v>
+        <v>532</v>
       </c>
       <c r="G368"/>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="B369" t="s">
         <v>8</v>
       </c>
       <c r="C369" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D369">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="E369"/>
       <c r="F369" t="s">
-        <v>527</v>
+        <v>13</v>
       </c>
       <c r="G369"/>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="B370" t="s">
         <v>8</v>
       </c>
       <c r="C370" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D370">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="E370"/>
       <c r="F370" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="G370"/>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="B371" t="s">
         <v>8</v>
       </c>
       <c r="C371" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D371">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E371"/>
       <c r="F371" t="s">
-        <v>430</v>
+        <v>50</v>
       </c>
       <c r="G371"/>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="B372" t="s">
         <v>8</v>
       </c>
       <c r="C372" t="s">
-        <v>250</v>
+        <v>29</v>
       </c>
       <c r="D372">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E372"/>
       <c r="F372" t="s">
-        <v>174</v>
+        <v>50</v>
       </c>
       <c r="G372"/>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="B373" t="s">
         <v>8</v>
       </c>
       <c r="C373" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D373">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E373"/>
       <c r="F373" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G373"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="B374" t="s">
         <v>8</v>
       </c>
       <c r="C374" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D374">
-        <v>1998</v>
+        <v>1984</v>
       </c>
       <c r="E374"/>
       <c r="F374" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G374"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="B375" t="s">
         <v>8</v>
       </c>
       <c r="C375" t="s">
-        <v>284</v>
+        <v>43</v>
       </c>
       <c r="D375">
-        <v>2011</v>
+        <v>1974</v>
       </c>
       <c r="E375"/>
       <c r="F375" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="G375"/>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="B376" t="s">
         <v>8</v>
       </c>
       <c r="C376" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D376">
-        <v>1978</v>
+        <v>1992</v>
       </c>
       <c r="E376"/>
       <c r="F376" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="G376"/>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="B377" t="s">
         <v>8</v>
       </c>
       <c r="C377" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D377">
-        <v>1991</v>
+        <v>2009</v>
       </c>
       <c r="E377"/>
       <c r="F377" t="s">
-        <v>536</v>
+        <v>22</v>
       </c>
       <c r="G377"/>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B378" t="s">
         <v>8</v>
       </c>
       <c r="C378" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D378">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E378"/>
       <c r="F378" t="s">
-        <v>538</v>
+        <v>187</v>
       </c>
       <c r="G378"/>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="B379" t="s">
         <v>8</v>
       </c>
       <c r="C379" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D379">
-        <v>2003</v>
+        <v>1987</v>
       </c>
       <c r="E379"/>
       <c r="F379" t="s">
-        <v>13</v>
+        <v>124</v>
       </c>
       <c r="G379"/>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B380" t="s">
         <v>8</v>
       </c>
       <c r="C380" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D380">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E380"/>
       <c r="F380" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="G380"/>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B381" t="s">
         <v>8</v>
       </c>
       <c r="C381" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D381">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E381"/>
       <c r="F381" t="s">
-        <v>542</v>
+        <v>475</v>
       </c>
       <c r="G381"/>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="B382" t="s">
         <v>8</v>
       </c>
       <c r="C382" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D382">
-        <v>2015</v>
+        <v>1982</v>
       </c>
       <c r="E382"/>
       <c r="F382" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="G382"/>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B383" t="s">
         <v>8</v>
       </c>
       <c r="C383" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D383">
-        <v>1970</v>
+        <v>1992</v>
       </c>
       <c r="E383"/>
       <c r="F383" t="s">
         <v>13</v>
       </c>
       <c r="G383"/>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B384" t="s">
         <v>8</v>
       </c>
       <c r="C384" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="D384">
-        <v>2005</v>
+        <v>1998</v>
       </c>
       <c r="E384"/>
       <c r="F384" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G384"/>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B385" t="s">
         <v>8</v>
       </c>
       <c r="C385" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D385">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E385"/>
       <c r="F385" t="s">
-        <v>103</v>
+        <v>228</v>
       </c>
       <c r="G385"/>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B386" t="s">
         <v>8</v>
       </c>
       <c r="C386" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D386">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E386"/>
       <c r="F386" t="s">
-        <v>263</v>
+        <v>50</v>
       </c>
       <c r="G386"/>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="B387" t="s">
         <v>8</v>
       </c>
       <c r="C387" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D387">
-        <v>1979</v>
+        <v>2011</v>
       </c>
       <c r="E387"/>
       <c r="F387" t="s">
-        <v>549</v>
+        <v>161</v>
       </c>
       <c r="G387"/>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B388" t="s">
         <v>8</v>
       </c>
       <c r="C388" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D388">
-        <v>1929</v>
+        <v>2017</v>
       </c>
       <c r="E388"/>
       <c r="F388" t="s">
-        <v>13</v>
+        <v>553</v>
       </c>
       <c r="G388"/>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B389" t="s">
         <v>8</v>
       </c>
       <c r="C389" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D389">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="E389"/>
       <c r="F389" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G389"/>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B390" t="s">
         <v>8</v>
       </c>
       <c r="C390" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="D390">
-        <v>1973</v>
+        <v>2008</v>
       </c>
       <c r="E390"/>
-      <c r="F390" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F390"/>
       <c r="G390"/>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="B391" t="s">
         <v>8</v>
       </c>
       <c r="C391" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D391">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E391"/>
       <c r="F391" t="s">
-        <v>28</v>
+        <v>557</v>
       </c>
       <c r="G391"/>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B392" t="s">
         <v>8</v>
       </c>
       <c r="C392" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D392">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E392"/>
       <c r="F392" t="s">
-        <v>181</v>
+        <v>13</v>
       </c>
       <c r="G392"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B393" t="s">
         <v>8</v>
       </c>
       <c r="C393" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D393">
-        <v>1985</v>
+        <v>1971</v>
       </c>
       <c r="E393"/>
       <c r="F393" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G393"/>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="B394" t="s">
         <v>8</v>
       </c>
       <c r="C394" t="s">
-        <v>17</v>
+        <v>192</v>
       </c>
       <c r="D394">
-        <v>2002</v>
+        <v>1942</v>
       </c>
       <c r="E394"/>
       <c r="F394" t="s">
         <v>13</v>
       </c>
       <c r="G394"/>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="B395" t="s">
         <v>8</v>
       </c>
       <c r="C395" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D395">
-        <v>2016</v>
+        <v>1973</v>
       </c>
       <c r="E395"/>
       <c r="F395" t="s">
-        <v>558</v>
+        <v>10</v>
       </c>
       <c r="G395"/>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B396" t="s">
         <v>8</v>
       </c>
       <c r="C396" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D396">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="E396"/>
       <c r="F396" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="G396"/>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="B397" t="s">
         <v>8</v>
       </c>
       <c r="C397" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D397">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E397"/>
       <c r="F397" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="G397"/>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B398" t="s">
         <v>8</v>
       </c>
       <c r="C398" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D398">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="E398"/>
       <c r="F398" t="s">
-        <v>564</v>
+        <v>154</v>
       </c>
       <c r="G398"/>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>565</v>
+        <v>498</v>
       </c>
       <c r="B399" t="s">
         <v>8</v>
       </c>
       <c r="C399" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D399">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="E399"/>
       <c r="F399" t="s">
-        <v>28</v>
+        <v>270</v>
       </c>
       <c r="G399"/>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B400" t="s">
         <v>8</v>
       </c>
       <c r="C400" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D400">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E400"/>
       <c r="F400" t="s">
-        <v>564</v>
+        <v>118</v>
       </c>
       <c r="G400"/>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B401" t="s">
         <v>8</v>
       </c>
       <c r="C401" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D401">
-        <v>2011</v>
+        <v>1974</v>
       </c>
       <c r="E401"/>
       <c r="F401" t="s">
-        <v>181</v>
+        <v>487</v>
       </c>
       <c r="G401"/>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B402" t="s">
         <v>8</v>
       </c>
       <c r="C402" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D402">
-        <v>2017</v>
+        <v>1989</v>
       </c>
       <c r="E402"/>
       <c r="F402" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G402"/>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B403" t="s">
         <v>8</v>
       </c>
       <c r="C403" t="s">
         <v>12</v>
       </c>
       <c r="D403">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E403"/>
       <c r="F403" t="s">
-        <v>344</v>
+        <v>382</v>
       </c>
       <c r="G403"/>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B404" t="s">
         <v>8</v>
       </c>
       <c r="C404" t="s">
-        <v>399</v>
+        <v>12</v>
       </c>
       <c r="D404">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="E404"/>
       <c r="F404" t="s">
-        <v>571</v>
+        <v>557</v>
       </c>
       <c r="G404"/>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
         <v>572</v>
       </c>
       <c r="B405" t="s">
         <v>8</v>
       </c>
       <c r="C405" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D405">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E405"/>
       <c r="F405" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="G405"/>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
         <v>573</v>
       </c>
       <c r="B406" t="s">
         <v>8</v>
       </c>
       <c r="C406" t="s">
-        <v>399</v>
+        <v>12</v>
       </c>
       <c r="D406">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E406"/>
       <c r="F406" t="s">
-        <v>28</v>
+        <v>334</v>
       </c>
       <c r="G406"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
         <v>574</v>
       </c>
       <c r="B407" t="s">
         <v>8</v>
       </c>
       <c r="C407" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D407">
-        <v>1976</v>
+        <v>2014</v>
       </c>
       <c r="E407"/>
       <c r="F407" t="s">
-        <v>44</v>
+        <v>575</v>
       </c>
       <c r="G407"/>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B408" t="s">
         <v>8</v>
       </c>
       <c r="C408" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D408">
-        <v>1967</v>
+        <v>2012</v>
       </c>
       <c r="E408"/>
       <c r="F408" t="s">
-        <v>428</v>
+        <v>32</v>
       </c>
       <c r="G408"/>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B409" t="s">
         <v>8</v>
       </c>
       <c r="C409" t="s">
-        <v>186</v>
+        <v>29</v>
       </c>
       <c r="D409">
-        <v>1970</v>
+        <v>2001</v>
       </c>
       <c r="E409"/>
       <c r="F409" t="s">
-        <v>28</v>
+        <v>578</v>
       </c>
       <c r="G409"/>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="B410" t="s">
         <v>8</v>
       </c>
       <c r="C410" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="D410">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E410"/>
       <c r="F410" t="s">
-        <v>63</v>
+        <v>580</v>
       </c>
       <c r="G410"/>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B411" t="s">
         <v>8</v>
       </c>
       <c r="C411" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="D411">
         <v>2014</v>
       </c>
       <c r="E411"/>
       <c r="F411" t="s">
-        <v>243</v>
+        <v>22</v>
       </c>
       <c r="G411"/>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="B412" t="s">
         <v>8</v>
       </c>
       <c r="C412" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D412">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E412"/>
       <c r="F412" t="s">
-        <v>13</v>
+        <v>583</v>
       </c>
       <c r="G412"/>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="B413" t="s">
         <v>8</v>
       </c>
       <c r="C413" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D413">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="E413"/>
       <c r="F413" t="s">
-        <v>507</v>
+        <v>22</v>
       </c>
       <c r="G413"/>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="B414" t="s">
         <v>8</v>
       </c>
       <c r="C414" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="D414">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="E414"/>
       <c r="F414" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="G414"/>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="B415" t="s">
         <v>8</v>
       </c>
       <c r="C415" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D415">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E415"/>
       <c r="F415" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="G415"/>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="B416" t="s">
         <v>8</v>
       </c>
       <c r="C416" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D416">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E416"/>
       <c r="F416" t="s">
-        <v>584</v>
+        <v>426</v>
       </c>
       <c r="G416"/>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B417" t="s">
         <v>8</v>
       </c>
       <c r="C417" t="s">
-        <v>27</v>
+        <v>589</v>
       </c>
       <c r="D417">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="E417"/>
       <c r="F417" t="s">
-        <v>586</v>
+        <v>93</v>
       </c>
       <c r="G417"/>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="B418" t="s">
         <v>8</v>
       </c>
       <c r="C418" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D418">
-        <v>2001</v>
+        <v>1971</v>
       </c>
       <c r="E418"/>
       <c r="F418" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G418"/>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="B419" t="s">
         <v>8</v>
       </c>
       <c r="C419" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D419">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="E419"/>
       <c r="F419" t="s">
-        <v>558</v>
+        <v>243</v>
       </c>
       <c r="G419"/>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B420" t="s">
         <v>8</v>
       </c>
       <c r="C420" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D420">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E420"/>
       <c r="F420" t="s">
-        <v>174</v>
+        <v>13</v>
       </c>
       <c r="G420"/>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B421" t="s">
         <v>8</v>
       </c>
       <c r="C421" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D421">
-        <v>2013</v>
+        <v>1979</v>
       </c>
       <c r="E421"/>
       <c r="F421" t="s">
-        <v>174</v>
+        <v>466</v>
       </c>
       <c r="G421"/>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="B422" t="s">
         <v>8</v>
       </c>
       <c r="C422" t="s">
-        <v>211</v>
+        <v>29</v>
       </c>
       <c r="D422">
-        <v>2011</v>
+        <v>1991</v>
       </c>
       <c r="E422"/>
       <c r="F422" t="s">
-        <v>13</v>
+        <v>595</v>
       </c>
       <c r="G422"/>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="B423" t="s">
         <v>8</v>
       </c>
       <c r="C423" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="D423">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="E423"/>
       <c r="F423" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G423"/>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="B424" t="s">
         <v>8</v>
       </c>
       <c r="C424" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D424">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="E424"/>
       <c r="F424" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="G424"/>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="B425" t="s">
         <v>8</v>
       </c>
       <c r="C425" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D425">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="E425"/>
       <c r="F425" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G425"/>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="B426" t="s">
         <v>8</v>
       </c>
       <c r="C426" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D426">
         <v>2010</v>
       </c>
       <c r="E426"/>
       <c r="F426" t="s">
-        <v>596</v>
+        <v>22</v>
       </c>
       <c r="G426"/>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B427" t="s">
         <v>8</v>
       </c>
       <c r="C427" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D427">
-        <v>1969</v>
+        <v>2016</v>
       </c>
       <c r="E427"/>
       <c r="F427" t="s">
-        <v>113</v>
+        <v>10</v>
       </c>
       <c r="G427"/>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B428" t="s">
         <v>8</v>
       </c>
       <c r="C428" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D428">
-        <v>1982</v>
+        <v>1975</v>
       </c>
       <c r="E428"/>
       <c r="F428" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G428"/>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="B429" t="s">
         <v>8</v>
       </c>
       <c r="C429" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D429">
-        <v>1969</v>
+        <v>2005</v>
       </c>
       <c r="E429"/>
       <c r="F429" t="s">
-        <v>13</v>
+        <v>603</v>
       </c>
       <c r="G429"/>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>297</v>
+        <v>604</v>
       </c>
       <c r="B430" t="s">
         <v>8</v>
       </c>
       <c r="C430" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="D430">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E430"/>
       <c r="F430" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="G430"/>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="B431" t="s">
         <v>8</v>
       </c>
       <c r="C431" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D431">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="E431"/>
       <c r="F431" t="s">
-        <v>428</v>
+        <v>22</v>
       </c>
       <c r="G431"/>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="B432" t="s">
         <v>8</v>
       </c>
       <c r="C432" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D432">
-        <v>2002</v>
+        <v>1972</v>
       </c>
       <c r="E432"/>
       <c r="F432" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G432"/>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B433" t="s">
         <v>8</v>
       </c>
       <c r="C433" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D433">
-        <v>1971</v>
+        <v>2004</v>
       </c>
       <c r="E433"/>
       <c r="F433" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G433"/>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B434" t="s">
         <v>8</v>
       </c>
       <c r="C434" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D434">
-        <v>1998</v>
+        <v>1974</v>
       </c>
       <c r="E434"/>
       <c r="F434" t="s">
-        <v>13</v>
+        <v>609</v>
       </c>
       <c r="G434"/>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="B435" t="s">
         <v>8</v>
       </c>
       <c r="C435" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D435">
-        <v>2011</v>
+        <v>1972</v>
       </c>
       <c r="E435"/>
       <c r="F435" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G435"/>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="B436" t="s">
         <v>8</v>
       </c>
       <c r="C436" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D436">
-        <v>1979</v>
+        <v>2004</v>
       </c>
       <c r="E436"/>
       <c r="F436" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G436"/>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="B437" t="s">
         <v>8</v>
       </c>
       <c r="C437" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D437">
-        <v>1991</v>
+        <v>2006</v>
       </c>
       <c r="E437"/>
       <c r="F437" t="s">
-        <v>607</v>
+        <v>143</v>
       </c>
       <c r="G437"/>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B438" t="s">
         <v>8</v>
       </c>
       <c r="C438" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D438">
-        <v>1997</v>
+        <v>1987</v>
       </c>
       <c r="E438"/>
       <c r="F438" t="s">
-        <v>385</v>
+        <v>50</v>
       </c>
       <c r="G438"/>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="B439" t="s">
         <v>8</v>
       </c>
       <c r="C439" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D439">
         <v>2003</v>
       </c>
       <c r="E439"/>
-      <c r="F439"/>
+      <c r="F439" t="s">
+        <v>481</v>
+      </c>
       <c r="G439"/>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="B440" t="s">
         <v>8</v>
       </c>
       <c r="C440" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D440">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E440"/>
       <c r="F440" t="s">
-        <v>37</v>
+        <v>287</v>
       </c>
       <c r="G440"/>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B441" t="s">
         <v>8</v>
       </c>
       <c r="C441" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D441">
-        <v>2010</v>
+        <v>1983</v>
       </c>
       <c r="E441"/>
       <c r="F441" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="G441"/>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="B442" t="s">
         <v>8</v>
       </c>
       <c r="C442" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D442">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E442"/>
       <c r="F442" t="s">
-        <v>358</v>
+        <v>609</v>
       </c>
       <c r="G442"/>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="B443" t="s">
         <v>8</v>
       </c>
       <c r="C443" t="s">
         <v>12</v>
       </c>
       <c r="D443">
-        <v>1972</v>
+        <v>1999</v>
       </c>
       <c r="E443"/>
       <c r="F443" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G443"/>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B444" t="s">
         <v>8</v>
       </c>
       <c r="C444" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D444">
         <v>2005</v>
       </c>
       <c r="E444"/>
       <c r="F444" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G444"/>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="B445" t="s">
         <v>8</v>
       </c>
       <c r="C445" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D445">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E445"/>
       <c r="F445" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G445"/>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B446" t="s">
         <v>8</v>
       </c>
       <c r="C446" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D446">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E446"/>
       <c r="F446" t="s">
-        <v>44</v>
+        <v>622</v>
       </c>
       <c r="G446"/>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="B447" t="s">
         <v>8</v>
       </c>
       <c r="C447" t="s">
         <v>12</v>
       </c>
       <c r="D447">
-        <v>1994</v>
+        <v>2017</v>
       </c>
       <c r="E447"/>
       <c r="F447" t="s">
-        <v>13</v>
+        <v>624</v>
       </c>
       <c r="G447"/>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="B448" t="s">
         <v>8</v>
       </c>
       <c r="C448" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D448">
-        <v>1984</v>
+        <v>1995</v>
       </c>
       <c r="E448"/>
       <c r="F448" t="s">
-        <v>13</v>
+        <v>218</v>
       </c>
       <c r="G448"/>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="B449" t="s">
         <v>8</v>
       </c>
       <c r="C449" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D449">
-        <v>1974</v>
+        <v>2008</v>
       </c>
       <c r="E449"/>
       <c r="F449" t="s">
-        <v>117</v>
+        <v>41</v>
       </c>
       <c r="G449"/>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="B450" t="s">
         <v>8</v>
       </c>
       <c r="C450" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D450">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="E450"/>
       <c r="F450" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G450"/>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="B451" t="s">
         <v>8</v>
       </c>
       <c r="C451" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D451">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E451"/>
       <c r="F451" t="s">
         <v>13</v>
       </c>
       <c r="G451"/>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="B452" t="s">
         <v>8</v>
       </c>
       <c r="C452" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D452">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E452"/>
       <c r="F452" t="s">
-        <v>181</v>
+        <v>32</v>
       </c>
       <c r="G452"/>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="B453" t="s">
         <v>8</v>
       </c>
       <c r="C453" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D453">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="E453"/>
       <c r="F453" t="s">
-        <v>119</v>
+        <v>218</v>
       </c>
       <c r="G453"/>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="B454" t="s">
         <v>8</v>
       </c>
       <c r="C454" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D454">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="E454"/>
       <c r="F454" t="s">
-        <v>113</v>
+        <v>270</v>
       </c>
       <c r="G454"/>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="B455" t="s">
         <v>8</v>
       </c>
       <c r="C455" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="D455">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E455"/>
       <c r="F455" t="s">
-        <v>558</v>
+        <v>502</v>
       </c>
       <c r="G455"/>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="B456" t="s">
         <v>8</v>
       </c>
       <c r="C456" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D456">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="E456"/>
       <c r="F456" t="s">
-        <v>28</v>
+        <v>634</v>
       </c>
       <c r="G456"/>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="B457" t="s">
         <v>8</v>
       </c>
       <c r="C457" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D457">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E457"/>
       <c r="F457" t="s">
-        <v>28</v>
+        <v>243</v>
       </c>
       <c r="G457"/>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="B458" t="s">
         <v>8</v>
       </c>
       <c r="C458" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D458">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E458"/>
       <c r="F458" t="s">
-        <v>13</v>
+        <v>270</v>
       </c>
       <c r="G458"/>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="B459" t="s">
         <v>8</v>
       </c>
       <c r="C459" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D459">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E459"/>
       <c r="F459" t="s">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="G459"/>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="B460" t="s">
         <v>8</v>
       </c>
       <c r="C460" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D460">
-        <v>2008</v>
+        <v>1975</v>
       </c>
       <c r="E460"/>
       <c r="F460" t="s">
-        <v>44</v>
+        <v>108</v>
       </c>
       <c r="G460"/>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="B461" t="s">
         <v>8</v>
       </c>
       <c r="C461" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D461">
-        <v>2011</v>
+        <v>1989</v>
       </c>
       <c r="E461"/>
       <c r="F461" t="s">
-        <v>156</v>
+        <v>640</v>
       </c>
       <c r="G461"/>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="B462" t="s">
         <v>8</v>
       </c>
       <c r="C462" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D462">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="E462"/>
       <c r="F462" t="s">
-        <v>633</v>
+        <v>22</v>
       </c>
       <c r="G462"/>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="B463" t="s">
         <v>8</v>
       </c>
       <c r="C463" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D463">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="E463"/>
       <c r="F463" t="s">
-        <v>23</v>
+        <v>187</v>
       </c>
       <c r="G463"/>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="B464" t="s">
         <v>8</v>
       </c>
       <c r="C464" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D464">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E464"/>
-      <c r="F464"/>
+      <c r="F464" t="s">
+        <v>157</v>
+      </c>
       <c r="G464"/>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="B465" t="s">
         <v>8</v>
       </c>
       <c r="C465" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D465">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E465"/>
-      <c r="F465" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F465"/>
       <c r="G465"/>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="B466" t="s">
         <v>8</v>
       </c>
       <c r="C466" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D466">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E466"/>
       <c r="F466" t="s">
-        <v>28</v>
+        <v>575</v>
       </c>
       <c r="G466"/>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="B467" t="s">
         <v>8</v>
       </c>
       <c r="C467" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D467">
-        <v>1971</v>
+        <v>2013</v>
       </c>
       <c r="E467"/>
       <c r="F467" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G467"/>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="B468" t="s">
         <v>8</v>
       </c>
       <c r="C468" t="s">
-        <v>186</v>
+        <v>12</v>
       </c>
       <c r="D468">
-        <v>1942</v>
+        <v>2001</v>
       </c>
       <c r="E468"/>
       <c r="F468" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="G468"/>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="B469" t="s">
         <v>8</v>
       </c>
       <c r="C469" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D469">
-        <v>1973</v>
+        <v>2010</v>
       </c>
       <c r="E469"/>
       <c r="F469" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="G469"/>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>313</v>
+        <v>649</v>
       </c>
       <c r="B470" t="s">
         <v>8</v>
       </c>
       <c r="C470" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D470">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="E470"/>
       <c r="F470" t="s">
-        <v>642</v>
+        <v>13</v>
       </c>
       <c r="G470"/>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="B471" t="s">
         <v>8</v>
       </c>
       <c r="C471" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D471">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E471"/>
       <c r="F471" t="s">
-        <v>644</v>
+        <v>118</v>
       </c>
       <c r="G471"/>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="B472" t="s">
         <v>8</v>
       </c>
       <c r="C472" t="s">
-        <v>27</v>
+        <v>311</v>
       </c>
       <c r="D472">
-        <v>2017</v>
+        <v>1971</v>
       </c>
       <c r="E472"/>
       <c r="F472" t="s">
-        <v>149</v>
+        <v>338</v>
       </c>
       <c r="G472"/>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>580</v>
+        <v>652</v>
       </c>
       <c r="B473" t="s">
         <v>8</v>
       </c>
       <c r="C473" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D473">
-        <v>1994</v>
+        <v>1968</v>
       </c>
       <c r="E473"/>
       <c r="F473" t="s">
-        <v>263</v>
+        <v>13</v>
       </c>
       <c r="G473"/>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="B474" t="s">
         <v>8</v>
       </c>
       <c r="C474" t="s">
-        <v>12</v>
+        <v>311</v>
       </c>
       <c r="D474">
-        <v>2007</v>
+        <v>1983</v>
       </c>
       <c r="E474"/>
       <c r="F474" t="s">
-        <v>113</v>
+        <v>654</v>
       </c>
       <c r="G474"/>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="B475" t="s">
         <v>8</v>
       </c>
       <c r="C475" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D475">
-        <v>1974</v>
+        <v>1989</v>
       </c>
       <c r="E475"/>
       <c r="F475" t="s">
-        <v>344</v>
+        <v>487</v>
       </c>
       <c r="G475"/>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="B476" t="s">
         <v>8</v>
       </c>
       <c r="C476" t="s">
-        <v>27</v>
+        <v>589</v>
       </c>
       <c r="D476">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="E476"/>
       <c r="F476" t="s">
-        <v>63</v>
+        <v>657</v>
       </c>
       <c r="G476"/>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="B477" t="s">
         <v>8</v>
       </c>
       <c r="C477" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D477">
-        <v>1995</v>
+        <v>1978</v>
       </c>
       <c r="E477"/>
       <c r="F477" t="s">
-        <v>470</v>
+        <v>270</v>
       </c>
       <c r="G477"/>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>650</v>
+        <v>659</v>
       </c>
       <c r="B478" t="s">
         <v>8</v>
       </c>
       <c r="C478" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D478">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E478"/>
       <c r="F478" t="s">
-        <v>637</v>
+        <v>302</v>
       </c>
       <c r="G478"/>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>651</v>
+        <v>660</v>
       </c>
       <c r="B479" t="s">
         <v>8</v>
       </c>
       <c r="C479" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D479">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E479"/>
       <c r="F479" t="s">
-        <v>117</v>
+        <v>270</v>
       </c>
       <c r="G479"/>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="B480" t="s">
         <v>8</v>
       </c>
       <c r="C480" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D480">
-        <v>2009</v>
+        <v>1980</v>
       </c>
       <c r="E480"/>
       <c r="F480" t="s">
-        <v>424</v>
+        <v>22</v>
       </c>
       <c r="G480"/>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="B481" t="s">
         <v>8</v>
       </c>
       <c r="C481" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D481">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E481"/>
       <c r="F481" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="G481"/>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B482" t="s">
         <v>8</v>
       </c>
       <c r="C482" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D482">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="E482"/>
       <c r="F482" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G482"/>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="B483" t="s">
         <v>8</v>
       </c>
       <c r="C483" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D483">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E483"/>
       <c r="F483" t="s">
-        <v>657</v>
+        <v>67</v>
       </c>
       <c r="G483"/>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="B484" t="s">
         <v>8</v>
       </c>
       <c r="C484" t="s">
         <v>12</v>
       </c>
       <c r="D484">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E484"/>
       <c r="F484" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="G484"/>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="B485" t="s">
         <v>8</v>
       </c>
       <c r="C485" t="s">
         <v>12</v>
       </c>
       <c r="D485">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E485"/>
       <c r="F485" t="s">
-        <v>13</v>
+        <v>397</v>
       </c>
       <c r="G485"/>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="B486" t="s">
         <v>8</v>
       </c>
       <c r="C486" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D486">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E486"/>
       <c r="F486" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="G486"/>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="B487" t="s">
         <v>8</v>
       </c>
       <c r="C487" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D487">
-        <v>2010</v>
+        <v>1979</v>
       </c>
       <c r="E487"/>
       <c r="F487" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G487"/>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="B488" t="s">
         <v>8</v>
       </c>
       <c r="C488" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D488">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E488"/>
       <c r="F488" t="s">
-        <v>95</v>
+        <v>673</v>
       </c>
       <c r="G488"/>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="B489" t="s">
         <v>8</v>
       </c>
       <c r="C489" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D489">
-        <v>1972</v>
+        <v>2012</v>
       </c>
       <c r="E489"/>
       <c r="F489" t="s">
-        <v>44</v>
+        <v>392</v>
       </c>
       <c r="G489"/>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="B490" t="s">
         <v>8</v>
       </c>
       <c r="C490" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D490">
         <v>2016</v>
       </c>
       <c r="E490"/>
       <c r="F490" t="s">
-        <v>510</v>
+        <v>13</v>
       </c>
       <c r="G490"/>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
       <c r="B491" t="s">
         <v>8</v>
       </c>
       <c r="C491" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="D491">
-        <v>2010</v>
+        <v>1975</v>
       </c>
       <c r="E491"/>
       <c r="F491" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="G491"/>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>669</v>
+        <v>678</v>
       </c>
       <c r="B492" t="s">
         <v>8</v>
       </c>
       <c r="C492" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D492">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="E492"/>
       <c r="F492" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G492"/>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
       <c r="B493" t="s">
         <v>8</v>
       </c>
       <c r="C493" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D493">
-        <v>1999</v>
+        <v>1985</v>
       </c>
       <c r="E493"/>
       <c r="F493" t="s">
-        <v>236</v>
+        <v>13</v>
       </c>
       <c r="G493"/>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="B494" t="s">
         <v>8</v>
       </c>
       <c r="C494" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D494">
-        <v>2011</v>
+        <v>1987</v>
       </c>
       <c r="E494"/>
       <c r="F494" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G494"/>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
       <c r="B495" t="s">
         <v>8</v>
       </c>
       <c r="C495" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D495">
-        <v>1979</v>
+        <v>2004</v>
       </c>
       <c r="E495"/>
       <c r="F495" t="s">
-        <v>549</v>
+        <v>334</v>
       </c>
       <c r="G495"/>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>673</v>
+        <v>682</v>
       </c>
       <c r="B496" t="s">
         <v>8</v>
       </c>
       <c r="C496" t="s">
-        <v>20</v>
+        <v>230</v>
       </c>
       <c r="D496">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="E496"/>
       <c r="F496" t="s">
-        <v>292</v>
+        <v>250</v>
       </c>
       <c r="G496"/>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="B497" t="s">
         <v>8</v>
       </c>
       <c r="C497" t="s">
-        <v>33</v>
+        <v>368</v>
       </c>
       <c r="D497">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="E497"/>
       <c r="F497" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="G497"/>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="B498" t="s">
         <v>8</v>
       </c>
       <c r="C498" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D498">
         <v>2003</v>
       </c>
       <c r="E498"/>
       <c r="F498" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="G498"/>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="B499" t="s">
         <v>8</v>
       </c>
       <c r="C499" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D499">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E499"/>
       <c r="F499" t="s">
-        <v>13</v>
+        <v>382</v>
       </c>
       <c r="G499"/>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="B500" t="s">
         <v>8</v>
       </c>
       <c r="C500" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D500">
-        <v>2010</v>
+        <v>1984</v>
       </c>
       <c r="E500"/>
       <c r="F500" t="s">
-        <v>13</v>
+        <v>207</v>
       </c>
       <c r="G500"/>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="B501" t="s">
         <v>8</v>
       </c>
       <c r="C501" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D501">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E501"/>
-      <c r="F501" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F501"/>
       <c r="G501"/>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="B502" t="s">
         <v>8</v>
       </c>
       <c r="C502" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D502">
-        <v>1975</v>
+        <v>1999</v>
       </c>
       <c r="E502"/>
       <c r="F502" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G502"/>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
       <c r="B503" t="s">
         <v>8</v>
       </c>
       <c r="C503" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D503">
         <v>2005</v>
       </c>
       <c r="E503"/>
       <c r="F503" t="s">
-        <v>681</v>
+        <v>218</v>
       </c>
       <c r="G503"/>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="B504" t="s">
         <v>8</v>
       </c>
       <c r="C504" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D504">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E504"/>
       <c r="F504" t="s">
-        <v>13</v>
+        <v>691</v>
       </c>
       <c r="G504"/>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="B505" t="s">
         <v>8</v>
       </c>
       <c r="C505" t="s">
         <v>12</v>
       </c>
       <c r="D505">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E505"/>
       <c r="F505" t="s">
         <v>13</v>
       </c>
       <c r="G505"/>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
       <c r="B506" t="s">
         <v>8</v>
       </c>
       <c r="C506" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D506">
-        <v>1972</v>
+        <v>2017</v>
       </c>
       <c r="E506"/>
       <c r="F506" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G506"/>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="B507" t="s">
         <v>8</v>
       </c>
       <c r="C507" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D507">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="E507"/>
-      <c r="F507" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F507"/>
       <c r="G507"/>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="B508" t="s">
         <v>8</v>
       </c>
       <c r="C508" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="D508">
-        <v>1974</v>
+        <v>2008</v>
       </c>
       <c r="E508"/>
       <c r="F508" t="s">
-        <v>687</v>
+        <v>13</v>
       </c>
       <c r="G508"/>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="B509" t="s">
         <v>8</v>
       </c>
       <c r="C509" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D509">
-        <v>1972</v>
+        <v>2013</v>
       </c>
       <c r="E509"/>
       <c r="F509" t="s">
-        <v>44</v>
+        <v>218</v>
       </c>
       <c r="G509"/>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B510" t="s">
         <v>8</v>
       </c>
       <c r="C510" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="D510">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="E510"/>
       <c r="F510" t="s">
-        <v>13</v>
+        <v>270</v>
       </c>
       <c r="G510"/>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="B511" t="s">
         <v>8</v>
       </c>
       <c r="C511" t="s">
-        <v>224</v>
+        <v>699</v>
       </c>
       <c r="D511">
-        <v>2006</v>
+        <v>1986</v>
       </c>
       <c r="E511"/>
       <c r="F511" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G511"/>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="B512" t="s">
         <v>8</v>
       </c>
       <c r="C512" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D512">
-        <v>1987</v>
+        <v>1960</v>
       </c>
       <c r="E512"/>
       <c r="F512" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G512"/>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="B513" t="s">
         <v>8</v>
       </c>
       <c r="C513" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D513">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E513"/>
       <c r="F513" t="s">
-        <v>564</v>
+        <v>108</v>
       </c>
       <c r="G513"/>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="B514" t="s">
         <v>8</v>
       </c>
       <c r="C514" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="D514">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E514"/>
       <c r="F514" t="s">
-        <v>280</v>
+        <v>634</v>
       </c>
       <c r="G514"/>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="B515" t="s">
         <v>8</v>
       </c>
       <c r="C515" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D515">
-        <v>1983</v>
+        <v>2008</v>
       </c>
       <c r="E515"/>
       <c r="F515" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G515"/>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="B516" t="s">
         <v>8</v>
       </c>
       <c r="C516" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D516">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="E516"/>
       <c r="F516" t="s">
-        <v>687</v>
+        <v>22</v>
       </c>
       <c r="G516"/>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="B517" t="s">
         <v>8</v>
       </c>
       <c r="C517" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D517">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E517"/>
       <c r="F517" t="s">
-        <v>13</v>
+        <v>258</v>
       </c>
       <c r="G517"/>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>697</v>
+        <v>637</v>
       </c>
       <c r="B518" t="s">
         <v>8</v>
       </c>
       <c r="C518" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D518">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E518"/>
       <c r="F518" t="s">
-        <v>13</v>
+        <v>124</v>
       </c>
       <c r="G518"/>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="B519" t="s">
         <v>8</v>
       </c>
       <c r="C519" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D519">
-        <v>2008</v>
+        <v>1975</v>
       </c>
       <c r="E519"/>
-      <c r="F519" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F519"/>
       <c r="G519"/>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="B520" t="s">
         <v>8</v>
       </c>
       <c r="C520" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D520">
-        <v>2011</v>
+        <v>1989</v>
       </c>
       <c r="E520"/>
       <c r="F520" t="s">
-        <v>700</v>
+        <v>487</v>
       </c>
       <c r="G520"/>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="B521" t="s">
         <v>8</v>
       </c>
       <c r="C521" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D521">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="E521"/>
       <c r="F521" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="G521"/>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="B522" t="s">
         <v>8</v>
       </c>
       <c r="C522" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D522">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="E522"/>
       <c r="F522" t="s">
-        <v>212</v>
+        <v>711</v>
       </c>
       <c r="G522"/>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="B523" t="s">
         <v>8</v>
       </c>
       <c r="C523" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D523">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E523"/>
       <c r="F523" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G523"/>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="B524" t="s">
         <v>8</v>
       </c>
       <c r="C524" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D524">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E524"/>
       <c r="F524" t="s">
-        <v>13</v>
+        <v>714</v>
       </c>
       <c r="G524"/>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="B525" t="s">
         <v>8</v>
       </c>
       <c r="C525" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D525">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E525"/>
       <c r="F525" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="G525"/>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="B526" t="s">
         <v>8</v>
       </c>
       <c r="C526" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D526">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E526"/>
       <c r="F526" t="s">
-        <v>23</v>
+        <v>717</v>
       </c>
       <c r="G526"/>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="B527" t="s">
         <v>8</v>
       </c>
       <c r="C527" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D527">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E527"/>
       <c r="F527" t="s">
-        <v>212</v>
+        <v>22</v>
       </c>
       <c r="G527"/>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="B528" t="s">
         <v>8</v>
       </c>
       <c r="C528" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="D528">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="E528"/>
-      <c r="F528" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F528"/>
       <c r="G528"/>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="B529" t="s">
         <v>8</v>
       </c>
       <c r="C529" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D529">
-        <v>1997</v>
+        <v>2014</v>
       </c>
       <c r="E529"/>
       <c r="F529" t="s">
-        <v>584</v>
+        <v>721</v>
       </c>
       <c r="G529"/>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>711</v>
+        <v>722</v>
       </c>
       <c r="B530" t="s">
         <v>8</v>
       </c>
       <c r="C530" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D530">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E530"/>
       <c r="F530" t="s">
-        <v>712</v>
+        <v>13</v>
       </c>
       <c r="G530"/>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="B531" t="s">
         <v>8</v>
       </c>
       <c r="C531" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D531">
-        <v>2017</v>
+        <v>1983</v>
       </c>
       <c r="E531"/>
       <c r="F531" t="s">
-        <v>236</v>
+        <v>50</v>
       </c>
       <c r="G531"/>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="B532" t="s">
         <v>8</v>
       </c>
       <c r="C532" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D532">
-        <v>1994</v>
+        <v>1976</v>
       </c>
       <c r="E532"/>
       <c r="F532" t="s">
-        <v>263</v>
+        <v>22</v>
       </c>
       <c r="G532"/>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="B533" t="s">
         <v>8</v>
       </c>
       <c r="C533" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D533">
-        <v>2008</v>
+        <v>1990</v>
       </c>
       <c r="E533"/>
       <c r="F533" t="s">
-        <v>233</v>
+        <v>50</v>
       </c>
       <c r="G533"/>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="B534" t="s">
         <v>8</v>
       </c>
       <c r="C534" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D534">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="E534"/>
       <c r="F534" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="G534"/>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="B535" t="s">
         <v>8</v>
       </c>
       <c r="C535" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D535">
-        <v>1989</v>
+        <v>2013</v>
       </c>
       <c r="E535"/>
       <c r="F535" t="s">
-        <v>718</v>
+        <v>176</v>
       </c>
       <c r="G535"/>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>719</v>
+        <v>728</v>
       </c>
       <c r="B536" t="s">
         <v>8</v>
       </c>
       <c r="C536" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="D536">
-        <v>1995</v>
+        <v>1979</v>
       </c>
       <c r="E536"/>
       <c r="F536" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G536"/>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>720</v>
+        <v>590</v>
       </c>
       <c r="B537" t="s">
         <v>8</v>
       </c>
       <c r="C537" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D537">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E537"/>
       <c r="F537" t="s">
-        <v>181</v>
+        <v>729</v>
       </c>
       <c r="G537"/>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>721</v>
+        <v>730</v>
       </c>
       <c r="B538" t="s">
         <v>8</v>
       </c>
       <c r="C538" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D538">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="E538"/>
       <c r="F538" t="s">
-        <v>152</v>
+        <v>731</v>
       </c>
       <c r="G538"/>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="B539" t="s">
         <v>8</v>
       </c>
       <c r="C539" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D539">
-        <v>2009</v>
+        <v>1980</v>
       </c>
       <c r="E539"/>
-      <c r="F539"/>
+      <c r="F539" t="s">
+        <v>50</v>
+      </c>
       <c r="G539"/>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="B540" t="s">
         <v>8</v>
       </c>
       <c r="C540" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D540">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E540"/>
       <c r="F540" t="s">
-        <v>654</v>
+        <v>734</v>
       </c>
       <c r="G540"/>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
       <c r="B541" t="s">
         <v>8</v>
       </c>
       <c r="C541" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D541">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E541"/>
       <c r="F541" t="s">
-        <v>13</v>
+        <v>358</v>
       </c>
       <c r="G541"/>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="B542" t="s">
         <v>8</v>
       </c>
       <c r="C542" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D542">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E542"/>
       <c r="F542" t="s">
-        <v>179</v>
+        <v>118</v>
       </c>
       <c r="G542"/>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
       <c r="B543" t="s">
         <v>8</v>
       </c>
       <c r="C543" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D543">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E543"/>
       <c r="F543" t="s">
-        <v>95</v>
+        <v>729</v>
       </c>
       <c r="G543"/>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
-        <v>727</v>
+        <v>738</v>
       </c>
       <c r="B544" t="s">
         <v>8</v>
       </c>
       <c r="C544" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="D544">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E544"/>
       <c r="F544" t="s">
-        <v>28</v>
+        <v>250</v>
       </c>
       <c r="G544"/>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
-        <v>728</v>
+        <v>739</v>
       </c>
       <c r="B545" t="s">
         <v>8</v>
       </c>
       <c r="C545" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D545">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E545"/>
       <c r="F545" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G545"/>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="B546" t="s">
         <v>8</v>
       </c>
       <c r="C546" t="s">
-        <v>402</v>
+        <v>29</v>
       </c>
       <c r="D546">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="E546"/>
       <c r="F546" t="s">
-        <v>428</v>
+        <v>218</v>
       </c>
       <c r="G546"/>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>730</v>
+        <v>741</v>
       </c>
       <c r="B547" t="s">
         <v>8</v>
       </c>
       <c r="C547" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="D547">
-        <v>1968</v>
+        <v>2006</v>
       </c>
       <c r="E547"/>
       <c r="F547" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G547"/>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>731</v>
+        <v>742</v>
       </c>
       <c r="B548" t="s">
         <v>8</v>
       </c>
       <c r="C548" t="s">
-        <v>402</v>
+        <v>29</v>
       </c>
       <c r="D548">
-        <v>1983</v>
+        <v>2012</v>
       </c>
       <c r="E548"/>
       <c r="F548" t="s">
-        <v>732</v>
+        <v>22</v>
       </c>
       <c r="G548"/>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="B549" t="s">
         <v>8</v>
       </c>
       <c r="C549" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D549">
-        <v>1989</v>
+        <v>2016</v>
       </c>
       <c r="E549"/>
       <c r="F549" t="s">
-        <v>344</v>
+        <v>258</v>
       </c>
       <c r="G549"/>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="B550" t="s">
         <v>8</v>
       </c>
       <c r="C550" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
       <c r="D550">
-        <v>2005</v>
+        <v>1977</v>
       </c>
       <c r="E550"/>
       <c r="F550" t="s">
-        <v>735</v>
+        <v>13</v>
       </c>
       <c r="G550"/>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="B551" t="s">
         <v>8</v>
       </c>
       <c r="C551" t="s">
-        <v>196</v>
+        <v>21</v>
       </c>
       <c r="D551">
-        <v>1978</v>
+        <v>2007</v>
       </c>
       <c r="E551"/>
       <c r="F551" t="s">
-        <v>263</v>
+        <v>22</v>
       </c>
       <c r="G551"/>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
       <c r="B552" t="s">
         <v>8</v>
       </c>
       <c r="C552" t="s">
-        <v>17</v>
+        <v>311</v>
       </c>
       <c r="D552">
-        <v>1999</v>
+        <v>1960</v>
       </c>
       <c r="E552"/>
       <c r="F552" t="s">
-        <v>392</v>
+        <v>22</v>
       </c>
       <c r="G552"/>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="B553" t="s">
         <v>8</v>
       </c>
       <c r="C553" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D553">
-        <v>2011</v>
+        <v>1968</v>
       </c>
       <c r="E553"/>
       <c r="F553" t="s">
-        <v>263</v>
+        <v>13</v>
       </c>
       <c r="G553"/>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="B554" t="s">
         <v>8</v>
       </c>
       <c r="C554" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D554">
-        <v>1980</v>
+        <v>1991</v>
       </c>
       <c r="E554"/>
       <c r="F554" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G554"/>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>740</v>
+        <v>519</v>
       </c>
       <c r="B555" t="s">
         <v>8</v>
       </c>
       <c r="C555" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="D555">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="E555"/>
       <c r="F555" t="s">
-        <v>741</v>
+        <v>338</v>
       </c>
       <c r="G555"/>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="B556" t="s">
         <v>8</v>
       </c>
       <c r="C556" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D556">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="E556"/>
       <c r="F556" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="G556"/>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="B557" t="s">
         <v>8</v>
       </c>
       <c r="C557" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D557">
         <v>2004</v>
       </c>
       <c r="E557"/>
       <c r="F557" t="s">
-        <v>61</v>
+        <v>338</v>
       </c>
       <c r="G557"/>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="B558" t="s">
         <v>8</v>
       </c>
       <c r="C558" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D558">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E558"/>
       <c r="F558" t="s">
-        <v>745</v>
+        <v>76</v>
       </c>
       <c r="G558"/>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="B559" t="s">
         <v>8</v>
       </c>
       <c r="C559" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D559">
-        <v>2010</v>
+        <v>1984</v>
       </c>
       <c r="E559"/>
       <c r="F559" t="s">
-        <v>307</v>
+        <v>22</v>
       </c>
       <c r="G559"/>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="B560" t="s">
         <v>8</v>
       </c>
       <c r="C560" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D560">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E560"/>
       <c r="F560" t="s">
-        <v>748</v>
+        <v>108</v>
       </c>
       <c r="G560"/>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="B561" t="s">
         <v>8</v>
       </c>
       <c r="C561" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D561">
-        <v>1979</v>
+        <v>1999</v>
       </c>
       <c r="E561"/>
       <c r="F561" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="G561"/>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="B562" t="s">
         <v>8</v>
       </c>
       <c r="C562" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D562">
         <v>2005</v>
       </c>
       <c r="E562"/>
       <c r="F562" t="s">
-        <v>751</v>
+        <v>171</v>
       </c>
       <c r="G562"/>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="B563" t="s">
         <v>8</v>
       </c>
       <c r="C563" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D563">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E563"/>
       <c r="F563" t="s">
-        <v>294</v>
+        <v>13</v>
       </c>
       <c r="G563"/>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="B564" t="s">
         <v>8</v>
       </c>
       <c r="C564" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D564">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E564"/>
-      <c r="F564" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F564"/>
       <c r="G564"/>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B565" t="s">
         <v>8</v>
       </c>
       <c r="C565" t="s">
-        <v>755</v>
+        <v>9</v>
       </c>
       <c r="D565">
-        <v>1975</v>
+        <v>1999</v>
       </c>
       <c r="E565"/>
       <c r="F565" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G565"/>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="B566" t="s">
         <v>8</v>
       </c>
       <c r="C566" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D566">
-        <v>1970</v>
+        <v>1997</v>
       </c>
       <c r="E566"/>
       <c r="F566" t="s">
-        <v>44</v>
+        <v>270</v>
       </c>
       <c r="G566"/>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="B567" t="s">
         <v>8</v>
       </c>
       <c r="C567" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D567">
-        <v>1985</v>
+        <v>2008</v>
       </c>
       <c r="E567"/>
       <c r="F567" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G567"/>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B568" t="s">
         <v>8</v>
       </c>
       <c r="C568" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D568">
-        <v>1987</v>
+        <v>2013</v>
       </c>
       <c r="E568"/>
-      <c r="F568" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F568"/>
       <c r="G568"/>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B569" t="s">
         <v>8</v>
       </c>
       <c r="C569" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D569">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E569"/>
       <c r="F569" t="s">
-        <v>424</v>
+        <v>100</v>
       </c>
       <c r="G569"/>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="B570" t="s">
         <v>8</v>
       </c>
       <c r="C570" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D570">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="E570"/>
       <c r="F570" t="s">
-        <v>243</v>
+        <v>338</v>
       </c>
       <c r="G570"/>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="B571" t="s">
         <v>8</v>
       </c>
       <c r="C571" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D571">
-        <v>1988</v>
+        <v>1997</v>
       </c>
       <c r="E571"/>
       <c r="F571" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="G571"/>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B572" t="s">
         <v>8</v>
       </c>
       <c r="C572" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D572">
-        <v>2003</v>
+        <v>1971</v>
       </c>
       <c r="E572"/>
       <c r="F572" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G572"/>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="B573" t="s">
         <v>8</v>
       </c>
       <c r="C573" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="D573">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="E573"/>
       <c r="F573" t="s">
-        <v>470</v>
+        <v>118</v>
       </c>
       <c r="G573"/>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="B574" t="s">
         <v>8</v>
       </c>
       <c r="C574" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D574">
-        <v>1984</v>
+        <v>2014</v>
       </c>
       <c r="E574"/>
       <c r="F574" t="s">
-        <v>201</v>
+        <v>32</v>
       </c>
       <c r="G574"/>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="B575" t="s">
         <v>8</v>
       </c>
       <c r="C575" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D575">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E575"/>
-      <c r="F575"/>
+      <c r="F575" t="s">
+        <v>595</v>
+      </c>
       <c r="G575"/>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B576" t="s">
         <v>8</v>
       </c>
       <c r="C576" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D576">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E576"/>
       <c r="F576" t="s">
-        <v>28</v>
+        <v>344</v>
       </c>
       <c r="G576"/>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B577" t="s">
         <v>8</v>
       </c>
       <c r="C577" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D577">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E577"/>
       <c r="F577" t="s">
-        <v>212</v>
+        <v>771</v>
       </c>
       <c r="G577"/>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="B578" t="s">
         <v>8</v>
       </c>
       <c r="C578" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D578">
-        <v>2008</v>
+        <v>1976</v>
       </c>
       <c r="E578"/>
       <c r="F578" t="s">
-        <v>769</v>
+        <v>10</v>
       </c>
       <c r="G578"/>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="B579" t="s">
         <v>8</v>
       </c>
       <c r="C579" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D579">
-        <v>2012</v>
+        <v>1989</v>
       </c>
       <c r="E579"/>
-      <c r="F579" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F579"/>
       <c r="G579"/>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="B580" t="s">
         <v>8</v>
       </c>
       <c r="C580" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D580">
-        <v>2017</v>
+        <v>1995</v>
       </c>
       <c r="E580"/>
       <c r="F580" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G580"/>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B581" t="s">
         <v>8</v>
       </c>
       <c r="C581" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D581">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="E581"/>
-      <c r="F581"/>
+      <c r="F581" t="s">
+        <v>108</v>
+      </c>
       <c r="G581"/>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="B582" t="s">
         <v>8</v>
       </c>
       <c r="C582" t="s">
         <v>12</v>
       </c>
       <c r="D582">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E582"/>
       <c r="F582" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G582"/>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>774</v>
+        <v>301</v>
       </c>
       <c r="B583" t="s">
         <v>8</v>
       </c>
       <c r="C583" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D583">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E583"/>
-      <c r="F583" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F583"/>
       <c r="G583"/>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B584" t="s">
         <v>8</v>
       </c>
       <c r="C584" t="s">
         <v>12</v>
       </c>
       <c r="D584">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E584"/>
       <c r="F584" t="s">
-        <v>263</v>
+        <v>13</v>
       </c>
       <c r="G584"/>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B585" t="s">
         <v>8</v>
       </c>
       <c r="C585" t="s">
-        <v>20</v>
+        <v>217</v>
       </c>
       <c r="D585">
-        <v>1986</v>
+        <v>2015</v>
       </c>
       <c r="E585"/>
       <c r="F585" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G585"/>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B586" t="s">
         <v>8</v>
       </c>
       <c r="C586" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D586">
-        <v>1960</v>
+        <v>2003</v>
       </c>
       <c r="E586"/>
       <c r="F586" t="s">
-        <v>13</v>
+        <v>780</v>
       </c>
       <c r="G586"/>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="B587" t="s">
         <v>8</v>
       </c>
       <c r="C587" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="D587">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E587"/>
       <c r="F587" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G587"/>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="B588" t="s">
         <v>8</v>
       </c>
       <c r="C588" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D588">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E588"/>
       <c r="F588" t="s">
-        <v>712</v>
+        <v>22</v>
       </c>
       <c r="G588"/>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="B589" t="s">
         <v>8</v>
       </c>
       <c r="C589" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D589">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E589"/>
       <c r="F589" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G589"/>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B590" t="s">
         <v>8</v>
       </c>
       <c r="C590" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D590">
-        <v>2003</v>
+        <v>1970</v>
       </c>
       <c r="E590"/>
       <c r="F590" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G590"/>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="B591" t="s">
         <v>8</v>
       </c>
       <c r="C591" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D591">
-        <v>1995</v>
+        <v>1974</v>
       </c>
       <c r="E591"/>
       <c r="F591" t="s">
-        <v>251</v>
+        <v>22</v>
       </c>
       <c r="G591"/>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>715</v>
+        <v>786</v>
       </c>
       <c r="B592" t="s">
         <v>8</v>
       </c>
       <c r="C592" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D592">
-        <v>2008</v>
+        <v>1990</v>
       </c>
       <c r="E592"/>
       <c r="F592" t="s">
-        <v>119</v>
+        <v>787</v>
       </c>
       <c r="G592"/>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="B593" t="s">
         <v>8</v>
       </c>
       <c r="C593" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D593">
-        <v>1975</v>
+        <v>1992</v>
       </c>
       <c r="E593"/>
-      <c r="F593"/>
+      <c r="F593" t="s">
+        <v>67</v>
+      </c>
       <c r="G593"/>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="B594" t="s">
         <v>8</v>
       </c>
       <c r="C594" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D594">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="E594"/>
       <c r="F594" t="s">
-        <v>344</v>
+        <v>102</v>
       </c>
       <c r="G594"/>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="B595" t="s">
         <v>8</v>
       </c>
       <c r="C595" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D595">
-        <v>1995</v>
+        <v>1979</v>
       </c>
       <c r="E595"/>
       <c r="F595" t="s">
-        <v>786</v>
+        <v>176</v>
       </c>
       <c r="G595"/>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="B596" t="s">
         <v>8</v>
       </c>
       <c r="C596" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D596">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E596"/>
       <c r="F596" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="G596"/>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="B597" t="s">
         <v>8</v>
       </c>
       <c r="C597" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D597">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E597"/>
       <c r="F597" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="G597"/>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="B598" t="s">
         <v>8</v>
       </c>
       <c r="C598" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D598">
-        <v>2009</v>
+        <v>1981</v>
       </c>
       <c r="E598"/>
       <c r="F598" t="s">
-        <v>791</v>
+        <v>22</v>
       </c>
       <c r="G598"/>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="B599" t="s">
         <v>8</v>
       </c>
       <c r="C599" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D599">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E599"/>
       <c r="F599" t="s">
-        <v>97</v>
+        <v>22</v>
       </c>
       <c r="G599"/>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="B600" t="s">
         <v>8</v>
       </c>
       <c r="C600" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D600">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="E600"/>
       <c r="F600" t="s">
-        <v>794</v>
+        <v>358</v>
       </c>
       <c r="G600"/>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="B601" t="s">
         <v>8</v>
       </c>
       <c r="C601" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D601">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E601"/>
       <c r="F601" t="s">
-        <v>13</v>
+        <v>174</v>
       </c>
       <c r="G601"/>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B602" t="s">
         <v>8</v>
       </c>
       <c r="C602" t="s">
-        <v>94</v>
+        <v>56</v>
       </c>
       <c r="D602">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E602"/>
-      <c r="F602"/>
+      <c r="F602" t="s">
+        <v>258</v>
+      </c>
       <c r="G602"/>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B603" t="s">
         <v>8</v>
       </c>
       <c r="C603" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D603">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E603"/>
       <c r="F603" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="G603"/>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B604" t="s">
         <v>8</v>
       </c>
       <c r="C604" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D604">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E604"/>
       <c r="F604" t="s">
-        <v>28</v>
+        <v>344</v>
       </c>
       <c r="G604"/>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>800</v>
+        <v>513</v>
       </c>
       <c r="B605" t="s">
         <v>8</v>
       </c>
       <c r="C605" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D605">
-        <v>1983</v>
+        <v>1980</v>
       </c>
       <c r="E605"/>
       <c r="F605" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G605"/>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B606" t="s">
         <v>8</v>
       </c>
       <c r="C606" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D606">
-        <v>1976</v>
+        <v>2006</v>
       </c>
       <c r="E606"/>
       <c r="F606" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G606"/>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B607" t="s">
         <v>8</v>
       </c>
       <c r="C607" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D607">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="E607"/>
       <c r="F607" t="s">
-        <v>44</v>
+        <v>108</v>
       </c>
       <c r="G607"/>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B608" t="s">
         <v>8</v>
       </c>
       <c r="C608" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D608">
-        <v>1993</v>
+        <v>2016</v>
       </c>
       <c r="E608"/>
       <c r="F608" t="s">
-        <v>103</v>
+        <v>426</v>
       </c>
       <c r="G608"/>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B609" t="s">
         <v>8</v>
       </c>
       <c r="C609" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D609">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E609"/>
       <c r="F609" t="s">
-        <v>171</v>
+        <v>806</v>
       </c>
       <c r="G609"/>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B610" t="s">
         <v>8</v>
       </c>
       <c r="C610" t="s">
-        <v>17</v>
+        <v>311</v>
       </c>
       <c r="D610">
-        <v>1979</v>
+        <v>1974</v>
       </c>
       <c r="E610"/>
       <c r="F610" t="s">
-        <v>37</v>
+        <v>808</v>
       </c>
       <c r="G610"/>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>669</v>
+        <v>809</v>
       </c>
       <c r="B611" t="s">
         <v>8</v>
       </c>
       <c r="C611" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D611">
-        <v>1999</v>
+        <v>1972</v>
       </c>
       <c r="E611"/>
       <c r="F611" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="G611"/>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="B612" t="s">
         <v>8</v>
       </c>
       <c r="C612" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D612">
-        <v>2012</v>
+        <v>1992</v>
       </c>
       <c r="E612"/>
       <c r="F612" t="s">
-        <v>808</v>
+        <v>392</v>
       </c>
       <c r="G612"/>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="B613" t="s">
         <v>8</v>
       </c>
       <c r="C613" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D613">
-        <v>1980</v>
+        <v>2007</v>
       </c>
       <c r="E613"/>
       <c r="F613" t="s">
-        <v>44</v>
+        <v>423</v>
       </c>
       <c r="G613"/>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B614" t="s">
         <v>8</v>
       </c>
       <c r="C614" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D614">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="E614"/>
       <c r="F614" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="G614"/>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="B615" t="s">
         <v>8</v>
       </c>
       <c r="C615" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D615">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="E615"/>
       <c r="F615" t="s">
-        <v>448</v>
+        <v>22</v>
       </c>
       <c r="G615"/>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B616" t="s">
         <v>8</v>
       </c>
       <c r="C616" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D616">
         <v>2004</v>
       </c>
       <c r="E616"/>
       <c r="F616" t="s">
-        <v>113</v>
+        <v>171</v>
       </c>
       <c r="G616"/>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B617" t="s">
         <v>8</v>
       </c>
       <c r="C617" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D617">
-        <v>2007</v>
+        <v>1970</v>
       </c>
       <c r="E617"/>
-      <c r="F617" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F617"/>
       <c r="G617"/>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B618" t="s">
         <v>8</v>
       </c>
       <c r="C618" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D618">
-        <v>2011</v>
+        <v>1985</v>
       </c>
       <c r="E618"/>
       <c r="F618" t="s">
-        <v>243</v>
+        <v>819</v>
       </c>
       <c r="G618"/>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="B619" t="s">
         <v>8</v>
       </c>
       <c r="C619" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D619">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E619"/>
       <c r="F619" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="G619"/>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="B620" t="s">
         <v>8</v>
       </c>
       <c r="C620" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D620">
-        <v>1979</v>
+        <v>2000</v>
       </c>
       <c r="E620"/>
       <c r="F620" t="s">
-        <v>212</v>
+        <v>340</v>
       </c>
       <c r="G620"/>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B621" t="s">
         <v>8</v>
       </c>
       <c r="C621" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D621">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E621"/>
       <c r="F621" t="s">
-        <v>28</v>
+        <v>823</v>
       </c>
       <c r="G621"/>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="B622" t="s">
         <v>8</v>
       </c>
       <c r="C622" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D622">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E622"/>
       <c r="F622" t="s">
-        <v>13</v>
+        <v>258</v>
       </c>
       <c r="G622"/>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="B623" t="s">
         <v>8</v>
       </c>
       <c r="C623" t="s">
-        <v>399</v>
+        <v>12</v>
       </c>
       <c r="D623">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E623"/>
       <c r="F623" t="s">
-        <v>251</v>
+        <v>826</v>
       </c>
       <c r="G623"/>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="B624" t="s">
         <v>8</v>
       </c>
       <c r="C624" t="s">
-        <v>755</v>
+        <v>217</v>
       </c>
       <c r="D624">
-        <v>1977</v>
+        <v>2005</v>
       </c>
       <c r="E624"/>
       <c r="F624" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G624"/>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="B625" t="s">
         <v>8</v>
       </c>
       <c r="C625" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="D625">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="E625"/>
       <c r="F625" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G625"/>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="B626" t="s">
         <v>8</v>
       </c>
       <c r="C626" t="s">
-        <v>402</v>
+        <v>29</v>
       </c>
       <c r="D626">
-        <v>1960</v>
+        <v>2008</v>
       </c>
       <c r="E626"/>
       <c r="F626" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="G626"/>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="B627" t="s">
         <v>8</v>
       </c>
       <c r="C627" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D627">
-        <v>1968</v>
+        <v>2013</v>
       </c>
       <c r="E627"/>
       <c r="F627" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G627"/>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="B628" t="s">
         <v>8</v>
       </c>
       <c r="C628" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D628">
-        <v>1991</v>
+        <v>2017</v>
       </c>
       <c r="E628"/>
       <c r="F628" t="s">
-        <v>63</v>
+        <v>270</v>
       </c>
       <c r="G628"/>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>600</v>
+        <v>832</v>
       </c>
       <c r="B629" t="s">
         <v>8</v>
       </c>
       <c r="C629" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="D629">
-        <v>2004</v>
+        <v>1989</v>
       </c>
       <c r="E629"/>
       <c r="F629" t="s">
-        <v>428</v>
+        <v>13</v>
       </c>
       <c r="G629"/>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="B630" t="s">
         <v>8</v>
       </c>
       <c r="C630" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D630">
-        <v>1988</v>
+        <v>1972</v>
       </c>
       <c r="E630"/>
       <c r="F630" t="s">
-        <v>28</v>
+        <v>622</v>
       </c>
       <c r="G630"/>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="B631" t="s">
         <v>8</v>
       </c>
       <c r="C631" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="D631">
-        <v>2004</v>
+        <v>1964</v>
       </c>
       <c r="E631"/>
       <c r="F631" t="s">
-        <v>428</v>
+        <v>50</v>
       </c>
       <c r="G631"/>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="B632" t="s">
         <v>8</v>
       </c>
       <c r="C632" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="D632">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E632"/>
       <c r="F632" t="s">
-        <v>71</v>
+        <v>270</v>
       </c>
       <c r="G632"/>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="B633" t="s">
         <v>8</v>
       </c>
       <c r="C633" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D633">
-        <v>1984</v>
+        <v>1999</v>
       </c>
       <c r="E633"/>
       <c r="F633" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G633"/>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="B634" t="s">
         <v>8</v>
       </c>
       <c r="C634" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D634">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E634"/>
       <c r="F634" t="s">
-        <v>103</v>
+        <v>67</v>
       </c>
       <c r="G634"/>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="B635" t="s">
         <v>8</v>
       </c>
       <c r="C635" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D635">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="E635"/>
       <c r="F635" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G635"/>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="B636" t="s">
         <v>8</v>
       </c>
       <c r="C636" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D636">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E636"/>
       <c r="F636" t="s">
-        <v>166</v>
+        <v>187</v>
       </c>
       <c r="G636"/>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="B637" t="s">
         <v>8</v>
       </c>
       <c r="C637" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D637">
-        <v>2008</v>
+        <v>1976</v>
       </c>
       <c r="E637"/>
       <c r="F637" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="G637"/>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="B638" t="s">
         <v>8</v>
       </c>
       <c r="C638" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D638">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="E638"/>
-      <c r="F638"/>
+      <c r="F638" t="s">
+        <v>13</v>
+      </c>
       <c r="G638"/>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="B639" t="s">
         <v>8</v>
       </c>
       <c r="C639" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D639">
-        <v>1999</v>
+        <v>1995</v>
       </c>
       <c r="E639"/>
       <c r="F639" t="s">
-        <v>13</v>
+        <v>843</v>
       </c>
       <c r="G639"/>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="B640" t="s">
         <v>8</v>
       </c>
       <c r="C640" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D640">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E640"/>
       <c r="F640" t="s">
-        <v>263</v>
+        <v>622</v>
       </c>
       <c r="G640"/>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="B641" t="s">
         <v>8</v>
       </c>
       <c r="C641" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D641">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E641"/>
       <c r="F641" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G641"/>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B642" t="s">
         <v>8</v>
       </c>
       <c r="C642" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D642">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E642"/>
-      <c r="F642"/>
+      <c r="F642" t="s">
+        <v>133</v>
+      </c>
       <c r="G642"/>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="B643" t="s">
         <v>8</v>
       </c>
       <c r="C643" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D643">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E643"/>
       <c r="F643" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="G643"/>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="B644" t="s">
         <v>8</v>
       </c>
       <c r="C644" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D644">
-        <v>1990</v>
+        <v>2015</v>
       </c>
       <c r="E644"/>
       <c r="F644" t="s">
-        <v>428</v>
+        <v>22</v>
       </c>
       <c r="G644"/>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="B645" t="s">
         <v>8</v>
       </c>
       <c r="C645" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D645">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="E645"/>
-      <c r="F645" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F645"/>
       <c r="G645"/>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="B646" t="s">
         <v>8</v>
       </c>
       <c r="C646" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D646">
-        <v>1971</v>
+        <v>2010</v>
       </c>
       <c r="E646"/>
       <c r="F646" t="s">
-        <v>44</v>
+        <v>609</v>
       </c>
       <c r="G646"/>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="B647" t="s">
         <v>8</v>
       </c>
       <c r="C647" t="s">
-        <v>94</v>
+        <v>12</v>
       </c>
       <c r="D647">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E647"/>
       <c r="F647" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="G647"/>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="B648" t="s">
         <v>8</v>
       </c>
       <c r="C648" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D648">
-        <v>2014</v>
+        <v>1972</v>
       </c>
       <c r="E648"/>
       <c r="F648" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G648"/>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="B649" t="s">
         <v>8</v>
       </c>
       <c r="C649" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="D649">
-        <v>2008</v>
+        <v>1972</v>
       </c>
       <c r="E649"/>
       <c r="F649" t="s">
-        <v>292</v>
+        <v>22</v>
       </c>
       <c r="G649"/>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="B650" t="s">
         <v>8</v>
       </c>
       <c r="C650" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D650">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="E650"/>
       <c r="F650" t="s">
-        <v>434</v>
+        <v>22</v>
       </c>
       <c r="G650"/>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="B651" t="s">
         <v>8</v>
       </c>
       <c r="C651" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D651">
-        <v>2008</v>
+        <v>1969</v>
       </c>
       <c r="E651"/>
       <c r="F651" t="s">
-        <v>848</v>
+        <v>50</v>
       </c>
       <c r="G651"/>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="B652" t="s">
         <v>8</v>
       </c>
       <c r="C652" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D652">
-        <v>1976</v>
+        <v>2009</v>
       </c>
       <c r="E652"/>
       <c r="F652" t="s">
-        <v>63</v>
+        <v>187</v>
       </c>
       <c r="G652"/>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>850</v>
+        <v>588</v>
       </c>
       <c r="B653" t="s">
         <v>8</v>
       </c>
       <c r="C653" t="s">
-        <v>27</v>
+        <v>589</v>
       </c>
       <c r="D653">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="E653"/>
-      <c r="F653"/>
+      <c r="F653" t="s">
+        <v>93</v>
+      </c>
       <c r="G653"/>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="B654" t="s">
         <v>8</v>
       </c>
       <c r="C654" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D654">
-        <v>1995</v>
+        <v>1980</v>
       </c>
       <c r="E654"/>
       <c r="F654" t="s">
         <v>13</v>
       </c>
       <c r="G654"/>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="B655" t="s">
         <v>8</v>
       </c>
       <c r="C655" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D655">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E655"/>
       <c r="F655" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="G655"/>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="B656" t="s">
         <v>8</v>
       </c>
       <c r="C656" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D656">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E656"/>
       <c r="F656" t="s">
-        <v>28</v>
+        <v>860</v>
       </c>
       <c r="G656"/>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>391</v>
+        <v>861</v>
       </c>
       <c r="B657" t="s">
         <v>8</v>
       </c>
       <c r="C657" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D657">
-        <v>2009</v>
+        <v>1981</v>
       </c>
       <c r="E657"/>
-      <c r="F657"/>
+      <c r="F657" t="s">
+        <v>22</v>
+      </c>
       <c r="G657"/>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="B658" t="s">
         <v>8</v>
       </c>
       <c r="C658" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D658">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E658"/>
       <c r="F658" t="s">
-        <v>28</v>
+        <v>863</v>
       </c>
       <c r="G658"/>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>855</v>
+        <v>864</v>
       </c>
       <c r="B659" t="s">
         <v>8</v>
       </c>
       <c r="C659" t="s">
-        <v>211</v>
+        <v>12</v>
       </c>
       <c r="D659">
-        <v>2015</v>
+        <v>1998</v>
       </c>
       <c r="E659"/>
       <c r="F659" t="s">
-        <v>13</v>
+        <v>250</v>
       </c>
       <c r="G659"/>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>856</v>
+        <v>865</v>
       </c>
       <c r="B660" t="s">
         <v>8</v>
       </c>
       <c r="C660" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D660">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E660"/>
       <c r="F660" t="s">
-        <v>857</v>
+        <v>866</v>
       </c>
       <c r="G660"/>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>858</v>
+        <v>867</v>
       </c>
       <c r="B661" t="s">
         <v>8</v>
       </c>
       <c r="C661" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D661">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E661"/>
       <c r="F661" t="s">
-        <v>13</v>
+        <v>332</v>
       </c>
       <c r="G661"/>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="B662" t="s">
         <v>8</v>
       </c>
       <c r="C662" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D662">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E662"/>
       <c r="F662" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G662"/>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="B663" t="s">
         <v>8</v>
       </c>
       <c r="C663" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D663">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E663"/>
       <c r="F663" t="s">
-        <v>294</v>
+        <v>133</v>
       </c>
       <c r="G663"/>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="B664" t="s">
         <v>8</v>
       </c>
       <c r="C664" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D664">
-        <v>1970</v>
+        <v>1990</v>
       </c>
       <c r="E664"/>
       <c r="F664" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G664"/>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="B665" t="s">
         <v>8</v>
       </c>
       <c r="C665" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D665">
-        <v>1974</v>
+        <v>2007</v>
       </c>
       <c r="E665"/>
       <c r="F665" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G665"/>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="B666" t="s">
         <v>8</v>
       </c>
       <c r="C666" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
       <c r="D666">
-        <v>1990</v>
+        <v>2012</v>
       </c>
       <c r="E666"/>
       <c r="F666" t="s">
-        <v>864</v>
+        <v>392</v>
       </c>
       <c r="G666"/>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="B667" t="s">
         <v>8</v>
       </c>
       <c r="C667" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D667">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E667"/>
       <c r="F667" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="G667"/>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="B668" t="s">
         <v>8</v>
       </c>
       <c r="C668" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D668">
-        <v>2011</v>
+        <v>1988</v>
       </c>
       <c r="E668"/>
       <c r="F668" t="s">
-        <v>97</v>
+        <v>270</v>
       </c>
       <c r="G668"/>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="B669" t="s">
         <v>8</v>
       </c>
       <c r="C669" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="D669">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="E669"/>
       <c r="F669" t="s">
-        <v>171</v>
+        <v>325</v>
       </c>
       <c r="G669"/>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="B670" t="s">
         <v>8</v>
       </c>
       <c r="C670" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D670">
-        <v>1999</v>
+        <v>1971</v>
       </c>
       <c r="E670"/>
       <c r="F670" t="s">
-        <v>869</v>
+        <v>50</v>
       </c>
       <c r="G670"/>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="B671" t="s">
         <v>8</v>
       </c>
       <c r="C671" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D671">
-        <v>2013</v>
+        <v>1972</v>
       </c>
       <c r="E671"/>
       <c r="F671" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="G671"/>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="B672" t="s">
         <v>8</v>
       </c>
       <c r="C672" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D672">
-        <v>1981</v>
+        <v>2015</v>
       </c>
       <c r="E672"/>
       <c r="F672" t="s">
         <v>13</v>
       </c>
       <c r="G672"/>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B673" t="s">
         <v>8</v>
       </c>
       <c r="C673" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D673">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E673"/>
       <c r="F673" t="s">
-        <v>13</v>
+        <v>112</v>
       </c>
       <c r="G673"/>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="B674" t="s">
         <v>8</v>
       </c>
       <c r="C674" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D674">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E674"/>
       <c r="F674" t="s">
-        <v>448</v>
+        <v>10</v>
       </c>
       <c r="G674"/>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="B675" t="s">
         <v>8</v>
       </c>
       <c r="C675" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D675">
         <v>2004</v>
       </c>
       <c r="E675"/>
       <c r="F675" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G675"/>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="B676" t="s">
         <v>8</v>
       </c>
       <c r="C676" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="D676">
-        <v>2007</v>
+        <v>1970</v>
       </c>
       <c r="E676"/>
       <c r="F676" t="s">
-        <v>251</v>
+        <v>13</v>
       </c>
       <c r="G676"/>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="B677" t="s">
         <v>8</v>
       </c>
       <c r="C677" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D677">
-        <v>2011</v>
+        <v>1985</v>
       </c>
       <c r="E677"/>
       <c r="F677" t="s">
-        <v>877</v>
+        <v>50</v>
       </c>
       <c r="G677"/>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="B678" t="s">
         <v>8</v>
       </c>
       <c r="C678" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D678">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E678"/>
       <c r="F678" t="s">
-        <v>434</v>
+        <v>108</v>
       </c>
       <c r="G678"/>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>595</v>
+        <v>885</v>
       </c>
       <c r="B679" t="s">
         <v>8</v>
       </c>
       <c r="C679" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D679">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="E679"/>
       <c r="F679" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G679"/>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="B680" t="s">
         <v>8</v>
       </c>
       <c r="C680" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D680">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E680"/>
-      <c r="F680" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F680"/>
       <c r="G680"/>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="B681" t="s">
         <v>8</v>
       </c>
       <c r="C681" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D681">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E681"/>
       <c r="F681" t="s">
-        <v>103</v>
+        <v>888</v>
       </c>
       <c r="G681"/>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="B682" t="s">
         <v>8</v>
       </c>
       <c r="C682" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D682">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E682"/>
       <c r="F682" t="s">
-        <v>510</v>
+        <v>108</v>
       </c>
       <c r="G682"/>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="B683" t="s">
         <v>8</v>
       </c>
       <c r="C683" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="D683">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="E683"/>
       <c r="F683" t="s">
-        <v>883</v>
+        <v>22</v>
       </c>
       <c r="G683"/>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="B684" t="s">
         <v>8</v>
       </c>
       <c r="C684" t="s">
-        <v>402</v>
+        <v>12</v>
       </c>
       <c r="D684">
-        <v>1974</v>
+        <v>1997</v>
       </c>
       <c r="E684"/>
       <c r="F684" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="G684"/>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="B685" t="s">
         <v>8</v>
       </c>
       <c r="C685" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D685">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="E685"/>
       <c r="F685" t="s">
-        <v>887</v>
+        <v>13</v>
       </c>
       <c r="G685"/>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="B686" t="s">
         <v>8</v>
       </c>
       <c r="C686" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D686">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="E686"/>
       <c r="F686" t="s">
-        <v>294</v>
+        <v>270</v>
       </c>
       <c r="G686"/>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="B687" t="s">
         <v>8</v>
       </c>
       <c r="C687" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D687">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E687"/>
       <c r="F687" t="s">
-        <v>507</v>
+        <v>475</v>
       </c>
       <c r="G687"/>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="B688" t="s">
         <v>8</v>
       </c>
       <c r="C688" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D688">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E688"/>
       <c r="F688" t="s">
-        <v>891</v>
+        <v>41</v>
       </c>
       <c r="G688"/>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="B689" t="s">
         <v>8</v>
       </c>
       <c r="C689" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D689">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="E689"/>
       <c r="F689" t="s">
-        <v>13</v>
+        <v>898</v>
       </c>
       <c r="G689"/>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
       <c r="B690" t="s">
         <v>8</v>
       </c>
       <c r="C690" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D690">
-        <v>2004</v>
+        <v>1992</v>
       </c>
       <c r="E690"/>
       <c r="F690" t="s">
-        <v>166</v>
+        <v>721</v>
       </c>
       <c r="G690"/>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>894</v>
+        <v>518</v>
       </c>
       <c r="B691" t="s">
         <v>8</v>
       </c>
       <c r="C691" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D691">
-        <v>1970</v>
+        <v>2009</v>
       </c>
       <c r="E691"/>
-      <c r="F691"/>
+      <c r="F691" t="s">
+        <v>100</v>
+      </c>
       <c r="G691"/>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="B692" t="s">
         <v>8</v>
       </c>
       <c r="C692" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D692">
-        <v>1985</v>
+        <v>2009</v>
       </c>
       <c r="E692"/>
       <c r="F692" t="s">
-        <v>896</v>
+        <v>13</v>
       </c>
       <c r="G692"/>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="B693" t="s">
         <v>8</v>
       </c>
       <c r="C693" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D693">
-        <v>1993</v>
+        <v>2017</v>
       </c>
       <c r="E693"/>
       <c r="F693" t="s">
-        <v>138</v>
+        <v>67</v>
       </c>
       <c r="G693"/>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B694" t="s">
         <v>8</v>
       </c>
       <c r="C694" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D694">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="E694"/>
       <c r="F694" t="s">
-        <v>430</v>
+        <v>903</v>
       </c>
       <c r="G694"/>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="B695" t="s">
         <v>8</v>
       </c>
       <c r="C695" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D695">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E695"/>
       <c r="F695" t="s">
-        <v>900</v>
+        <v>108</v>
       </c>
       <c r="G695"/>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="B696" t="s">
         <v>8</v>
       </c>
       <c r="C696" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D696">
-        <v>2008</v>
+        <v>1976</v>
       </c>
       <c r="E696"/>
       <c r="F696" t="s">
-        <v>251</v>
+        <v>13</v>
       </c>
       <c r="G696"/>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B697" t="s">
         <v>8</v>
       </c>
       <c r="C697" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D697">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="E697"/>
       <c r="F697" t="s">
-        <v>903</v>
+        <v>392</v>
       </c>
       <c r="G697"/>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B698" t="s">
         <v>8</v>
       </c>
       <c r="C698" t="s">
-        <v>211</v>
+        <v>12</v>
       </c>
       <c r="D698">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E698"/>
       <c r="F698" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G698"/>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="B699" t="s">
         <v>8</v>
       </c>
       <c r="C699" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D699">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E699"/>
       <c r="F699" t="s">
-        <v>13</v>
+        <v>575</v>
       </c>
       <c r="G699"/>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B700" t="s">
         <v>8</v>
       </c>
       <c r="C700" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D700">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E700"/>
       <c r="F700" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G700"/>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B701" t="s">
         <v>8</v>
       </c>
       <c r="C701" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D701">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E701"/>
       <c r="F701" t="s">
-        <v>28</v>
+        <v>911</v>
       </c>
       <c r="G701"/>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="B702" t="s">
         <v>8</v>
       </c>
       <c r="C702" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D702">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E702"/>
       <c r="F702" t="s">
-        <v>263</v>
+        <v>913</v>
       </c>
       <c r="G702"/>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="B703" t="s">
         <v>8</v>
       </c>
       <c r="C703" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D703">
-        <v>1989</v>
+        <v>2015</v>
       </c>
       <c r="E703"/>
       <c r="F703" t="s">
-        <v>28</v>
+        <v>915</v>
       </c>
       <c r="G703"/>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="B704" t="s">
         <v>8</v>
       </c>
       <c r="C704" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D704">
-        <v>1972</v>
+        <v>2003</v>
       </c>
       <c r="E704"/>
       <c r="F704" t="s">
-        <v>700</v>
+        <v>917</v>
       </c>
       <c r="G704"/>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="B705" t="s">
         <v>8</v>
       </c>
       <c r="C705" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D705">
-        <v>1964</v>
+        <v>2011</v>
       </c>
       <c r="E705"/>
       <c r="F705" t="s">
-        <v>44</v>
+        <v>154</v>
       </c>
       <c r="G705"/>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="B706" t="s">
         <v>8</v>
       </c>
       <c r="C706" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D706">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E706"/>
       <c r="F706" t="s">
-        <v>263</v>
+        <v>13</v>
       </c>
       <c r="G706"/>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="B707" t="s">
         <v>8</v>
       </c>
       <c r="C707" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D707">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E707"/>
       <c r="F707" t="s">
-        <v>13</v>
+        <v>860</v>
       </c>
       <c r="G707"/>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="B708" t="s">
         <v>8</v>
       </c>
       <c r="C708" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D708">
-        <v>2017</v>
+        <v>1988</v>
       </c>
       <c r="E708"/>
       <c r="F708" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G708"/>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="B709" t="s">
         <v>8</v>
       </c>
       <c r="C709" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D709">
-        <v>1996</v>
+        <v>1968</v>
       </c>
       <c r="E709"/>
       <c r="F709" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="G709"/>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="B710" t="s">
         <v>8</v>
       </c>
       <c r="C710" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D710">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E710"/>
       <c r="F710" t="s">
-        <v>181</v>
+        <v>392</v>
       </c>
       <c r="G710"/>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="B711" t="s">
         <v>8</v>
       </c>
       <c r="C711" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D711">
-        <v>1976</v>
+        <v>2007</v>
       </c>
       <c r="E711"/>
       <c r="F711" t="s">
-        <v>97</v>
+        <v>157</v>
       </c>
       <c r="G711"/>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="B712" t="s">
         <v>8</v>
       </c>
       <c r="C712" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D712">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E712"/>
       <c r="F712" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G712"/>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="B713" t="s">
         <v>8</v>
       </c>
       <c r="C713" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D713">
-        <v>1995</v>
+        <v>1980</v>
       </c>
       <c r="E713"/>
       <c r="F713" t="s">
-        <v>920</v>
+        <v>22</v>
       </c>
       <c r="G713"/>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="B714" t="s">
         <v>8</v>
       </c>
       <c r="C714" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D714">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E714"/>
       <c r="F714" t="s">
-        <v>700</v>
+        <v>814</v>
       </c>
       <c r="G714"/>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="B715" t="s">
         <v>8</v>
       </c>
       <c r="C715" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D715">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E715"/>
       <c r="F715" t="s">
-        <v>28</v>
+        <v>176</v>
       </c>
       <c r="G715"/>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="B716" t="s">
         <v>8</v>
       </c>
       <c r="C716" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D716">
-        <v>2010</v>
+        <v>1981</v>
       </c>
       <c r="E716"/>
       <c r="F716" t="s">
-        <v>128</v>
+        <v>270</v>
       </c>
       <c r="G716"/>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="B717" t="s">
         <v>8</v>
       </c>
       <c r="C717" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D717">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E717"/>
       <c r="F717" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G717"/>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="B718" t="s">
         <v>8</v>
       </c>
       <c r="C718" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D718">
-        <v>2015</v>
+        <v>1998</v>
       </c>
       <c r="E718"/>
       <c r="F718" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G718"/>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="B719" t="s">
         <v>8</v>
       </c>
       <c r="C719" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D719">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E719"/>
-      <c r="F719"/>
+      <c r="F719" t="s">
+        <v>13</v>
+      </c>
       <c r="G719"/>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="B720" t="s">
         <v>8</v>
       </c>
       <c r="C720" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D720">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E720"/>
       <c r="F720" t="s">
-        <v>687</v>
+        <v>397</v>
       </c>
       <c r="G720"/>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="B721" t="s">
         <v>8</v>
       </c>
       <c r="C721" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D721">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E721"/>
       <c r="F721" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G721"/>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="B722" t="s">
         <v>8</v>
       </c>
       <c r="C722" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D722">
-        <v>1972</v>
+        <v>2016</v>
       </c>
       <c r="E722"/>
       <c r="F722" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G722"/>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="B723" t="s">
         <v>8</v>
       </c>
       <c r="C723" t="s">
-        <v>76</v>
+        <v>937</v>
       </c>
       <c r="D723">
-        <v>1972</v>
+        <v>1990</v>
       </c>
       <c r="E723"/>
       <c r="F723" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G723"/>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="B724" t="s">
         <v>8</v>
       </c>
       <c r="C724" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D724">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E724"/>
       <c r="F724" t="s">
         <v>13</v>
       </c>
       <c r="G724"/>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="B725" t="s">
         <v>8</v>
       </c>
       <c r="C725" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D725">
-        <v>1969</v>
+        <v>2012</v>
       </c>
       <c r="E725"/>
       <c r="F725" t="s">
-        <v>44</v>
+        <v>334</v>
       </c>
       <c r="G725"/>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="B726" t="s">
         <v>8</v>
       </c>
       <c r="C726" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D726">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E726"/>
       <c r="F726" t="s">
-        <v>181</v>
+        <v>112</v>
       </c>
       <c r="G726"/>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>667</v>
+        <v>941</v>
       </c>
       <c r="B727" t="s">
         <v>8</v>
       </c>
       <c r="C727" t="s">
-        <v>668</v>
+        <v>942</v>
       </c>
       <c r="D727">
-        <v>2010</v>
+        <v>1977</v>
       </c>
       <c r="E727"/>
       <c r="F727" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="G727"/>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="B728" t="s">
         <v>8</v>
       </c>
       <c r="C728" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D728">
-        <v>1980</v>
+        <v>1968</v>
       </c>
       <c r="E728"/>
       <c r="F728" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G728"/>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="B729" t="s">
         <v>8</v>
       </c>
       <c r="C729" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D729">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="E729"/>
       <c r="F729" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G729"/>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="B730" t="s">
         <v>8</v>
       </c>
       <c r="C730" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D730">
-        <v>2013</v>
+        <v>1945</v>
       </c>
       <c r="E730"/>
       <c r="F730" t="s">
-        <v>937</v>
+        <v>22</v>
       </c>
       <c r="G730"/>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="B731" t="s">
         <v>8</v>
       </c>
       <c r="C731" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D731">
-        <v>1981</v>
+        <v>2015</v>
       </c>
       <c r="E731"/>
       <c r="F731" t="s">
-        <v>13</v>
+        <v>302</v>
       </c>
       <c r="G731"/>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="B732" t="s">
         <v>8</v>
       </c>
       <c r="C732" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D732">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E732"/>
       <c r="F732" t="s">
-        <v>940</v>
+        <v>10</v>
       </c>
       <c r="G732"/>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="B733" t="s">
         <v>8</v>
       </c>
       <c r="C733" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D733">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E733"/>
       <c r="F733" t="s">
-        <v>243</v>
+        <v>165</v>
       </c>
       <c r="G733"/>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="B734" t="s">
         <v>8</v>
       </c>
       <c r="C734" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D734">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E734"/>
       <c r="F734" t="s">
-        <v>943</v>
+        <v>102</v>
       </c>
       <c r="G734"/>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B735" t="s">
         <v>8</v>
       </c>
       <c r="C735" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D735">
-        <v>2007</v>
+        <v>1972</v>
       </c>
       <c r="E735"/>
       <c r="F735" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G735"/>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="B736" t="s">
         <v>8</v>
       </c>
       <c r="C736" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D736">
-        <v>2011</v>
+        <v>1985</v>
       </c>
       <c r="E736"/>
-      <c r="F736" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F736"/>
       <c r="G736"/>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="B737" t="s">
         <v>8</v>
       </c>
       <c r="C737" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D737">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E737"/>
       <c r="F737" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
       <c r="G737"/>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="B738" t="s">
         <v>8</v>
       </c>
       <c r="C738" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D738">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E738"/>
       <c r="F738" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="G738"/>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="B739" t="s">
         <v>8</v>
       </c>
       <c r="C739" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D739">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E739"/>
       <c r="F739" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G739"/>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="B740" t="s">
         <v>8</v>
       </c>
       <c r="C740" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D740">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E740"/>
       <c r="F740" t="s">
-        <v>294</v>
+        <v>595</v>
       </c>
       <c r="G740"/>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="B741" t="s">
         <v>8</v>
       </c>
       <c r="C741" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D741">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="E741"/>
       <c r="F741" t="s">
-        <v>117</v>
+        <v>392</v>
       </c>
       <c r="G741"/>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="B742" t="s">
         <v>8</v>
       </c>
       <c r="C742" t="s">
-        <v>20</v>
+        <v>217</v>
       </c>
       <c r="D742">
-        <v>1988</v>
+        <v>2006</v>
       </c>
       <c r="E742"/>
       <c r="F742" t="s">
-        <v>263</v>
+        <v>218</v>
       </c>
       <c r="G742"/>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="B743" t="s">
         <v>8</v>
       </c>
       <c r="C743" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D743">
-        <v>1982</v>
+        <v>1997</v>
       </c>
       <c r="E743"/>
       <c r="F743" t="s">
-        <v>416</v>
+        <v>118</v>
       </c>
       <c r="G743"/>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
-        <v>953</v>
+        <v>518</v>
       </c>
       <c r="B744" t="s">
         <v>8</v>
       </c>
       <c r="C744" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D744">
-        <v>1971</v>
+        <v>2009</v>
       </c>
       <c r="E744"/>
-      <c r="F744" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F744"/>
       <c r="G744"/>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>954</v>
+        <v>407</v>
       </c>
       <c r="B745" t="s">
         <v>8</v>
       </c>
       <c r="C745" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D745">
-        <v>1972</v>
+        <v>2013</v>
       </c>
       <c r="E745"/>
       <c r="F745" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G745"/>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="B746" t="s">
         <v>8</v>
       </c>
       <c r="C746" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D746">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E746"/>
       <c r="F746" t="s">
-        <v>28</v>
+        <v>960</v>
       </c>
       <c r="G746"/>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="B747" t="s">
         <v>8</v>
       </c>
       <c r="C747" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D747">
-        <v>1994</v>
+        <v>1972</v>
       </c>
       <c r="E747"/>
       <c r="F747" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="G747"/>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="B748" t="s">
         <v>8</v>
       </c>
       <c r="C748" t="s">
-        <v>196</v>
+        <v>29</v>
       </c>
       <c r="D748">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E748"/>
       <c r="F748" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="G748"/>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="B749" t="s">
         <v>8</v>
       </c>
       <c r="C749" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D749">
-        <v>2004</v>
+        <v>1973</v>
       </c>
       <c r="E749"/>
       <c r="F749" t="s">
-        <v>166</v>
+        <v>50</v>
       </c>
       <c r="G749"/>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>959</v>
+        <v>437</v>
       </c>
       <c r="B750" t="s">
         <v>8</v>
       </c>
       <c r="C750" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="D750">
-        <v>1970</v>
+        <v>2009</v>
       </c>
       <c r="E750"/>
       <c r="F750" t="s">
-        <v>28</v>
+        <v>964</v>
       </c>
       <c r="G750"/>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="B751" t="s">
         <v>8</v>
       </c>
       <c r="C751" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D751">
-        <v>1985</v>
+        <v>2011</v>
       </c>
       <c r="E751"/>
       <c r="F751" t="s">
-        <v>44</v>
+        <v>397</v>
       </c>
       <c r="G751"/>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="B752" t="s">
         <v>8</v>
       </c>
       <c r="C752" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D752">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="E752"/>
       <c r="F752" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="G752"/>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="B753" t="s">
         <v>8</v>
       </c>
       <c r="C753" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D753">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="E753"/>
       <c r="F753" t="s">
-        <v>95</v>
+        <v>968</v>
       </c>
       <c r="G753"/>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="B754" t="s">
         <v>8</v>
       </c>
       <c r="C754" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D754">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E754"/>
-      <c r="F754"/>
+      <c r="F754" t="s">
+        <v>32</v>
+      </c>
       <c r="G754"/>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="B755" t="s">
         <v>8</v>
       </c>
       <c r="C755" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D755">
-        <v>2008</v>
+        <v>1976</v>
       </c>
       <c r="E755"/>
       <c r="F755" t="s">
-        <v>965</v>
+        <v>50</v>
       </c>
       <c r="G755"/>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>966</v>
+        <v>562</v>
       </c>
       <c r="B756" t="s">
         <v>8</v>
       </c>
       <c r="C756" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D756">
-        <v>2012</v>
+        <v>1990</v>
       </c>
       <c r="E756"/>
       <c r="F756" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="G756"/>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="B757" t="s">
         <v>8</v>
       </c>
       <c r="C757" t="s">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="D757">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E757"/>
       <c r="F757" t="s">
-        <v>13</v>
+        <v>972</v>
       </c>
       <c r="G757"/>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="B758" t="s">
         <v>8</v>
       </c>
       <c r="C758" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D758">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="E758"/>
       <c r="F758" t="s">
-        <v>969</v>
+        <v>108</v>
       </c>
       <c r="G758"/>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="B759" t="s">
         <v>8</v>
       </c>
       <c r="C759" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D759">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E759"/>
       <c r="F759" t="s">
-        <v>28</v>
+        <v>397</v>
       </c>
       <c r="G759"/>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="B760" t="s">
         <v>8</v>
       </c>
       <c r="C760" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D760">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E760"/>
       <c r="F760" t="s">
-        <v>263</v>
+        <v>22</v>
       </c>
       <c r="G760"/>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="B761" t="s">
         <v>8</v>
       </c>
       <c r="C761" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D761">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E761"/>
       <c r="F761" t="s">
-        <v>558</v>
+        <v>22</v>
       </c>
       <c r="G761"/>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="B762" t="s">
         <v>8</v>
       </c>
       <c r="C762" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D762">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E762"/>
       <c r="F762" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="G762"/>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="B763" t="s">
         <v>8</v>
       </c>
       <c r="C763" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D763">
-        <v>1991</v>
+        <v>2003</v>
       </c>
       <c r="E763"/>
       <c r="F763" t="s">
-        <v>975</v>
+        <v>392</v>
       </c>
       <c r="G763"/>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="B764" t="s">
         <v>8</v>
       </c>
       <c r="C764" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D764">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E764"/>
       <c r="F764" t="s">
-        <v>798</v>
+        <v>258</v>
       </c>
       <c r="G764"/>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
-        <v>297</v>
+        <v>980</v>
       </c>
       <c r="B765" t="s">
         <v>8</v>
       </c>
       <c r="C765" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D765">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E765"/>
       <c r="F765" t="s">
-        <v>95</v>
+        <v>981</v>
       </c>
       <c r="G765"/>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="B766" t="s">
         <v>8</v>
       </c>
       <c r="C766" t="s">
-        <v>42</v>
+        <v>192</v>
       </c>
       <c r="D766">
-        <v>2009</v>
+        <v>1967</v>
       </c>
       <c r="E766"/>
       <c r="F766" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="G766"/>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="B767" t="s">
         <v>8</v>
       </c>
       <c r="C767" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D767">
-        <v>2017</v>
+        <v>1972</v>
       </c>
       <c r="E767"/>
       <c r="F767" t="s">
-        <v>61</v>
+        <v>50</v>
       </c>
       <c r="G767"/>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="B768" t="s">
         <v>8</v>
       </c>
       <c r="C768" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D768">
-        <v>1996</v>
+        <v>1967</v>
       </c>
       <c r="E768"/>
       <c r="F768" t="s">
-        <v>980</v>
+        <v>392</v>
       </c>
       <c r="G768"/>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="B769" t="s">
         <v>8</v>
       </c>
       <c r="C769" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D769">
-        <v>2008</v>
+        <v>1972</v>
       </c>
       <c r="E769"/>
       <c r="F769" t="s">
-        <v>103</v>
+        <v>50</v>
       </c>
       <c r="G769"/>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B770" t="s">
         <v>8</v>
       </c>
       <c r="C770" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D770">
-        <v>1976</v>
+        <v>2003</v>
       </c>
       <c r="E770"/>
       <c r="F770" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G770"/>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="B771" t="s">
         <v>8</v>
       </c>
       <c r="C771" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="D771">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="E771"/>
       <c r="F771" t="s">
-        <v>294</v>
+        <v>32</v>
       </c>
       <c r="G771"/>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="B772" t="s">
         <v>8</v>
       </c>
       <c r="C772" t="s">
-        <v>27</v>
+        <v>368</v>
       </c>
       <c r="D772">
-        <v>1996</v>
+        <v>1980</v>
       </c>
       <c r="E772"/>
       <c r="F772" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G772"/>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="B773" t="s">
         <v>8</v>
       </c>
       <c r="C773" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D773">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E773"/>
       <c r="F773" t="s">
-        <v>654</v>
+        <v>174</v>
       </c>
       <c r="G773"/>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="B774" t="s">
         <v>8</v>
       </c>
       <c r="C774" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D774">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E774"/>
       <c r="F774" t="s">
         <v>13</v>
       </c>
       <c r="G774"/>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="B775" t="s">
         <v>8</v>
       </c>
       <c r="C775" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D775">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="E775"/>
       <c r="F775" t="s">
-        <v>340</v>
+        <v>387</v>
       </c>
       <c r="G775"/>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="B776" t="s">
         <v>8</v>
       </c>
       <c r="C776" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D776">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E776"/>
       <c r="F776" t="s">
-        <v>989</v>
+        <v>67</v>
       </c>
       <c r="G776"/>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="B777" t="s">
         <v>8</v>
       </c>
       <c r="C777" t="s">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="D777">
-        <v>2015</v>
+        <v>1998</v>
       </c>
       <c r="E777"/>
       <c r="F777" t="s">
-        <v>991</v>
+        <v>27</v>
       </c>
       <c r="G777"/>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B778" t="s">
         <v>8</v>
       </c>
       <c r="C778" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D778">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E778"/>
       <c r="F778" t="s">
-        <v>993</v>
+        <v>911</v>
       </c>
       <c r="G778"/>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B779" t="s">
         <v>8</v>
       </c>
       <c r="C779" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D779">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E779"/>
       <c r="F779" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="G779"/>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B780" t="s">
         <v>8</v>
       </c>
       <c r="C780" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D780">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E780"/>
       <c r="F780" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="G780"/>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B781" t="s">
         <v>8</v>
       </c>
       <c r="C781" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D781">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E781"/>
       <c r="F781" t="s">
-        <v>937</v>
+        <v>487</v>
       </c>
       <c r="G781"/>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B782" t="s">
         <v>8</v>
       </c>
       <c r="C782" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D782">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="E782"/>
-      <c r="F782" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F782"/>
       <c r="G782"/>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B783" t="s">
         <v>8</v>
       </c>
       <c r="C783" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D783">
-        <v>1968</v>
+        <v>2007</v>
       </c>
       <c r="E783"/>
       <c r="F783" t="s">
-        <v>294</v>
+        <v>332</v>
       </c>
       <c r="G783"/>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B784" t="s">
         <v>8</v>
       </c>
       <c r="C784" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D784">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E784"/>
       <c r="F784" t="s">
-        <v>294</v>
+        <v>100</v>
       </c>
       <c r="G784"/>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B785" t="s">
         <v>8</v>
       </c>
       <c r="C785" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D785">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E785"/>
       <c r="F785" t="s">
-        <v>152</v>
+        <v>1002</v>
       </c>
       <c r="G785"/>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="B786" t="s">
         <v>8</v>
       </c>
       <c r="C786" t="s">
-        <v>224</v>
+        <v>81</v>
       </c>
       <c r="D786">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="E786"/>
       <c r="F786" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="G786"/>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="B787" t="s">
         <v>8</v>
       </c>
       <c r="C787" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D787">
-        <v>1980</v>
+        <v>2004</v>
       </c>
       <c r="E787"/>
       <c r="F787" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G787"/>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B788" t="s">
         <v>8</v>
       </c>
       <c r="C788" t="s">
-        <v>196</v>
+        <v>21</v>
       </c>
       <c r="D788">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="E788"/>
       <c r="F788" t="s">
-        <v>891</v>
+        <v>22</v>
       </c>
       <c r="G788"/>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="B789" t="s">
         <v>8</v>
       </c>
       <c r="C789" t="s">
-        <v>284</v>
+        <v>29</v>
       </c>
       <c r="D789">
-        <v>2013</v>
+        <v>1967</v>
       </c>
       <c r="E789"/>
       <c r="F789" t="s">
-        <v>171</v>
+        <v>22</v>
       </c>
       <c r="G789"/>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B790" t="s">
         <v>8</v>
       </c>
       <c r="C790" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="D790">
-        <v>1981</v>
+        <v>2015</v>
       </c>
       <c r="E790"/>
       <c r="F790" t="s">
-        <v>263</v>
+        <v>44</v>
       </c>
       <c r="G790"/>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="B791" t="s">
         <v>8</v>
       </c>
       <c r="C791" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D791">
-        <v>1992</v>
+        <v>2017</v>
       </c>
       <c r="E791"/>
       <c r="F791" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="G791"/>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="B792" t="s">
         <v>8</v>
       </c>
       <c r="C792" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D792">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="E792"/>
       <c r="F792" t="s">
-        <v>13</v>
+        <v>532</v>
       </c>
       <c r="G792"/>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B793" t="s">
         <v>8</v>
       </c>
       <c r="C793" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="D793">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E793"/>
       <c r="F793" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G793"/>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="B794" t="s">
         <v>8</v>
       </c>
       <c r="C794" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D794">
-        <v>2007</v>
+        <v>1972</v>
       </c>
       <c r="E794"/>
       <c r="F794" t="s">
-        <v>307</v>
+        <v>27</v>
       </c>
       <c r="G794"/>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="B795" t="s">
         <v>8</v>
       </c>
       <c r="C795" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D795">
-        <v>2011</v>
+        <v>1986</v>
       </c>
       <c r="E795"/>
       <c r="F795" t="s">
         <v>13</v>
       </c>
       <c r="G795"/>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B796" t="s">
         <v>8</v>
       </c>
       <c r="C796" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D796">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E796"/>
       <c r="F796" t="s">
-        <v>255</v>
+        <v>13</v>
       </c>
       <c r="G796"/>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B797" t="s">
         <v>8</v>
       </c>
       <c r="C797" t="s">
-        <v>1013</v>
+        <v>12</v>
       </c>
       <c r="D797">
-        <v>1990</v>
+        <v>2000</v>
       </c>
       <c r="E797"/>
       <c r="F797" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="G797"/>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B798" t="s">
         <v>8</v>
       </c>
       <c r="C798" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D798">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E798"/>
       <c r="F798" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="G798"/>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="B799" t="s">
         <v>8</v>
       </c>
       <c r="C799" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D799">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E799"/>
       <c r="F799" t="s">
-        <v>424</v>
+        <v>1017</v>
       </c>
       <c r="G799"/>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B800" t="s">
         <v>8</v>
       </c>
       <c r="C800" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D800">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E800"/>
       <c r="F800" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="G800"/>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="B801" t="s">
         <v>8</v>
       </c>
       <c r="C801" t="s">
-        <v>1018</v>
+        <v>217</v>
       </c>
       <c r="D801">
-        <v>1977</v>
+        <v>2007</v>
       </c>
       <c r="E801"/>
-      <c r="F801" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F801"/>
       <c r="G801"/>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B802" t="s">
         <v>8</v>
       </c>
       <c r="C802" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D802">
-        <v>1968</v>
+        <v>1997</v>
       </c>
       <c r="E802"/>
       <c r="F802" t="s">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="G802"/>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B803" t="s">
         <v>8</v>
       </c>
       <c r="C803" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D803">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E803"/>
       <c r="F803" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="G803"/>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="B804" t="s">
         <v>8</v>
       </c>
       <c r="C804" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D804">
-        <v>1945</v>
+        <v>2013</v>
       </c>
       <c r="E804"/>
       <c r="F804" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="G804"/>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B805" t="s">
         <v>8</v>
       </c>
       <c r="C805" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D805">
-        <v>2015</v>
+        <v>1978</v>
       </c>
       <c r="E805"/>
       <c r="F805" t="s">
-        <v>392</v>
+        <v>1024</v>
       </c>
       <c r="G805"/>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="B806" t="s">
         <v>8</v>
       </c>
       <c r="C806" t="s">
-        <v>224</v>
+        <v>29</v>
       </c>
       <c r="D806">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="E806"/>
       <c r="F806" t="s">
-        <v>63</v>
+        <v>118</v>
       </c>
       <c r="G806"/>
+    </row>
+    <row r="807" spans="1:7">
+      <c r="A807" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B807" t="s">
+        <v>8</v>
+      </c>
+      <c r="C807" t="s">
+        <v>29</v>
+      </c>
+      <c r="D807">
+        <v>1977</v>
+      </c>
+      <c r="E807"/>
+      <c r="F807" t="s">
+        <v>108</v>
+      </c>
+      <c r="G807"/>
+    </row>
+    <row r="808" spans="1:7">
+      <c r="A808" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B808" t="s">
+        <v>8</v>
+      </c>
+      <c r="C808" t="s">
+        <v>29</v>
+      </c>
+      <c r="D808">
+        <v>1964</v>
+      </c>
+      <c r="E808"/>
+      <c r="F808" t="s">
+        <v>50</v>
+      </c>
+      <c r="G808"/>
+    </row>
+    <row r="809" spans="1:7">
+      <c r="A809" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B809" t="s">
+        <v>8</v>
+      </c>
+      <c r="C809" t="s">
+        <v>99</v>
+      </c>
+      <c r="D809">
+        <v>2010</v>
+      </c>
+      <c r="E809"/>
+      <c r="F809" t="s">
+        <v>100</v>
+      </c>
+      <c r="G809"/>
+    </row>
+    <row r="810" spans="1:7">
+      <c r="A810" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B810" t="s">
+        <v>8</v>
+      </c>
+      <c r="C810" t="s">
+        <v>230</v>
+      </c>
+      <c r="D810">
+        <v>1981</v>
+      </c>
+      <c r="E810"/>
+      <c r="F810" t="s">
+        <v>270</v>
+      </c>
+      <c r="G810"/>
+    </row>
+    <row r="811" spans="1:7">
+      <c r="A811" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B811" t="s">
+        <v>8</v>
+      </c>
+      <c r="C811" t="s">
+        <v>368</v>
+      </c>
+      <c r="D811">
+        <v>2011</v>
+      </c>
+      <c r="E811"/>
+      <c r="F811" t="s">
+        <v>22</v>
+      </c>
+      <c r="G811"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">