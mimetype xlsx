--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -12,124 +12,130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Recorte de prensa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="501">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Muntadas mira al miedo en el MUN</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Artículo / Noticia en medio impreso</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
     <t>Antoni Muntadas: De tot el que fem n'hem d'aprendre alguna cosa</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Vicenç Altaió: “La cultura no puede ser solo instrumental: debe crear valor”</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Página de prensa intervención Diari ARA</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Sadomasoqués: artistes tocats per Cadaqués</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Que en són, de ‘masoques’, els artistes de Cadaqués</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>Antoni Muntadas: “Cadaqués és un lloc que estimo, amb el qual m’identifico i on carrego la bateria per tot l’any”</t>
   </si>
   <si>
     <t>Sadomasoqués, idiosincrasia de Cadaqués hecha exposición</t>
   </si>
   <si>
     <t>Reflexão urbana</t>
   </si>
   <si>
-    <t>Artículo / Noticia en medio impreso</t>
-[...1 lines deleted...]
-  <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Actualité de la vidéo</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Francia</t>
   </si>
   <si>
     <t>Muntadas. Experiences de Base</t>
   </si>
   <si>
     <t>De lo creativo catalán</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Biennale de Venise. Tableaux d'une exposition</t>
   </si>
   <si>
     <t>Bienal Venecia 76, o cómo 40 años de franquismo envenenan los verdes prados</t>
@@ -1301,53 +1307,50 @@
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>Fabio Mauri – Antoni Muntadas. Doppia personale</t>
   </si>
   <si>
     <t>What Is the Art Exhibition of Your Dreams? We Asked 14 More Art-World Heavyweights</t>
   </si>
   <si>
     <t>王慰慰丨蒙塔达斯：一种以艺术激活（____）的姿态 [When Art Become a Way of Activation - Muntadas’s Creation]</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Entre / Between [Artículo Domus]</t>
   </si>
   <si>
     <t>Antoni Muntadasen lanari begirada analitikoa zuzendu dio Artiumek</t>
   </si>
   <si>
     <t>Corte transversal a una trayectoria</t>
   </si>
   <si>
-    <t>Navarra</t>
-[...1 lines deleted...]
-  <si>
     <t>El Museo de Papel [On Translation. El Aplauso]</t>
   </si>
   <si>
     <t>Experimental Media</t>
   </si>
   <si>
     <t>Boston (MA)</t>
   </si>
   <si>
     <t>Luisa Strina expõe instalação de Muntadas</t>
   </si>
   <si>
     <t>Muntadas, contra la convenció</t>
   </si>
   <si>
     <t>Muntadas 'On Subjectivity' To Be Exhibited in Hayden</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Antoni Muntadas "Home, Where Is Home?"</t>
   </si>
   <si>
     <t>Antoni Muntadas produce un vídeo sobre los lemas publicitarios titulado 'E/Slogans'</t>
@@ -1469,93 +1472,93 @@
   <si>
     <t>Inauguración en el CGAC del nuevo proyecto artístico del catalán Antoni Muntadas</t>
   </si>
   <si>
     <t>Antoni Muntadas inaugura a exposición 'Estratexias do desprazamento'</t>
   </si>
   <si>
     <t>El CGAC abre su programa de 2018 con Antoni Muntadas, pionero del videoarte</t>
   </si>
   <si>
     <t>The best exhibitions in Beijing this September</t>
   </si>
   <si>
     <t>On Translation: Das Museum</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>Guadalimar. Manifestaciones de PALAZUELO. Pintura/Escultur/Espacios/Política. Año VI. N 56/ 200 Pesetas</t>
   </si>
   <si>
     <t>Antoni Muntadas: si me queréis ir(se)</t>
   </si>
   <si>
+    <t>Ambulantes. Cultura portátil</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
   </si>
   <si>
     <t>Muntadas. Palabras, palabras…</t>
   </si>
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Antoni Muntadas: Espacios alternativos. Una experiencia personal, en: Presencia y realidad del arte español en el extranjero. XV Curso Apreciación del Arte Contemporáneo</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
   </si>
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>La metodología del proyecto : Un Taller de Antoni Muntadas en colaboración con Alfredo Puente. MUSAC 2012.</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Museo Immaginario Personale : La proposta di lettura del testo di Andrè Malraux “Le Musée Imaginaire” come punto di partenza per un prozesso di lavoro che origina e produze una serie di progetti sul tema proposto: Museo Immaginario Personale</t>
   </si>
   <si>
     <t>TRANSVERSAL. Revista de cultura contemporania. Num 1. 1996 [Art – Vida – Formacio Al’entorn del Taller d’Antoni Muntadas a la QUAM-Lleida 95]</t>
   </si>
   <si>
     <t>Beaux Arts Journal</t>
   </si>
   <si>
     <t>Burdeos</t>
-  </si>
-[...4 lines deleted...]
-    <t>Catálogo Colectivo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1855,51 +1858,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G406"/>
+  <dimension ref="A1:G407"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="285" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1942,7299 +1945,7316 @@
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>36</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>38</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
-      <c r="F19"/>
+      <c r="F19" t="s">
+        <v>40</v>
+      </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
-      <c r="C24"/>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>57</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>60</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>65</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>70</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>76</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>86</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>87</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>91</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>94</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>95</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>96</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>30</v>
+        <v>97</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>101</v>
+        <v>40</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>102</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>103</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>104</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>110</v>
+        <v>13</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>112</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>113</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>116</v>
+        <v>92</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>117</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>122</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>124</v>
+        <v>9</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
+        <v>125</v>
+      </c>
+      <c r="B86" t="s">
+        <v>8</v>
+      </c>
+      <c r="C86" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>90</v>
+        <v>127</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>125</v>
+        <v>92</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>132</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>30</v>
+        <v>133</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>134</v>
+        <v>32</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>135</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>80</v>
+        <v>137</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>30</v>
+        <v>136</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>136</v>
+        <v>82</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>10</v>
+        <v>89</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>126</v>
+        <v>141</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>140</v>
+        <v>13</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>142</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>143</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>19</v>
+        <v>144</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>145</v>
+        <v>15</v>
       </c>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>146</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>12</v>
+        <v>147</v>
       </c>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>151</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>30</v>
+        <v>152</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>155</v>
+        <v>13</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>156</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D112"/>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D113"/>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>90</v>
+        <v>32</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>164</v>
+        <v>32</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>165</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
         <v>12</v>
       </c>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D122"/>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D123"/>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>170</v>
+        <v>32</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>171</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D125"/>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>173</v>
+        <v>152</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>174</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>90</v>
+        <v>175</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>177</v>
+        <v>44</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>178</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129" t="s">
         <v>179</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>180</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>181</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>182</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D131"/>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D132"/>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D133"/>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D135"/>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D137"/>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>34</v>
+        <v>183</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D138"/>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>192</v>
+        <v>32</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>193</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>10</v>
+        <v>179</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>10</v>
+        <v>179</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D152"/>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D153"/>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D154"/>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>206</v>
+        <v>32</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>207</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D155"/>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>30</v>
+        <v>208</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D156"/>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
         <v>9</v>
       </c>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>206</v>
+        <v>152</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>90</v>
+        <v>208</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D160"/>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>179</v>
+        <v>92</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D161"/>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>214</v>
+        <v>181</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>215</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>10</v>
+        <v>216</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>219</v>
+        <v>38</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>220</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166" t="s">
         <v>221</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>222</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>30</v>
+        <v>223</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D170"/>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>227</v>
+        <v>32</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>228</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="D172"/>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>30</v>
+        <v>229</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>93</v>
+        <v>32</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>121</v>
+        <v>32</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D177"/>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D178"/>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>235</v>
+        <v>32</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>236</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D179"/>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>214</v>
+        <v>237</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D180"/>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>44</v>
+        <v>216</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>87</v>
+        <v>32</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D184"/>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>243</v>
+        <v>13</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>244</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D186"/>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>30</v>
+        <v>245</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D187">
         <v>2022</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D188">
         <v>2022</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>192</v>
+        <v>32</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D189">
         <v>2022</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
         <v>9</v>
       </c>
       <c r="D190">
         <v>2022</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>249</v>
+        <v>194</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>250</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D191">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>116</v>
+        <v>251</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D192">
         <v>2021</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D193">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D194">
         <v>2022</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D195">
         <v>2022</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D196">
         <v>2022</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D197">
         <v>2022</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D198">
         <v>2022</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D199">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D200">
         <v>2021</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D201">
-        <v>1984</v>
+        <v>2021</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D202">
-        <v>2021</v>
+        <v>1984</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D203">
         <v>2021</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>263</v>
+        <v>13</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>264</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D204">
         <v>2021</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>30</v>
+        <v>265</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D205">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D206">
         <v>2018</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D207">
         <v>2018</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D208">
         <v>2018</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D209">
         <v>2018</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D210">
         <v>2018</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>271</v>
+        <v>16</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>272</v>
       </c>
       <c r="B211" t="s">
         <v>8</v>
       </c>
       <c r="C211" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D211">
         <v>2018</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>30</v>
+        <v>273</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D212">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>145</v>
+        <v>9</v>
       </c>
       <c r="D213">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>275</v>
+        <v>103</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>276</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="D214">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>30</v>
+        <v>277</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D215">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>278</v>
+        <v>32</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>279</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D216">
-        <v>1972</v>
+        <v>2013</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
         <v>280</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>281</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D217">
         <v>1972</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>30</v>
+        <v>282</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D218">
         <v>1972</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D219">
         <v>1972</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D220">
         <v>1972</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D221">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D222">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D223">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B224" t="s">
         <v>8</v>
       </c>
       <c r="C224" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D224">
         <v>1973</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
-        <v>90</v>
+        <v>71</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B225" t="s">
         <v>8</v>
       </c>
       <c r="C225" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D225">
         <v>1973</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
-        <v>290</v>
+        <v>92</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>291</v>
       </c>
       <c r="B226" t="s">
         <v>8</v>
       </c>
       <c r="C226" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D226">
         <v>1973</v>
       </c>
       <c r="E226"/>
       <c r="F226" t="s">
-        <v>90</v>
+        <v>292</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B227" t="s">
         <v>8</v>
       </c>
       <c r="C227" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="D227">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E227"/>
       <c r="F227" t="s">
-        <v>293</v>
+        <v>92</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>294</v>
       </c>
       <c r="B228" t="s">
         <v>8</v>
       </c>
       <c r="C228" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="D228">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>90</v>
+        <v>295</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B229" t="s">
         <v>8</v>
       </c>
       <c r="C229" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D229">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B230" t="s">
         <v>8</v>
       </c>
       <c r="C230" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D230">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E230"/>
       <c r="F230" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B231" t="s">
         <v>8</v>
       </c>
       <c r="C231" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D231">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E231"/>
       <c r="F231" t="s">
-        <v>293</v>
+        <v>13</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B232" t="s">
         <v>8</v>
       </c>
       <c r="C232" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D232">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>10</v>
+        <v>295</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B233" t="s">
         <v>8</v>
       </c>
       <c r="C233" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D233">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>235</v>
+        <v>13</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B234" t="s">
         <v>8</v>
       </c>
       <c r="C234" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D234">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E234"/>
       <c r="F234" t="s">
-        <v>293</v>
+        <v>237</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B235" t="s">
         <v>8</v>
       </c>
       <c r="C235" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D235">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B236" t="s">
         <v>8</v>
       </c>
       <c r="C236" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D236">
         <v>1973</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B237" t="s">
         <v>8</v>
       </c>
       <c r="C237" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D237">
         <v>1973</v>
       </c>
       <c r="E237"/>
       <c r="F237" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B238" t="s">
         <v>8</v>
       </c>
       <c r="C238" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D238">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E238"/>
-      <c r="F238"/>
+      <c r="F238" t="s">
+        <v>295</v>
+      </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B239" t="s">
         <v>8</v>
       </c>
       <c r="C239" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D239">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E239"/>
-      <c r="F239" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F239"/>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B240" t="s">
         <v>8</v>
       </c>
       <c r="C240" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="D240">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>10</v>
+        <v>295</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B241" t="s">
         <v>8</v>
       </c>
       <c r="C241" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D241">
         <v>1972</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B242" t="s">
         <v>8</v>
       </c>
       <c r="C242" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D242">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E242"/>
-      <c r="F242"/>
+      <c r="F242" t="s">
+        <v>13</v>
+      </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B243" t="s">
         <v>8</v>
       </c>
       <c r="C243" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D243">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E243"/>
-      <c r="F243" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F243"/>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B244" t="s">
         <v>8</v>
       </c>
       <c r="C244" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D244">
         <v>1972</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>311</v>
+        <v>32</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>312</v>
       </c>
       <c r="B245" t="s">
         <v>8</v>
       </c>
       <c r="C245" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D245">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E245"/>
-      <c r="F245"/>
+      <c r="F245" t="s">
+        <v>313</v>
+      </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B246" t="s">
         <v>8</v>
       </c>
       <c r="C246" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D246">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E246"/>
-      <c r="F246" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F246"/>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B247" t="s">
         <v>8</v>
       </c>
       <c r="C247" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D247">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E247"/>
       <c r="F247" t="s">
-        <v>10</v>
+        <v>313</v>
       </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B248" t="s">
         <v>8</v>
       </c>
       <c r="C248" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D248">
         <v>1971</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>316</v>
+        <v>13</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>317</v>
       </c>
       <c r="B249" t="s">
         <v>8</v>
       </c>
       <c r="C249" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D249">
-        <v>2021</v>
+        <v>1971</v>
       </c>
       <c r="E249"/>
-      <c r="F249"/>
+      <c r="F249" t="s">
+        <v>318</v>
+      </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B250" t="s">
         <v>8</v>
       </c>
       <c r="C250" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D250">
-        <v>1964</v>
+        <v>2021</v>
       </c>
       <c r="E250"/>
-      <c r="F250" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F250"/>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B251" t="s">
         <v>8</v>
       </c>
       <c r="C251" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D251">
         <v>1964</v>
       </c>
       <c r="E251"/>
       <c r="F251" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B252" t="s">
         <v>8</v>
       </c>
       <c r="C252" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D252">
-        <v>1971</v>
+        <v>1964</v>
       </c>
       <c r="E252"/>
       <c r="F252" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G252"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B253" t="s">
         <v>8</v>
       </c>
       <c r="C253" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D253">
         <v>1971</v>
       </c>
       <c r="E253"/>
-      <c r="F253"/>
+      <c r="F253" t="s">
+        <v>32</v>
+      </c>
       <c r="G253"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B254" t="s">
         <v>8</v>
       </c>
       <c r="C254" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D254">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="E254"/>
-      <c r="F254" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F254"/>
       <c r="G254"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B255" t="s">
         <v>8</v>
       </c>
       <c r="C255" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D255">
-        <v>2021</v>
+        <v>1964</v>
       </c>
       <c r="E255"/>
       <c r="F255" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G255"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B256" t="s">
         <v>8</v>
       </c>
       <c r="C256" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D256">
         <v>2021</v>
       </c>
       <c r="E256"/>
       <c r="F256" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G256"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B257" t="s">
         <v>8</v>
       </c>
       <c r="C257" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D257">
         <v>2021</v>
       </c>
       <c r="E257"/>
       <c r="F257" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G257"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B258" t="s">
         <v>8</v>
       </c>
       <c r="C258" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D258">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E258"/>
       <c r="F258" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G258"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B259" t="s">
         <v>8</v>
       </c>
       <c r="C259" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D259">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E259"/>
       <c r="F259" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G259"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B260" t="s">
         <v>8</v>
       </c>
       <c r="C260" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D260">
         <v>2021</v>
       </c>
       <c r="E260"/>
       <c r="F260" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="G260"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B261" t="s">
         <v>8</v>
       </c>
       <c r="C261" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D261">
         <v>2021</v>
       </c>
       <c r="E261"/>
       <c r="F261" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B262" t="s">
         <v>8</v>
       </c>
       <c r="C262" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D262">
         <v>2021</v>
       </c>
       <c r="E262"/>
       <c r="F262" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="G262"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B263" t="s">
         <v>8</v>
       </c>
       <c r="C263" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D263">
         <v>2021</v>
       </c>
       <c r="E263"/>
       <c r="F263" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G263"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B264" t="s">
         <v>8</v>
       </c>
       <c r="C264" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D264">
         <v>2021</v>
       </c>
       <c r="E264"/>
       <c r="F264" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G264"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B265" t="s">
         <v>8</v>
       </c>
       <c r="C265" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D265">
         <v>2021</v>
       </c>
       <c r="E265"/>
       <c r="F265" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="G265"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B266" t="s">
         <v>8</v>
       </c>
       <c r="C266" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D266">
         <v>2021</v>
       </c>
       <c r="E266"/>
       <c r="F266" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="G266"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B267" t="s">
         <v>8</v>
       </c>
       <c r="C267" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D267">
         <v>2021</v>
       </c>
       <c r="E267"/>
       <c r="F267" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G267"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B268" t="s">
         <v>8</v>
       </c>
       <c r="C268" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D268">
         <v>2021</v>
       </c>
       <c r="E268"/>
-      <c r="F268"/>
+      <c r="F268" t="s">
+        <v>32</v>
+      </c>
       <c r="G268"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B269" t="s">
         <v>8</v>
       </c>
       <c r="C269" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D269">
         <v>2021</v>
       </c>
       <c r="E269"/>
-      <c r="F269" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F269"/>
       <c r="G269"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B270" t="s">
         <v>8</v>
       </c>
       <c r="C270" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D270">
         <v>2021</v>
       </c>
       <c r="E270"/>
       <c r="F270" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G270"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B271" t="s">
         <v>8</v>
       </c>
       <c r="C271" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D271">
         <v>2021</v>
       </c>
       <c r="E271"/>
       <c r="F271" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G271"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B272" t="s">
         <v>8</v>
       </c>
       <c r="C272" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D272">
         <v>2021</v>
       </c>
       <c r="E272"/>
       <c r="F272" t="s">
-        <v>214</v>
+        <v>13</v>
       </c>
       <c r="G272"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B273" t="s">
         <v>8</v>
       </c>
       <c r="C273" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D273">
         <v>2021</v>
       </c>
       <c r="E273"/>
       <c r="F273" t="s">
-        <v>30</v>
+        <v>216</v>
       </c>
       <c r="G273"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B274" t="s">
         <v>8</v>
       </c>
       <c r="C274" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D274">
         <v>2021</v>
       </c>
       <c r="E274"/>
       <c r="F274" t="s">
-        <v>235</v>
+        <v>32</v>
       </c>
       <c r="G274"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B275" t="s">
         <v>8</v>
       </c>
       <c r="C275" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D275">
         <v>2021</v>
       </c>
       <c r="E275"/>
       <c r="F275" t="s">
-        <v>30</v>
+        <v>237</v>
       </c>
       <c r="G275"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B276" t="s">
         <v>8</v>
       </c>
       <c r="C276" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D276">
         <v>2021</v>
       </c>
       <c r="E276"/>
       <c r="F276" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="G276"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B277" t="s">
         <v>8</v>
       </c>
       <c r="C277" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D277">
         <v>2021</v>
       </c>
       <c r="E277"/>
-      <c r="F277"/>
+      <c r="F277" t="s">
+        <v>46</v>
+      </c>
       <c r="G277"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B278" t="s">
         <v>8</v>
       </c>
       <c r="C278" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D278">
         <v>2021</v>
       </c>
       <c r="E278"/>
-      <c r="F278" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F278"/>
       <c r="G278"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
         <v>348</v>
       </c>
       <c r="B279" t="s">
         <v>8</v>
       </c>
       <c r="C279" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D279">
         <v>2021</v>
       </c>
       <c r="E279"/>
       <c r="F279" t="s">
-        <v>19</v>
+        <v>349</v>
       </c>
       <c r="G279"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B280" t="s">
         <v>8</v>
       </c>
       <c r="C280" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D280">
         <v>2021</v>
       </c>
       <c r="E280"/>
       <c r="F280" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G280"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B281" t="s">
         <v>8</v>
       </c>
       <c r="C281" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D281">
         <v>2021</v>
       </c>
       <c r="E281"/>
       <c r="F281" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G281"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B282" t="s">
         <v>8</v>
       </c>
       <c r="C282" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D282">
         <v>2021</v>
       </c>
       <c r="E282"/>
       <c r="F282" t="s">
-        <v>192</v>
+        <v>13</v>
       </c>
       <c r="G282"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B283" t="s">
         <v>8</v>
       </c>
       <c r="C283" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D283">
         <v>2021</v>
       </c>
       <c r="E283"/>
       <c r="F283" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G283"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>337</v>
+        <v>354</v>
       </c>
       <c r="B284" t="s">
         <v>8</v>
       </c>
       <c r="C284" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D284">
         <v>2021</v>
       </c>
       <c r="E284"/>
       <c r="F284" t="s">
-        <v>30</v>
+        <v>194</v>
       </c>
       <c r="G284"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
       <c r="B285" t="s">
         <v>8</v>
       </c>
       <c r="C285" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D285">
         <v>2021</v>
       </c>
       <c r="E285"/>
       <c r="F285" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G285"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="B286" t="s">
         <v>8</v>
       </c>
       <c r="C286" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D286">
         <v>2021</v>
       </c>
       <c r="E286"/>
       <c r="F286" t="s">
-        <v>235</v>
+        <v>13</v>
       </c>
       <c r="G286"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B287" t="s">
         <v>8</v>
       </c>
       <c r="C287" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D287">
         <v>2021</v>
       </c>
       <c r="E287"/>
       <c r="F287" t="s">
-        <v>30</v>
+        <v>237</v>
       </c>
       <c r="G287"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="B288" t="s">
         <v>8</v>
       </c>
       <c r="C288" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D288">
         <v>2021</v>
       </c>
       <c r="E288"/>
       <c r="F288" t="s">
-        <v>235</v>
+        <v>32</v>
       </c>
       <c r="G288"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B289" t="s">
         <v>8</v>
       </c>
       <c r="C289" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D289">
         <v>2021</v>
       </c>
       <c r="E289"/>
       <c r="F289" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="G289"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B290" t="s">
         <v>8</v>
       </c>
       <c r="C290" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D290">
         <v>2021</v>
       </c>
       <c r="E290"/>
       <c r="F290" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="G290"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B291" t="s">
         <v>8</v>
       </c>
       <c r="C291" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D291">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E291"/>
       <c r="F291" t="s">
-        <v>30</v>
+        <v>237</v>
       </c>
       <c r="G291"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B292" t="s">
         <v>8</v>
       </c>
       <c r="C292" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D292">
-        <v>1986</v>
+        <v>2011</v>
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G292"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B293" t="s">
         <v>8</v>
       </c>
       <c r="C293" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D293">
-        <v>2016</v>
+        <v>1986</v>
       </c>
       <c r="E293"/>
       <c r="F293" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G293"/>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B294" t="s">
         <v>8</v>
       </c>
       <c r="C294" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D294">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="E294"/>
       <c r="F294" t="s">
-        <v>361</v>
+        <v>13</v>
       </c>
       <c r="G294"/>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>362</v>
       </c>
       <c r="B295" t="s">
         <v>8</v>
       </c>
       <c r="C295" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D295">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="E295"/>
       <c r="F295" t="s">
-        <v>90</v>
+        <v>363</v>
       </c>
       <c r="G295"/>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B296" t="s">
         <v>8</v>
       </c>
       <c r="C296" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D296">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E296"/>
       <c r="F296" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G296"/>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B297" t="s">
         <v>8</v>
       </c>
       <c r="C297" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D297">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="E297"/>
       <c r="F297" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="G297"/>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B298" t="s">
         <v>8</v>
       </c>
       <c r="C298" t="s">
-        <v>145</v>
+        <v>15</v>
       </c>
       <c r="D298">
         <v>2017</v>
       </c>
       <c r="E298"/>
       <c r="F298" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G298"/>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B299" t="s">
         <v>8</v>
       </c>
       <c r="C299" t="s">
-        <v>12</v>
+        <v>147</v>
       </c>
       <c r="D299">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E299"/>
       <c r="F299" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G299"/>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B300" t="s">
         <v>8</v>
       </c>
       <c r="C300" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D300">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E300"/>
       <c r="F300" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G300"/>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B301" t="s">
         <v>8</v>
       </c>
       <c r="C301" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="D301">
-        <v>1973</v>
+        <v>2020</v>
       </c>
       <c r="E301"/>
       <c r="F301" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G301"/>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B302" t="s">
         <v>8</v>
       </c>
       <c r="C302" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D302">
-        <v>2020</v>
+        <v>1973</v>
       </c>
       <c r="E302"/>
       <c r="F302" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="G302"/>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B303" t="s">
         <v>8</v>
       </c>
       <c r="C303" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D303">
         <v>2020</v>
       </c>
       <c r="E303"/>
       <c r="F303" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G303"/>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B304" t="s">
         <v>8</v>
       </c>
       <c r="C304" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D304">
         <v>2020</v>
       </c>
       <c r="E304"/>
       <c r="F304" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G304"/>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B305" t="s">
         <v>8</v>
       </c>
       <c r="C305" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D305">
         <v>2020</v>
       </c>
       <c r="E305"/>
       <c r="F305" t="s">
-        <v>373</v>
+        <v>32</v>
       </c>
       <c r="G305"/>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>374</v>
       </c>
       <c r="B306" t="s">
         <v>8</v>
       </c>
       <c r="C306" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D306">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E306"/>
       <c r="F306" t="s">
-        <v>10</v>
+        <v>375</v>
       </c>
       <c r="G306"/>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B307" t="s">
         <v>8</v>
       </c>
       <c r="C307" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D307">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E307"/>
       <c r="F307" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G307"/>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B308" t="s">
         <v>8</v>
       </c>
       <c r="C308" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D308">
         <v>2020</v>
       </c>
       <c r="E308"/>
       <c r="F308" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G308"/>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B309" t="s">
         <v>8</v>
       </c>
       <c r="C309" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D309">
         <v>2020</v>
       </c>
       <c r="E309"/>
       <c r="F309" t="s">
-        <v>378</v>
+        <v>13</v>
       </c>
       <c r="G309"/>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>379</v>
       </c>
       <c r="B310" t="s">
         <v>8</v>
       </c>
       <c r="C310" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D310">
         <v>2020</v>
       </c>
       <c r="E310"/>
       <c r="F310" t="s">
-        <v>10</v>
+        <v>380</v>
       </c>
       <c r="G310"/>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B311" t="s">
         <v>8</v>
       </c>
       <c r="C311" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D311">
-        <v>1981</v>
+        <v>2020</v>
       </c>
       <c r="E311"/>
       <c r="F311" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="G311"/>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B312" t="s">
         <v>8</v>
       </c>
       <c r="C312" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D312">
-        <v>1972</v>
+        <v>1981</v>
       </c>
       <c r="E312"/>
       <c r="F312" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="G312"/>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B313" t="s">
         <v>8</v>
       </c>
       <c r="C313" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D313">
-        <v>2020</v>
+        <v>1972</v>
       </c>
       <c r="E313"/>
       <c r="F313" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="G313"/>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B314" t="s">
         <v>8</v>
       </c>
       <c r="C314" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D314">
         <v>2020</v>
       </c>
       <c r="E314"/>
       <c r="F314" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="G314"/>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B315" t="s">
         <v>8</v>
       </c>
       <c r="C315" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D315">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="E315"/>
       <c r="F315" t="s">
-        <v>385</v>
+        <v>13</v>
       </c>
       <c r="G315"/>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>386</v>
       </c>
       <c r="B316" t="s">
         <v>8</v>
       </c>
       <c r="C316" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D316">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E316"/>
       <c r="F316" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G316"/>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B317" t="s">
         <v>8</v>
       </c>
       <c r="C317" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D317">
         <v>2009</v>
       </c>
       <c r="E317"/>
       <c r="F317" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G317"/>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B318" t="s">
         <v>8</v>
       </c>
       <c r="C318" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D318">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E318"/>
       <c r="F318" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G318"/>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B319" t="s">
         <v>8</v>
       </c>
       <c r="C319" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D319">
         <v>2010</v>
       </c>
       <c r="E319"/>
       <c r="F319" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G319"/>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B320" t="s">
         <v>8</v>
       </c>
       <c r="C320" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D320">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E320"/>
       <c r="F320" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G320"/>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B321" t="s">
         <v>8</v>
       </c>
       <c r="C321" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D321">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E321"/>
       <c r="F321" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G321"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B322" t="s">
         <v>8</v>
       </c>
       <c r="C322" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D322">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E322"/>
       <c r="F322" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G322"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B323" t="s">
         <v>8</v>
       </c>
       <c r="C323" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D323">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E323"/>
       <c r="F323" t="s">
-        <v>30</v>
+        <v>387</v>
       </c>
       <c r="G323"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B324" t="s">
         <v>8</v>
       </c>
       <c r="C324" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D324">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="E324"/>
       <c r="F324" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="G324"/>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B325" t="s">
         <v>8</v>
       </c>
       <c r="C325" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D325">
         <v>2020</v>
       </c>
       <c r="E325"/>
       <c r="F325" t="s">
-        <v>290</v>
+        <v>46</v>
       </c>
       <c r="G325"/>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B326" t="s">
         <v>8</v>
       </c>
       <c r="C326" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D326">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E326"/>
       <c r="F326" t="s">
-        <v>59</v>
+        <v>292</v>
       </c>
       <c r="G326"/>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B327" t="s">
         <v>8</v>
       </c>
       <c r="C327" t="s">
         <v>12</v>
       </c>
       <c r="D327">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E327"/>
       <c r="F327" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="G327"/>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B328" t="s">
         <v>8</v>
       </c>
       <c r="C328" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D328">
         <v>2020</v>
       </c>
       <c r="E328"/>
       <c r="F328" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="G328"/>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B329" t="s">
         <v>8</v>
       </c>
       <c r="C329" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D329">
         <v>2020</v>
       </c>
       <c r="E329"/>
       <c r="F329" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="G329"/>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B330" t="s">
         <v>8</v>
       </c>
       <c r="C330" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D330">
         <v>2020</v>
       </c>
       <c r="E330"/>
       <c r="F330" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G330"/>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B331" t="s">
         <v>8</v>
       </c>
       <c r="C331" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D331">
         <v>2020</v>
       </c>
       <c r="E331"/>
       <c r="F331" t="s">
-        <v>373</v>
+        <v>32</v>
       </c>
       <c r="G331"/>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B332" t="s">
         <v>8</v>
       </c>
       <c r="C332" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D332">
         <v>2020</v>
       </c>
       <c r="E332"/>
       <c r="F332" t="s">
-        <v>59</v>
+        <v>375</v>
       </c>
       <c r="G332"/>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B333" t="s">
         <v>8</v>
       </c>
       <c r="C333" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D333">
         <v>2020</v>
       </c>
       <c r="E333"/>
       <c r="F333" t="s">
-        <v>373</v>
+        <v>61</v>
       </c>
       <c r="G333"/>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B334" t="s">
         <v>8</v>
       </c>
       <c r="C334" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D334">
         <v>2020</v>
       </c>
       <c r="E334"/>
       <c r="F334" t="s">
-        <v>30</v>
+        <v>375</v>
       </c>
       <c r="G334"/>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B335" t="s">
         <v>8</v>
       </c>
       <c r="C335" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D335">
         <v>2020</v>
       </c>
       <c r="E335"/>
       <c r="F335" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="G335"/>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B336" t="s">
         <v>8</v>
       </c>
       <c r="C336" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D336">
         <v>2020</v>
       </c>
       <c r="E336"/>
       <c r="F336" t="s">
-        <v>30</v>
+        <v>103</v>
       </c>
       <c r="G336"/>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B337" t="s">
         <v>8</v>
       </c>
       <c r="C337" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D337">
         <v>2020</v>
       </c>
       <c r="E337"/>
       <c r="F337" t="s">
-        <v>373</v>
+        <v>32</v>
       </c>
       <c r="G337"/>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B338" t="s">
         <v>8</v>
       </c>
       <c r="C338" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D338">
         <v>2020</v>
       </c>
       <c r="E338"/>
       <c r="F338" t="s">
-        <v>409</v>
+        <v>375</v>
       </c>
       <c r="G338"/>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
         <v>410</v>
       </c>
       <c r="B339" t="s">
         <v>8</v>
       </c>
       <c r="C339" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D339">
         <v>2020</v>
       </c>
       <c r="E339"/>
       <c r="F339" t="s">
-        <v>373</v>
+        <v>411</v>
       </c>
       <c r="G339"/>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B340" t="s">
         <v>8</v>
       </c>
       <c r="C340" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D340">
         <v>2020</v>
       </c>
       <c r="E340"/>
       <c r="F340" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="G340"/>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B341" t="s">
         <v>8</v>
       </c>
       <c r="C341" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D341">
         <v>2020</v>
       </c>
       <c r="E341"/>
       <c r="F341" t="s">
-        <v>413</v>
+        <v>375</v>
       </c>
       <c r="G341"/>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>414</v>
       </c>
       <c r="B342" t="s">
         <v>8</v>
       </c>
       <c r="C342" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D342">
         <v>2020</v>
       </c>
       <c r="E342"/>
       <c r="F342" t="s">
-        <v>373</v>
+        <v>415</v>
       </c>
       <c r="G342"/>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B343" t="s">
         <v>8</v>
       </c>
       <c r="C343" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D343">
         <v>2020</v>
       </c>
       <c r="E343"/>
       <c r="F343" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="G343"/>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B344" t="s">
         <v>8</v>
       </c>
       <c r="C344" t="s">
-        <v>417</v>
+        <v>15</v>
       </c>
       <c r="D344">
         <v>2020</v>
       </c>
       <c r="E344"/>
-      <c r="F344"/>
+      <c r="F344" t="s">
+        <v>375</v>
+      </c>
       <c r="G344"/>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>418</v>
       </c>
       <c r="B345" t="s">
         <v>8</v>
       </c>
       <c r="C345" t="s">
-        <v>26</v>
+        <v>419</v>
       </c>
       <c r="D345">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E345"/>
-      <c r="F345" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F345"/>
       <c r="G345"/>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B346" t="s">
         <v>8</v>
       </c>
       <c r="C346" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D346">
         <v>2019</v>
       </c>
       <c r="E346"/>
       <c r="F346" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G346"/>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B347" t="s">
         <v>8</v>
       </c>
       <c r="C347" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D347">
         <v>2019</v>
       </c>
       <c r="E347"/>
       <c r="F347" t="s">
-        <v>421</v>
+        <v>32</v>
       </c>
       <c r="G347"/>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
         <v>422</v>
       </c>
       <c r="B348" t="s">
         <v>8</v>
       </c>
       <c r="C348" t="s">
         <v>12</v>
       </c>
       <c r="D348">
         <v>2019</v>
       </c>
       <c r="E348"/>
       <c r="F348" t="s">
-        <v>59</v>
+        <v>423</v>
       </c>
       <c r="G348"/>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B349" t="s">
         <v>8</v>
       </c>
       <c r="C349" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D349">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E349"/>
       <c r="F349" t="s">
-        <v>90</v>
+        <v>61</v>
       </c>
       <c r="G349"/>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B350" t="s">
         <v>8</v>
       </c>
       <c r="C350" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D350">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E350"/>
       <c r="F350" t="s">
-        <v>425</v>
+        <v>92</v>
       </c>
       <c r="G350"/>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
         <v>426</v>
       </c>
       <c r="B351" t="s">
         <v>8</v>
       </c>
       <c r="C351" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D351">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E351"/>
       <c r="F351" t="s">
-        <v>87</v>
+        <v>427</v>
       </c>
       <c r="G351"/>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B352" t="s">
         <v>8</v>
       </c>
       <c r="C352" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D352">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E352"/>
-      <c r="F352"/>
+      <c r="F352" t="s">
+        <v>89</v>
+      </c>
       <c r="G352"/>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B353" t="s">
         <v>8</v>
       </c>
       <c r="C353" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D353">
         <v>2019</v>
       </c>
       <c r="E353"/>
-      <c r="F353" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F353"/>
       <c r="G353"/>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
         <v>430</v>
       </c>
       <c r="B354" t="s">
         <v>8</v>
       </c>
       <c r="C354" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D354">
         <v>2019</v>
       </c>
       <c r="E354"/>
       <c r="F354" t="s">
-        <v>429</v>
+        <v>10</v>
       </c>
       <c r="G354"/>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>431</v>
       </c>
       <c r="B355" t="s">
         <v>8</v>
       </c>
       <c r="C355" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D355">
-        <v>1987</v>
+        <v>2019</v>
       </c>
       <c r="E355"/>
       <c r="F355" t="s">
-        <v>432</v>
+        <v>10</v>
       </c>
       <c r="G355"/>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B356" t="s">
         <v>8</v>
       </c>
       <c r="C356" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D356">
         <v>1987</v>
       </c>
       <c r="E356"/>
       <c r="F356" t="s">
-        <v>24</v>
+        <v>433</v>
       </c>
       <c r="G356"/>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
         <v>434</v>
       </c>
       <c r="B357" t="s">
         <v>8</v>
       </c>
       <c r="C357" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D357">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="E357"/>
       <c r="F357" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G357"/>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
         <v>435</v>
       </c>
       <c r="B358" t="s">
         <v>8</v>
       </c>
       <c r="C358" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D358">
-        <v>1978</v>
+        <v>1985</v>
       </c>
       <c r="E358"/>
       <c r="F358" t="s">
-        <v>436</v>
+        <v>13</v>
       </c>
       <c r="G358"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="B359" t="s">
         <v>8</v>
       </c>
       <c r="C359" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D359">
-        <v>1999</v>
+        <v>1978</v>
       </c>
       <c r="E359"/>
       <c r="F359" t="s">
-        <v>27</v>
+        <v>437</v>
       </c>
       <c r="G359"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
         <v>438</v>
       </c>
       <c r="B360" t="s">
         <v>8</v>
       </c>
       <c r="C360" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D360">
-        <v>1986</v>
+        <v>1999</v>
       </c>
       <c r="E360"/>
       <c r="F360" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G360"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
         <v>439</v>
       </c>
       <c r="B361" t="s">
         <v>8</v>
       </c>
       <c r="C361" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D361">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="E361"/>
       <c r="F361" t="s">
-        <v>90</v>
+        <v>32</v>
       </c>
       <c r="G361"/>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
         <v>440</v>
       </c>
       <c r="B362" t="s">
         <v>8</v>
       </c>
       <c r="C362" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="D362">
-        <v>2019</v>
+        <v>1982</v>
       </c>
       <c r="E362"/>
       <c r="F362" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="G362"/>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>441</v>
       </c>
       <c r="B363" t="s">
         <v>8</v>
       </c>
       <c r="C363" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D363">
         <v>2019</v>
       </c>
       <c r="E363"/>
       <c r="F363" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G363"/>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>442</v>
       </c>
       <c r="B364" t="s">
         <v>8</v>
       </c>
       <c r="C364" t="s">
         <v>9</v>
       </c>
       <c r="D364">
         <v>2019</v>
       </c>
       <c r="E364"/>
       <c r="F364" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G364"/>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
         <v>443</v>
       </c>
       <c r="B365" t="s">
         <v>8</v>
       </c>
       <c r="C365" t="s">
         <v>12</v>
       </c>
       <c r="D365">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E365"/>
       <c r="F365" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="G365"/>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
         <v>444</v>
       </c>
       <c r="B366" t="s">
         <v>8</v>
       </c>
       <c r="C366" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D366">
-        <v>1987</v>
+        <v>2018</v>
       </c>
       <c r="E366"/>
       <c r="F366" t="s">
-        <v>445</v>
+        <v>112</v>
       </c>
       <c r="G366"/>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B367" t="s">
         <v>8</v>
       </c>
       <c r="C367" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D367">
-        <v>2019</v>
+        <v>1987</v>
       </c>
       <c r="E367"/>
       <c r="F367" t="s">
-        <v>421</v>
+        <v>446</v>
       </c>
       <c r="G367"/>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
         <v>447</v>
       </c>
       <c r="B368" t="s">
         <v>8</v>
       </c>
       <c r="C368" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D368">
         <v>2019</v>
       </c>
       <c r="E368"/>
       <c r="F368" t="s">
-        <v>448</v>
+        <v>423</v>
       </c>
       <c r="G368"/>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="B369" t="s">
         <v>8</v>
       </c>
       <c r="C369" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D369">
         <v>2019</v>
       </c>
       <c r="E369"/>
       <c r="F369" t="s">
-        <v>110</v>
+        <v>449</v>
       </c>
       <c r="G369"/>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
         <v>450</v>
       </c>
       <c r="B370" t="s">
         <v>8</v>
       </c>
       <c r="C370" t="s">
-        <v>451</v>
+        <v>9</v>
       </c>
       <c r="D370">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E370"/>
-      <c r="F370"/>
+      <c r="F370" t="s">
+        <v>112</v>
+      </c>
       <c r="G370"/>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
+        <v>451</v>
+      </c>
+      <c r="B371" t="s">
+        <v>8</v>
+      </c>
+      <c r="C371" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D371">
         <v>2011</v>
       </c>
       <c r="E371"/>
-      <c r="F371" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F371"/>
       <c r="G371"/>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
         <v>453</v>
       </c>
       <c r="B372" t="s">
         <v>8</v>
       </c>
       <c r="C372" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D372">
-        <v>1988</v>
+        <v>2011</v>
       </c>
       <c r="E372"/>
       <c r="F372" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G372"/>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>454</v>
       </c>
       <c r="B373" t="s">
         <v>8</v>
       </c>
       <c r="C373" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D373">
         <v>1988</v>
       </c>
       <c r="E373"/>
       <c r="F373" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G373"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>455</v>
       </c>
       <c r="B374" t="s">
         <v>8</v>
       </c>
       <c r="C374" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D374">
-        <v>2019</v>
+        <v>1988</v>
       </c>
       <c r="E374"/>
       <c r="F374" t="s">
-        <v>378</v>
+        <v>32</v>
       </c>
       <c r="G374"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
         <v>456</v>
       </c>
       <c r="B375" t="s">
         <v>8</v>
       </c>
       <c r="C375" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D375">
         <v>2019</v>
       </c>
       <c r="E375"/>
       <c r="F375" t="s">
-        <v>10</v>
+        <v>380</v>
       </c>
       <c r="G375"/>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>457</v>
       </c>
       <c r="B376" t="s">
         <v>8</v>
       </c>
       <c r="C376" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D376">
         <v>2019</v>
       </c>
       <c r="E376"/>
       <c r="F376" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G376"/>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>458</v>
       </c>
       <c r="B377" t="s">
         <v>8</v>
       </c>
       <c r="C377" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D377">
         <v>2019</v>
       </c>
       <c r="E377"/>
       <c r="F377" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G377"/>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
         <v>459</v>
       </c>
       <c r="B378" t="s">
         <v>8</v>
       </c>
       <c r="C378" t="s">
-        <v>460</v>
+        <v>28</v>
       </c>
       <c r="D378">
         <v>2019</v>
       </c>
       <c r="E378"/>
       <c r="F378" t="s">
-        <v>461</v>
+        <v>13</v>
       </c>
       <c r="G378"/>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B379" t="s">
         <v>8</v>
       </c>
       <c r="C379" t="s">
-        <v>26</v>
+        <v>461</v>
       </c>
       <c r="D379">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="E379"/>
       <c r="F379" t="s">
-        <v>90</v>
+        <v>462</v>
       </c>
       <c r="G379"/>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
         <v>463</v>
       </c>
       <c r="B380" t="s">
         <v>8</v>
       </c>
       <c r="C380" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D380">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E380"/>
       <c r="F380" t="s">
-        <v>44</v>
+        <v>92</v>
       </c>
       <c r="G380"/>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
         <v>464</v>
       </c>
       <c r="B381" t="s">
         <v>8</v>
       </c>
       <c r="C381" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D381">
         <v>2018</v>
       </c>
       <c r="E381"/>
       <c r="F381" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="G381"/>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
         <v>465</v>
       </c>
       <c r="B382" t="s">
         <v>8</v>
       </c>
       <c r="C382" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D382">
         <v>2018</v>
       </c>
       <c r="E382"/>
       <c r="F382" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G382"/>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
         <v>466</v>
       </c>
       <c r="B383" t="s">
         <v>8</v>
       </c>
       <c r="C383" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D383">
         <v>2018</v>
       </c>
       <c r="E383"/>
       <c r="F383" t="s">
-        <v>467</v>
+        <v>32</v>
       </c>
       <c r="G383"/>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="B384" t="s">
         <v>8</v>
       </c>
       <c r="C384" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D384">
         <v>2018</v>
       </c>
       <c r="E384"/>
       <c r="F384" t="s">
-        <v>10</v>
+        <v>468</v>
       </c>
       <c r="G384"/>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
         <v>469</v>
       </c>
       <c r="B385" t="s">
         <v>8</v>
       </c>
       <c r="C385" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="D385">
         <v>2018</v>
       </c>
       <c r="E385"/>
       <c r="F385" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="G385"/>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
         <v>470</v>
       </c>
       <c r="B386" t="s">
         <v>8</v>
       </c>
       <c r="C386" t="s">
-        <v>471</v>
+        <v>28</v>
       </c>
       <c r="D386">
         <v>2018</v>
       </c>
       <c r="E386"/>
       <c r="F386" t="s">
-        <v>472</v>
+        <v>32</v>
       </c>
       <c r="G386"/>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B387" t="s">
         <v>8</v>
       </c>
       <c r="C387" t="s">
-        <v>23</v>
+        <v>472</v>
       </c>
       <c r="D387">
         <v>2018</v>
       </c>
       <c r="E387"/>
       <c r="F387" t="s">
-        <v>30</v>
+        <v>473</v>
       </c>
       <c r="G387"/>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
         <v>474</v>
       </c>
       <c r="B388" t="s">
         <v>8</v>
       </c>
       <c r="C388" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D388">
         <v>2018</v>
       </c>
       <c r="E388"/>
-      <c r="F388"/>
+      <c r="F388" t="s">
+        <v>32</v>
+      </c>
       <c r="G388"/>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
         <v>475</v>
       </c>
       <c r="B389" t="s">
         <v>8</v>
       </c>
       <c r="C389" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D389">
         <v>2018</v>
       </c>
       <c r="E389"/>
-      <c r="F389" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F389"/>
       <c r="G389"/>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>476</v>
       </c>
       <c r="B390" t="s">
         <v>8</v>
       </c>
       <c r="C390" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D390">
         <v>2018</v>
       </c>
       <c r="E390"/>
       <c r="F390" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G390"/>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
         <v>477</v>
       </c>
       <c r="B391" t="s">
         <v>8</v>
       </c>
       <c r="C391" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D391">
         <v>2018</v>
       </c>
       <c r="E391"/>
       <c r="F391" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="G391"/>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
         <v>478</v>
       </c>
       <c r="B392" t="s">
         <v>8</v>
       </c>
       <c r="C392" t="s">
         <v>9</v>
       </c>
       <c r="D392">
         <v>2018</v>
       </c>
       <c r="E392"/>
       <c r="F392" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G392"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
         <v>479</v>
       </c>
       <c r="B393" t="s">
         <v>8</v>
       </c>
       <c r="C393" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D393">
         <v>2018</v>
       </c>
       <c r="E393"/>
       <c r="F393" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G393"/>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
         <v>480</v>
       </c>
       <c r="B394" t="s">
         <v>8</v>
       </c>
       <c r="C394" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D394">
         <v>2018</v>
       </c>
       <c r="E394"/>
       <c r="F394" t="s">
-        <v>472</v>
+        <v>13</v>
       </c>
       <c r="G394"/>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
         <v>481</v>
       </c>
       <c r="B395" t="s">
         <v>8</v>
       </c>
       <c r="C395" t="s">
-        <v>417</v>
+        <v>9</v>
       </c>
       <c r="D395">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E395"/>
       <c r="F395" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="G395"/>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B396" t="s">
         <v>8</v>
       </c>
       <c r="C396" t="s">
-        <v>26</v>
+        <v>419</v>
       </c>
       <c r="D396">
-        <v>1981</v>
+        <v>2003</v>
       </c>
       <c r="E396"/>
       <c r="F396" t="s">
-        <v>30</v>
+        <v>483</v>
       </c>
       <c r="G396"/>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
         <v>484</v>
       </c>
       <c r="B397" t="s">
         <v>8</v>
       </c>
       <c r="C397" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D397">
-        <v>2018</v>
+        <v>1981</v>
       </c>
       <c r="E397"/>
-      <c r="F397"/>
+      <c r="F397" t="s">
+        <v>32</v>
+      </c>
       <c r="G397"/>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
         <v>485</v>
       </c>
       <c r="B398" t="s">
         <v>8</v>
       </c>
       <c r="C398" t="s">
         <v>9</v>
       </c>
       <c r="D398">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="E398"/>
-      <c r="F398" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F398"/>
       <c r="G398"/>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
         <v>486</v>
       </c>
       <c r="B399" t="s">
         <v>8</v>
       </c>
       <c r="C399" t="s">
         <v>487</v>
       </c>
       <c r="D399">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="E399"/>
       <c r="F399" t="s">
-        <v>30</v>
+        <v>462</v>
       </c>
       <c r="G399"/>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
         <v>488</v>
       </c>
       <c r="B400" t="s">
         <v>8</v>
       </c>
       <c r="C400" t="s">
-        <v>489</v>
+        <v>12</v>
       </c>
       <c r="D400">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E400"/>
       <c r="F400" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G400"/>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
+        <v>489</v>
+      </c>
+      <c r="B401" t="s">
+        <v>8</v>
+      </c>
+      <c r="C401" t="s">
         <v>490</v>
       </c>
-      <c r="B401" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D401">
-        <v>1999</v>
+        <v>2017</v>
       </c>
       <c r="E401"/>
       <c r="F401" t="s">
-        <v>491</v>
+        <v>32</v>
       </c>
       <c r="G401"/>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
+        <v>491</v>
+      </c>
+      <c r="B402" t="s">
+        <v>8</v>
+      </c>
+      <c r="C402" t="s">
         <v>492</v>
       </c>
-      <c r="B402" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D402">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E402"/>
       <c r="F402" t="s">
-        <v>316</v>
+        <v>32</v>
       </c>
       <c r="G402"/>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="B403" t="s">
         <v>8</v>
       </c>
       <c r="C403" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="D403">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E403"/>
       <c r="F403" t="s">
-        <v>378</v>
+        <v>494</v>
       </c>
       <c r="G403"/>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
         <v>495</v>
       </c>
       <c r="B404" t="s">
         <v>8</v>
       </c>
       <c r="C404" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="D404">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E404"/>
-      <c r="F404"/>
+      <c r="F404" t="s">
+        <v>318</v>
+      </c>
       <c r="G404"/>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
+        <v>497</v>
+      </c>
+      <c r="B405" t="s">
+        <v>8</v>
+      </c>
+      <c r="C405" t="s">
         <v>496</v>
       </c>
-      <c r="B405" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D405">
-        <v>1994</v>
+        <v>2005</v>
       </c>
       <c r="E405"/>
       <c r="F405" t="s">
-        <v>497</v>
+        <v>380</v>
       </c>
       <c r="G405"/>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
         <v>498</v>
       </c>
       <c r="B406" t="s">
         <v>8</v>
       </c>
       <c r="C406" t="s">
+        <v>496</v>
+      </c>
+      <c r="D406">
+        <v>1996</v>
+      </c>
+      <c r="E406"/>
+      <c r="F406"/>
+      <c r="G406"/>
+    </row>
+    <row r="407" spans="1:7">
+      <c r="A407" t="s">
         <v>499</v>
       </c>
-      <c r="D406">
-[...6 lines deleted...]
-      <c r="G406"/>
+      <c r="B407" t="s">
+        <v>8</v>
+      </c>
+      <c r="C407" t="s">
+        <v>496</v>
+      </c>
+      <c r="D407">
+        <v>1994</v>
+      </c>
+      <c r="E407"/>
+      <c r="F407" t="s">
+        <v>500</v>
+      </c>
+      <c r="G407"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">