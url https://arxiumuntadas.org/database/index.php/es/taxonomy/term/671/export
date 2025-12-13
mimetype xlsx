--- v1 (2025-11-21)
+++ v2 (2025-12-13)
@@ -12,115 +12,151 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Recorte de prensa" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="501">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="510">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Sobre The Voice of the Artist: una conversación con lxs artistas Lúa Coderch, Muntadas, Oriol Vilanova</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Artículo / Noticia en medio digital</t>
+  </si>
+  <si>
+    <t>La dimensión conceptual de Antoni Muntadas, doctor ‘honoris causa’ por la UPV</t>
+  </si>
+  <si>
+    <t>España</t>
+  </si>
+  <si>
+    <t>Cadaqués is sublime. Stay away</t>
+  </si>
+  <si>
+    <t>Inglaterra, Reino Unido</t>
+  </si>
+  <si>
+    <t>Le mostre nella fiera: viaggio nelle sezioni curate di Artissima</t>
+  </si>
+  <si>
+    <t>Italia</t>
+  </si>
+  <si>
+    <t>Artissima 2025, l'arte contemporanea torna protagonista a Torino</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas explora «Otros miedos» en el MUN (Pamplona): del encierro pamplonés a la construcción social del temor</t>
+  </si>
+  <si>
+    <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
+  </si>
+  <si>
+    <t>El miedo al otro, protagonista de la nueva producción de Muntadas en el MUN</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>El miedo al otro, eje central de la nueva exposición de Antoni Muntadas en el Museo Universidad de Navarra</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
     <t>Muntadas mira al miedo en el MUN</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
-    <t>Navarra</t>
-[...1 lines deleted...]
-  <si>
     <t>Antoni Muntadas: De tot el que fem n'hem d'aprendre alguna cosa</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Vicenç Altaió: “La cultura no puede ser solo instrumental: debe crear valor”</t>
   </si>
   <si>
-    <t>Artículo / Noticia en medio digital</t>
-[...1 lines deleted...]
-  <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Página de prensa intervención Diari ARA</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Sadomasoqués: artistes tocats per Cadaqués</t>
   </si>
   <si>
-    <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
-[...1 lines deleted...]
-  <si>
     <t>Que en són, de ‘masoques’, els artistes de Cadaqués</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>Antoni Muntadas: “Cadaqués és un lloc que estimo, amb el qual m’identifico i on carrego la bateria per tot l’any”</t>
   </si>
   <si>
     <t>Sadomasoqués, idiosincrasia de Cadaqués hecha exposición</t>
   </si>
   <si>
     <t>Reflexão urbana</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Actualité de la vidéo</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Francia</t>
@@ -152,98 +188,92 @@
   <si>
     <t>Torino</t>
   </si>
   <si>
     <t>Shared Apartness: A Review of Antoni Muntadas at SESC Pompeia, São Paulo</t>
   </si>
   <si>
     <t>Brasil</t>
   </si>
   <si>
     <t>Arte y política [Comunicación. Nº 31-32, 1976]</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso, Revista</t>
   </si>
   <si>
     <t>Antoni Muntadas, en plan de reanimación</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>La Fundación La Caixa inicia sus exposiciones de arte en Internet</t>
   </si>
   <si>
-    <t>España</t>
-[...1 lines deleted...]
-  <si>
     <t>PONTEVEDRA VUELVE A SER ‘ARTY’ CON UNA BIENAL OSADA Y POLÍTICA</t>
   </si>
   <si>
     <t>David Ross: "El arte importante es filosófico"</t>
   </si>
   <si>
     <t>MUNTADAS, EN PLAN DE REANIMACIÓN</t>
   </si>
   <si>
     <t>Tornare a “essere umani”. L’arte davanti alla guerra</t>
   </si>
   <si>
     <t>Lugar Público. Exposição inédita de Antoni Muntadas no Sesc Pompeia</t>
   </si>
   <si>
     <t>Exposição de Antoni Muntadas em São Paulo</t>
   </si>
   <si>
     <t>Antoni Muntadas: el analista del presente</t>
   </si>
   <si>
     <t>Del masoquismo estético</t>
   </si>
   <si>
     <t>Muntadas presentarà a la Biennal de Venècia un treball sobre la banalització de la cultura</t>
   </si>
   <si>
     <t>El visionario universal</t>
   </si>
   <si>
     <t>INSTANTCITIES. Muntadas au SMAK</t>
   </si>
   <si>
     <t>Bélgica</t>
   </si>
   <si>
     <t>Slogans</t>
   </si>
   <si>
     <t>Così cambia lo spot elletorale</t>
   </si>
   <si>
-    <t>Italia</t>
-[...1 lines deleted...]
-  <si>
     <t>Els Slogans d'Antoni Muntadas</t>
   </si>
   <si>
     <t>“Animales invisibles: mito, vida y desextinción” en el Museu de Ciències Naturals</t>
   </si>
   <si>
     <t>Antoni Muntadas deseja transgredir o espaço público em mostra no Brasil</t>
   </si>
   <si>
     <t>Intersecciones de Muntadas</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Lugar Público - Muntadas, no Sesc Pompeia</t>
   </si>
   <si>
     <t>Els xinesos, els japonesos i els coreans van a veure el Parc Güell, però entre ells no hi ha comunicació</t>
   </si>
   <si>
     <t>Antoni Muntadas presenta nueva exposición</t>
   </si>
   <si>
     <t>Una voz / una imagen, el pensamiento de cada artista a través de su voz en el CCEMx</t>
@@ -953,53 +983,50 @@
   <si>
     <t>Exposicions</t>
   </si>
   <si>
     <t>Programa de los Encuentros de Pamplona [Periódico sin identificar]</t>
   </si>
   <si>
     <t>Exposicions per G-4</t>
   </si>
   <si>
     <t>Sobre la suspensión del III Festival de Cadaqués</t>
   </si>
   <si>
     <t>Pamplona: estalla un artefacto en las inmediaciones del Gobierno Civil / Pamplona: retirada de cuadros en una exposición sobre "arte vasco actual" [La Vanguardia Española; 29 de junio de 1972]</t>
   </si>
   <si>
     <t>Muntadas. La actividad conceptual</t>
   </si>
   <si>
     <t>Revuelo de palomas</t>
   </si>
   <si>
     <t>Encuentros 1972 Pamplona [Diario de Navarra; 2 de julio]</t>
   </si>
   <si>
-    <t>Pamplona</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas [Mobelart]</t>
   </si>
   <si>
     <t>Encuentros 1972 Pamplona [Diario de Navarra; 1 de julio]</t>
   </si>
   <si>
     <t>Antonio Muntadas [Destino; Barcelona, 20 de noviembre de 1971]</t>
   </si>
   <si>
     <t>Antonio Muntadas: la actualización de las formas</t>
   </si>
   <si>
     <t>León</t>
   </si>
   <si>
     <t>Tania Bruguera: arte y pedagogía. Una obra total</t>
   </si>
   <si>
     <t>Selva de Mar: Exposición de arte en el "Celler d'En Climent"</t>
   </si>
   <si>
     <t>Exposición de arte en honor de Dalí</t>
   </si>
   <si>
     <t>Subsentidos en Vandrés</t>
@@ -1472,93 +1499,93 @@
   <si>
     <t>Inauguración en el CGAC del nuevo proyecto artístico del catalán Antoni Muntadas</t>
   </si>
   <si>
     <t>Antoni Muntadas inaugura a exposición 'Estratexias do desprazamento'</t>
   </si>
   <si>
     <t>El CGAC abre su programa de 2018 con Antoni Muntadas, pionero del videoarte</t>
   </si>
   <si>
     <t>The best exhibitions in Beijing this September</t>
   </si>
   <si>
     <t>On Translation: Das Museum</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>Guadalimar. Manifestaciones de PALAZUELO. Pintura/Escultur/Espacios/Política. Año VI. N 56/ 200 Pesetas</t>
   </si>
   <si>
     <t>Antoni Muntadas: si me queréis ir(se)</t>
   </si>
   <si>
+    <t>Antoni Muntadas: Espacios alternativos. Una experiencia personal, en: Presencia y realidad del arte español en el extranjero. XV Curso Apreciación del Arte Contemporáneo</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
+  </si>
+  <si>
+    <t>Graz</t>
+  </si>
+  <si>
+    <t>La metodología del proyecto : Un Taller de Antoni Muntadas en colaboración con Alfredo Puente. MUSAC 2012.</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Museo Immaginario Personale : La proposta di lettura del testo di Andrè Malraux “Le Musée Imaginaire” come punto di partenza per un prozesso di lavoro che origina e produze una serie di progetti sul tema proposto: Museo Immaginario Personale</t>
+  </si>
+  <si>
+    <t>TRANSVERSAL. Revista de cultura contemporania. Num 1. 1996 [Art – Vida – Formacio Al’entorn del Taller d’Antoni Muntadas a la QUAM-Lleida 95]</t>
+  </si>
+  <si>
+    <t>Beaux Arts Journal</t>
+  </si>
+  <si>
+    <t>Burdeos</t>
+  </si>
+  <si>
     <t>Ambulantes. Cultura portátil</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
   </si>
   <si>
     <t>Muntadas. Palabras, palabras…</t>
   </si>
   <si>
     <t>Hoja de sala</t>
-  </si>
-[...28 lines deleted...]
-    <t>Burdeos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1858,51 +1885,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G407"/>
+  <dimension ref="A1:G415"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="285" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1910,7351 +1937,7485 @@
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F2"/>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
-      <c r="F20"/>
+      <c r="F20" t="s">
+        <v>41</v>
+      </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
-      <c r="C25"/>
+      <c r="C25" t="s">
+        <v>9</v>
+      </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F28"/>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>67</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>69</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>38</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>77</v>
+        <v>44</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>80</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>9</v>
       </c>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
         <v>9</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
         <v>9</v>
       </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
         <v>9</v>
       </c>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>46</v>
+        <v>87</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>87</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>90</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>91</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>97</v>
+        <v>11</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>32</v>
+        <v>97</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
         <v>9</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
         <v>9</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>108</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>40</v>
+        <v>107</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>109</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>110</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>112</v>
+        <v>52</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>116</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>117</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>118</v>
+        <v>11</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>9</v>
       </c>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>9</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>125</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>126</v>
+        <v>9</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
         <v>9</v>
       </c>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
         <v>9</v>
       </c>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>127</v>
+        <v>107</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
         <v>9</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>123</v>
+        <v>11</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>9</v>
+        <v>136</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>82</v>
+        <v>138</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>137</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>32</v>
+        <v>133</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>128</v>
+        <v>144</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>9</v>
       </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>142</v>
+        <v>44</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>146</v>
+        <v>92</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>147</v>
+        <v>9</v>
       </c>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>148</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>149</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>150</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
         <v>9</v>
       </c>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>151</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>153</v>
+        <v>138</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>32</v>
+        <v>152</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>155</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>156</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>15</v>
+        <v>157</v>
       </c>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>158</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D112"/>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>159</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D113"/>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>160</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>161</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>92</v>
+        <v>162</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D122"/>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D123"/>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>172</v>
+        <v>27</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>173</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D125"/>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>152</v>
+        <v>44</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>174</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>175</v>
+        <v>44</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>92</v>
+        <v>176</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>177</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>178</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>179</v>
+        <v>27</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>181</v>
+        <v>99</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D131"/>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>183</v>
+        <v>44</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D132"/>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D133"/>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D135"/>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>179</v>
+        <v>102</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>183</v>
+        <v>56</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D137"/>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>190</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D138"/>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>36</v>
+        <v>191</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
         <v>9</v>
       </c>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>92</v>
+        <v>193</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
         <v>9</v>
       </c>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>32</v>
+        <v>189</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
         <v>9</v>
       </c>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>179</v>
+        <v>193</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>193</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
         <v>9</v>
       </c>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>179</v>
+        <v>102</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>179</v>
+        <v>44</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>179</v>
+        <v>27</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D152"/>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>32</v>
+        <v>189</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D153"/>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D154"/>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D155"/>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
         <v>9</v>
       </c>
       <c r="D156"/>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>32</v>
+        <v>189</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
         <v>9</v>
       </c>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>32</v>
+        <v>189</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>152</v>
+        <v>189</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D160"/>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D161"/>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>216</v>
+        <v>44</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>217</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>218</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>221</v>
+        <v>162</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>222</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>32</v>
+        <v>191</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D170"/>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>227</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
         <v>9</v>
       </c>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>228</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D172"/>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>229</v>
+        <v>44</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
         <v>9</v>
       </c>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
         <v>9</v>
       </c>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>95</v>
+        <v>231</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>232</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
         <v>9</v>
       </c>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>32</v>
+        <v>233</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
         <v>9</v>
       </c>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
         <v>9</v>
       </c>
       <c r="D177"/>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
         <v>9</v>
       </c>
       <c r="D178"/>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D179"/>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>237</v>
+        <v>44</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>238</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D180"/>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>216</v>
+        <v>239</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D184"/>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D186"/>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>245</v>
+        <v>44</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>246</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D187"/>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>32</v>
+        <v>247</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D188"/>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>32</v>
+        <v>226</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D189"/>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>194</v>
+        <v>11</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D190"/>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>194</v>
+        <v>44</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D191"/>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>251</v>
+        <v>99</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>252</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D192"/>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>118</v>
+        <v>44</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>253</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
         <v>9</v>
       </c>
-      <c r="D193">
-[...1 lines deleted...]
-      </c>
+      <c r="D193"/>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>254</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D194"/>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>32</v>
+        <v>255</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B195" t="s">
         <v>8</v>
       </c>
       <c r="C195" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D195">
         <v>2022</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B196" t="s">
         <v>8</v>
       </c>
       <c r="C196" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D196">
         <v>2022</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B197" t="s">
         <v>8</v>
       </c>
       <c r="C197" t="s">
         <v>9</v>
       </c>
       <c r="D197">
         <v>2022</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B198" t="s">
         <v>8</v>
       </c>
       <c r="C198" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D198">
         <v>2022</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B199" t="s">
         <v>8</v>
       </c>
       <c r="C199" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D199">
         <v>2022</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>32</v>
+        <v>261</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B200" t="s">
         <v>8</v>
       </c>
       <c r="C200" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D200">
         <v>2021</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B201" t="s">
         <v>8</v>
       </c>
       <c r="C201" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D201">
         <v>2021</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B202" t="s">
         <v>8</v>
       </c>
       <c r="C202" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D202">
-        <v>1984</v>
+        <v>2022</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B203" t="s">
         <v>8</v>
       </c>
       <c r="C203" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D203">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B204" t="s">
         <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D204">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>265</v>
+        <v>11</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B205" t="s">
         <v>8</v>
       </c>
       <c r="C205" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D205">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B206" t="s">
         <v>8</v>
       </c>
       <c r="C206" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D206">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B207" t="s">
         <v>8</v>
       </c>
       <c r="C207" t="s">
         <v>9</v>
       </c>
       <c r="D207">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B208" t="s">
         <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D208">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B209" t="s">
         <v>8</v>
       </c>
       <c r="C209" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D209">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B210" t="s">
         <v>8</v>
       </c>
       <c r="C210" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D210">
-        <v>2018</v>
+        <v>1984</v>
       </c>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B211" t="s">
         <v>8</v>
       </c>
       <c r="C211" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D211">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>273</v>
+        <v>27</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>274</v>
       </c>
       <c r="B212" t="s">
         <v>8</v>
       </c>
       <c r="C212" t="s">
         <v>9</v>
       </c>
       <c r="D212">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>32</v>
+        <v>275</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B213" t="s">
         <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D213">
         <v>2021</v>
       </c>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B214" t="s">
         <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="D214">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>277</v>
+        <v>27</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>278</v>
       </c>
       <c r="B215" t="s">
         <v>8</v>
       </c>
       <c r="C215" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D215">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>279</v>
       </c>
       <c r="B216" t="s">
         <v>8</v>
       </c>
       <c r="C216" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D216">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>280</v>
+        <v>44</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B217" t="s">
         <v>8</v>
       </c>
       <c r="C217" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D217">
-        <v>1972</v>
+        <v>2018</v>
       </c>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>282</v>
+        <v>29</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D218">
-        <v>1972</v>
+        <v>2018</v>
       </c>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B219" t="s">
         <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D219">
-        <v>1972</v>
+        <v>2018</v>
       </c>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>32</v>
+        <v>283</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B220" t="s">
         <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D220">
-        <v>1972</v>
+        <v>2018</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B221" t="s">
         <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D221">
-        <v>1972</v>
+        <v>2021</v>
       </c>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>13</v>
+        <v>113</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B222" t="s">
         <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>9</v>
+        <v>157</v>
       </c>
       <c r="D222">
-        <v>1973</v>
+        <v>2009</v>
       </c>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>288</v>
       </c>
       <c r="B223" t="s">
         <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D223">
-        <v>1972</v>
+        <v>2021</v>
       </c>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>289</v>
       </c>
       <c r="B224" t="s">
         <v>8</v>
       </c>
       <c r="C224" t="s">
         <v>9</v>
       </c>
       <c r="D224">
-        <v>1973</v>
+        <v>2013</v>
       </c>
       <c r="E224"/>
       <c r="F224" t="s">
-        <v>71</v>
+        <v>290</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B225" t="s">
         <v>8</v>
       </c>
       <c r="C225" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D225">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E225"/>
       <c r="F225" t="s">
-        <v>92</v>
+        <v>292</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B226" t="s">
         <v>8</v>
       </c>
       <c r="C226" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D226">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E226"/>
       <c r="F226" t="s">
-        <v>292</v>
+        <v>44</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B227" t="s">
         <v>8</v>
       </c>
       <c r="C227" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D227">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E227"/>
       <c r="F227" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B228" t="s">
         <v>8</v>
       </c>
       <c r="C228" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="D228">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>295</v>
+        <v>27</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>296</v>
       </c>
       <c r="B229" t="s">
         <v>8</v>
       </c>
       <c r="C229" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D229">
         <v>1972</v>
       </c>
       <c r="E229"/>
       <c r="F229" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>297</v>
       </c>
       <c r="B230" t="s">
         <v>8</v>
       </c>
       <c r="C230" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D230">
         <v>1973</v>
       </c>
       <c r="E230"/>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>298</v>
       </c>
       <c r="B231" t="s">
         <v>8</v>
       </c>
       <c r="C231" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D231">
         <v>1972</v>
       </c>
       <c r="E231"/>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>299</v>
       </c>
       <c r="B232" t="s">
         <v>8</v>
       </c>
       <c r="C232" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D232">
         <v>1973</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>295</v>
+        <v>81</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>300</v>
       </c>
       <c r="B233" t="s">
         <v>8</v>
       </c>
       <c r="C233" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D233">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>301</v>
       </c>
       <c r="B234" t="s">
         <v>8</v>
       </c>
       <c r="C234" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D234">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E234"/>
       <c r="F234" t="s">
-        <v>237</v>
+        <v>302</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B235" t="s">
         <v>8</v>
       </c>
       <c r="C235" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D235">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>295</v>
+        <v>102</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B236" t="s">
         <v>8</v>
       </c>
       <c r="C236" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D236">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B237" t="s">
         <v>8</v>
       </c>
       <c r="C237" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D237">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E237"/>
       <c r="F237" t="s">
-        <v>295</v>
+        <v>102</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B238" t="s">
         <v>8</v>
       </c>
       <c r="C238" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D238">
         <v>1973</v>
       </c>
       <c r="E238"/>
       <c r="F238" t="s">
-        <v>295</v>
+        <v>27</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B239" t="s">
         <v>8</v>
       </c>
       <c r="C239" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D239">
         <v>1972</v>
       </c>
       <c r="E239"/>
-      <c r="F239"/>
+      <c r="F239" t="s">
+        <v>27</v>
+      </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B240" t="s">
         <v>8</v>
       </c>
       <c r="C240" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D240">
         <v>1973</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B241" t="s">
         <v>8</v>
       </c>
       <c r="C241" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D241">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B242" t="s">
         <v>8</v>
       </c>
       <c r="C242" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D242">
         <v>1972</v>
       </c>
       <c r="E242"/>
       <c r="F242" t="s">
-        <v>13</v>
+        <v>247</v>
       </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B243" t="s">
         <v>8</v>
       </c>
       <c r="C243" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D243">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E243"/>
-      <c r="F243"/>
+      <c r="F243" t="s">
+        <v>305</v>
+      </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B244" t="s">
         <v>8</v>
       </c>
       <c r="C244" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D244">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>32</v>
+        <v>305</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B245" t="s">
         <v>8</v>
       </c>
       <c r="C245" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D245">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E245"/>
       <c r="F245" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B246" t="s">
         <v>8</v>
       </c>
       <c r="C246" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D246">
         <v>1973</v>
       </c>
       <c r="E246"/>
-      <c r="F246"/>
+      <c r="F246" t="s">
+        <v>305</v>
+      </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B247" t="s">
         <v>8</v>
       </c>
       <c r="C247" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D247">
         <v>1972</v>
       </c>
       <c r="E247"/>
-      <c r="F247" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F247"/>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B248" t="s">
         <v>8</v>
       </c>
       <c r="C248" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D248">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>13</v>
+        <v>305</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B249" t="s">
         <v>8</v>
       </c>
       <c r="C249" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D249">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>318</v>
+        <v>27</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>319</v>
       </c>
       <c r="B250" t="s">
         <v>8</v>
       </c>
       <c r="C250" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D250">
-        <v>2021</v>
+        <v>1972</v>
       </c>
       <c r="E250"/>
-      <c r="F250"/>
+      <c r="F250" t="s">
+        <v>27</v>
+      </c>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>320</v>
       </c>
       <c r="B251" t="s">
         <v>8</v>
       </c>
       <c r="C251" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D251">
-        <v>1964</v>
+        <v>1973</v>
       </c>
       <c r="E251"/>
-      <c r="F251" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F251"/>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>321</v>
       </c>
       <c r="B252" t="s">
         <v>8</v>
       </c>
       <c r="C252" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D252">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="E252"/>
       <c r="F252" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G252"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
         <v>322</v>
       </c>
       <c r="B253" t="s">
         <v>8</v>
       </c>
       <c r="C253" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D253">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E253"/>
       <c r="F253" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G253"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
         <v>323</v>
       </c>
       <c r="B254" t="s">
         <v>8</v>
       </c>
       <c r="C254" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D254">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E254"/>
       <c r="F254"/>
       <c r="G254"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
         <v>324</v>
       </c>
       <c r="B255" t="s">
         <v>8</v>
       </c>
       <c r="C255" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D255">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="E255"/>
       <c r="F255" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="G255"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
         <v>325</v>
       </c>
       <c r="B256" t="s">
         <v>8</v>
       </c>
       <c r="C256" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D256">
-        <v>2021</v>
+        <v>1971</v>
       </c>
       <c r="E256"/>
       <c r="F256" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G256"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>326</v>
       </c>
       <c r="B257" t="s">
         <v>8</v>
       </c>
       <c r="C257" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D257">
-        <v>2021</v>
+        <v>1971</v>
       </c>
       <c r="E257"/>
       <c r="F257" t="s">
-        <v>13</v>
+        <v>327</v>
       </c>
       <c r="G257"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B258" t="s">
         <v>8</v>
       </c>
       <c r="C258" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D258">
         <v>2021</v>
       </c>
       <c r="E258"/>
-      <c r="F258" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F258"/>
       <c r="G258"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B259" t="s">
         <v>8</v>
       </c>
       <c r="C259" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D259">
-        <v>2020</v>
+        <v>1964</v>
       </c>
       <c r="E259"/>
       <c r="F259" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G259"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B260" t="s">
         <v>8</v>
       </c>
       <c r="C260" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D260">
-        <v>2021</v>
+        <v>1964</v>
       </c>
       <c r="E260"/>
       <c r="F260" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G260"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B261" t="s">
         <v>8</v>
       </c>
       <c r="C261" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D261">
-        <v>2021</v>
+        <v>1971</v>
       </c>
       <c r="E261"/>
       <c r="F261" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B262" t="s">
         <v>8</v>
       </c>
       <c r="C262" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D262">
-        <v>2021</v>
+        <v>1971</v>
       </c>
       <c r="E262"/>
-      <c r="F262" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F262"/>
       <c r="G262"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B263" t="s">
         <v>8</v>
       </c>
       <c r="C263" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D263">
-        <v>2021</v>
+        <v>1964</v>
       </c>
       <c r="E263"/>
       <c r="F263" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G263"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B264" t="s">
         <v>8</v>
       </c>
       <c r="C264" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D264">
         <v>2021</v>
       </c>
       <c r="E264"/>
       <c r="F264" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G264"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B265" t="s">
         <v>8</v>
       </c>
       <c r="C265" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D265">
         <v>2021</v>
       </c>
       <c r="E265"/>
       <c r="F265" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="G265"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B266" t="s">
         <v>8</v>
       </c>
       <c r="C266" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D266">
         <v>2021</v>
       </c>
       <c r="E266"/>
       <c r="F266" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G266"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B267" t="s">
         <v>8</v>
       </c>
       <c r="C267" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D267">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E267"/>
       <c r="F267" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G267"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B268" t="s">
         <v>8</v>
       </c>
       <c r="C268" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D268">
         <v>2021</v>
       </c>
       <c r="E268"/>
       <c r="F268" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G268"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B269" t="s">
         <v>8</v>
       </c>
       <c r="C269" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D269">
         <v>2021</v>
       </c>
       <c r="E269"/>
-      <c r="F269"/>
+      <c r="F269" t="s">
+        <v>52</v>
+      </c>
       <c r="G269"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B270" t="s">
         <v>8</v>
       </c>
       <c r="C270" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D270">
         <v>2021</v>
       </c>
       <c r="E270"/>
       <c r="F270" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="G270"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B271" t="s">
         <v>8</v>
       </c>
       <c r="C271" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D271">
         <v>2021</v>
       </c>
       <c r="E271"/>
       <c r="F271" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="G271"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B272" t="s">
         <v>8</v>
       </c>
       <c r="C272" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D272">
         <v>2021</v>
       </c>
       <c r="E272"/>
       <c r="F272" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G272"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B273" t="s">
         <v>8</v>
       </c>
       <c r="C273" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D273">
         <v>2021</v>
       </c>
       <c r="E273"/>
       <c r="F273" t="s">
-        <v>216</v>
+        <v>52</v>
       </c>
       <c r="G273"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B274" t="s">
         <v>8</v>
       </c>
       <c r="C274" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D274">
         <v>2021</v>
       </c>
       <c r="E274"/>
       <c r="F274" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G274"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B275" t="s">
         <v>8</v>
       </c>
       <c r="C275" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D275">
         <v>2021</v>
       </c>
       <c r="E275"/>
       <c r="F275" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
       <c r="G275"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B276" t="s">
         <v>8</v>
       </c>
       <c r="C276" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D276">
         <v>2021</v>
       </c>
       <c r="E276"/>
       <c r="F276" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G276"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B277" t="s">
         <v>8</v>
       </c>
       <c r="C277" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D277">
         <v>2021</v>
       </c>
       <c r="E277"/>
-      <c r="F277" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F277"/>
       <c r="G277"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B278" t="s">
         <v>8</v>
       </c>
       <c r="C278" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D278">
         <v>2021</v>
       </c>
       <c r="E278"/>
-      <c r="F278"/>
+      <c r="F278" t="s">
+        <v>11</v>
+      </c>
       <c r="G278"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B279" t="s">
         <v>8</v>
       </c>
       <c r="C279" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D279">
         <v>2021</v>
       </c>
       <c r="E279"/>
       <c r="F279" t="s">
-        <v>349</v>
+        <v>44</v>
       </c>
       <c r="G279"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
         <v>350</v>
       </c>
       <c r="B280" t="s">
         <v>8</v>
       </c>
       <c r="C280" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D280">
         <v>2021</v>
       </c>
       <c r="E280"/>
       <c r="F280" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G280"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>351</v>
       </c>
       <c r="B281" t="s">
         <v>8</v>
       </c>
       <c r="C281" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D281">
         <v>2021</v>
       </c>
       <c r="E281"/>
       <c r="F281" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="G281"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>352</v>
       </c>
       <c r="B282" t="s">
         <v>8</v>
       </c>
       <c r="C282" t="s">
         <v>9</v>
       </c>
       <c r="D282">
         <v>2021</v>
       </c>
       <c r="E282"/>
       <c r="F282" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G282"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>353</v>
       </c>
       <c r="B283" t="s">
         <v>8</v>
       </c>
       <c r="C283" t="s">
         <v>9</v>
       </c>
       <c r="D283">
         <v>2021</v>
       </c>
       <c r="E283"/>
       <c r="F283" t="s">
-        <v>194</v>
+        <v>247</v>
       </c>
       <c r="G283"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>354</v>
       </c>
       <c r="B284" t="s">
         <v>8</v>
       </c>
       <c r="C284" t="s">
         <v>9</v>
       </c>
       <c r="D284">
         <v>2021</v>
       </c>
       <c r="E284"/>
       <c r="F284" t="s">
-        <v>194</v>
+        <v>44</v>
       </c>
       <c r="G284"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="B285" t="s">
         <v>8</v>
       </c>
       <c r="C285" t="s">
         <v>9</v>
       </c>
       <c r="D285">
         <v>2021</v>
       </c>
       <c r="E285"/>
       <c r="F285" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="G285"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B286" t="s">
         <v>8</v>
       </c>
       <c r="C286" t="s">
         <v>9</v>
       </c>
       <c r="D286">
         <v>2021</v>
       </c>
       <c r="E286"/>
-      <c r="F286" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F286"/>
       <c r="G286"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
       <c r="B287" t="s">
         <v>8</v>
       </c>
       <c r="C287" t="s">
         <v>9</v>
       </c>
       <c r="D287">
         <v>2021</v>
       </c>
       <c r="E287"/>
       <c r="F287" t="s">
-        <v>237</v>
+        <v>358</v>
       </c>
       <c r="G287"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="B288" t="s">
         <v>8</v>
       </c>
       <c r="C288" t="s">
         <v>9</v>
       </c>
       <c r="D288">
         <v>2021</v>
       </c>
       <c r="E288"/>
       <c r="F288" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G288"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B289" t="s">
         <v>8</v>
       </c>
       <c r="C289" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D289">
         <v>2021</v>
       </c>
       <c r="E289"/>
       <c r="F289" t="s">
-        <v>237</v>
+        <v>27</v>
       </c>
       <c r="G289"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B290" t="s">
         <v>8</v>
       </c>
       <c r="C290" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D290">
         <v>2021</v>
       </c>
       <c r="E290"/>
       <c r="F290" t="s">
-        <v>237</v>
+        <v>27</v>
       </c>
       <c r="G290"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="B291" t="s">
         <v>8</v>
       </c>
       <c r="C291" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D291">
         <v>2021</v>
       </c>
       <c r="E291"/>
       <c r="F291" t="s">
-        <v>237</v>
+        <v>204</v>
       </c>
       <c r="G291"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B292" t="s">
         <v>8</v>
       </c>
       <c r="C292" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D292">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="E292"/>
       <c r="F292" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="G292"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>360</v>
+        <v>348</v>
       </c>
       <c r="B293" t="s">
         <v>8</v>
       </c>
       <c r="C293" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D293">
-        <v>1986</v>
+        <v>2021</v>
       </c>
       <c r="E293"/>
       <c r="F293" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G293"/>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B294" t="s">
         <v>8</v>
       </c>
       <c r="C294" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D294">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="E294"/>
       <c r="F294" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G294"/>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="B295" t="s">
         <v>8</v>
       </c>
       <c r="C295" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D295">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E295"/>
       <c r="F295" t="s">
-        <v>363</v>
+        <v>247</v>
       </c>
       <c r="G295"/>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="B296" t="s">
         <v>8</v>
       </c>
       <c r="C296" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D296">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E296"/>
       <c r="F296" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="G296"/>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>365</v>
       </c>
       <c r="B297" t="s">
         <v>8</v>
       </c>
       <c r="C297" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D297">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E297"/>
       <c r="F297" t="s">
-        <v>92</v>
+        <v>247</v>
       </c>
       <c r="G297"/>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
         <v>366</v>
       </c>
       <c r="B298" t="s">
         <v>8</v>
       </c>
       <c r="C298" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D298">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E298"/>
       <c r="F298" t="s">
-        <v>32</v>
+        <v>247</v>
       </c>
       <c r="G298"/>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>367</v>
       </c>
       <c r="B299" t="s">
         <v>8</v>
       </c>
       <c r="C299" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="D299">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="E299"/>
       <c r="F299" t="s">
-        <v>32</v>
+        <v>247</v>
       </c>
       <c r="G299"/>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
         <v>368</v>
       </c>
       <c r="B300" t="s">
         <v>8</v>
       </c>
       <c r="C300" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D300">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E300"/>
       <c r="F300" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G300"/>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>369</v>
       </c>
       <c r="B301" t="s">
         <v>8</v>
       </c>
       <c r="C301" t="s">
         <v>9</v>
       </c>
       <c r="D301">
-        <v>2020</v>
+        <v>1986</v>
       </c>
       <c r="E301"/>
       <c r="F301" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G301"/>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
         <v>370</v>
       </c>
       <c r="B302" t="s">
         <v>8</v>
       </c>
       <c r="C302" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D302">
-        <v>1973</v>
+        <v>2016</v>
       </c>
       <c r="E302"/>
       <c r="F302" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="G302"/>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
         <v>371</v>
       </c>
       <c r="B303" t="s">
         <v>8</v>
       </c>
       <c r="C303" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D303">
         <v>2020</v>
       </c>
       <c r="E303"/>
       <c r="F303" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="G303"/>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B304" t="s">
         <v>8</v>
       </c>
       <c r="C304" t="s">
         <v>9</v>
       </c>
       <c r="D304">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E304"/>
       <c r="F304" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G304"/>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B305" t="s">
         <v>8</v>
       </c>
       <c r="C305" t="s">
         <v>9</v>
       </c>
       <c r="D305">
         <v>2020</v>
       </c>
       <c r="E305"/>
       <c r="F305" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="G305"/>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B306" t="s">
         <v>8</v>
       </c>
       <c r="C306" t="s">
         <v>9</v>
       </c>
       <c r="D306">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E306"/>
       <c r="F306" t="s">
-        <v>375</v>
+        <v>44</v>
       </c>
       <c r="G306"/>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>376</v>
       </c>
       <c r="B307" t="s">
         <v>8</v>
       </c>
       <c r="C307" t="s">
-        <v>9</v>
+        <v>157</v>
       </c>
       <c r="D307">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E307"/>
       <c r="F307" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G307"/>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>377</v>
       </c>
       <c r="B308" t="s">
         <v>8</v>
       </c>
       <c r="C308" t="s">
         <v>9</v>
       </c>
       <c r="D308">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E308"/>
       <c r="F308" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G308"/>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
         <v>378</v>
       </c>
       <c r="B309" t="s">
         <v>8</v>
       </c>
       <c r="C309" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D309">
         <v>2020</v>
       </c>
       <c r="E309"/>
       <c r="F309" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G309"/>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>379</v>
       </c>
       <c r="B310" t="s">
         <v>8</v>
       </c>
       <c r="C310" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D310">
-        <v>2020</v>
+        <v>1973</v>
       </c>
       <c r="E310"/>
       <c r="F310" t="s">
-        <v>380</v>
+        <v>102</v>
       </c>
       <c r="G310"/>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="B311" t="s">
         <v>8</v>
       </c>
       <c r="C311" t="s">
         <v>9</v>
       </c>
       <c r="D311">
         <v>2020</v>
       </c>
       <c r="E311"/>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G311"/>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B312" t="s">
         <v>8</v>
       </c>
       <c r="C312" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D312">
-        <v>1981</v>
+        <v>2020</v>
       </c>
       <c r="E312"/>
       <c r="F312" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="G312"/>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B313" t="s">
         <v>8</v>
       </c>
       <c r="C313" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D313">
-        <v>1972</v>
+        <v>2020</v>
       </c>
       <c r="E313"/>
       <c r="F313" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G313"/>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B314" t="s">
         <v>8</v>
       </c>
       <c r="C314" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D314">
         <v>2020</v>
       </c>
       <c r="E314"/>
       <c r="F314" t="s">
-        <v>40</v>
+        <v>384</v>
       </c>
       <c r="G314"/>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>385</v>
       </c>
       <c r="B315" t="s">
         <v>8</v>
       </c>
       <c r="C315" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D315">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E315"/>
       <c r="F315" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G315"/>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>386</v>
       </c>
       <c r="B316" t="s">
         <v>8</v>
       </c>
       <c r="C316" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D316">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="E316"/>
       <c r="F316" t="s">
-        <v>387</v>
+        <v>44</v>
       </c>
       <c r="G316"/>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B317" t="s">
         <v>8</v>
       </c>
       <c r="C317" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D317">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="E317"/>
       <c r="F317" t="s">
-        <v>387</v>
+        <v>27</v>
       </c>
       <c r="G317"/>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B318" t="s">
         <v>8</v>
       </c>
       <c r="C318" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D318">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="E318"/>
       <c r="F318" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="G318"/>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
         <v>390</v>
       </c>
       <c r="B319" t="s">
         <v>8</v>
       </c>
       <c r="C319" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D319">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="E319"/>
       <c r="F319" t="s">
-        <v>387</v>
+        <v>27</v>
       </c>
       <c r="G319"/>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>391</v>
       </c>
       <c r="B320" t="s">
         <v>8</v>
       </c>
       <c r="C320" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D320">
-        <v>2010</v>
+        <v>1981</v>
       </c>
       <c r="E320"/>
       <c r="F320" t="s">
-        <v>387</v>
+        <v>102</v>
       </c>
       <c r="G320"/>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>392</v>
       </c>
       <c r="B321" t="s">
         <v>8</v>
       </c>
       <c r="C321" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D321">
-        <v>2013</v>
+        <v>1972</v>
       </c>
       <c r="E321"/>
       <c r="F321" t="s">
-        <v>387</v>
+        <v>44</v>
       </c>
       <c r="G321"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
         <v>393</v>
       </c>
       <c r="B322" t="s">
         <v>8</v>
       </c>
       <c r="C322" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D322">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="E322"/>
       <c r="F322" t="s">
-        <v>387</v>
+        <v>52</v>
       </c>
       <c r="G322"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>394</v>
       </c>
       <c r="B323" t="s">
         <v>8</v>
       </c>
       <c r="C323" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D323">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="E323"/>
       <c r="F323" t="s">
-        <v>387</v>
+        <v>27</v>
       </c>
       <c r="G323"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
         <v>395</v>
       </c>
       <c r="B324" t="s">
         <v>8</v>
       </c>
       <c r="C324" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D324">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E324"/>
       <c r="F324" t="s">
-        <v>32</v>
+        <v>396</v>
       </c>
       <c r="G324"/>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B325" t="s">
         <v>8</v>
       </c>
       <c r="C325" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D325">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="E325"/>
       <c r="F325" t="s">
-        <v>46</v>
+        <v>396</v>
       </c>
       <c r="G325"/>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B326" t="s">
         <v>8</v>
       </c>
       <c r="C326" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D326">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="E326"/>
       <c r="F326" t="s">
-        <v>292</v>
+        <v>396</v>
       </c>
       <c r="G326"/>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B327" t="s">
         <v>8</v>
       </c>
       <c r="C327" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D327">
-        <v>2019</v>
+        <v>2010</v>
       </c>
       <c r="E327"/>
       <c r="F327" t="s">
-        <v>61</v>
+        <v>396</v>
       </c>
       <c r="G327"/>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B328" t="s">
         <v>8</v>
       </c>
       <c r="C328" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D328">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="E328"/>
       <c r="F328" t="s">
-        <v>61</v>
+        <v>396</v>
       </c>
       <c r="G328"/>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B329" t="s">
         <v>8</v>
       </c>
       <c r="C329" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D329">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E329"/>
       <c r="F329" t="s">
-        <v>46</v>
+        <v>396</v>
       </c>
       <c r="G329"/>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B330" t="s">
         <v>8</v>
       </c>
       <c r="C330" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D330">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E330"/>
       <c r="F330" t="s">
-        <v>32</v>
+        <v>396</v>
       </c>
       <c r="G330"/>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B331" t="s">
         <v>8</v>
       </c>
       <c r="C331" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D331">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="E331"/>
       <c r="F331" t="s">
-        <v>32</v>
+        <v>396</v>
       </c>
       <c r="G331"/>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B332" t="s">
         <v>8</v>
       </c>
       <c r="C332" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D332">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="E332"/>
       <c r="F332" t="s">
-        <v>375</v>
+        <v>44</v>
       </c>
       <c r="G332"/>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B333" t="s">
         <v>8</v>
       </c>
       <c r="C333" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D333">
         <v>2020</v>
       </c>
       <c r="E333"/>
       <c r="F333" t="s">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="G333"/>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B334" t="s">
         <v>8</v>
       </c>
       <c r="C334" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D334">
         <v>2020</v>
       </c>
       <c r="E334"/>
       <c r="F334" t="s">
-        <v>375</v>
+        <v>302</v>
       </c>
       <c r="G334"/>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B335" t="s">
         <v>8</v>
       </c>
       <c r="C335" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D335">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E335"/>
       <c r="F335" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="G335"/>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B336" t="s">
         <v>8</v>
       </c>
       <c r="C336" t="s">
         <v>9</v>
       </c>
       <c r="D336">
         <v>2020</v>
       </c>
       <c r="E336"/>
       <c r="F336" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="G336"/>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B337" t="s">
         <v>8</v>
       </c>
       <c r="C337" t="s">
         <v>9</v>
       </c>
       <c r="D337">
         <v>2020</v>
       </c>
       <c r="E337"/>
       <c r="F337" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="G337"/>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B338" t="s">
         <v>8</v>
       </c>
       <c r="C338" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D338">
         <v>2020</v>
       </c>
       <c r="E338"/>
       <c r="F338" t="s">
-        <v>375</v>
+        <v>44</v>
       </c>
       <c r="G338"/>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B339" t="s">
         <v>8</v>
       </c>
       <c r="C339" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D339">
         <v>2020</v>
       </c>
       <c r="E339"/>
       <c r="F339" t="s">
-        <v>411</v>
+        <v>44</v>
       </c>
       <c r="G339"/>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
         <v>412</v>
       </c>
       <c r="B340" t="s">
         <v>8</v>
       </c>
       <c r="C340" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D340">
         <v>2020</v>
       </c>
       <c r="E340"/>
       <c r="F340" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="G340"/>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>413</v>
       </c>
       <c r="B341" t="s">
         <v>8</v>
       </c>
       <c r="C341" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D341">
         <v>2020</v>
       </c>
       <c r="E341"/>
       <c r="F341" t="s">
-        <v>375</v>
+        <v>15</v>
       </c>
       <c r="G341"/>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>414</v>
       </c>
       <c r="B342" t="s">
         <v>8</v>
       </c>
       <c r="C342" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D342">
         <v>2020</v>
       </c>
       <c r="E342"/>
       <c r="F342" t="s">
-        <v>415</v>
+        <v>384</v>
       </c>
       <c r="G342"/>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="B343" t="s">
         <v>8</v>
       </c>
       <c r="C343" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D343">
         <v>2020</v>
       </c>
       <c r="E343"/>
       <c r="F343" t="s">
-        <v>375</v>
+        <v>44</v>
       </c>
       <c r="G343"/>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B344" t="s">
         <v>8</v>
       </c>
       <c r="C344" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D344">
         <v>2020</v>
       </c>
       <c r="E344"/>
       <c r="F344" t="s">
-        <v>375</v>
+        <v>113</v>
       </c>
       <c r="G344"/>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="B345" t="s">
         <v>8</v>
       </c>
       <c r="C345" t="s">
-        <v>419</v>
+        <v>24</v>
       </c>
       <c r="D345">
         <v>2020</v>
       </c>
       <c r="E345"/>
-      <c r="F345"/>
+      <c r="F345" t="s">
+        <v>44</v>
+      </c>
       <c r="G345"/>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B346" t="s">
         <v>8</v>
       </c>
       <c r="C346" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D346">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E346"/>
       <c r="F346" t="s">
-        <v>32</v>
+        <v>384</v>
       </c>
       <c r="G346"/>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="B347" t="s">
         <v>8</v>
       </c>
       <c r="C347" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D347">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E347"/>
       <c r="F347" t="s">
-        <v>32</v>
+        <v>420</v>
       </c>
       <c r="G347"/>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B348" t="s">
         <v>8</v>
       </c>
       <c r="C348" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D348">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E348"/>
       <c r="F348" t="s">
-        <v>423</v>
+        <v>384</v>
       </c>
       <c r="G348"/>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B349" t="s">
         <v>8</v>
       </c>
       <c r="C349" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D349">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E349"/>
       <c r="F349" t="s">
-        <v>61</v>
+        <v>384</v>
       </c>
       <c r="G349"/>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="B350" t="s">
         <v>8</v>
       </c>
       <c r="C350" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D350">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E350"/>
       <c r="F350" t="s">
-        <v>92</v>
+        <v>424</v>
       </c>
       <c r="G350"/>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="B351" t="s">
         <v>8</v>
       </c>
       <c r="C351" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D351">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E351"/>
       <c r="F351" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="G351"/>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B352" t="s">
         <v>8</v>
       </c>
       <c r="C352" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D352">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="E352"/>
       <c r="F352" t="s">
-        <v>89</v>
+        <v>384</v>
       </c>
       <c r="G352"/>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B353" t="s">
         <v>8</v>
       </c>
       <c r="C353" t="s">
-        <v>9</v>
+        <v>428</v>
       </c>
       <c r="D353">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E353"/>
       <c r="F353"/>
       <c r="G353"/>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B354" t="s">
         <v>8</v>
       </c>
       <c r="C354" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D354">
         <v>2019</v>
       </c>
       <c r="E354"/>
       <c r="F354" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G354"/>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B355" t="s">
         <v>8</v>
       </c>
       <c r="C355" t="s">
         <v>9</v>
       </c>
       <c r="D355">
         <v>2019</v>
       </c>
       <c r="E355"/>
       <c r="F355" t="s">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="G355"/>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B356" t="s">
         <v>8</v>
       </c>
       <c r="C356" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D356">
-        <v>1987</v>
+        <v>2019</v>
       </c>
       <c r="E356"/>
       <c r="F356" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="G356"/>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="B357" t="s">
         <v>8</v>
       </c>
       <c r="C357" t="s">
         <v>9</v>
       </c>
       <c r="D357">
-        <v>1987</v>
+        <v>2019</v>
       </c>
       <c r="E357"/>
       <c r="F357" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="G357"/>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="B358" t="s">
         <v>8</v>
       </c>
       <c r="C358" t="s">
         <v>9</v>
       </c>
       <c r="D358">
-        <v>1985</v>
+        <v>2018</v>
       </c>
       <c r="E358"/>
       <c r="F358" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="G358"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="B359" t="s">
         <v>8</v>
       </c>
       <c r="C359" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D359">
-        <v>1978</v>
+        <v>2019</v>
       </c>
       <c r="E359"/>
       <c r="F359" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="G359"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B360" t="s">
         <v>8</v>
       </c>
       <c r="C360" t="s">
         <v>9</v>
       </c>
       <c r="D360">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="E360"/>
       <c r="F360" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="G360"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="B361" t="s">
         <v>8</v>
       </c>
       <c r="C361" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D361">
-        <v>1986</v>
+        <v>2019</v>
       </c>
       <c r="E361"/>
-      <c r="F361" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F361"/>
       <c r="G361"/>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="B362" t="s">
         <v>8</v>
       </c>
       <c r="C362" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D362">
-        <v>1982</v>
+        <v>2019</v>
       </c>
       <c r="E362"/>
       <c r="F362" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="G362"/>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="B363" t="s">
         <v>8</v>
       </c>
       <c r="C363" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D363">
         <v>2019</v>
       </c>
       <c r="E363"/>
       <c r="F363" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="G363"/>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="B364" t="s">
         <v>8</v>
       </c>
       <c r="C364" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D364">
-        <v>2019</v>
+        <v>1987</v>
       </c>
       <c r="E364"/>
       <c r="F364" t="s">
-        <v>13</v>
+        <v>442</v>
       </c>
       <c r="G364"/>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
         <v>443</v>
       </c>
       <c r="B365" t="s">
         <v>8</v>
       </c>
       <c r="C365" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D365">
-        <v>2019</v>
+        <v>1987</v>
       </c>
       <c r="E365"/>
       <c r="F365" t="s">
-        <v>105</v>
+        <v>38</v>
       </c>
       <c r="G365"/>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
         <v>444</v>
       </c>
       <c r="B366" t="s">
         <v>8</v>
       </c>
       <c r="C366" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D366">
-        <v>2018</v>
+        <v>1985</v>
       </c>
       <c r="E366"/>
       <c r="F366" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="G366"/>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
         <v>445</v>
       </c>
       <c r="B367" t="s">
         <v>8</v>
       </c>
       <c r="C367" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D367">
-        <v>1987</v>
+        <v>1978</v>
       </c>
       <c r="E367"/>
       <c r="F367" t="s">
         <v>446</v>
       </c>
       <c r="G367"/>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
         <v>447</v>
       </c>
       <c r="B368" t="s">
         <v>8</v>
       </c>
       <c r="C368" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D368">
-        <v>2019</v>
+        <v>1999</v>
       </c>
       <c r="E368"/>
       <c r="F368" t="s">
-        <v>423</v>
+        <v>41</v>
       </c>
       <c r="G368"/>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
         <v>448</v>
       </c>
       <c r="B369" t="s">
         <v>8</v>
       </c>
       <c r="C369" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D369">
-        <v>2019</v>
+        <v>1986</v>
       </c>
       <c r="E369"/>
       <c r="F369" t="s">
-        <v>449</v>
+        <v>44</v>
       </c>
       <c r="G369"/>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>450</v>
+        <v>449</v>
       </c>
       <c r="B370" t="s">
         <v>8</v>
       </c>
       <c r="C370" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D370">
-        <v>2019</v>
+        <v>1982</v>
       </c>
       <c r="E370"/>
       <c r="F370" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="G370"/>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="B371" t="s">
         <v>8</v>
       </c>
       <c r="C371" t="s">
-        <v>452</v>
+        <v>26</v>
       </c>
       <c r="D371">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E371"/>
-      <c r="F371"/>
+      <c r="F371" t="s">
+        <v>50</v>
+      </c>
       <c r="G371"/>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B372" t="s">
         <v>8</v>
       </c>
       <c r="C372" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D372">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E372"/>
       <c r="F372" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G372"/>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B373" t="s">
         <v>8</v>
       </c>
       <c r="C373" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D373">
-        <v>1988</v>
+        <v>2019</v>
       </c>
       <c r="E373"/>
       <c r="F373" t="s">
-        <v>32</v>
+        <v>115</v>
       </c>
       <c r="G373"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="B374" t="s">
         <v>8</v>
       </c>
       <c r="C374" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D374">
-        <v>1988</v>
+        <v>2018</v>
       </c>
       <c r="E374"/>
       <c r="F374" t="s">
-        <v>32</v>
+        <v>122</v>
       </c>
       <c r="G374"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="B375" t="s">
         <v>8</v>
       </c>
       <c r="C375" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D375">
-        <v>2019</v>
+        <v>1987</v>
       </c>
       <c r="E375"/>
       <c r="F375" t="s">
-        <v>380</v>
+        <v>455</v>
       </c>
       <c r="G375"/>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B376" t="s">
         <v>8</v>
       </c>
       <c r="C376" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D376">
         <v>2019</v>
       </c>
       <c r="E376"/>
       <c r="F376" t="s">
-        <v>13</v>
+        <v>432</v>
       </c>
       <c r="G376"/>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B377" t="s">
         <v>8</v>
       </c>
       <c r="C377" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D377">
         <v>2019</v>
       </c>
       <c r="E377"/>
       <c r="F377" t="s">
-        <v>13</v>
+        <v>458</v>
       </c>
       <c r="G377"/>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
         <v>459</v>
       </c>
       <c r="B378" t="s">
         <v>8</v>
       </c>
       <c r="C378" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D378">
         <v>2019</v>
       </c>
       <c r="E378"/>
       <c r="F378" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="G378"/>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
         <v>460</v>
       </c>
       <c r="B379" t="s">
         <v>8</v>
       </c>
       <c r="C379" t="s">
         <v>461</v>
       </c>
       <c r="D379">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E379"/>
-      <c r="F379" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F379"/>
       <c r="G379"/>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B380" t="s">
         <v>8</v>
       </c>
       <c r="C380" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D380">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E380"/>
       <c r="F380" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="G380"/>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="B381" t="s">
         <v>8</v>
       </c>
       <c r="C381" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D381">
-        <v>2018</v>
+        <v>1988</v>
       </c>
       <c r="E381"/>
       <c r="F381" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G381"/>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="B382" t="s">
         <v>8</v>
       </c>
       <c r="C382" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D382">
-        <v>2018</v>
+        <v>1988</v>
       </c>
       <c r="E382"/>
       <c r="F382" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G382"/>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="B383" t="s">
         <v>8</v>
       </c>
       <c r="C383" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D383">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E383"/>
       <c r="F383" t="s">
-        <v>32</v>
+        <v>389</v>
       </c>
       <c r="G383"/>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="B384" t="s">
         <v>8</v>
       </c>
       <c r="C384" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D384">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E384"/>
       <c r="F384" t="s">
-        <v>468</v>
+        <v>27</v>
       </c>
       <c r="G384"/>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B385" t="s">
         <v>8</v>
       </c>
       <c r="C385" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D385">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E385"/>
       <c r="F385" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G385"/>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="B386" t="s">
         <v>8</v>
       </c>
       <c r="C386" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D386">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E386"/>
       <c r="F386" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G386"/>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B387" t="s">
         <v>8</v>
       </c>
       <c r="C387" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="D387">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E387"/>
       <c r="F387" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="G387"/>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B388" t="s">
         <v>8</v>
       </c>
       <c r="C388" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D388">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E388"/>
       <c r="F388" t="s">
-        <v>32</v>
+        <v>102</v>
       </c>
       <c r="G388"/>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B389" t="s">
         <v>8</v>
       </c>
       <c r="C389" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D389">
         <v>2018</v>
       </c>
       <c r="E389"/>
-      <c r="F389"/>
+      <c r="F389" t="s">
+        <v>11</v>
+      </c>
       <c r="G389"/>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B390" t="s">
         <v>8</v>
       </c>
       <c r="C390" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D390">
         <v>2018</v>
       </c>
       <c r="E390"/>
       <c r="F390" t="s">
-        <v>273</v>
+        <v>27</v>
       </c>
       <c r="G390"/>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B391" t="s">
         <v>8</v>
       </c>
       <c r="C391" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D391">
         <v>2018</v>
       </c>
       <c r="E391"/>
       <c r="F391" t="s">
-        <v>273</v>
+        <v>44</v>
       </c>
       <c r="G391"/>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B392" t="s">
         <v>8</v>
       </c>
       <c r="C392" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D392">
         <v>2018</v>
       </c>
       <c r="E392"/>
       <c r="F392" t="s">
-        <v>16</v>
+        <v>477</v>
       </c>
       <c r="G392"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B393" t="s">
         <v>8</v>
       </c>
       <c r="C393" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D393">
         <v>2018</v>
       </c>
       <c r="E393"/>
       <c r="F393" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="G393"/>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B394" t="s">
         <v>8</v>
       </c>
       <c r="C394" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D394">
         <v>2018</v>
       </c>
       <c r="E394"/>
       <c r="F394" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G394"/>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
+        <v>480</v>
+      </c>
+      <c r="B395" t="s">
+        <v>8</v>
+      </c>
+      <c r="C395" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D395">
         <v>2018</v>
       </c>
       <c r="E395"/>
       <c r="F395" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="G395"/>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B396" t="s">
         <v>8</v>
       </c>
       <c r="C396" t="s">
-        <v>419</v>
+        <v>24</v>
       </c>
       <c r="D396">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E396"/>
       <c r="F396" t="s">
-        <v>483</v>
+        <v>44</v>
       </c>
       <c r="G396"/>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
         <v>484</v>
       </c>
       <c r="B397" t="s">
         <v>8</v>
       </c>
       <c r="C397" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D397">
-        <v>1981</v>
+        <v>2018</v>
       </c>
       <c r="E397"/>
-      <c r="F397" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F397"/>
       <c r="G397"/>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
         <v>485</v>
       </c>
       <c r="B398" t="s">
         <v>8</v>
       </c>
       <c r="C398" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D398">
         <v>2018</v>
       </c>
       <c r="E398"/>
-      <c r="F398"/>
+      <c r="F398" t="s">
+        <v>283</v>
+      </c>
       <c r="G398"/>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
         <v>486</v>
       </c>
       <c r="B399" t="s">
         <v>8</v>
       </c>
       <c r="C399" t="s">
-        <v>487</v>
+        <v>24</v>
       </c>
       <c r="D399">
-        <v>2004</v>
+        <v>2018</v>
       </c>
       <c r="E399"/>
       <c r="F399" t="s">
-        <v>462</v>
+        <v>283</v>
       </c>
       <c r="G399"/>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="B400" t="s">
         <v>8</v>
       </c>
       <c r="C400" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D400">
-        <v>2005</v>
+        <v>2018</v>
       </c>
       <c r="E400"/>
       <c r="F400" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G400"/>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="B401" t="s">
         <v>8</v>
       </c>
       <c r="C401" t="s">
-        <v>490</v>
+        <v>26</v>
       </c>
       <c r="D401">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E401"/>
       <c r="F401" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G401"/>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B402" t="s">
         <v>8</v>
       </c>
       <c r="C402" t="s">
-        <v>492</v>
+        <v>24</v>
       </c>
       <c r="D402">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="E402"/>
       <c r="F402" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="G402"/>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="B403" t="s">
         <v>8</v>
       </c>
       <c r="C403" t="s">
-        <v>492</v>
+        <v>24</v>
       </c>
       <c r="D403">
-        <v>1999</v>
+        <v>2018</v>
       </c>
       <c r="E403"/>
       <c r="F403" t="s">
-        <v>494</v>
+        <v>482</v>
       </c>
       <c r="G403"/>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="B404" t="s">
         <v>8</v>
       </c>
       <c r="C404" t="s">
-        <v>496</v>
+        <v>428</v>
       </c>
       <c r="D404">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E404"/>
       <c r="F404" t="s">
-        <v>318</v>
+        <v>492</v>
       </c>
       <c r="G404"/>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="B405" t="s">
         <v>8</v>
       </c>
       <c r="C405" t="s">
-        <v>496</v>
+        <v>40</v>
       </c>
       <c r="D405">
-        <v>2005</v>
+        <v>1981</v>
       </c>
       <c r="E405"/>
       <c r="F405" t="s">
-        <v>380</v>
+        <v>44</v>
       </c>
       <c r="G405"/>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B406" t="s">
         <v>8</v>
       </c>
       <c r="C406" t="s">
-        <v>496</v>
+        <v>24</v>
       </c>
       <c r="D406">
-        <v>1996</v>
+        <v>2018</v>
       </c>
       <c r="E406"/>
       <c r="F406"/>
       <c r="G406"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="B407" t="s">
         <v>8</v>
       </c>
       <c r="C407" t="s">
         <v>496</v>
       </c>
       <c r="D407">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="E407"/>
       <c r="F407" t="s">
+        <v>44</v>
+      </c>
+      <c r="G407"/>
+    </row>
+    <row r="408" spans="1:7">
+      <c r="A408" t="s">
+        <v>497</v>
+      </c>
+      <c r="B408" t="s">
+        <v>8</v>
+      </c>
+      <c r="C408" t="s">
+        <v>496</v>
+      </c>
+      <c r="D408">
+        <v>1999</v>
+      </c>
+      <c r="E408"/>
+      <c r="F408" t="s">
+        <v>498</v>
+      </c>
+      <c r="G408"/>
+    </row>
+    <row r="409" spans="1:7">
+      <c r="A409" t="s">
+        <v>499</v>
+      </c>
+      <c r="B409" t="s">
+        <v>8</v>
+      </c>
+      <c r="C409" t="s">
         <v>500</v>
       </c>
-      <c r="G407"/>
+      <c r="D409">
+        <v>2012</v>
+      </c>
+      <c r="E409"/>
+      <c r="F409" t="s">
+        <v>327</v>
+      </c>
+      <c r="G409"/>
+    </row>
+    <row r="410" spans="1:7">
+      <c r="A410" t="s">
+        <v>501</v>
+      </c>
+      <c r="B410" t="s">
+        <v>8</v>
+      </c>
+      <c r="C410" t="s">
+        <v>500</v>
+      </c>
+      <c r="D410">
+        <v>2005</v>
+      </c>
+      <c r="E410"/>
+      <c r="F410" t="s">
+        <v>389</v>
+      </c>
+      <c r="G410"/>
+    </row>
+    <row r="411" spans="1:7">
+      <c r="A411" t="s">
+        <v>502</v>
+      </c>
+      <c r="B411" t="s">
+        <v>8</v>
+      </c>
+      <c r="C411" t="s">
+        <v>500</v>
+      </c>
+      <c r="D411">
+        <v>1996</v>
+      </c>
+      <c r="E411"/>
+      <c r="F411"/>
+      <c r="G411"/>
+    </row>
+    <row r="412" spans="1:7">
+      <c r="A412" t="s">
+        <v>503</v>
+      </c>
+      <c r="B412" t="s">
+        <v>8</v>
+      </c>
+      <c r="C412" t="s">
+        <v>500</v>
+      </c>
+      <c r="D412">
+        <v>1994</v>
+      </c>
+      <c r="E412"/>
+      <c r="F412" t="s">
+        <v>504</v>
+      </c>
+      <c r="G412"/>
+    </row>
+    <row r="413" spans="1:7">
+      <c r="A413" t="s">
+        <v>505</v>
+      </c>
+      <c r="B413" t="s">
+        <v>8</v>
+      </c>
+      <c r="C413" t="s">
+        <v>506</v>
+      </c>
+      <c r="D413">
+        <v>2004</v>
+      </c>
+      <c r="E413"/>
+      <c r="F413" t="s">
+        <v>471</v>
+      </c>
+      <c r="G413"/>
+    </row>
+    <row r="414" spans="1:7">
+      <c r="A414" t="s">
+        <v>507</v>
+      </c>
+      <c r="B414" t="s">
+        <v>8</v>
+      </c>
+      <c r="C414" t="s">
+        <v>26</v>
+      </c>
+      <c r="D414">
+        <v>2005</v>
+      </c>
+      <c r="E414"/>
+      <c r="F414" t="s">
+        <v>44</v>
+      </c>
+      <c r="G414"/>
+    </row>
+    <row r="415" spans="1:7">
+      <c r="A415" t="s">
+        <v>508</v>
+      </c>
+      <c r="B415" t="s">
+        <v>8</v>
+      </c>
+      <c r="C415" t="s">
+        <v>509</v>
+      </c>
+      <c r="D415">
+        <v>2017</v>
+      </c>
+      <c r="E415"/>
+      <c r="F415" t="s">
+        <v>44</v>
+      </c>
+      <c r="G415"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">