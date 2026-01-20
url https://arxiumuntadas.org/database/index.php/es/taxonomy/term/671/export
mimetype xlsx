--- v2 (2025-12-13)
+++ v3 (2026-01-20)
@@ -1499,93 +1499,93 @@
   <si>
     <t>Inauguración en el CGAC del nuevo proyecto artístico del catalán Antoni Muntadas</t>
   </si>
   <si>
     <t>Antoni Muntadas inaugura a exposición 'Estratexias do desprazamento'</t>
   </si>
   <si>
     <t>El CGAC abre su programa de 2018 con Antoni Muntadas, pionero del videoarte</t>
   </si>
   <si>
     <t>The best exhibitions in Beijing this September</t>
   </si>
   <si>
     <t>On Translation: Das Museum</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>Guadalimar. Manifestaciones de PALAZUELO. Pintura/Escultur/Espacios/Política. Año VI. N 56/ 200 Pesetas</t>
   </si>
   <si>
     <t>Antoni Muntadas: si me queréis ir(se)</t>
   </si>
   <si>
+    <t>TRANSVERSAL. Revista de cultura contemporania. Num 1. 1996 [Art – Vida – Formacio Al’entorn del Taller d’Antoni Muntadas a la QUAM-Lleida 95]</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Beaux Arts Journal</t>
+  </si>
+  <si>
+    <t>Burdeos</t>
+  </si>
+  <si>
+    <t>Ambulantes. Cultura portátil</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
+  </si>
+  <si>
+    <t>Muntadas. Palabras, palabras…</t>
+  </si>
+  <si>
+    <t>Hoja de sala</t>
+  </si>
+  <si>
     <t>Antoni Muntadas: Espacios alternativos. Una experiencia personal, en: Presencia y realidad del arte español en el extranjero. XV Curso Apreciación del Arte Contemporáneo</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>Medien und Architektur Biennale Graz 4. 24-28 NOV 99 [Periódico]</t>
   </si>
   <si>
     <t>Graz</t>
   </si>
   <si>
     <t>La metodología del proyecto : Un Taller de Antoni Muntadas en colaboración con Alfredo Puente. MUSAC 2012.</t>
   </si>
   <si>
-    <t>Taller</t>
-[...1 lines deleted...]
-  <si>
     <t>Museo Immaginario Personale : La proposta di lettura del testo di Andrè Malraux “Le Musée Imaginaire” come punto di partenza per un prozesso di lavoro che origina e produze una serie di progetti sul tema proposto: Museo Immaginario Personale</t>
-  </si>
-[...22 lines deleted...]
-    <t>Hoja de sala</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -9215,205 +9215,205 @@
       </c>
       <c r="B406" t="s">
         <v>8</v>
       </c>
       <c r="C406" t="s">
         <v>24</v>
       </c>
       <c r="D406">
         <v>2018</v>
       </c>
       <c r="E406"/>
       <c r="F406"/>
       <c r="G406"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
         <v>495</v>
       </c>
       <c r="B407" t="s">
         <v>8</v>
       </c>
       <c r="C407" t="s">
         <v>496</v>
       </c>
       <c r="D407">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="E407"/>
-      <c r="F407" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F407"/>
       <c r="G407"/>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
         <v>497</v>
       </c>
       <c r="B408" t="s">
         <v>8</v>
       </c>
       <c r="C408" t="s">
         <v>496</v>
       </c>
       <c r="D408">
-        <v>1999</v>
+        <v>1994</v>
       </c>
       <c r="E408"/>
       <c r="F408" t="s">
         <v>498</v>
       </c>
       <c r="G408"/>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
         <v>499</v>
       </c>
       <c r="B409" t="s">
         <v>8</v>
       </c>
       <c r="C409" t="s">
         <v>500</v>
       </c>
       <c r="D409">
-        <v>2012</v>
+        <v>2004</v>
       </c>
       <c r="E409"/>
       <c r="F409" t="s">
-        <v>327</v>
+        <v>471</v>
       </c>
       <c r="G409"/>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
         <v>501</v>
       </c>
       <c r="B410" t="s">
         <v>8</v>
       </c>
       <c r="C410" t="s">
-        <v>500</v>
+        <v>26</v>
       </c>
       <c r="D410">
         <v>2005</v>
       </c>
       <c r="E410"/>
       <c r="F410" t="s">
-        <v>389</v>
+        <v>44</v>
       </c>
       <c r="G410"/>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
         <v>502</v>
       </c>
       <c r="B411" t="s">
         <v>8</v>
       </c>
       <c r="C411" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="D411">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E411"/>
-      <c r="F411"/>
+      <c r="F411" t="s">
+        <v>44</v>
+      </c>
       <c r="G411"/>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B412" t="s">
         <v>8</v>
       </c>
       <c r="C412" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="D412">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="E412"/>
       <c r="F412" t="s">
-        <v>504</v>
+        <v>44</v>
       </c>
       <c r="G412"/>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
+        <v>506</v>
+      </c>
+      <c r="B413" t="s">
+        <v>8</v>
+      </c>
+      <c r="C413" t="s">
         <v>505</v>
       </c>
-      <c r="B413" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D413">
-        <v>2004</v>
+        <v>1999</v>
       </c>
       <c r="E413"/>
       <c r="F413" t="s">
-        <v>471</v>
+        <v>507</v>
       </c>
       <c r="G413"/>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B414" t="s">
         <v>8</v>
       </c>
       <c r="C414" t="s">
-        <v>26</v>
+        <v>496</v>
       </c>
       <c r="D414">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E414"/>
       <c r="F414" t="s">
-        <v>44</v>
+        <v>327</v>
       </c>
       <c r="G414"/>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B415" t="s">
         <v>8</v>
       </c>
       <c r="C415" t="s">
-        <v>509</v>
+        <v>496</v>
       </c>
       <c r="D415">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E415"/>
       <c r="F415" t="s">
-        <v>44</v>
+        <v>389</v>
       </c>
       <c r="G415"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>