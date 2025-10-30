--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -113,81 +113,81 @@
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Muntadas. Estratexias do desprazamento</t>
   </si>
   <si>
     <t>Dossier de Prensa</t>
   </si>
   <si>
     <t>Antoni Muntadas inaugura a exposición 'Estratexias do desprazamento'</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Falso pero Crible. Encontro da Universidade de Verán 93. Santiago de Compostela.</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
+    <t>Verbas: A sala de Prensa</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Pontevedra</t>
+  </si>
+  <si>
+    <t>Cardinales</t>
+  </si>
+  <si>
+    <t>Distancia crítica</t>
+  </si>
+  <si>
+    <t>Estades preparados para a televisión?</t>
+  </si>
+  <si>
     <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Muntadas : Verbas: a sala de prensa</t>
   </si>
   <si>
     <t>Folleto</t>
-  </si>
-[...19 lines deleted...]
-    <t>Estades preparados para a televisión?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -757,168 +757,168 @@
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13">
         <v>2018</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>17</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D14">
-        <v>2016</v>
+        <v>1995</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>17</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" t="s">
         <v>35</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D16">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D17">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D18">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D19">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>17</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" t="s">
         <v>43</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>17</v>
       </c>
       <c r="G20"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>