--- v1 (2025-10-30)
+++ v2 (2026-01-02)
@@ -113,81 +113,81 @@
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Muntadas. Estratexias do desprazamento</t>
   </si>
   <si>
     <t>Dossier de Prensa</t>
   </si>
   <si>
     <t>Antoni Muntadas inaugura a exposición 'Estratexias do desprazamento'</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Falso pero Crible. Encontro da Universidade de Verán 93. Santiago de Compostela.</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
+    <t>Distancia crítica</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Estades preparados para a televisión?</t>
+  </si>
+  <si>
+    <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>Muntadas : Verbas: a sala de prensa</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
     <t>Verbas: A sala de Prensa</t>
   </si>
   <si>
     <t>Pola Cruz Vermella. 11 artistas españois.</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Pontevedra</t>
   </si>
   <si>
     <t>Cardinales</t>
-  </si>
-[...16 lines deleted...]
-    <t>Folleto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -757,172 +757,172 @@
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13">
         <v>2018</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>17</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D14">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>17</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" t="s">
         <v>37</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D17">
-        <v>2008</v>
+        <v>1995</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>17</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D18">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>17</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D19">
-        <v>2016</v>
+        <v>1996</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="D20">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G20"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>