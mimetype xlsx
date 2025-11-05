--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -98,57 +98,57 @@
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Daria Pyrkina</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
+    <t>The Last Ten Minutes II</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
     <t>On Translation: Stand By: Moscow</t>
-  </si>
-[...4 lines deleted...]
-    <t>Kassel</t>
   </si>
   <si>
     <t>National Centre for Contemporary Arts</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -681,72 +681,72 @@
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>18</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>22</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2011</v>
+        <v>1977</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>22</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1977</v>
+        <v>2011</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>