--- v0 (2025-10-09)
+++ v1 (2025-11-09)
@@ -152,120 +152,120 @@
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Juan Luis Díaz</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Invitación]</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Museo Universitario de Ciencias y Artes (UNAM)</t>
   </si>
   <si>
+    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>El rediezcubrimiento de México</t>
+  </si>
+  <si>
+    <t>Narrativa</t>
+  </si>
+  <si>
+    <t>La globalización imaginada</t>
+  </si>
+  <si>
+    <t>La libertad en el arte</t>
+  </si>
+  <si>
+    <t>Muntadas - Proyectos</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
     <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
-    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
-[...28 lines deleted...]
-  <si>
     <t>Néstor García Canclini</t>
   </si>
   <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Proyectos [1974-2004]</t>
+  </si>
+  <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>Quejas</t>
   </si>
   <si>
     <t>Palabras: la conferencia de prensa</t>
-  </si>
-[...13 lines deleted...]
-    <t>Proyectos [1974-2004]</t>
   </si>
   <si>
     <t>Laboratorio Arte Alameda</t>
   </si>
   <si>
     <t>Centro Cultural de España en México (CCEMx)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1044,326 +1044,326 @@
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
         <v>47</v>
       </c>
       <c r="D28">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D29">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D30">
-        <v>2004</v>
+        <v>1971</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D31">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D32">
-        <v>1990</v>
+        <v>1967</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
         <v>55</v>
       </c>
       <c r="D33">
-        <v>1971</v>
+        <v>2004</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>56</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="D34">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>58</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" t="s">
         <v>57</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35">
-        <v>1967</v>
+        <v>2004</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>58</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
         <v>59</v>
       </c>
       <c r="D36">
         <v>2004</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>60</v>
       </c>
       <c r="B37" t="s">
         <v>40</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>61</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E39"/>
+        <v>1973</v>
+      </c>
+      <c r="E39">
+        <v>1974</v>
+      </c>
       <c r="F39" t="s">
         <v>62</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E40"/>
+        <v>1975</v>
+      </c>
+      <c r="E40">
+        <v>1976</v>
+      </c>
       <c r="F40" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41"/>
       <c r="D41">
         <v>2004</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E42"/>
       <c r="F42" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E43"/>
       <c r="F43" t="s">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>69</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44"/>
       <c r="D44">
         <v>2004</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>9</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>70</v>
       </c>
       <c r="B45" t="s">