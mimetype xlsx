--- v1 (2025-11-09)
+++ v2 (2026-01-10)
@@ -152,120 +152,120 @@
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Juan Luis Díaz</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Póster]</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos [Invitación]</t>
   </si>
   <si>
     <t>Folleto, Invitación</t>
   </si>
   <si>
     <t>Museo Universitario de Ciencias y Artes (UNAM)</t>
   </si>
   <si>
+    <t>La libertad en el arte</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Muntadas - Proyectos</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>“La traducción como especulación”, ponencia de Muntadas en el congreso “La creatividad redistribuida”</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>Resistencia : Tercer simposio internacional de teoría sobre arte contemporáneao</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Culturas híbridas. Estrategias para entrar y salir de la modernidad</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>El rediezcubrimiento de México</t>
   </si>
   <si>
     <t>Narrativa</t>
   </si>
   <si>
     <t>La globalización imaginada</t>
   </si>
   <si>
-    <t>La libertad en el arte</t>
-[...19 lines deleted...]
-  <si>
     <t>Néstor García Canclini</t>
   </si>
   <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Proyectos [1974-2004]</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>Quejas</t>
+  </si>
+  <si>
+    <t>Palabras: la conferencia de prensa</t>
+  </si>
+  <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
-  </si>
-[...19 lines deleted...]
-    <t>Palabras: la conferencia de prensa</t>
   </si>
   <si>
     <t>Laboratorio Arte Alameda</t>
   </si>
   <si>
     <t>Centro Cultural de España en México (CCEMx)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1044,343 +1044,343 @@
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>46</v>
       </c>
       <c r="B28" t="s">
         <v>11</v>
       </c>
       <c r="C28" t="s">
         <v>47</v>
       </c>
       <c r="D28">
-        <v>2004</v>
+        <v>1967</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>49</v>
       </c>
       <c r="D29">
-        <v>1990</v>
+        <v>2004</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
         <v>51</v>
       </c>
       <c r="D30">
-        <v>1971</v>
+        <v>2010</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>52</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D31">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>52</v>
+      </c>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" t="s">
         <v>53</v>
       </c>
-      <c r="B32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32">
-        <v>1967</v>
+        <v>2004</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
         <v>55</v>
       </c>
       <c r="D33">
         <v>2004</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>9</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>56</v>
       </c>
       <c r="B34" t="s">
         <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D34">
-        <v>2010</v>
+        <v>1990</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>9</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>57</v>
+      </c>
+      <c r="B35" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" t="s">
         <v>58</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35">
-        <v>2004</v>
+        <v>1971</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="D36">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>60</v>
       </c>
       <c r="B37" t="s">
         <v>40</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>9</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>61</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E39">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="F39" t="s">
         <v>62</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E40"/>
       <c r="F40" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>66</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E44"/>
+        <v>1973</v>
+      </c>
+      <c r="E44">
+        <v>1974</v>
+      </c>
       <c r="F44" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>70</v>
       </c>
       <c r="B45" t="s">
         <v>15</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>71</v>
       </c>
       <c r="B46" t="s">
         <v>15</v>
       </c>