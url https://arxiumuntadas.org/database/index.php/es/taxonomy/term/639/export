--- v0 (2025-10-08)
+++ v1 (2025-11-06)
@@ -12,191 +12,206 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pamplona" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Muntadas. Otros Miedos / Others Fears</t>
+  </si>
+  <si>
+    <t>Exposición</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Otros Miedos / Others Fears [póster]</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Poster Exposición Individual</t>
+  </si>
+  <si>
+    <t>Otros Miedos / Others Fears</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Cuadernos coleccionables del museo # 63. 15 oct 2025 - 1 mar 2026. Muntadas: Otros miedos</t>
+  </si>
+  <si>
+    <t>Revista</t>
+  </si>
+  <si>
     <t>Polución Audiovisual [Fotografía]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Dossier Galería Moisés Pérez Albéniz</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
-    <t>Pamplona</t>
-[...1 lines deleted...]
-  <si>
     <t>Entre Miedos</t>
   </si>
   <si>
     <t>Pamplona, Bilbao, Barcelona</t>
   </si>
   <si>
     <t>Glocal: apuntes para videorepresentaciones de lo global y lo local</t>
   </si>
   <si>
-    <t>Exposición</t>
-[...1 lines deleted...]
-  <si>
     <t>Encuentros 1972 Pamplona [Diario de Navarra; 2 de julio]</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Encuentros 1972 Pamplona [Diario de Navarra; 1 de julio]</t>
   </si>
   <si>
     <t>La investigación como proceso artístico, con Antoni Muntadas</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Museo Universidad de Navarra</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Dia Internacional Del Patrimonio Audiovisual -  Encuentro online</t>
   </si>
   <si>
     <t>Pamplona - Grazalema [Prototipo edición]</t>
   </si>
   <si>
     <t>Muntadas "in progress", en Artyco</t>
   </si>
   <si>
-    <t>Revista</t>
-[...1 lines deleted...]
-  <si>
     <t>Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
   </si>
   <si>
     <t>Hiriartea - Centro de Cultura Contemporánea, Iruña</t>
   </si>
   <si>
+    <t>El video y sus posibilidades expresivas en la comunicación humana</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>En la cúpula neumática. Antonio Muntadas expone su obra "polución audiovisual"</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>"Mis obras son como preguntas que me hago y que las extiendo"</t>
+  </si>
+  <si>
+    <t>Muntadas. Proyectos</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Muntadas</t>
+  </si>
+  <si>
+    <t>Muntadas On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Encuentros/Rencontres/Meetings/Treffen/Incontri 1972 Pamplona</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Pamplona: video/arte</t>
+  </si>
+  <si>
+    <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
+  </si>
+  <si>
     <t>Sol y Sombras. Eguzki-itzaletan. Turomaquias contemporáneas. Egungo tauromakiak</t>
-  </si>
-[...43 lines deleted...]
-    <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
   </si>
   <si>
     <t>Ars Itineris. El viaje en el arte contemporáneo.</t>
   </si>
   <si>
     <t>Gelatina Dura. Historias escamoteadas de los 80 - Pamplona</t>
   </si>
   <si>
     <t>Polución Audiovisual</t>
   </si>
   <si>
     <t>Pamplona - Grazalema</t>
   </si>
   <si>
     <t>On Translation: The Bookstore</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -511,59 +526,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G33"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -579,567 +594,633 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
         <v>14</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
         <v>18</v>
       </c>
-      <c r="B6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C6"/>
+      <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="D10"/>
+        <v>11</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10">
+        <v>1972</v>
+      </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" t="s">
         <v>26</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11"/>
       <c r="D11">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E11"/>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C12"/>
+      <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="C15"/>
       <c r="D15">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E15"/>
+        <v>1975</v>
+      </c>
+      <c r="E15">
+        <v>1980</v>
+      </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D16">
-        <v>1980</v>
+        <v>1999</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C17"/>
+      <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="C18"/>
+      <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>37</v>
+      </c>
+      <c r="B19" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" t="s">
         <v>38</v>
       </c>
-      <c r="B19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19">
-        <v>1999</v>
+        <v>1980</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" t="s">
         <v>40</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20">
-        <v>2002</v>
+        <v>1972</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>11</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D21">
-        <v>2005</v>
+        <v>1998</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>11</v>
       </c>
       <c r="C22" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D22">
-        <v>1972</v>
+        <v>1999</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B23" t="s">
         <v>11</v>
       </c>
       <c r="C23" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D23">
-        <v>1981</v>
+        <v>2002</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C24" t="s">
         <v>46</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="D25"/>
+        <v>11</v>
+      </c>
+      <c r="C25" t="s">
+        <v>48</v>
+      </c>
+      <c r="D25">
+        <v>1972</v>
+      </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="D26"/>
+        <v>11</v>
+      </c>
+      <c r="C26" t="s">
+        <v>48</v>
+      </c>
+      <c r="D26">
+        <v>1981</v>
+      </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B27" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="D27"/>
+        <v>11</v>
+      </c>
+      <c r="C27" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27">
+        <v>1998</v>
+      </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="B28" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="D28"/>
+        <v>11</v>
+      </c>
+      <c r="C28" t="s">
+        <v>48</v>
+      </c>
+      <c r="D28">
+        <v>2004</v>
+      </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B29" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B30" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
-      <c r="D31">
-[...1 lines deleted...]
-      </c>
+      <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
-      <c r="D32">
-[...4 lines deleted...]
-      </c>
+      <c r="D32"/>
+      <c r="E32"/>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
-      <c r="D33">
-[...1 lines deleted...]
-      </c>
+      <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G33"/>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" t="s">
+        <v>47</v>
+      </c>
+      <c r="B34" t="s">
+        <v>8</v>
+      </c>
+      <c r="C34"/>
+      <c r="D34"/>
+      <c r="E34"/>
+      <c r="F34" t="s">
+        <v>9</v>
+      </c>
+      <c r="G34"/>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" t="s">
+        <v>54</v>
+      </c>
+      <c r="B35" t="s">
+        <v>18</v>
+      </c>
+      <c r="C35"/>
+      <c r="D35">
+        <v>1972</v>
+      </c>
+      <c r="E35"/>
+      <c r="F35" t="s">
+        <v>9</v>
+      </c>
+      <c r="G35"/>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>55</v>
+      </c>
+      <c r="B36" t="s">
+        <v>18</v>
+      </c>
+      <c r="C36"/>
+      <c r="D36">
+        <v>1975</v>
+      </c>
+      <c r="E36">
+        <v>1980</v>
+      </c>
+      <c r="F36" t="s">
+        <v>9</v>
+      </c>
+      <c r="G36"/>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>56</v>
+      </c>
+      <c r="B37" t="s">
+        <v>18</v>
+      </c>
+      <c r="C37"/>
+      <c r="D37">
+        <v>2001</v>
+      </c>
+      <c r="E37"/>
+      <c r="F37" t="s">
+        <v>9</v>
+      </c>
+      <c r="G37"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">