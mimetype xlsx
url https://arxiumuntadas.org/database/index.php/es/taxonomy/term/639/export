--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -12,86 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pamplona" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>El miedo al otro, eje central de la nueva exposición de Antoni Muntadas en el Museo Universidad de Navarra</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Artículo / Noticia en medio digital</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
     <t>Muntadas. Otros Miedos / Others Fears</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
-    <t>Pamplona</t>
-[...1 lines deleted...]
-  <si>
     <t>Otros Miedos / Others Fears [póster]</t>
-  </si>
-[...1 lines deleted...]
-    <t>Publicación</t>
   </si>
   <si>
     <t>Poster Exposición Individual</t>
   </si>
   <si>
     <t>Otros Miedos / Others Fears</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Cuadernos coleccionables del museo # 63. 15 oct 2025 - 1 mar 2026. Muntadas: Otros miedos</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Polución Audiovisual [Fotografía]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
@@ -526,701 +532,718 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G37"/>
+  <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>9</v>
+      </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C3" t="s">
         <v>12</v>
       </c>
+      <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
         <v>20</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C8"/>
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C10"/>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11">
         <v>1972</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" t="s">
         <v>28</v>
       </c>
-      <c r="B12" t="s">
-[...3 lines deleted...]
-      <c r="D12"/>
+      <c r="D12">
+        <v>1972</v>
+      </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="C15"/>
-      <c r="D15">
-[...4 lines deleted...]
-      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="C16"/>
       <c r="D16">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="E16"/>
+        <v>1975</v>
+      </c>
+      <c r="E16">
+        <v>1980</v>
+      </c>
       <c r="F16" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B17" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="D17"/>
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17">
+        <v>1999</v>
+      </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>31</v>
       </c>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B19" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="C19"/>
+      <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>39</v>
       </c>
       <c r="B20" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
       <c r="D20">
-        <v>1972</v>
+        <v>1980</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D21">
-        <v>1998</v>
+        <v>1972</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
         <v>42</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>44</v>
       </c>
       <c r="B23" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="D23">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B24" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D24">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>47</v>
       </c>
       <c r="B25" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>48</v>
       </c>
       <c r="D25">
-        <v>1972</v>
+        <v>2005</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>49</v>
       </c>
       <c r="B26" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D26">
-        <v>1981</v>
+        <v>1972</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>50</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>1998</v>
+        <v>1981</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B28" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D28">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
-      <c r="C29"/>
-      <c r="D29"/>
+      <c r="C29" t="s">
+        <v>50</v>
+      </c>
+      <c r="D29">
+        <v>2004</v>
+      </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B31" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>53</v>
       </c>
       <c r="B32" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="B33" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="B34" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B35" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C35"/>
-      <c r="D35">
-[...1 lines deleted...]
-      </c>
+      <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E36"/>
       <c r="F36" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B37" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C37"/>
       <c r="D37">
+        <v>1975</v>
+      </c>
+      <c r="E37">
+        <v>1980</v>
+      </c>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
+      <c r="G37"/>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" t="s">
+        <v>58</v>
+      </c>
+      <c r="B38" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38"/>
+      <c r="D38">
         <v>2001</v>
       </c>
-      <c r="E37"/>
-[...3 lines deleted...]
-      <c r="G37"/>
+      <c r="E38"/>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">