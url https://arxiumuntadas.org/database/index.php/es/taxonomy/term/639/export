--- v2 (2025-11-27)
+++ v3 (2026-01-07)
@@ -12,98 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pamplona" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>El miedo al otro, eje central de la nueva exposición de Antoni Muntadas en el Museo Universidad de Navarra</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Muntadas. Otros Miedos / Others Fears</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Otros Miedos / Others Fears [póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual</t>
   </si>
   <si>
-    <t>Otros Miedos / Others Fears</t>
+    <t>Otros Miedos / Other Fears</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Cuadernos coleccionables del museo # 63. 15 oct 2025 - 1 mar 2026. Muntadas: Otros miedos</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Polución Audiovisual [Fotografía]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Dossier Galería Moisés Pérez Albéniz</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
@@ -152,78 +152,81 @@
   <si>
     <t>Hiriartea - Centro de Cultura Contemporánea, Iruña</t>
   </si>
   <si>
     <t>El video y sus posibilidades expresivas en la comunicación humana</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>En la cúpula neumática. Antonio Muntadas expone su obra "polución audiovisual"</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>"Mis obras son como preguntas que me hago y que las extiendo"</t>
   </si>
   <si>
     <t>Muntadas. Proyectos</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
+    <t>Muntadas [Catálogo individual Muntadas]</t>
+  </si>
+  <si>
+    <t>Muntadas On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Encuentros/Rencontres/Meetings/Treffen/Incontri 1972 Pamplona</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Pamplona: video/arte</t>
+  </si>
+  <si>
+    <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
+  </si>
+  <si>
+    <t>Sol y Sombras. Eguzki-itzaletan. Turomaquias contemporáneas. Egungo tauromakiak</t>
+  </si>
+  <si>
+    <t>Ars Itineris. El viaje en el arte contemporáneo.</t>
+  </si>
+  <si>
+    <t>Gelatina Dura. Historias escamoteadas de los 80 - Pamplona</t>
+  </si>
+  <si>
     <t>Muntadas</t>
-  </si>
-[...25 lines deleted...]
-    <t>Gelatina Dura. Historias escamoteadas de los 80 - Pamplona</t>
   </si>
   <si>
     <t>Polución Audiovisual</t>
   </si>
   <si>
     <t>Pamplona - Grazalema</t>
   </si>
   <si>
     <t>On Translation: The Bookstore</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1060,177 +1063,177 @@
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>53</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
         <v>50</v>
       </c>
       <c r="D29">
         <v>2004</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B31" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B32" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B33" t="s">
         <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B34" t="s">
         <v>12</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B35" t="s">
         <v>12</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B36" t="s">
         <v>20</v>
       </c>
       <c r="C36"/>
       <c r="D36">
         <v>1972</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>20</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1975</v>
       </c>
       <c r="E37">
         <v>1980</v>
       </c>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>20</v>
       </c>
       <c r="C38"/>
       <c r="D38">
         <v>2001</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>