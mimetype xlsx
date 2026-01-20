--- v0 (2025-10-09)
+++ v1 (2026-01-20)
@@ -47,60 +47,60 @@
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Muntadas. Media Landscape. The Addison of American Art, Phillips Academy [Andover, Póster]</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Andover (MA)</t>
   </si>
   <si>
+    <t>Media Landscape</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
     <t>The Un/Necessary Image</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
-  </si>
-[...4 lines deleted...]
-    <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Drastic Carpet</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -508,51 +508,51 @@
         <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4">
         <v>1982</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5"/>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6"/>
       <c r="D6">
         <v>1982</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">