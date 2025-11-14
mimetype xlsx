--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -119,92 +119,107 @@
   <si>
     <t>On Subjectivity</t>
   </si>
   <si>
     <t>378 - Video—Two-Way Communication</t>
   </si>
   <si>
     <t>Gediminas Urbonas</t>
   </si>
   <si>
     <t>Otto Piene. Memorial Remix</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995 (MIT List Visual Arts Center)</t>
   </si>
   <si>
+    <t>ACT MIT Program in art, culture and technology : School of Architecture + Planning : Midterm Reviews</t>
+  </si>
+  <si>
+    <t>Folleto, Taller</t>
+  </si>
+  <si>
+    <t>Relive. Media Art Histories</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>The Construction of Fear and the Loss of Public Space</t>
+  </si>
+  <si>
+    <t>Public Space? Lost &amp; Found</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>Visual Communication Workshop Reader</t>
+  </si>
+  <si>
+    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
+  </si>
+  <si>
     <t>Aesthetics of Interaction in Digital Art</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...4 lines deleted...]
-  <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Gulf, Kuwait &amp; Doha : Spring 2014</t>
   </si>
   <si>
     <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>Studio Seminar in Public Art. Fear &amp; the End of Public Space. Dialogues in Public Space: Fences,gates,borders,camera’s &amp; control. Prof. Antoni Muntadas &amp; TA.Ben Wood. Spring 2007. Mit Visual Arts Program</t>
   </si>
   <si>
-    <t>Folleto, Taller</t>
-[...1 lines deleted...]
-  <si>
     <t>Master of science in art, culture and technology : ACT : MIT program in art, culture and technology.</t>
   </si>
   <si>
     <t>Dialogues in Public Space: Spatial Cultural Identity</t>
   </si>
   <si>
     <t>Public Space? Lost and Found</t>
   </si>
   <si>
     <t>Museum Without Walls : Studio Seminar in Public Art. Spring 2006</t>
   </si>
   <si>
-    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
-[...1 lines deleted...]
-  <si>
     <t>On Subjectivity: (50 photographs from "The Best of Life")</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>ACT Studio Final Review Spring 2011. May 18, 2011.</t>
   </si>
   <si>
     <t>Broodthaers. Writings, Interviews, Photographs</t>
   </si>
   <si>
     <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. FALL Semester</t>
   </si>
   <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : FINAL REVIEWS</t>
   </si>
   <si>
     <t>Folleto, Programa de evento, Taller</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
@@ -242,87 +257,72 @@
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Dialogues on Public Space : MIT Program of Art, Culture and Technology</t>
   </si>
   <si>
     <t>Public Space: Project + Context</t>
   </si>
   <si>
     <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. SPRING Semester</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Tokio : Spring 2012</t>
   </si>
   <si>
     <t>Compilación, Taller</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Graduate Students Finals : Spring 2010</t>
   </si>
   <si>
-    <t>Public Space? Lost &amp; Found</t>
-[...1 lines deleted...]
-  <si>
     <t>Final Reviews. 4.390 / Spring 2012 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning</t>
   </si>
   <si>
     <t>Engaged: 20 years of the MIT visual arts program</t>
   </si>
   <si>
     <t>MIDTERMS. Program in Art, Culture and Technology. Spring Twenty Ten. Professor Antonio Muntadas. TA Christian Lehmkuhl</t>
   </si>
   <si>
     <t>Public Space? Lost &amp; Found. Symposium &amp; Exhibition</t>
   </si>
   <si>
     <t>Conferencia, Folleto</t>
   </si>
   <si>
     <t>[4.390] act studio final review fall 2012</t>
   </si>
   <si>
     <t>Critical Condition. American Culture on the Crossroads</t>
   </si>
   <si>
     <t>Dialogues on public space: Perspectives from the Space in-Between : Professor Antoni Muntadas-TA Jegan Vincent de Paul : Visual Arts Program- Massachusetts of Technology. Department of Architecture</t>
-  </si>
-[...10 lines deleted...]
-    <t>Visual Communication Workshop Reader</t>
   </si>
   <si>
     <t>About Academia [Cambridge]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Selling the Future</t>
   </si>
   <si>
     <t>Media Eyes</t>
   </si>
   <si>
     <t>About Academia I</t>
   </si>
   <si>
     <t>About Academia II</t>
   </si>
   <si>
     <t>Center for Advanced Visual Studies - Massachusetts Institute of Technology (MIT)</t>
   </si>
   <si>
     <t>Carpenter Center For Visual Arts at Harvard University</t>
   </si>
@@ -967,1056 +967,1056 @@
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>36</v>
       </c>
       <c r="D18">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="D19">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D20">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D21">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D22">
-        <v>2016</v>
+        <v>9999</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D23">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D24">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D25">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D26">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>46</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>47</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D28">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D29">
-        <v>1978</v>
+        <v>2007</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D30">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>36</v>
       </c>
       <c r="D31">
-        <v>1988</v>
+        <v>2011</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="D32">
-        <v>1982</v>
+        <v>2017</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="D33">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D34">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D35">
-        <v>2011</v>
+        <v>1978</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
         <v>36</v>
       </c>
       <c r="D36">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="D37">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D38">
-        <v>2013</v>
+        <v>1982</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D39">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="D40">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
         <v>64</v>
       </c>
       <c r="D41">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="D42">
-        <v>1981</v>
+        <v>1997</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D43">
-        <v>2013</v>
+        <v>1981</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>67</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="D44">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>68</v>
+      </c>
+      <c r="B45" t="s">
+        <v>8</v>
+      </c>
+      <c r="C45" t="s">
         <v>69</v>
       </c>
-      <c r="B45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>70</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="D47">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D48">
-        <v>2012</v>
+        <v>1981</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D49">
-        <v>1981</v>
+        <v>2013</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="D50">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D51">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52">
-        <v>1979</v>
+        <v>2015</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D53">
-        <v>2012</v>
+        <v>1980</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>77</v>
+      </c>
+      <c r="B54" t="s">
+        <v>8</v>
+      </c>
+      <c r="C54" t="s">
         <v>78</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>79</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D55">
-        <v>2010</v>
+        <v>1981</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>80</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="D56">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57">
-        <v>1978</v>
+        <v>2014</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D58">
-        <v>2012</v>
+        <v>1979</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
         <v>36</v>
       </c>
       <c r="D59">
-        <v>1997</v>
+        <v>2012</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D60">
         <v>2009</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="D61">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="D62">
-        <v>1978</v>
+        <v>2014</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>86</v>
+        <v>58</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D63">
-        <v>2012</v>
+        <v>1978</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>36</v>
       </c>
       <c r="D64">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>37</v>
+        <v>87</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D65">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="D66">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D67">
-        <v>9999</v>
+        <v>2014</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D68">
-        <v>2012</v>
+        <v>1978</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="B69" t="s">
         <v>14</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="B70" t="s">
         <v>14</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="B71" t="s">
         <v>14</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B72" t="s">
         <v>14</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>27</v>
       </c>
       <c r="B73" t="s">
         <v>90</v>
       </c>
       <c r="C73"/>
       <c r="D73">
         <v>1978</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">