--- v1 (2025-11-14)
+++ v2 (2025-12-05)
@@ -119,122 +119,155 @@
   <si>
     <t>On Subjectivity</t>
   </si>
   <si>
     <t>378 - Video—Two-Way Communication</t>
   </si>
   <si>
     <t>Gediminas Urbonas</t>
   </si>
   <si>
     <t>Otto Piene. Memorial Remix</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995 (MIT List Visual Arts Center)</t>
   </si>
   <si>
+    <t>SKY ART Conference '81</t>
+  </si>
+  <si>
+    <t>Graduate Students Finals : Spring 2010</t>
+  </si>
+  <si>
+    <t>Folleto, Taller</t>
+  </si>
+  <si>
+    <t>Public Space? Lost &amp; Found</t>
+  </si>
+  <si>
+    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. SPRING Semester</t>
+  </si>
+  <si>
+    <t>Final Reviews. 4.390 / Spring 2012 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning</t>
+  </si>
+  <si>
+    <t>Engaged: 20 years of the MIT visual arts program</t>
+  </si>
+  <si>
+    <t>MIDTERMS. Program in Art, Culture and Technology. Spring Twenty Ten. Professor Antonio Muntadas. TA Christian Lehmkuhl</t>
+  </si>
+  <si>
+    <t>Public Space? Lost &amp; Found. Symposium &amp; Exhibition</t>
+  </si>
+  <si>
+    <t>Conferencia, Folleto</t>
+  </si>
+  <si>
+    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. FALL Semester</t>
+  </si>
+  <si>
+    <t>[4.390] act studio final review fall 2012</t>
+  </si>
+  <si>
+    <t>Critical Condition. American Culture on the Crossroads</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Dialogues on public space: Perspectives from the Space in-Between : Professor Antoni Muntadas-TA Jegan Vincent de Paul : Visual Arts Program- Massachusetts of Technology. Department of Architecture</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
     <t>ACT MIT Program in art, culture and technology : School of Architecture + Planning : Midterm Reviews</t>
   </si>
   <si>
-    <t>Folleto, Taller</t>
-[...1 lines deleted...]
-  <si>
     <t>Relive. Media Art Histories</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>The Construction of Fear and the Loss of Public Space</t>
   </si>
   <si>
-    <t>Public Space? Lost &amp; Found</t>
-[...4 lines deleted...]
-  <si>
     <t>Visual Communication Workshop Reader</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
   </si>
   <si>
     <t>Aesthetics of Interaction in Digital Art</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Gulf, Kuwait &amp; Doha : Spring 2014</t>
   </si>
   <si>
     <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>Studio Seminar in Public Art. Fear &amp; the End of Public Space. Dialogues in Public Space: Fences,gates,borders,camera’s &amp; control. Prof. Antoni Muntadas &amp; TA.Ben Wood. Spring 2007. Mit Visual Arts Program</t>
   </si>
   <si>
     <t>Master of science in art, culture and technology : ACT : MIT program in art, culture and technology.</t>
   </si>
   <si>
     <t>Dialogues in Public Space: Spatial Cultural Identity</t>
   </si>
   <si>
     <t>Public Space? Lost and Found</t>
   </si>
   <si>
     <t>Museum Without Walls : Studio Seminar in Public Art. Spring 2006</t>
   </si>
   <si>
     <t>On Subjectivity: (50 photographs from "The Best of Life")</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>ACT Studio Final Review Spring 2011. May 18, 2011.</t>
   </si>
   <si>
     <t>Broodthaers. Writings, Interviews, Photographs</t>
   </si>
   <si>
-    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. FALL Semester</t>
-[...1 lines deleted...]
-  <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : FINAL REVIEWS</t>
   </si>
   <si>
     <t>Folleto, Programa de evento, Taller</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>ACT Studio. Final Review Spring 2011. May 18, 2011. 9:00 AM – 5:00 PM</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Routes. Travel and translation in the late twentieth century</t>
   </si>
   <si>
     <t>Centervideo. Film, Video, TV and Telecommunication 1968-1981 at the Center for Advanced Visual Studies. Massachusetts Institute of Technology. C.A.V.S/M.I.T. Otto Piene with Elizabeth Goldring and Vin Grabill (editors)</t>
   </si>
   <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : MID-TERM REVIEWS</t>
@@ -242,105 +275,72 @@
   <si>
     <t>Between the Frames: The Forum. Interview Transcript</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Engaged: 20 Years of the MIT Visual Arts Program</t>
   </si>
   <si>
     <t>Visions. MIT Interviews</t>
   </si>
   <si>
     <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Dialogues on Public Space : MIT Program of Art, Culture and Technology</t>
   </si>
   <si>
     <t>Public Space: Project + Context</t>
   </si>
   <si>
-    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. SPRING Semester</t>
-[...1 lines deleted...]
-  <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Tokio : Spring 2012</t>
   </si>
   <si>
     <t>Compilación, Taller</t>
   </si>
   <si>
-    <t>SKY ART Conference '81</t>
-[...28 lines deleted...]
-  <si>
     <t>About Academia [Cambridge]</t>
   </si>
   <si>
+    <t>About Academia I</t>
+  </si>
+  <si>
     <t>Proyecto</t>
   </si>
   <si>
+    <t>About Academia II</t>
+  </si>
+  <si>
     <t>Selling the Future</t>
   </si>
   <si>
     <t>Media Eyes</t>
-  </si>
-[...4 lines deleted...]
-    <t>About Academia II</t>
   </si>
   <si>
     <t>Center for Advanced Visual Studies - Massachusetts Institute of Technology (MIT)</t>
   </si>
   <si>
     <t>Carpenter Center For Visual Arts at Harvard University</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -964,1152 +964,1152 @@
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D18">
-        <v>2012</v>
+        <v>1981</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" t="s">
+        <v>8</v>
+      </c>
+      <c r="C19" t="s">
         <v>37</v>
       </c>
-      <c r="B19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D20">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D21">
-        <v>2014</v>
+        <v>1979</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D22">
-        <v>9999</v>
+        <v>2012</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D23">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D24">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="D25">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26">
-        <v>2014</v>
+        <v>1978</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>46</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D27">
         <v>2012</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>47</v>
+      </c>
+      <c r="B28" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" t="s">
         <v>48</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D29">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>38</v>
+      </c>
+      <c r="B30" t="s">
+        <v>8</v>
+      </c>
+      <c r="C30" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D30">
         <v>2014</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D31">
-        <v>2011</v>
+        <v>1978</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D32">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="D33">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D34">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D35">
-        <v>1978</v>
+        <v>2014</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D36">
-        <v>2011</v>
+        <v>9999</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D37">
-        <v>1988</v>
+        <v>2012</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="D38">
-        <v>1982</v>
+        <v>2015</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="D39">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="D40">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="D41">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D42">
-        <v>1997</v>
+        <v>2016</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D43">
-        <v>1981</v>
+        <v>2007</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D44">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="D45">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="D46">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="D47">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48">
-        <v>1981</v>
+        <v>2014</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="D49">
-        <v>2013</v>
+        <v>1978</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="D50">
         <v>2011</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="D51">
-        <v>2010</v>
+        <v>1988</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52">
-        <v>2015</v>
+        <v>1982</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="D53">
-        <v>1980</v>
+        <v>2013</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="D54">
-        <v>2012</v>
+        <v>1994</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="D55">
-        <v>1981</v>
+        <v>2011</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="D56">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57">
-        <v>2014</v>
+        <v>1981</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D58">
-        <v>1979</v>
+        <v>2013</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="D59">
-        <v>2012</v>
+        <v>1994</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D60">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="D61">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>84</v>
+        <v>45</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="D62">
-        <v>2014</v>
+        <v>1981</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D63">
-        <v>1978</v>
+        <v>2013</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="D64">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D65">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D66">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D67">
-        <v>2014</v>
+        <v>1980</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="D68">
-        <v>1978</v>
+        <v>2012</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="B69" t="s">
         <v>14</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>89</v>
       </c>
       <c r="B70" t="s">
         <v>14</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="B71" t="s">
         <v>14</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="B72" t="s">
         <v>14</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="B73" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1978</v>
+        <v>2011</v>
       </c>
       <c r="E73"/>
-      <c r="F73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>92</v>
+      </c>
+      <c r="B74" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1982</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="E74"/>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="B75" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>93</v>
       </c>
       <c r="B76" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F76"/>
+        <v>1982</v>
+      </c>
+      <c r="E76">
+        <v>2006</v>
+      </c>
+      <c r="F76" t="s">
+        <v>10</v>
+      </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>94</v>
       </c>
       <c r="B77" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2017</v>
+        <v>1981</v>
       </c>
       <c r="E77"/>
-      <c r="F77"/>
+      <c r="F77" t="s">
+        <v>10</v>
+      </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>95</v>
       </c>
       <c r="B78" t="s">
         <v>26</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>96</v>
       </c>
       <c r="B79" t="s">
         <v>26</v>
       </c>
       <c r="C79"/>