--- v2 (2025-12-05)
+++ v3 (2025-12-13)
@@ -119,113 +119,131 @@
   <si>
     <t>On Subjectivity</t>
   </si>
   <si>
     <t>378 - Video—Two-Way Communication</t>
   </si>
   <si>
     <t>Gediminas Urbonas</t>
   </si>
   <si>
     <t>Otto Piene. Memorial Remix</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995 (MIT List Visual Arts Center)</t>
   </si>
   <si>
+    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
+  </si>
+  <si>
+    <t>Folleto, Taller</t>
+  </si>
+  <si>
+    <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Dialogues on Public Space : MIT Program of Art, Culture and Technology</t>
+  </si>
+  <si>
+    <t>Public Space: Project + Context</t>
+  </si>
+  <si>
+    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. SPRING Semester</t>
+  </si>
+  <si>
+    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Tokio : Spring 2012</t>
+  </si>
+  <si>
+    <t>Compilación, Taller</t>
+  </si>
+  <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Graduate Students Finals : Spring 2010</t>
   </si>
   <si>
-    <t>Folleto, Taller</t>
-[...1 lines deleted...]
-  <si>
     <t>Public Space? Lost &amp; Found</t>
   </si>
   <si>
-    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. SPRING Semester</t>
-[...1 lines deleted...]
-  <si>
     <t>Final Reviews. 4.390 / Spring 2012 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning</t>
   </si>
   <si>
     <t>Engaged: 20 years of the MIT visual arts program</t>
   </si>
   <si>
     <t>MIDTERMS. Program in Art, Culture and Technology. Spring Twenty Ten. Professor Antonio Muntadas. TA Christian Lehmkuhl</t>
   </si>
   <si>
     <t>Public Space? Lost &amp; Found. Symposium &amp; Exhibition</t>
   </si>
   <si>
     <t>Conferencia, Folleto</t>
   </si>
   <si>
     <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. FALL Semester</t>
   </si>
   <si>
     <t>[4.390] act studio final review fall 2012</t>
   </si>
   <si>
     <t>Critical Condition. American Culture on the Crossroads</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Dialogues on public space: Perspectives from the Space in-Between : Professor Antoni Muntadas-TA Jegan Vincent de Paul : Visual Arts Program- Massachusetts of Technology. Department of Architecture</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>ACT MIT Program in art, culture and technology : School of Architecture + Planning : Midterm Reviews</t>
   </si>
   <si>
     <t>Relive. Media Art Histories</t>
   </si>
   <si>
     <t>The Construction of Fear and the Loss of Public Space</t>
   </si>
   <si>
     <t>Visual Communication Workshop Reader</t>
   </si>
   <si>
-    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
-[...1 lines deleted...]
-  <si>
     <t>Aesthetics of Interaction in Digital Art</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Gulf, Kuwait &amp; Doha : Spring 2014</t>
   </si>
   <si>
     <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>Studio Seminar in Public Art. Fear &amp; the End of Public Space. Dialogues in Public Space: Fences,gates,borders,camera’s &amp; control. Prof. Antoni Muntadas &amp; TA.Ben Wood. Spring 2007. Mit Visual Arts Program</t>
   </si>
   <si>
     <t>Master of science in art, culture and technology : ACT : MIT program in art, culture and technology.</t>
   </si>
   <si>
     <t>Dialogues in Public Space: Spatial Cultural Identity</t>
   </si>
   <si>
     <t>Public Space? Lost and Found</t>
@@ -263,84 +281,66 @@
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Routes. Travel and translation in the late twentieth century</t>
   </si>
   <si>
     <t>Centervideo. Film, Video, TV and Telecommunication 1968-1981 at the Center for Advanced Visual Studies. Massachusetts Institute of Technology. C.A.V.S/M.I.T. Otto Piene with Elizabeth Goldring and Vin Grabill (editors)</t>
   </si>
   <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : MID-TERM REVIEWS</t>
   </si>
   <si>
     <t>Between the Frames: The Forum. Interview Transcript</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Engaged: 20 Years of the MIT Visual Arts Program</t>
   </si>
   <si>
     <t>Visions. MIT Interviews</t>
   </si>
   <si>
-    <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
-[...16 lines deleted...]
-  <si>
     <t>About Academia [Cambridge]</t>
   </si>
   <si>
+    <t>Selling the Future</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>Media Eyes</t>
+  </si>
+  <si>
     <t>About Academia I</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>About Academia II</t>
-  </si>
-[...4 lines deleted...]
-    <t>Media Eyes</t>
   </si>
   <si>
     <t>Center for Advanced Visual Studies - Massachusetts Institute of Technology (MIT)</t>
   </si>
   <si>
     <t>Carpenter Center For Visual Arts at Harvard University</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -964,1147 +964,1147 @@
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D18">
-        <v>1981</v>
+        <v>2013</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D19">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D20">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21">
-        <v>1979</v>
+        <v>2015</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D22">
-        <v>2012</v>
+        <v>1980</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D23">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D24">
-        <v>2010</v>
+        <v>1981</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D25">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26">
-        <v>1978</v>
+        <v>2014</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D27">
-        <v>2012</v>
+        <v>1979</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>47</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D28">
-        <v>1997</v>
+        <v>2012</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D29">
         <v>2009</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D30">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="D31">
-        <v>1978</v>
+        <v>2014</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D32">
-        <v>2012</v>
+        <v>1978</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D33">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D34">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D35">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="D36">
-        <v>9999</v>
+        <v>2014</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D37">
-        <v>2012</v>
+        <v>1978</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D38">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="D39">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D40">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D41">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D42">
-        <v>2016</v>
+        <v>9999</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D43">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>62</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="D44">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D45">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="D46">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>64</v>
+      </c>
+      <c r="B47" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47" t="s">
         <v>65</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D48">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>67</v>
+        <v>36</v>
       </c>
       <c r="D49">
-        <v>1978</v>
+        <v>2007</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>68</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D50">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>69</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D51">
-        <v>1988</v>
+        <v>2011</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="D52">
-        <v>1982</v>
+        <v>2017</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="D53">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D54">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D55">
-        <v>2011</v>
+        <v>1978</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D56">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="D57">
-        <v>1981</v>
+        <v>1988</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D58">
-        <v>2013</v>
+        <v>1982</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D59">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="D60">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D61">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>45</v>
+        <v>82</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="D62">
-        <v>1981</v>
+        <v>1997</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D63">
-        <v>2013</v>
+        <v>1981</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="D64">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>85</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="D65">
-        <v>2010</v>
+        <v>1994</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
       <c r="D67">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="D68">
-        <v>2012</v>
+        <v>1981</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="B69" t="s">
         <v>14</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>89</v>
       </c>
       <c r="B70" t="s">
         <v>14</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B71" t="s">
         <v>14</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B72" t="s">
         <v>14</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>90</v>
       </c>
       <c r="B73" t="s">
         <v>91</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F73"/>
+        <v>1982</v>
+      </c>
+      <c r="E73">
+        <v>2006</v>
+      </c>
+      <c r="F73" t="s">
+        <v>10</v>
+      </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>92</v>
       </c>
       <c r="B74" t="s">
         <v>91</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2017</v>
+        <v>1981</v>
       </c>
       <c r="E74"/>
-      <c r="F74"/>
+      <c r="F74" t="s">
+        <v>10</v>
+      </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="B75" t="s">
         <v>91</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1978</v>
+        <v>2011</v>
       </c>
       <c r="E75"/>
-      <c r="F75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F75"/>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B76" t="s">
         <v>91</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1982</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="E76"/>
+      <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="B77" t="s">
         <v>91</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>95</v>
       </c>
       <c r="B78" t="s">
         <v>26</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>96</v>