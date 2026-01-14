--- v3 (2025-12-13)
+++ v4 (2026-01-14)
@@ -119,219 +119,219 @@
   <si>
     <t>On Subjectivity</t>
   </si>
   <si>
     <t>378 - Video—Two-Way Communication</t>
   </si>
   <si>
     <t>Gediminas Urbonas</t>
   </si>
   <si>
     <t>Otto Piene. Memorial Remix</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995 (MIT List Visual Arts Center)</t>
   </si>
   <si>
+    <t>Public Space? Lost &amp; Found</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>Visual Communication Workshop Reader</t>
+  </si>
+  <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
   </si>
   <si>
     <t>Folleto, Taller</t>
   </si>
   <si>
+    <t>Aesthetics of Interaction in Digital Art</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>The Construction of Fear and the Loss of Public Space</t>
+  </si>
+  <si>
+    <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Gulf, Kuwait &amp; Doha : Spring 2014</t>
+  </si>
+  <si>
+    <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
+  </si>
+  <si>
+    <t>Charla</t>
+  </si>
+  <si>
+    <t>Information</t>
+  </si>
+  <si>
+    <t>Studio Seminar in Public Art. Fear &amp; the End of Public Space. Dialogues in Public Space: Fences,gates,borders,camera’s &amp; control. Prof. Antoni Muntadas &amp; TA.Ben Wood. Spring 2007. Mit Visual Arts Program</t>
+  </si>
+  <si>
+    <t>Master of science in art, culture and technology : ACT : MIT program in art, culture and technology.</t>
+  </si>
+  <si>
+    <t>Dialogues in Public Space: Spatial Cultural Identity</t>
+  </si>
+  <si>
+    <t>Public Space? Lost and Found</t>
+  </si>
+  <si>
+    <t>Museum Without Walls : Studio Seminar in Public Art. Spring 2006</t>
+  </si>
+  <si>
+    <t>On Subjectivity: (50 photographs from "The Best of Life")</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>ACT Studio Final Review Spring 2011. May 18, 2011.</t>
+  </si>
+  <si>
+    <t>Broodthaers. Writings, Interviews, Photographs</t>
+  </si>
+  <si>
+    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. FALL Semester</t>
+  </si>
+  <si>
+    <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : FINAL REVIEWS</t>
+  </si>
+  <si>
+    <t>Folleto, Programa de evento, Taller</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>ACT Studio. Final Review Spring 2011. May 18, 2011. 9:00 AM – 5:00 PM</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
+    <t>Routes. Travel and translation in the late twentieth century</t>
+  </si>
+  <si>
+    <t>Centervideo. Film, Video, TV and Telecommunication 1968-1981 at the Center for Advanced Visual Studies. Massachusetts Institute of Technology. C.A.V.S/M.I.T. Otto Piene with Elizabeth Goldring and Vin Grabill (editors)</t>
+  </si>
+  <si>
+    <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : MID-TERM REVIEWS</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum. Interview Transcript</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Engaged: 20 Years of the MIT Visual Arts Program</t>
+  </si>
+  <si>
+    <t>Visions. MIT Interviews</t>
+  </si>
+  <si>
     <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Dialogues on Public Space : MIT Program of Art, Culture and Technology</t>
   </si>
   <si>
     <t>Public Space: Project + Context</t>
   </si>
   <si>
     <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. SPRING Semester</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Tokio : Spring 2012</t>
   </si>
   <si>
     <t>Compilación, Taller</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Graduate Students Finals : Spring 2010</t>
   </si>
   <si>
-    <t>Public Space? Lost &amp; Found</t>
-[...1 lines deleted...]
-  <si>
     <t>Final Reviews. 4.390 / Spring 2012 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning</t>
   </si>
   <si>
     <t>Engaged: 20 years of the MIT visual arts program</t>
   </si>
   <si>
     <t>MIDTERMS. Program in Art, Culture and Technology. Spring Twenty Ten. Professor Antonio Muntadas. TA Christian Lehmkuhl</t>
   </si>
   <si>
     <t>Public Space? Lost &amp; Found. Symposium &amp; Exhibition</t>
   </si>
   <si>
     <t>Conferencia, Folleto</t>
   </si>
   <si>
-    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. FALL Semester</t>
-[...1 lines deleted...]
-  <si>
     <t>[4.390] act studio final review fall 2012</t>
   </si>
   <si>
     <t>Critical Condition. American Culture on the Crossroads</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...1 lines deleted...]
-  <si>
     <t>Dialogues on public space: Perspectives from the Space in-Between : Professor Antoni Muntadas-TA Jegan Vincent de Paul : Visual Arts Program- Massachusetts of Technology. Department of Architecture</t>
   </si>
   <si>
-    <t>Conferencia</t>
-[...1 lines deleted...]
-  <si>
     <t>ACT MIT Program in art, culture and technology : School of Architecture + Planning : Midterm Reviews</t>
   </si>
   <si>
     <t>Relive. Media Art Histories</t>
   </si>
   <si>
-    <t>The Construction of Fear and the Loss of Public Space</t>
-[...85 lines deleted...]
-  <si>
     <t>About Academia [Cambridge]</t>
   </si>
   <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
     <t>Selling the Future</t>
-  </si>
-[...1 lines deleted...]
-    <t>Proyecto</t>
   </si>
   <si>
     <t>Media Eyes</t>
   </si>
   <si>
     <t>About Academia I</t>
   </si>
   <si>
     <t>About Academia II</t>
   </si>
   <si>
     <t>Center for Advanced Visual Studies - Massachusetts Institute of Technology (MIT)</t>
   </si>
   <si>
     <t>Carpenter Center For Visual Arts at Harvard University</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -967,1149 +967,1149 @@
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>36</v>
       </c>
       <c r="D18">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D19">
-        <v>2011</v>
+        <v>9999</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>38</v>
+      </c>
+      <c r="B20" t="s">
+        <v>8</v>
+      </c>
+      <c r="C20" t="s">
         <v>39</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D21">
         <v>2015</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D23">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D24">
-        <v>1981</v>
+        <v>2012</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D25">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D26">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D27">
-        <v>1979</v>
+        <v>2014</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D28">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D29">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D30">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="D31">
         <v>2014</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="D32">
         <v>1978</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D33">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="D34">
-        <v>1997</v>
+        <v>1988</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D35">
-        <v>2009</v>
+        <v>1982</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D36">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="D37">
-        <v>1978</v>
+        <v>1994</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="D38">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="D39">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D40">
-        <v>2008</v>
+        <v>1981</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="D41">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="D42">
-        <v>9999</v>
+        <v>1994</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D43">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="D44">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45">
-        <v>2008</v>
+        <v>1981</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D46">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D47">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D48">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D49">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D50">
-        <v>2014</v>
+        <v>1980</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="D51">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D52">
-        <v>2017</v>
+        <v>1981</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D53">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>35</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54">
         <v>2014</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="D55">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D56">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="D57">
-        <v>1988</v>
+        <v>2009</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D58">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="D59">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D60">
-        <v>1994</v>
+        <v>1978</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="D61">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="D62">
         <v>1997</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D63">
-        <v>1981</v>
+        <v>2009</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>36</v>
       </c>
       <c r="D64">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="D65">
-        <v>1994</v>
+        <v>1978</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>87</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D66">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>88</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>86</v>
+        <v>41</v>
       </c>
       <c r="D67">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="D68">
-        <v>1981</v>
+        <v>2008</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="B69" t="s">
         <v>14</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="B70" t="s">
         <v>14</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="B71" t="s">
         <v>14</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="B72" t="s">
         <v>14</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
+        <v>27</v>
+      </c>
+      <c r="B73" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1982</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E73"/>
       <c r="F73" t="s">
         <v>10</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B74" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1981</v>
-[...1 lines deleted...]
-      <c r="E74"/>
+        <v>1982</v>
+      </c>
+      <c r="E74">
+        <v>2006</v>
+      </c>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B75" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>2011</v>
+        <v>1981</v>
       </c>
       <c r="E75"/>
-      <c r="F75"/>
+      <c r="F75" t="s">
+        <v>10</v>
+      </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B76" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="B77" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1978</v>
+        <v>2017</v>
       </c>
       <c r="E77"/>
-      <c r="F77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F77"/>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>95</v>
       </c>
       <c r="B78" t="s">
         <v>26</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>96</v>
       </c>
       <c r="B79" t="s">
         <v>26</v>
       </c>
       <c r="C79"/>