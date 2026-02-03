--- v4 (2026-01-14)
+++ v5 (2026-02-03)
@@ -119,116 +119,149 @@
   <si>
     <t>On Subjectivity</t>
   </si>
   <si>
     <t>378 - Video—Two-Way Communication</t>
   </si>
   <si>
     <t>Gediminas Urbonas</t>
   </si>
   <si>
     <t>Otto Piene. Memorial Remix</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Before Projection: Video Sculpture 1974-1995 (MIT List Visual Arts Center)</t>
   </si>
   <si>
+    <t>Final Reviews. 4.390 / Spring 2012 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning</t>
+  </si>
+  <si>
+    <t>Folleto, Taller</t>
+  </si>
+  <si>
+    <t>Engaged: 20 years of the MIT visual arts program</t>
+  </si>
+  <si>
+    <t>MIDTERMS. Program in Art, Culture and Technology. Spring Twenty Ten. Professor Antonio Muntadas. TA Christian Lehmkuhl</t>
+  </si>
+  <si>
+    <t>Public Space? Lost &amp; Found. Symposium &amp; Exhibition</t>
+  </si>
+  <si>
+    <t>Conferencia, Folleto</t>
+  </si>
+  <si>
+    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. FALL Semester</t>
+  </si>
+  <si>
+    <t>[4.390] act studio final review fall 2012</t>
+  </si>
+  <si>
+    <t>Critical Condition. American Culture on the Crossroads</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Dialogues on public space: Perspectives from the Space in-Between : Professor Antoni Muntadas-TA Jegan Vincent de Paul : Visual Arts Program- Massachusetts of Technology. Department of Architecture</t>
+  </si>
+  <si>
     <t>Public Space? Lost &amp; Found</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
+    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. SPRING Semester</t>
+  </si>
+  <si>
+    <t>ACT MIT Program in art, culture and technology : School of Architecture + Planning : Midterm Reviews</t>
+  </si>
+  <si>
+    <t>Relive. Media Art Histories</t>
+  </si>
+  <si>
+    <t>The Construction of Fear and the Loss of Public Space</t>
+  </si>
+  <si>
     <t>Visual Communication Workshop Reader</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Final review</t>
   </si>
   <si>
-    <t>Folleto, Taller</t>
-[...1 lines deleted...]
-  <si>
     <t>Aesthetics of Interaction in Digital Art</t>
   </si>
   <si>
-    <t>Ensayo</t>
-[...4 lines deleted...]
-  <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Gulf, Kuwait &amp; Doha : Spring 2014</t>
   </si>
   <si>
     <t>Projects and Protocols : Spring 2012 Lectures Series Experiments in Thinking, Action, and Form</t>
   </si>
   <si>
     <t>Charla</t>
   </si>
   <si>
     <t>Information</t>
   </si>
   <si>
     <t>Studio Seminar in Public Art. Fear &amp; the End of Public Space. Dialogues in Public Space: Fences,gates,borders,camera’s &amp; control. Prof. Antoni Muntadas &amp; TA.Ben Wood. Spring 2007. Mit Visual Arts Program</t>
   </si>
   <si>
     <t>Master of science in art, culture and technology : ACT : MIT program in art, culture and technology.</t>
   </si>
   <si>
     <t>Dialogues in Public Space: Spatial Cultural Identity</t>
   </si>
   <si>
     <t>Public Space? Lost and Found</t>
   </si>
   <si>
     <t>Museum Without Walls : Studio Seminar in Public Art. Spring 2006</t>
   </si>
   <si>
     <t>On Subjectivity: (50 photographs from "The Best of Life")</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>ACT Studio Final Review Spring 2011. May 18, 2011.</t>
   </si>
   <si>
     <t>Broodthaers. Writings, Interviews, Photographs</t>
   </si>
   <si>
-    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. FALL Semester</t>
-[...1 lines deleted...]
-  <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : FINAL REVIEWS</t>
   </si>
   <si>
     <t>Folleto, Programa de evento, Taller</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>ACT Studio. Final Review Spring 2011. May 18, 2011. 9:00 AM – 5:00 PM</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
   </si>
   <si>
     <t>Routes. Travel and translation in the late twentieth century</t>
   </si>
   <si>
     <t>Centervideo. Film, Video, TV and Telecommunication 1968-1981 at the Center for Advanced Visual Studies. Massachusetts Institute of Technology. C.A.V.S/M.I.T. Otto Piene with Elizabeth Goldring and Vin Grabill (editors)</t>
   </si>
   <si>
     <t>4.390 / Spring 2013 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning : MID-TERM REVIEWS</t>
@@ -236,111 +269,78 @@
   <si>
     <t>Between the Frames: The Forum. Interview Transcript</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Engaged: 20 Years of the MIT Visual Arts Program</t>
   </si>
   <si>
     <t>Visions. MIT Interviews</t>
   </si>
   <si>
     <t>About Academia (the transcriptions: an internal document) a project by Muntadas</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Dialogues on Public Space : MIT Program of Art, Culture and Technology</t>
   </si>
   <si>
     <t>Public Space: Project + Context</t>
   </si>
   <si>
-    <t>Center For Advanced Visual Studies. Massachusetts Institute of Technology. SPRING Semester</t>
-[...1 lines deleted...]
-  <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Tokio : Spring 2012</t>
   </si>
   <si>
     <t>Compilación, Taller</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Graduate Students Finals : Spring 2010</t>
   </si>
   <si>
-    <t>Final Reviews. 4.390 / Spring 2012 : Art, Culture and Tecnology studio ACT : MIT program in art, culture and technology : School of Architecture + Planning</t>
-[...28 lines deleted...]
-  <si>
     <t>About Academia [Cambridge]</t>
   </si>
   <si>
+    <t>About Academia I</t>
+  </si>
+  <si>
     <t>Proyecto</t>
   </si>
   <si>
+    <t>About Academia II</t>
+  </si>
+  <si>
     <t>Selling the Future</t>
   </si>
   <si>
     <t>Media Eyes</t>
-  </si>
-[...4 lines deleted...]
-    <t>About Academia II</t>
   </si>
   <si>
     <t>Center for Advanced Visual Studies - Massachusetts Institute of Technology (MIT)</t>
   </si>
   <si>
     <t>Carpenter Center For Visual Arts at Harvard University</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -967,1149 +967,1149 @@
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>14</v>
       </c>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>36</v>
       </c>
       <c r="D18">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D19">
-        <v>9999</v>
+        <v>2009</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D20">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B21" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" t="s">
         <v>40</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22">
-        <v>2008</v>
+        <v>1978</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D23">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" t="s">
         <v>44</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24">
-        <v>2012</v>
+        <v>1997</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D25">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" t="s">
         <v>47</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>48</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D27">
-        <v>2014</v>
+        <v>1978</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D28">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>50</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D29">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D30">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="D31">
         <v>2014</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D32">
-        <v>1978</v>
+        <v>9999</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D33">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D34">
-        <v>1988</v>
+        <v>2015</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35">
-        <v>1982</v>
+        <v>2008</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="D36">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D37">
-        <v>1994</v>
+        <v>2012</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="D38">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D39">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D40">
-        <v>1981</v>
+        <v>2014</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D41">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D42">
-        <v>1994</v>
+        <v>2017</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="D44">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>18</v>
+        <v>65</v>
       </c>
       <c r="D45">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D46">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="D47">
-        <v>2011</v>
+        <v>1988</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D48">
-        <v>2010</v>
+        <v>1982</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>18</v>
+        <v>69</v>
       </c>
       <c r="D49">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="D50">
-        <v>1980</v>
+        <v>1994</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D51">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="D52">
-        <v>1981</v>
+        <v>1997</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D53">
-        <v>2010</v>
+        <v>1981</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D54">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="D55">
-        <v>1979</v>
+        <v>1994</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>79</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D56">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>80</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="D57">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D58">
-        <v>2010</v>
+        <v>1981</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="D59">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>56</v>
+        <v>81</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>18</v>
+        <v>82</v>
       </c>
       <c r="D60">
-        <v>1978</v>
+        <v>2011</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D61">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D62">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D63">
-        <v>2009</v>
+        <v>1980</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="D64">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="D65">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D66">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D67">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D68">
-        <v>2008</v>
+        <v>1979</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="B69" t="s">
         <v>14</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="B70" t="s">
         <v>14</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="B71" t="s">
         <v>14</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="B72" t="s">
         <v>14</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
       <c r="B73" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1978</v>
+        <v>2011</v>
       </c>
       <c r="E73"/>
-      <c r="F73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>92</v>
+      </c>
+      <c r="B74" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1982</v>
-[...6 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="E74"/>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="B75" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1981</v>
+        <v>1978</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>93</v>
       </c>
       <c r="B76" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F76"/>
+        <v>1982</v>
+      </c>
+      <c r="E76">
+        <v>2006</v>
+      </c>
+      <c r="F76" t="s">
+        <v>10</v>
+      </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>94</v>
       </c>
       <c r="B77" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2017</v>
+        <v>1981</v>
       </c>
       <c r="E77"/>
-      <c r="F77"/>
+      <c r="F77" t="s">
+        <v>10</v>
+      </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>95</v>
       </c>
       <c r="B78" t="s">
         <v>26</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>96</v>
       </c>
       <c r="B79" t="s">
         <v>26</v>
       </c>
       <c r="C79"/>