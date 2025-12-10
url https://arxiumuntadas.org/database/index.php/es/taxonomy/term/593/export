--- v1 (2025-10-30)
+++ v2 (2025-12-10)
@@ -68,51 +68,51 @@
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Media connection</t>
   </si>
   <si>
     <t>Castelvetro Piacentino</t>
   </si>
   <si>
     <t>Iberian Tribes</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Modelo Museo. Coleccionismo en la creación contemporánea</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Granada</t>
   </si>
   <si>
-    <t>Muntadas: Trabajos Recientes. Media Stadium.</t>
+    <t>Muntadas: Trabajos Recientes. Media Stadium</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">