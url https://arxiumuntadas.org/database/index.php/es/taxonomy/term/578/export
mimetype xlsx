--- v0 (2025-10-09)
+++ v1 (2025-11-12)
@@ -305,219 +305,219 @@
   <si>
     <t>Antoni Muntadas na Casa de Serralves / at the Serralves Villa [folleto]</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>Fuso 2017 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>Europa</t>
   </si>
   <si>
     <t>Paradoxo(s) da Arte Contemporânea</t>
   </si>
   <si>
     <t>Amor : Amor [Insert]</t>
   </si>
   <si>
     <t>Vanguardas, desmaterialização, tecnologias na arte</t>
   </si>
   <si>
     <t>Select. Extremismo. Arte e Cultura Contemporânea. Invierno 2017. Edição 35.</t>
   </si>
   <si>
+    <t>Máquina e Imaginário</t>
+  </si>
+  <si>
+    <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
+  </si>
+  <si>
+    <t>Cyber 98 - a criaçaõ na era digital</t>
+  </si>
+  <si>
+    <t>Muntadas. A Instalação como metáfora. Intervenção: Slides / Videos</t>
+  </si>
+  <si>
+    <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
+  </si>
+  <si>
+    <t>Conversa com Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Por entre as linhas. Between the lines</t>
+  </si>
+  <si>
+    <t>Fundação De Serralves Um Museu Português / Fundação De Serralves A Portuguese Museum</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
+  </si>
+  <si>
+    <t>Sociologia Plural</t>
+  </si>
+  <si>
+    <t>situ/ação: vídeo de viagem</t>
+  </si>
+  <si>
+    <t>Afinidades Electivas. Julião Sarmento Coleccionador</t>
+  </si>
+  <si>
+    <t>Material Pedagógico para o professor</t>
+  </si>
+  <si>
+    <t>Guía</t>
+  </si>
+  <si>
+    <t>Trânsitos e outras direções</t>
+  </si>
+  <si>
+    <t>Entre a palavra e a imagen. Entre la palabra y la imagen</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Silencios y Sussurros</t>
+  </si>
+  <si>
+    <t>Viamao</t>
+  </si>
+  <si>
+    <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
+  </si>
+  <si>
+    <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
+  </si>
+  <si>
+    <t>A memória de Serralves segundo Muntadas</t>
+  </si>
+  <si>
+    <t>Novos Mundos Novos</t>
+  </si>
+  <si>
+    <t>Recife</t>
+  </si>
+  <si>
+    <t>Serralves: A história da Coleçao</t>
+  </si>
+  <si>
+    <t>Concinnitas Revista do Instituto de artes da UERJ. Ano 10 - Vol. 1 - N. 14 - Junho 2009</t>
+  </si>
+  <si>
+    <t>Muntadas: Intervenções: A Proposito do Publico e do Privado</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>"Os espacos respiran, escutam e falam"</t>
+  </si>
+  <si>
+    <t>Um ponto de ironia</t>
+  </si>
+  <si>
+    <t>Arte/Cidade Zona Leste Máquinas Urbanas</t>
+  </si>
+  <si>
+    <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
+  </si>
+  <si>
+    <t>Futebol, mídia e violencia. Para quem?</t>
+  </si>
+  <si>
+    <t>Destino dos objetos</t>
+  </si>
+  <si>
+    <t>Walter Zanini. Escrituras críticas</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Lisboa]</t>
+  </si>
+  <si>
+    <t>Muntadas: Projeto através da América Latina: Nov. 75 - Fev. 76</t>
+  </si>
+  <si>
+    <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Dardo Magazine 26. Antonio Gagliano , Núria Güell , Asier Mendizabal , Andreas Fogarasi , Milton Machado , Pedro G. Romero , Boa Mistura , Bienal de Jafre</t>
+  </si>
+  <si>
+    <t>16ª Bienal de São Paulo. Guia</t>
+  </si>
+  <si>
+    <t>NÃO EXISTEM DOIS ELEFANTES IGUAIS</t>
+  </si>
+  <si>
+    <t>Aberturas utópicas. Singularidades da arte política nos anos 70</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
   </si>
   <si>
     <t>Almada</t>
   </si>
   <si>
     <t>Muntadas : Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
   </si>
   <si>
-    <t>Tesis doctoral</t>
-[...1 lines deleted...]
-  <si>
     <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>Cidade Imaginada / Imagined City</t>
   </si>
   <si>
     <t>Centro Cultural da Espanha_SP : fevereiro/11</t>
-  </si>
-[...142 lines deleted...]
-    <t>Catálogo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1981,873 +1981,873 @@
         <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
         <v>32</v>
       </c>
       <c r="D63">
         <v>2017</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>97</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D64">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="D65">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
       <c r="D66">
-        <v>2012</v>
+        <v>1998</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>103</v>
+        <v>28</v>
       </c>
       <c r="D67">
-        <v>2000</v>
+        <v>1992</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D68">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>28</v>
+        <v>103</v>
       </c>
       <c r="D69">
-        <v>2011</v>
+        <v>1979</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D70">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="D71">
-        <v>2009</v>
+        <v>1992</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>10</v>
+        <v>106</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D72">
-        <v>1998</v>
+        <v>2005</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>28</v>
+        <v>103</v>
       </c>
       <c r="D73">
         <v>1992</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D74">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>112</v>
+        <v>15</v>
       </c>
       <c r="D75">
-        <v>1979</v>
+        <v>2015</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="D76">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E76"/>
-      <c r="F76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>15</v>
+        <v>103</v>
       </c>
       <c r="D77">
         <v>1992</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="D78">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>112</v>
+        <v>15</v>
       </c>
       <c r="D79">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>16</v>
+        <v>117</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>118</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
         <v>42</v>
       </c>
       <c r="D80">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>119</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D81">
-        <v>2015</v>
+        <v>1979</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>120</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D82">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E82"/>
-      <c r="F82"/>
+      <c r="F82" t="s">
+        <v>55</v>
+      </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="D83">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>16</v>
+        <v>122</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>123</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="D84">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>124</v>
+        <v>55</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="D85">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>126</v>
+        <v>82</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="D86">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="D87">
-        <v>1979</v>
+        <v>2007</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="D88">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D89">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D90">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>53</v>
+        <v>103</v>
       </c>
       <c r="D91">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>135</v>
+        <v>42</v>
       </c>
       <c r="D92">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="D93">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D94">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="D95">
-        <v>2011</v>
+        <v>1975</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>124</v>
+        <v>10</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D96">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>10</v>
+        <v>138</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="D97">
         <v>2014</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
         <v>42</v>
       </c>
       <c r="D98">
-        <v>2015</v>
+        <v>1981</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>143</v>
+        <v>28</v>
       </c>
       <c r="D99">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>9</v>
+        <v>143</v>
       </c>
       <c r="D100">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
+        <v>144</v>
+      </c>
+      <c r="B101" t="s">
+        <v>8</v>
+      </c>
+      <c r="C101" t="s">
         <v>145</v>
       </c>
-      <c r="B101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D101">
-        <v>1975</v>
+        <v>2016</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>146</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
         <v>42</v>
       </c>
       <c r="D102">
-        <v>2017</v>
+        <v>1982</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>147</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>148</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="D103">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>124</v>
+        <v>10</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>149</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>42</v>
+        <v>143</v>
       </c>
       <c r="D104">
-        <v>1981</v>
+        <v>2012</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>150</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>28</v>
+        <v>151</v>
       </c>
       <c r="D105">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
       <c r="D106">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>153</v>
+        <v>28</v>
       </c>
       <c r="D107">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>124</v>
+        <v>10</v>
       </c>
       <c r="G107"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>