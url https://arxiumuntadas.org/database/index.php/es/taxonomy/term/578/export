--- v1 (2025-11-12)
+++ v2 (2025-12-02)
@@ -305,50 +305,98 @@
   <si>
     <t>Antoni Muntadas na Casa de Serralves / at the Serralves Villa [folleto]</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>Fuso 2017 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>Europa</t>
   </si>
   <si>
     <t>Paradoxo(s) da Arte Contemporânea</t>
   </si>
   <si>
     <t>Amor : Amor [Insert]</t>
   </si>
   <si>
     <t>Vanguardas, desmaterialização, tecnologias na arte</t>
   </si>
   <si>
     <t>Select. Extremismo. Arte e Cultura Contemporânea. Invierno 2017. Edição 35.</t>
   </si>
   <si>
+    <t>Dardo Magazine 26. Antonio Gagliano , Núria Güell , Asier Mendizabal , Andreas Fogarasi , Milton Machado , Pedro G. Romero , Boa Mistura , Bienal de Jafre</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>16ª Bienal de São Paulo. Guia</t>
+  </si>
+  <si>
+    <t>NÃO EXISTEM DOIS ELEFANTES IGUAIS</t>
+  </si>
+  <si>
+    <t>Aberturas utópicas. Singularidades da arte política nos anos 70</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
+  </si>
+  <si>
+    <t>Almada</t>
+  </si>
+  <si>
+    <t>Muntadas : Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
+  </si>
+  <si>
+    <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
+  </si>
+  <si>
+    <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>Centro Cultural da Espanha_SP : fevereiro/11</t>
+  </si>
+  <si>
     <t>Máquina e Imaginário</t>
   </si>
   <si>
     <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
   </si>
   <si>
     <t>Cyber 98 - a criaçaõ na era digital</t>
   </si>
   <si>
     <t>Muntadas. A Instalação como metáfora. Intervenção: Slides / Videos</t>
   </si>
   <si>
     <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
   </si>
   <si>
     <t>Conversa com Antonio Muntadas</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Por entre as linhas. Between the lines</t>
   </si>
   <si>
     <t>Fundação De Serralves Um Museu Português / Fundação De Serralves A Portuguese Museum</t>
@@ -359,53 +407,50 @@
   <si>
     <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
   </si>
   <si>
     <t>Sociologia Plural</t>
   </si>
   <si>
     <t>situ/ação: vídeo de viagem</t>
   </si>
   <si>
     <t>Afinidades Electivas. Julião Sarmento Coleccionador</t>
   </si>
   <si>
     <t>Material Pedagógico para o professor</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
     <t>Trânsitos e outras direções</t>
   </si>
   <si>
     <t>Entre a palavra e a imagen. Entre la palabra y la imagen</t>
   </si>
   <si>
-    <t>Santiago de Compostela</t>
-[...1 lines deleted...]
-  <si>
     <t>Silencios y Sussurros</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
     <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
   </si>
   <si>
     <t>Muntadas: Subjectividade/Objectividade: Informação Privada/Pública</t>
   </si>
   <si>
     <t>A memória de Serralves segundo Muntadas</t>
   </si>
   <si>
     <t>Novos Mundos Novos</t>
   </si>
   <si>
     <t>Recife</t>
   </si>
   <si>
     <t>Serralves: A história da Coleçao</t>
   </si>
   <si>
     <t>Concinnitas Revista do Instituto de artes da UERJ. Ano 10 - Vol. 1 - N. 14 - Junho 2009</t>
@@ -429,95 +474,50 @@
     <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>Futebol, mídia e violencia. Para quem?</t>
   </si>
   <si>
     <t>Destino dos objetos</t>
   </si>
   <si>
     <t>Walter Zanini. Escrituras críticas</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Muntadas: Entre / Between [Lisboa]</t>
   </si>
   <si>
     <t>Muntadas: Projeto através da América Latina: Nov. 75 - Fev. 76</t>
   </si>
   <si>
     <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
   </si>
   <si>
     <t>San Miguel</t>
-  </si>
-[...43 lines deleted...]
-    <t>Centro Cultural da Espanha_SP : fevereiro/11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1984,870 +1984,870 @@
         <v>8</v>
       </c>
       <c r="C63" t="s">
         <v>32</v>
       </c>
       <c r="D63">
         <v>2017</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>97</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>53</v>
       </c>
       <c r="D64">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D65">
-        <v>2009</v>
+        <v>1981</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D66">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="D67">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>53</v>
+        <v>104</v>
       </c>
       <c r="D68">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="D69">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D70">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
       <c r="D71">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>106</v>
+        <v>10</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>53</v>
+        <v>110</v>
       </c>
       <c r="D72">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="D73">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D74">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="D75">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="D76">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E76"/>
-      <c r="F76"/>
+      <c r="F76" t="s">
+        <v>10</v>
+      </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="D77">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D78">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="D79">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>117</v>
+        <v>10</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>118</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="D80">
-        <v>2008</v>
+        <v>1979</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D81">
-        <v>1979</v>
+        <v>2007</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>103</v>
+        <v>15</v>
       </c>
       <c r="D82">
         <v>1992</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>55</v>
+        <v>122</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D83">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>122</v>
+        <v>10</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="D84">
-        <v>2016</v>
+        <v>1992</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D85">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>126</v>
+        <v>15</v>
       </c>
       <c r="D86">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>127</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="D87">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E87"/>
-      <c r="F87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F87"/>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="D88">
-        <v>2011</v>
+        <v>1992</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="D89">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D90">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>103</v>
+        <v>42</v>
       </c>
       <c r="D91">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D92">
-        <v>2015</v>
+        <v>1979</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>134</v>
+        <v>119</v>
       </c>
       <c r="D93">
-        <v>2013</v>
+        <v>1992</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="D94">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>16</v>
+        <v>137</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D95">
-        <v>1975</v>
+        <v>2016</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D96">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>53</v>
+        <v>141</v>
       </c>
       <c r="D97">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="D98">
-        <v>1981</v>
+        <v>2007</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D99">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>61</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>143</v>
+        <v>53</v>
       </c>
       <c r="D100">
         <v>2011</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>61</v>
+        <v>98</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>145</v>
+        <v>9</v>
       </c>
       <c r="D101">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>115</v>
+        <v>10</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>146</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="D102">
-        <v>1982</v>
+        <v>2014</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D103">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
+        <v>148</v>
+      </c>
+      <c r="B104" t="s">
+        <v>8</v>
+      </c>
+      <c r="C104" t="s">
         <v>149</v>
       </c>
-      <c r="B104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D104">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>150</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>151</v>
+        <v>9</v>
       </c>
       <c r="D105">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D106">
-        <v>1994</v>
+        <v>1975</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D107">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>10</v>
+        <v>153</v>
       </c>
       <c r="G107"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>