--- v2 (2025-12-02)
+++ v3 (2026-01-09)
@@ -239,51 +239,51 @@
   <si>
     <t>Instituto de Estudos Avançados apresenta exposição virtual de Muntadas em About Academia</t>
   </si>
   <si>
     <t>Antoni Muntadas abre Projeto About Academia I-II na USP, São Paulo</t>
   </si>
   <si>
     <t>ANTONI MUNTADAS: ABOUT ACADEMIA I-II, UMA INTERPRETAÇÃO ONLINE, 2011-2017 (2021)</t>
   </si>
   <si>
     <t>About Academia; podcast Levante-se; Ditamapa; Claudia Andujar; Alex Vallauri; Cinefront; chamada aberta Bienal do Mercosul</t>
   </si>
   <si>
     <t>Arte de Antoni Muntadas questiona o papel da universidade hoje</t>
   </si>
   <si>
     <t>Select. Arte e cultura contemporánea. ALIMENTO</t>
   </si>
   <si>
     <t>Muntadas: Aplausos?</t>
   </si>
   <si>
     <t>POLITICAL ADVERTISEMENT VIII 1952-2008. Film Screening. Los Angeles Halle/Saale New York Stuttgart Porto [Póster]</t>
   </si>
   <si>
-    <t>Poster Exposición Individual, Otros materiales de difusión</t>
+    <t>Otros materiales de difusión, Poster Exposición Individual</t>
   </si>
   <si>
     <t>Los Angeles (CA), Nueva York (NY), Halle/Saale, Stuttgart, Porto / Oporto</t>
   </si>
   <si>
     <t>JAC8 (Jovem Arte Contemporânea)</t>
   </si>
   <si>
     <t>Luisa Strina expõe instalação de Muntadas</t>
   </si>
   <si>
     <t>Fuso 2019 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>Antoni Muntadas: Espectáculo/Poder/Mass Media</t>
   </si>
   <si>
     <t>Arte, ciência e mídia</t>
   </si>
   <si>
     <t>Río de Janeiro</t>
   </si>
   <si>
     <t>Quarto do fundo / Back Room [Póster]</t>
   </si>
@@ -305,60 +305,72 @@
   <si>
     <t>Antoni Muntadas na Casa de Serralves / at the Serralves Villa [folleto]</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>Fuso 2017 - Anual de Vídeo Arte Internacional de Lisboa</t>
   </si>
   <si>
     <t>Europa</t>
   </si>
   <si>
     <t>Paradoxo(s) da Arte Contemporânea</t>
   </si>
   <si>
     <t>Amor : Amor [Insert]</t>
   </si>
   <si>
     <t>Vanguardas, desmaterialização, tecnologias na arte</t>
   </si>
   <si>
     <t>Select. Extremismo. Arte e Cultura Contemporânea. Invierno 2017. Edição 35.</t>
   </si>
   <si>
+    <t>Muntadas: Entre / Between [Lisboa]</t>
+  </si>
+  <si>
+    <t>Muntadas: Projeto através da América Latina: Nov. 75 - Fev. 76</t>
+  </si>
+  <si>
+    <t>Tempo Líquido - Um diálogo de vídeos das Coleções Maria &amp; Armando Cabral y Cal Cego</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
     <t>Dardo Magazine 26. Antonio Gagliano , Núria Güell , Asier Mendizabal , Andreas Fogarasi , Milton Machado , Pedro G. Romero , Boa Mistura , Bienal de Jafre</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
-    <t>NÃO EXISTEM DOIS ELEFANTES IGUAIS</t>
+    <t>NÃO EXISTEM DOIS ELEFANTES IGUAIS [Desplegable]</t>
   </si>
   <si>
     <t>Aberturas utópicas. Singularidades da arte política nos anos 70</t>
   </si>
   <si>
     <t>Tesis doctoral</t>
   </si>
   <si>
     <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Alternativa. II festival Internaconal de Arte Viva. Almada-Portugal 22 a 31 de Julio 82</t>
   </si>
   <si>
     <t>Almada</t>
   </si>
   <si>
     <t>Muntadas : Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
   </si>
@@ -462,62 +474,50 @@
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>"Os espacos respiran, escutam e falam"</t>
   </si>
   <si>
     <t>Um ponto de ironia</t>
   </si>
   <si>
     <t>Arte/Cidade Zona Leste Máquinas Urbanas</t>
   </si>
   <si>
     <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>Futebol, mídia e violencia. Para quem?</t>
   </si>
   <si>
     <t>Destino dos objetos</t>
   </si>
   <si>
     <t>Walter Zanini. Escrituras críticas</t>
   </si>
   <si>
     <t>Compilación</t>
-  </si>
-[...10 lines deleted...]
-    <t>San Miguel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1981,873 +1981,873 @@
         <v>96</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
         <v>32</v>
       </c>
       <c r="D63">
         <v>2017</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>97</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="D64">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D65">
-        <v>1981</v>
+        <v>1975</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D66">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>61</v>
+        <v>100</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>101</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="D67">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>103</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>104</v>
+        <v>42</v>
       </c>
       <c r="D68">
-        <v>2016</v>
+        <v>1981</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D69">
-        <v>1982</v>
+        <v>2008</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>106</v>
+        <v>61</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="D70">
         <v>2011</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
+        <v>107</v>
+      </c>
+      <c r="B71" t="s">
+        <v>8</v>
+      </c>
+      <c r="C71" t="s">
         <v>108</v>
       </c>
-      <c r="B71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D71">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>109</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>110</v>
+        <v>42</v>
       </c>
       <c r="D72">
-        <v>2000</v>
+        <v>1982</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>10</v>
+        <v>110</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>111</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D73">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>112</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
       <c r="D74">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>113</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>53</v>
+        <v>114</v>
       </c>
       <c r="D75">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D76">
-        <v>2009</v>
+        <v>1994</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D77">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="D78">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>53</v>
       </c>
       <c r="D79">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>119</v>
+        <v>42</v>
       </c>
       <c r="D80">
-        <v>1979</v>
+        <v>1998</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>120</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D81">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>121</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="D82">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>122</v>
+        <v>10</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
+        <v>122</v>
+      </c>
+      <c r="B83" t="s">
+        <v>8</v>
+      </c>
+      <c r="C83" t="s">
         <v>123</v>
       </c>
-      <c r="B83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D83">
-        <v>2005</v>
+        <v>1979</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>124</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>119</v>
+        <v>42</v>
       </c>
       <c r="D84">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>125</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="D85">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="D86">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D87">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E87"/>
-      <c r="F87"/>
+      <c r="F87" t="s">
+        <v>16</v>
+      </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>129</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>119</v>
+        <v>42</v>
       </c>
       <c r="D88">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>130</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="D89">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>131</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>15</v>
+        <v>132</v>
       </c>
       <c r="D90">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E90"/>
-      <c r="F90" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F90"/>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>133</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>42</v>
+        <v>123</v>
       </c>
       <c r="D91">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>134</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D92">
-        <v>1979</v>
+        <v>2007</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>16</v>
+        <v>102</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>135</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="D93">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>55</v>
+        <v>136</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
         <v>42</v>
       </c>
       <c r="D94">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>138</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="D95">
-        <v>2016</v>
+        <v>1979</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>139</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>53</v>
+        <v>123</v>
       </c>
       <c r="D96">
-        <v>2009</v>
+        <v>1992</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>140</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>141</v>
+        <v>42</v>
       </c>
       <c r="D97">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>55</v>
+        <v>141</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>142</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>119</v>
+        <v>42</v>
       </c>
       <c r="D98">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>143</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D99">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>144</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>53</v>
+        <v>145</v>
       </c>
       <c r="D100">
-        <v>2011</v>
+        <v>1992</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>9</v>
+        <v>123</v>
       </c>
       <c r="D101">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>119</v>
+        <v>42</v>
       </c>
       <c r="D102">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="D103">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>149</v>
+        <v>9</v>
       </c>
       <c r="D104">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>150</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>9</v>
+        <v>123</v>
       </c>
       <c r="D105">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>151</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D106">
-        <v>1975</v>
+        <v>2015</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>152</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>42</v>
+        <v>153</v>
       </c>
       <c r="D107">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>153</v>
+        <v>10</v>
       </c>
       <c r="G107"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>