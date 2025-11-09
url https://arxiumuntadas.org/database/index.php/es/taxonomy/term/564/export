--- v0 (2025-10-09)
+++ v1 (2025-11-09)
@@ -314,171 +314,171 @@
   <si>
     <t>Vanguardas, desmaterialização, tecnologias na arte</t>
   </si>
   <si>
     <t>Paradoxo(s) da Arte Contemporânea: Diálogos entre os acervos do MAC USP e do Paço das Artes</t>
   </si>
   <si>
     <t>Poetry and the Visual Arts</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
     <t>...Baixa a bola!</t>
   </si>
   <si>
+    <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
+  </si>
+  <si>
+    <t>Sobre Academia</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
+  </si>
+  <si>
+    <t>[Zonas Liminares] : Workshop com Antoni Muntadas : São Carlos. Brasil 2010</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
+  </si>
+  <si>
+    <t>Exposicão : [Zonas Liminares] : Trabalhos de Workshop com ANTONI MUNTADAS : São Carlos. Brasil 2010/2011</t>
+  </si>
+  <si>
+    <t>Walter Zanini. Escrituras críticas</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>ARS. Revista do Programa de pos-graduacao em artes visualis. Ano 6 / N. 11 / 2008 : Intervenções</t>
+  </si>
+  <si>
+    <t>Revista, Taller</t>
+  </si>
+  <si>
+    <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
+  </si>
+  <si>
     <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>Futebol, mídia e violencia. Para quem?</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
     <t>Muntadas: Projeto através da América Latina: Nov. 75 - Fev. 76</t>
   </si>
   <si>
     <t>situ/ação: vídeo de viagem</t>
   </si>
   <si>
     <t>Muntadas : Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
   </si>
   <si>
     <t>Tesis doctoral</t>
   </si>
   <si>
     <t>Centro Cultural da Espanha_SP : fevereiro/11</t>
   </si>
   <si>
     <t>Máquina e Imaginário</t>
   </si>
   <si>
     <t>Arte Total. 40 years Galeria Luisa Strina</t>
   </si>
   <si>
-    <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
-[...43 lines deleted...]
-  <si>
     <t>Luisa Strina</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
+    <t>Palavras: Sala de imprensa</t>
+  </si>
+  <si>
+    <t>The Last Ten Minutes I</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Quarto do fundo / Back Room</t>
+  </si>
+  <si>
+    <t>Brasil… Tudo bem, Tudo bom!</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas</t>
+  </si>
+  <si>
     <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
   </si>
   <si>
     <t>Cercas</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>Alphaville e outros</t>
   </si>
   <si>
     <t>Reflexões sobre a morte</t>
-  </si>
-[...19 lines deleted...]
-    <t>On Translation: Comemorações Urbanas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2137,668 +2137,668 @@
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>99</v>
       </c>
       <c r="B82" t="s">
         <v>25</v>
       </c>
       <c r="C82"/>
       <c r="D82">
         <v>2014</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>100</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="D83">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>101</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>102</v>
       </c>
       <c r="D84">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>103</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D85">
-        <v>1981</v>
+        <v>2005</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>104</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
       <c r="D86">
-        <v>1975</v>
+        <v>2010</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
         <v>39</v>
       </c>
       <c r="D87">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
       <c r="D88">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D89">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
       <c r="D90">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>44</v>
+        <v>113</v>
       </c>
       <c r="D91">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D92">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="D93">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D94">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D95">
-        <v>2005</v>
+        <v>1981</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="D96">
-        <v>2010</v>
+        <v>1975</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>10</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
         <v>39</v>
       </c>
       <c r="D97">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="D98">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D99">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="D100">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
       <c r="D101">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>126</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D102">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>127</v>
       </c>
       <c r="B103" t="s">
         <v>58</v>
       </c>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="B104" t="s">
         <v>30</v>
       </c>
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>128</v>
       </c>
       <c r="B105" t="s">
         <v>30</v>
       </c>
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="B106" t="s">
         <v>30</v>
       </c>
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>30</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>129</v>
       </c>
       <c r="B108" t="s">
         <v>25</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>2011</v>
+        <v>1992</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>130</v>
       </c>
       <c r="B109" t="s">
         <v>25</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E109"/>
+        <v>1975</v>
+      </c>
+      <c r="E109">
+        <v>1976</v>
+      </c>
       <c r="F109" t="s">
         <v>131</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>132</v>
       </c>
       <c r="B110" t="s">
         <v>25</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E110"/>
+        <v>1975</v>
+      </c>
+      <c r="E110">
+        <v>1976</v>
+      </c>
       <c r="F110" t="s">
-        <v>10</v>
+        <v>133</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B111" t="s">
         <v>25</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1973</v>
+        <v>1987</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B112" t="s">
         <v>25</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B113" t="s">
         <v>25</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="E113">
-        <v>1976</v>
+        <v>2002</v>
       </c>
       <c r="F113" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B114" t="s">
         <v>25</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E114"/>
       <c r="F114" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>138</v>
       </c>
       <c r="B115" t="s">
         <v>25</v>
       </c>
       <c r="C115"/>
       <c r="D115">
-        <v>1987</v>
+        <v>2008</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>139</v>
       </c>
       <c r="B116" t="s">
         <v>25</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>10</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>140</v>
       </c>
       <c r="B117" t="s">
         <v>25</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E117"/>
       <c r="F117" t="s">
         <v>10</v>
       </c>
       <c r="G117"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>