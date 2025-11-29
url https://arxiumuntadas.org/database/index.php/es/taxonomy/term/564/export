--- v1 (2025-11-09)
+++ v2 (2025-11-29)
@@ -314,50 +314,77 @@
   <si>
     <t>Vanguardas, desmaterialização, tecnologias na arte</t>
   </si>
   <si>
     <t>Paradoxo(s) da Arte Contemporânea: Diálogos entre os acervos do MAC USP e do Paço das Artes</t>
   </si>
   <si>
     <t>Poetry and the Visual Arts</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
     <t>...Baixa a bola!</t>
   </si>
   <si>
+    <t>16ª Bienal de São Paulo. Guia</t>
+  </si>
+  <si>
+    <t>Muntadas: Projeto através da América Latina: Nov. 75 - Fev. 76</t>
+  </si>
+  <si>
+    <t>situ/ação: vídeo de viagem</t>
+  </si>
+  <si>
+    <t>Muntadas : Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
+  </si>
+  <si>
+    <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Centro Cultural da Espanha_SP : fevereiro/11</t>
+  </si>
+  <si>
+    <t>Máquina e Imaginário</t>
+  </si>
+  <si>
+    <t>Arte Total. 40 years Galeria Luisa Strina</t>
+  </si>
+  <si>
     <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
   </si>
   <si>
     <t>Sobre Academia</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
   </si>
   <si>
     <t>[Zonas Liminares] : Workshop com Antoni Muntadas : São Carlos. Brasil 2010</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
   </si>
   <si>
     <t>Exposicão : [Zonas Liminares] : Trabalhos de Workshop com ANTONI MUNTADAS : São Carlos. Brasil 2010/2011</t>
   </si>
   <si>
     <t>Walter Zanini. Escrituras críticas</t>
@@ -368,117 +395,90 @@
   <si>
     <t>ARS. Revista do Programa de pos-graduacao em artes visualis. Ano 6 / N. 11 / 2008 : Intervenções</t>
   </si>
   <si>
     <t>Revista, Taller</t>
   </si>
   <si>
     <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
   </si>
   <si>
     <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>Futebol, mídia e violencia. Para quem?</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
-    <t>16ª Bienal de São Paulo. Guia</t>
-[...25 lines deleted...]
-  <si>
     <t>Luisa Strina</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
+    <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
+  </si>
+  <si>
+    <t>Cercas</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Reflexões sobre a morte</t>
+  </si>
+  <si>
     <t>Palavras: Sala de imprensa</t>
   </si>
   <si>
     <t>The Last Ten Minutes I</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Quarto do fundo / Back Room</t>
   </si>
   <si>
     <t>Brasil… Tudo bem, Tudo bom!</t>
   </si>
   <si>
     <t>On Translation: Comemorações Urbanas</t>
-  </si>
-[...10 lines deleted...]
-    <t>Reflexões sobre a morte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2137,668 +2137,668 @@
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>99</v>
       </c>
       <c r="B82" t="s">
         <v>25</v>
       </c>
       <c r="C82"/>
       <c r="D82">
         <v>2014</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>100</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D83">
-        <v>2002</v>
+        <v>1981</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>101</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>102</v>
+        <v>28</v>
       </c>
       <c r="D84">
-        <v>2017</v>
+        <v>1975</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D85">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="D86">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>39</v>
+        <v>105</v>
       </c>
       <c r="D87">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>105</v>
+        <v>28</v>
       </c>
       <c r="D88">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="D89">
-        <v>2013</v>
+        <v>1993</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>111</v>
+        <v>35</v>
       </c>
       <c r="D90">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="D91">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>44</v>
+        <v>111</v>
       </c>
       <c r="D92">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="D93">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D94">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
         <v>39</v>
       </c>
       <c r="D95">
-        <v>1981</v>
+        <v>2008</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>28</v>
+        <v>114</v>
       </c>
       <c r="D96">
-        <v>1975</v>
+        <v>2010</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>10</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="D97">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>28</v>
+        <v>120</v>
       </c>
       <c r="D98">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
+        <v>121</v>
+      </c>
+      <c r="B99" t="s">
+        <v>8</v>
+      </c>
+      <c r="C99" t="s">
         <v>122</v>
       </c>
-      <c r="B99" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D99">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="D100">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="D101">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
+        <v>125</v>
+      </c>
+      <c r="B102" t="s">
+        <v>8</v>
+      </c>
+      <c r="C102" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D102">
         <v>2014</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>127</v>
       </c>
       <c r="B103" t="s">
         <v>58</v>
       </c>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="B104" t="s">
         <v>30</v>
       </c>
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>128</v>
       </c>
       <c r="B105" t="s">
         <v>30</v>
       </c>
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="B106" t="s">
         <v>30</v>
       </c>
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="B107" t="s">
         <v>30</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>129</v>
       </c>
       <c r="B108" t="s">
         <v>25</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>130</v>
       </c>
       <c r="B109" t="s">
         <v>25</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E109"/>
       <c r="F109" t="s">
         <v>131</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>132</v>
       </c>
       <c r="B110" t="s">
         <v>25</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E110"/>
       <c r="F110" t="s">
-        <v>133</v>
+        <v>10</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B111" t="s">
         <v>25</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1987</v>
+        <v>1973</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>10</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B112" t="s">
         <v>25</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B113" t="s">
         <v>25</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1998</v>
+        <v>1975</v>
       </c>
       <c r="E113">
-        <v>2002</v>
+        <v>1976</v>
       </c>
       <c r="F113" t="s">
-        <v>10</v>
+        <v>131</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B114" t="s">
         <v>25</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E114"/>
+        <v>1975</v>
+      </c>
+      <c r="E114">
+        <v>1976</v>
+      </c>
       <c r="F114" t="s">
-        <v>10</v>
+        <v>137</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>138</v>
       </c>
       <c r="B115" t="s">
         <v>25</v>
       </c>
       <c r="C115"/>
       <c r="D115">
-        <v>2008</v>
+        <v>1987</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>139</v>
       </c>
       <c r="B116" t="s">
         <v>25</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>10</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>140</v>
       </c>
       <c r="B117" t="s">
         <v>25</v>
       </c>
       <c r="C117"/>
       <c r="D117">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E117"/>
+        <v>1998</v>
+      </c>
+      <c r="E117">
+        <v>2002</v>
+      </c>
       <c r="F117" t="s">
         <v>10</v>
       </c>
       <c r="G117"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>