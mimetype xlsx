--- v2 (2025-11-29)
+++ v3 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sao Paulo" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Reflexão urbana</t>
   </si>
   <si>
@@ -92,53 +92,50 @@
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Exposição de Antoni Muntadas em São Paulo</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Antoni Muntadas deseja transgredir o espaço público em mostra no Brasil</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Traduzir</t>
   </si>
   <si>
     <t>Lugar Público</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
-    <t>Edições Sesc São Paulo</t>
-[...1 lines deleted...]
-  <si>
     <t>Lugar Público [material educativo]</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>DERIVA NO SESC POMPEIA</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Antoni Muntadas celebra na USP 50 anos de parceria com o Brasil</t>
   </si>
   <si>
     <t>Curso: Multimedia</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación - Entrevista con Antoni Muntadas</t>
   </si>
   <si>
     <t>Luisa Strina 50</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
@@ -314,171 +311,171 @@
   <si>
     <t>Vanguardas, desmaterialização, tecnologias na arte</t>
   </si>
   <si>
     <t>Paradoxo(s) da Arte Contemporânea: Diálogos entre os acervos do MAC USP e do Paço das Artes</t>
   </si>
   <si>
     <t>Poetry and the Visual Arts</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
     <t>...Baixa a bola!</t>
   </si>
   <si>
+    <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Centro Cultural da Espanha_SP : fevereiro/11</t>
+  </si>
+  <si>
+    <t>Máquina e Imaginário</t>
+  </si>
+  <si>
+    <t>Arte Total. 40 years Galeria Luisa Strina</t>
+  </si>
+  <si>
+    <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
+  </si>
+  <si>
+    <t>Sobre Academia</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
+  </si>
+  <si>
+    <t>[Zonas Liminares] : Workshop com Antoni Muntadas : São Carlos. Brasil 2010</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
+  </si>
+  <si>
+    <t>Exposicão : [Zonas Liminares] : Trabalhos de Workshop com ANTONI MUNTADAS : São Carlos. Brasil 2010/2011</t>
+  </si>
+  <si>
+    <t>Walter Zanini. Escrituras críticas</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>ARS. Revista do Programa de pos-graduacao em artes visualis. Ano 6 / N. 11 / 2008 : Intervenções</t>
+  </si>
+  <si>
+    <t>Revista, Taller</t>
+  </si>
+  <si>
+    <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
+  </si>
+  <si>
+    <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
+  </si>
+  <si>
+    <t>Futebol, mídia e violencia. Para quem?</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
     <t>Muntadas: Projeto através da América Latina: Nov. 75 - Fev. 76</t>
   </si>
   <si>
     <t>situ/ação: vídeo de viagem</t>
   </si>
   <si>
     <t>Muntadas : Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
-    <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
-[...67 lines deleted...]
-  <si>
     <t>Luisa Strina</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Reflexões sobre a morte</t>
+  </si>
+  <si>
+    <t>Palavras: Sala de imprensa</t>
+  </si>
+  <si>
+    <t>The Last Ten Minutes I</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Quarto do fundo / Back Room</t>
+  </si>
+  <si>
+    <t>Brasil… Tudo bem, Tudo bom!</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas</t>
+  </si>
+  <si>
     <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
   </si>
   <si>
     <t>Cercas</t>
-  </si>
-[...28 lines deleted...]
-    <t>On Translation: Comemorações Urbanas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -778,51 +775,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G117"/>
+  <dimension ref="A1:G116"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="60" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -967,1842 +964,1827 @@
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C11"/>
+        <v>8</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" t="s">
         <v>29</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C15"/>
+        <v>8</v>
+      </c>
+      <c r="C15" t="s">
+        <v>16</v>
+      </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C17"/>
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
+        <v>16</v>
+      </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>33</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>14</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C21"/>
+        <v>8</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>40</v>
       </c>
       <c r="B24" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>41</v>
       </c>
       <c r="B25" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>42</v>
       </c>
       <c r="B26" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>8</v>
+      </c>
+      <c r="C26" t="s">
+        <v>43</v>
+      </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B27" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>10</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C29"/>
+        <v>8</v>
+      </c>
+      <c r="C29" t="s">
+        <v>16</v>
+      </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>47</v>
       </c>
       <c r="B30" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>48</v>
       </c>
       <c r="B31" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>49</v>
       </c>
       <c r="B32" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="D32"/>
+        <v>8</v>
+      </c>
+      <c r="C32" t="s">
+        <v>38</v>
+      </c>
+      <c r="D32">
+        <v>1983</v>
+      </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>50</v>
       </c>
       <c r="B33" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="C33"/>
+      <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B34" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="C34"/>
-      <c r="D34"/>
+      <c r="D34">
+        <v>1974</v>
+      </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="C35"/>
-      <c r="D35">
-[...1 lines deleted...]
-      </c>
+      <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-      <c r="D37"/>
+        <v>8</v>
+      </c>
+      <c r="C37" t="s">
+        <v>16</v>
+      </c>
+      <c r="D37">
+        <v>2021</v>
+      </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>56</v>
       </c>
       <c r="B38" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C38"/>
+      <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B39" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="D39"/>
+        <v>8</v>
+      </c>
+      <c r="C39" t="s">
+        <v>16</v>
+      </c>
+      <c r="D39">
+        <v>2021</v>
+      </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>59</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
         <v>16</v>
       </c>
       <c r="D40">
         <v>2021</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>60</v>
       </c>
       <c r="B41" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C41"/>
+      <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>61</v>
       </c>
       <c r="B42" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>10</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>62</v>
       </c>
       <c r="B43" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
         <v>10</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>63</v>
       </c>
       <c r="B44" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>10</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>64</v>
       </c>
       <c r="B45" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>10</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>65</v>
       </c>
       <c r="B46" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="D46"/>
+        <v>8</v>
+      </c>
+      <c r="C46" t="s">
+        <v>66</v>
+      </c>
+      <c r="D46">
+        <v>2020</v>
+      </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>10</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C47"/>
+      <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>10</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>68</v>
       </c>
       <c r="B48" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
         <v>10</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>69</v>
       </c>
       <c r="B49" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>10</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>70</v>
       </c>
       <c r="B50" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>71</v>
       </c>
       <c r="B51" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
         <v>10</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>72</v>
       </c>
       <c r="B52" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>10</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>73</v>
       </c>
       <c r="B53" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>10</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>74</v>
       </c>
       <c r="B54" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>75</v>
       </c>
       <c r="B55" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="D55"/>
+        <v>8</v>
+      </c>
+      <c r="C55" t="s">
+        <v>38</v>
+      </c>
+      <c r="D55">
+        <v>1974</v>
+      </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>10</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C56"/>
+      <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
         <v>10</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>76</v>
       </c>
       <c r="B57" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>77</v>
       </c>
       <c r="B58" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>10</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>78</v>
       </c>
       <c r="B59" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>10</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>79</v>
       </c>
       <c r="B60" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="C60"/>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>10</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>80</v>
       </c>
       <c r="B61" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="D61"/>
+        <v>8</v>
+      </c>
+      <c r="C61" t="s">
+        <v>9</v>
+      </c>
+      <c r="D61">
+        <v>1987</v>
+      </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>81</v>
       </c>
       <c r="B62" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C62"/>
+      <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>10</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>82</v>
       </c>
       <c r="B63" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="D63"/>
+        <v>8</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63">
+        <v>1987</v>
+      </c>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>83</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="C64"/>
       <c r="D64">
         <v>1987</v>
       </c>
-      <c r="E64"/>
+      <c r="E64">
+        <v>2012</v>
+      </c>
       <c r="F64" t="s">
         <v>10</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>84</v>
       </c>
       <c r="B65" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C65"/>
-      <c r="D65">
-[...4 lines deleted...]
-      </c>
+      <c r="D65"/>
+      <c r="E65"/>
       <c r="F65" t="s">
         <v>10</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>85</v>
       </c>
       <c r="B66" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>86</v>
       </c>
       <c r="B67" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>10</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>87</v>
       </c>
       <c r="B68" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>10</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>88</v>
       </c>
       <c r="B69" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="D69"/>
+        <v>8</v>
+      </c>
+      <c r="C69" t="s">
+        <v>66</v>
+      </c>
+      <c r="D69">
+        <v>2013</v>
+      </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>10</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>89</v>
       </c>
       <c r="B70" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C70"/>
+      <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>10</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B71" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="D71"/>
+        <v>8</v>
+      </c>
+      <c r="C71" t="s">
+        <v>38</v>
+      </c>
+      <c r="D71">
+        <v>2015</v>
+      </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>10</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>90</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D72">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>10</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>91</v>
+        <v>37</v>
       </c>
       <c r="B73" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C73"/>
+      <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>10</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="B74" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="D74"/>
+        <v>8</v>
+      </c>
+      <c r="C74" t="s">
+        <v>43</v>
+      </c>
+      <c r="D74">
+        <v>2018</v>
+      </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>10</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>92</v>
       </c>
       <c r="B75" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C75"/>
+      <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>10</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>93</v>
       </c>
       <c r="B76" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>10</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>94</v>
       </c>
       <c r="B77" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C77"/>
-      <c r="D77"/>
+      <c r="D77">
+        <v>2014</v>
+      </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>95</v>
       </c>
       <c r="B78" t="s">
         <v>25</v>
       </c>
       <c r="C78"/>
       <c r="D78">
         <v>2014</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>10</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>96</v>
       </c>
       <c r="B79" t="s">
         <v>25</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>10</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>97</v>
       </c>
       <c r="B80" t="s">
         <v>25</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2018</v>
+        <v>2009</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>10</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>98</v>
       </c>
       <c r="B81" t="s">
         <v>25</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
         <v>10</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>99</v>
       </c>
       <c r="B82" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="C82"/>
+        <v>8</v>
+      </c>
+      <c r="C82" t="s">
+        <v>100</v>
+      </c>
       <c r="D82">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>10</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="D83">
-        <v>1981</v>
+        <v>2011</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>10</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="D84">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>10</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D85">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>10</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="D86">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>10</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D87">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>10</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="D88">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>10</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="D89">
-        <v>1993</v>
+        <v>2010</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>10</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D90">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>10</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
+        <v>111</v>
+      </c>
+      <c r="B91" t="s">
+        <v>8</v>
+      </c>
+      <c r="C91" t="s">
         <v>109</v>
       </c>
-      <c r="B91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D91">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>10</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D92">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>10</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="D93">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>10</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D94">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>10</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D95">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>10</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>114</v>
+        <v>12</v>
       </c>
       <c r="D96">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
         <v>10</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D97">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>10</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>120</v>
+        <v>38</v>
       </c>
       <c r="D98">
-        <v>2008</v>
+        <v>1981</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>10</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="D99">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>10</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D100">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D101">
         <v>2011</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
-[...6 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="C102"/>
+      <c r="D102"/>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B103" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B104" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>10</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B105" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105" t="s">
         <v>10</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="B106" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>10</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="B107" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C107"/>
-      <c r="D107"/>
+      <c r="D107">
+        <v>2011</v>
+      </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>10</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>129</v>
       </c>
       <c r="B108" t="s">
         <v>25</v>
       </c>
       <c r="C108"/>
       <c r="D108">
-        <v>2011</v>
+        <v>1973</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>10</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>130</v>
       </c>
       <c r="B109" t="s">
         <v>25</v>
       </c>
       <c r="C109"/>
       <c r="D109">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B110" t="s">
         <v>25</v>
       </c>
       <c r="C110"/>
       <c r="D110">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E110"/>
+        <v>1975</v>
+      </c>
+      <c r="E110">
+        <v>1976</v>
+      </c>
       <c r="F110" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>133</v>
       </c>
       <c r="B111" t="s">
         <v>25</v>
       </c>
       <c r="C111"/>
       <c r="D111">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E111"/>
+        <v>1975</v>
+      </c>
+      <c r="E111">
+        <v>1976</v>
+      </c>
       <c r="F111" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B112" t="s">
         <v>25</v>
       </c>
       <c r="C112"/>
       <c r="D112">
-        <v>1992</v>
+        <v>1987</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>10</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B113" t="s">
         <v>25</v>
       </c>
       <c r="C113"/>
       <c r="D113">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="E113"/>
       <c r="F113" t="s">
-        <v>131</v>
+        <v>10</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B114" t="s">
         <v>25</v>
       </c>
       <c r="C114"/>
       <c r="D114">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="E114">
-        <v>1976</v>
+        <v>2002</v>
       </c>
       <c r="F114" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>138</v>
       </c>
       <c r="B115" t="s">
         <v>25</v>
       </c>
       <c r="C115"/>
       <c r="D115">
-        <v>1987</v>
+        <v>2011</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>10</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>139</v>
       </c>
       <c r="B116" t="s">
         <v>25</v>
       </c>
       <c r="C116"/>
       <c r="D116">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>10</v>
+        <v>132</v>
       </c>
       <c r="G116"/>
-    </row>
-[...17 lines deleted...]
-      <c r="G117"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">