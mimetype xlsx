--- v0 (2025-10-09)
+++ v1 (2025-12-13)
@@ -47,72 +47,72 @@
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Mensaje [Escrito en agua]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Vilanova de la Roca</t>
   </si>
   <si>
     <t>La Vanguardia</t>
   </si>
   <si>
+    <t>Acción TV</t>
+  </si>
+  <si>
     <t>Experiencia 1 A</t>
   </si>
   <si>
     <t>Experiencia 1 B</t>
   </si>
   <si>
     <t>Experiencia 2</t>
   </si>
   <si>
     <t>Experiencia 3</t>
   </si>
   <si>
     <t>Columna de Materiales</t>
   </si>
   <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
     <t>Mano - Pelota - Pared</t>
-  </si>
-[...1 lines deleted...]
-    <t>Acción TV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -495,51 +495,51 @@
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
         <v>1972</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
         <v>1971</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
@@ -580,51 +580,51 @@
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
         <v>1971</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>9</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>9</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
         <v>1972</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>9</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">