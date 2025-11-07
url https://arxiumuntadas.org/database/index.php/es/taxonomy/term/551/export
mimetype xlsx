--- v0 (2025-10-09)
+++ v1 (2025-11-07)
@@ -851,50 +851,74 @@
   <si>
     <t>Encuentros de Arte Público. ¿"El arte como cuestionamiento del espacio público"?</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Political Advertisement VII 2008 [Póster]</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
     <t>Gestes II</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>Muntadas: On Translation: El tren urbano</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión, Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Himne dels Himnes</t>
+  </si>
+  <si>
+    <t>Banda Sonora, Publicación de Artista</t>
+  </si>
+  <si>
+    <t>imPACT05 : Ein interaktives Symposium in 3 Episodien an 3 Tagen / An interactive symposium in 3 episodes in 3 days : Xavier Le Roy (F/D)- Antoni Muntadas (ES/US) - Miranda Penell &amp; John Smith (GB)</t>
+  </si>
+  <si>
+    <t>Essen</t>
+  </si>
+  <si>
+    <t>Printed in Spain. Künstlerpublikationen der 60er bis 80 er Jahre / Impreso en España. Publicaciones de artistas de los años 60 a 80.</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
     <t>Muntadas: Proyectos urbanos (2002/2005) …hacia Sevilla 2008</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Contaminaciones. Del videoarte al multimedia</t>
   </si>
   <si>
     <t>Página/12 20 años. MUNTADAS STADIUM XIII</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Metrópolis. Bienal de Venecia</t>
   </si>
   <si>
     <t>Programa de TV</t>
   </si>
   <si>
     <t>Acércate a Muntadas : Muntadas. Espacios, lugares, situaciones.</t>
   </si>
   <si>
     <t>mono 7:  En las ciudades</t>
@@ -935,138 +959,141 @@
   <si>
     <t>LabObratorio 2. Proposte XVI</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Torino</t>
   </si>
   <si>
     <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
   </si>
   <si>
     <t>Muntadas: Con/textos. Una antología crítica</t>
   </si>
   <si>
     <t>Muntadas | On Translation</t>
   </si>
   <si>
     <t>Lille</t>
   </si>
   <si>
     <t>Muntadas: Con/textos II. Una antología crítica</t>
   </si>
   <si>
-    <t>Muntadas: On Translation: El tren urbano</t>
-[...22 lines deleted...]
-  <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Séptima Bienal de La Habana</t>
   </si>
   <si>
     <t>Epíleg. Lugares de la memoria</t>
   </si>
   <si>
     <t>Cómo aprender a amar la bomba y dejar de preocuparse por ella</t>
   </si>
   <si>
     <t>Guadalajara</t>
   </si>
   <si>
     <t>La ville qui fait des signes</t>
   </si>
   <si>
     <t>Cine y casi cine</t>
   </si>
   <si>
     <t>Tomorrow</t>
   </si>
   <si>
+    <t>About Academia I</t>
+  </si>
+  <si>
+    <t>On Translation: The Interview</t>
+  </si>
+  <si>
+    <t>Alabama</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>Mirar Ver Percibir</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>The Close-Up series. Tríptico "El País"</t>
+  </si>
+  <si>
+    <t>Quejas</t>
+  </si>
+  <si>
     <t>On Translation: Social Network</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project</t>
   </si>
   <si>
     <t>Cuide la Pintura</t>
   </si>
   <si>
     <t>On Translation: Die Sammlung</t>
   </si>
   <si>
     <t>Dortmund, Stuttgart</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Buenos Aires</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
   </si>
   <si>
     <t>Estamos condenados...</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Melitón-Cadaqués</t>
   </si>
   <si>
     <t>Sierre</t>
   </si>
   <si>
     <t>Selling the Future</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
-    <t>On Translation: Pille, 2006-2014</t>
+    <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
     <t>Lo hecho en México…</t>
   </si>
   <si>
     <t>México</t>
   </si>
   <si>
     <t>We are Fantastic</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>On Translation: The Bank</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
   <si>
     <t>On Translation: On View</t>
   </si>
@@ -1104,77 +1131,50 @@
     <t>Double Exposure: Venecia - New York</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand</t>
   </si>
   <si>
     <t>Stuttgart (for H.H.)</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>On Translation: Celebracions</t>
   </si>
   <si>
     <t>On Translation: Sicherheitsvorschriften</t>
   </si>
   <si>
     <t>Double Exposure: Budapest - Almería</t>
   </si>
   <si>
     <t>On Translation: Stand By II</t>
-  </si>
-[...25 lines deleted...]
-    <t>Quejas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4522,435 +4522,435 @@
       </c>
       <c r="B184" t="s">
         <v>33</v>
       </c>
       <c r="C184"/>
       <c r="D184">
         <v>2009</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
         <v>44</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>279</v>
       </c>
       <c r="B185" t="s">
         <v>15</v>
       </c>
       <c r="C185" t="s">
         <v>280</v>
       </c>
       <c r="D185">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>281</v>
       </c>
       <c r="B186" t="s">
         <v>15</v>
       </c>
       <c r="C186" t="s">
-        <v>184</v>
+        <v>282</v>
       </c>
       <c r="D186">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B187" t="s">
         <v>15</v>
       </c>
       <c r="C187" t="s">
-        <v>283</v>
+        <v>166</v>
       </c>
       <c r="D187">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>99</v>
+        <v>284</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B188" t="s">
         <v>15</v>
       </c>
       <c r="C188" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D188">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>75</v>
+        <v>144</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B189" t="s">
         <v>15</v>
       </c>
       <c r="C189" t="s">
-        <v>166</v>
+        <v>288</v>
       </c>
       <c r="D189">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>261</v>
+        <v>72</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B190" t="s">
         <v>15</v>
       </c>
       <c r="C190" t="s">
-        <v>80</v>
+        <v>184</v>
       </c>
       <c r="D190">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>272</v>
+        <v>99</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B191" t="s">
         <v>15</v>
       </c>
       <c r="C191" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D191">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>290</v>
+        <v>99</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B192" t="s">
         <v>15</v>
       </c>
       <c r="C192" t="s">
-        <v>184</v>
+        <v>293</v>
       </c>
       <c r="D192">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>217</v>
+        <v>75</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B193" t="s">
         <v>15</v>
       </c>
       <c r="C193" t="s">
-        <v>293</v>
+        <v>166</v>
       </c>
       <c r="D193">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B194" t="s">
         <v>15</v>
       </c>
       <c r="C194" t="s">
-        <v>295</v>
+        <v>80</v>
       </c>
       <c r="D194">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>296</v>
+        <v>272</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
+        <v>296</v>
+      </c>
+      <c r="B195" t="s">
+        <v>15</v>
+      </c>
+      <c r="C195" t="s">
         <v>297</v>
       </c>
-      <c r="B195" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D195">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>99</v>
+        <v>298</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B196" t="s">
         <v>15</v>
       </c>
       <c r="C196" t="s">
-        <v>285</v>
+        <v>184</v>
       </c>
       <c r="D196">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>72</v>
+        <v>217</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B197" t="s">
         <v>15</v>
       </c>
       <c r="C197" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D197">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>301</v>
+        <v>272</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>302</v>
       </c>
       <c r="B198" t="s">
         <v>15</v>
       </c>
       <c r="C198" t="s">
-        <v>80</v>
+        <v>303</v>
       </c>
       <c r="D198">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>75</v>
+        <v>304</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B199" t="s">
         <v>15</v>
       </c>
       <c r="C199" t="s">
-        <v>35</v>
+        <v>301</v>
       </c>
       <c r="D199">
         <v>2002</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
         <v>99</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B200" t="s">
         <v>15</v>
       </c>
       <c r="C200" t="s">
-        <v>166</v>
+        <v>293</v>
       </c>
       <c r="D200">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>305</v>
+        <v>72</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B201" t="s">
         <v>15</v>
       </c>
       <c r="C201" t="s">
-        <v>35</v>
+        <v>308</v>
       </c>
       <c r="D201">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>99</v>
+        <v>309</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B202" t="s">
         <v>15</v>
       </c>
       <c r="C202" t="s">
-        <v>308</v>
+        <v>80</v>
       </c>
       <c r="D202">
         <v>2005</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B203" t="s">
         <v>15</v>
       </c>
       <c r="C203" t="s">
-        <v>310</v>
+        <v>35</v>
       </c>
       <c r="D203">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B204" t="s">
         <v>15</v>
       </c>
       <c r="C204" t="s">
         <v>166</v>
       </c>
       <c r="D204">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B205" t="s">
         <v>15</v>
       </c>
       <c r="C205" t="s">
-        <v>314</v>
+        <v>35</v>
       </c>
       <c r="D205">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>144</v>
+        <v>99</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>267</v>
       </c>
       <c r="B206" t="s">
         <v>10</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206" t="s">
         <v>315</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>316</v>
       </c>
       <c r="B207" t="s">
         <v>10</v>
       </c>
@@ -5024,729 +5024,729 @@
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>322</v>
       </c>
       <c r="B212" t="s">
         <v>10</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212" t="s">
         <v>266</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>323</v>
       </c>
       <c r="B213" t="s">
         <v>33</v>
       </c>
       <c r="C213"/>
       <c r="D213">
-        <v>2005</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E213"/>
+      <c r="F213"/>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
       <c r="B214" t="s">
         <v>33</v>
       </c>
       <c r="C214"/>
       <c r="D214">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E214"/>
       <c r="F214" t="s">
-        <v>46</v>
+        <v>325</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B215" t="s">
         <v>33</v>
       </c>
       <c r="C215"/>
       <c r="D215">
         <v>2007</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B216" t="s">
         <v>33</v>
       </c>
       <c r="C216"/>
       <c r="D216">
         <v>2007</v>
       </c>
       <c r="E216"/>
       <c r="F216"/>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B217" t="s">
         <v>33</v>
       </c>
       <c r="C217"/>
       <c r="D217">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="E217"/>
       <c r="F217" t="s">
-        <v>327</v>
+        <v>46</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B218" t="s">
         <v>33</v>
       </c>
       <c r="C218"/>
       <c r="D218">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E218"/>
+        <v>1999</v>
+      </c>
+      <c r="E218">
+        <v>2004</v>
+      </c>
       <c r="F218" t="s">
-        <v>99</v>
+        <v>249</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B219" t="s">
         <v>33</v>
       </c>
       <c r="C219"/>
       <c r="D219">
-        <v>2009</v>
-[...4 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="E219">
+        <v>2010</v>
+      </c>
+      <c r="F219"/>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B220" t="s">
         <v>33</v>
       </c>
       <c r="C220"/>
       <c r="D220">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>331</v>
+        <v>172</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>332</v>
       </c>
       <c r="B221" t="s">
         <v>33</v>
       </c>
       <c r="C221"/>
       <c r="D221">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E221">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="F221" t="s">
-        <v>333</v>
+        <v>223</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>334</v>
+        <v>281</v>
       </c>
       <c r="B222" t="s">
         <v>33</v>
       </c>
       <c r="C222"/>
       <c r="D222">
-        <v>1982</v>
+        <v>1996</v>
       </c>
       <c r="E222">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="F222" t="s">
-        <v>335</v>
+        <v>46</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B223" t="s">
         <v>33</v>
       </c>
       <c r="C223"/>
       <c r="D223">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E223"/>
       <c r="F223" t="s">
-        <v>337</v>
+        <v>46</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="B224" t="s">
         <v>33</v>
       </c>
       <c r="C224"/>
       <c r="D224">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E224"/>
-      <c r="F224" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F224"/>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="B225" t="s">
         <v>33</v>
       </c>
       <c r="C225"/>
       <c r="D225">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E225"/>
+        <v>2003</v>
+      </c>
+      <c r="E225">
+        <v>2006</v>
+      </c>
       <c r="F225" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="B226" t="s">
         <v>33</v>
       </c>
       <c r="C226"/>
       <c r="D226">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E226"/>
       <c r="F226" t="s">
-        <v>42</v>
+        <v>99</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
       <c r="B227" t="s">
         <v>33</v>
       </c>
       <c r="C227"/>
       <c r="D227">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F227"/>
+        <v>2009</v>
+      </c>
+      <c r="E227"/>
+      <c r="F227" t="s">
+        <v>75</v>
+      </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="B228" t="s">
         <v>33</v>
       </c>
       <c r="C228"/>
       <c r="D228">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="B229" t="s">
         <v>33</v>
       </c>
       <c r="C229"/>
       <c r="D229">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E229"/>
+        <v>2004</v>
+      </c>
+      <c r="E229">
+        <v>2005</v>
+      </c>
       <c r="F229" t="s">
-        <v>261</v>
+        <v>342</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>267</v>
+        <v>343</v>
       </c>
       <c r="B230" t="s">
         <v>33</v>
       </c>
       <c r="C230"/>
       <c r="D230">
-        <v>1998</v>
+        <v>1982</v>
       </c>
       <c r="E230">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="F230" t="s">
-        <v>315</v>
+        <v>344</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B231" t="s">
         <v>33</v>
       </c>
       <c r="C231"/>
       <c r="D231">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E231"/>
+        <v>2006</v>
+      </c>
+      <c r="E231">
+        <v>2014</v>
+      </c>
       <c r="F231" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="B232" t="s">
         <v>33</v>
       </c>
       <c r="C232"/>
       <c r="D232">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>197</v>
+        <v>348</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="B233" t="s">
         <v>33</v>
       </c>
       <c r="C233"/>
       <c r="D233">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>42</v>
+        <v>350</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>351</v>
       </c>
       <c r="B234" t="s">
         <v>33</v>
       </c>
       <c r="C234"/>
       <c r="D234">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E234"/>
+        <v>1997</v>
+      </c>
+      <c r="E234">
+        <v>2002</v>
+      </c>
       <c r="F234" t="s">
-        <v>301</v>
+        <v>42</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>352</v>
       </c>
       <c r="B235" t="s">
         <v>33</v>
       </c>
       <c r="C235"/>
       <c r="D235">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E235">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F235"/>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>353</v>
       </c>
       <c r="B236" t="s">
         <v>33</v>
       </c>
       <c r="C236"/>
       <c r="D236">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
         <v>354</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>355</v>
       </c>
       <c r="B237" t="s">
         <v>33</v>
       </c>
       <c r="C237"/>
       <c r="D237">
         <v>2008</v>
       </c>
       <c r="E237"/>
-      <c r="F237"/>
+      <c r="F237" t="s">
+        <v>261</v>
+      </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>356</v>
+        <v>267</v>
       </c>
       <c r="B238" t="s">
         <v>33</v>
       </c>
       <c r="C238"/>
       <c r="D238">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E238">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="F238" t="s">
-        <v>67</v>
+        <v>315</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="B239" t="s">
         <v>33</v>
       </c>
       <c r="C239"/>
       <c r="D239">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E239"/>
-      <c r="F239"/>
+      <c r="F239" t="s">
+        <v>357</v>
+      </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>358</v>
       </c>
       <c r="B240" t="s">
         <v>33</v>
       </c>
       <c r="C240"/>
       <c r="D240">
         <v>2005</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>359</v>
+        <v>197</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B241" t="s">
         <v>33</v>
       </c>
       <c r="C241"/>
       <c r="D241">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B242" t="s">
         <v>33</v>
       </c>
       <c r="C242"/>
       <c r="D242">
-        <v>1978</v>
-[...4 lines deleted...]
-      <c r="F242"/>
+        <v>2001</v>
+      </c>
+      <c r="E242"/>
+      <c r="F242" t="s">
+        <v>309</v>
+      </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="B243" t="s">
         <v>33</v>
       </c>
       <c r="C243"/>
       <c r="D243">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E243">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F243"/>
+        <v>2006</v>
+      </c>
+      <c r="F243" t="s">
+        <v>195</v>
+      </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B244" t="s">
         <v>33</v>
       </c>
       <c r="C244"/>
       <c r="D244">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E244"/>
-      <c r="F244"/>
+      <c r="F244" t="s">
+        <v>363</v>
+      </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>364</v>
       </c>
       <c r="B245" t="s">
         <v>33</v>
       </c>
       <c r="C245"/>
       <c r="D245">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E245"/>
       <c r="F245"/>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>365</v>
       </c>
       <c r="B246" t="s">
         <v>33</v>
       </c>
       <c r="C246"/>
       <c r="D246">
         <v>2002</v>
       </c>
-      <c r="E246"/>
+      <c r="E246">
+        <v>2008</v>
+      </c>
       <c r="F246" t="s">
-        <v>366</v>
+        <v>67</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="B247" t="s">
         <v>33</v>
       </c>
       <c r="C247"/>
       <c r="D247">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E247"/>
-      <c r="F247" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F247"/>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B248" t="s">
         <v>33</v>
       </c>
       <c r="C248"/>
       <c r="D248">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E248"/>
-      <c r="F248"/>
+      <c r="F248" t="s">
+        <v>368</v>
+      </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>369</v>
       </c>
       <c r="B249" t="s">
         <v>33</v>
       </c>
       <c r="C249"/>
       <c r="D249">
         <v>2009</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
         <v>46</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>370</v>
       </c>
       <c r="B250" t="s">
         <v>33</v>
       </c>
       <c r="C250"/>
       <c r="D250">
-        <v>1999</v>
+        <v>1978</v>
       </c>
       <c r="E250">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="F250"/>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>371</v>
       </c>
       <c r="B251" t="s">
         <v>33</v>
       </c>
       <c r="C251"/>
       <c r="D251">
-        <v>1984</v>
+        <v>1998</v>
       </c>
       <c r="E251">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="F251"/>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>372</v>
       </c>
       <c r="B252" t="s">
         <v>33</v>
       </c>
       <c r="C252"/>
       <c r="D252">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E252"/>
-      <c r="F252" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F252"/>
       <c r="G252"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>