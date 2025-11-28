--- v1 (2025-11-07)
+++ v2 (2025-11-28)
@@ -851,330 +851,330 @@
   <si>
     <t>Encuentros de Arte Público. ¿"El arte como cuestionamiento del espacio público"?</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Political Advertisement VII 2008 [Póster]</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>Wet Paint</t>
   </si>
   <si>
     <t>Gestes II</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>Muntadas: Proyectos urbanos (2002/2005) …hacia Sevilla 2008</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas, Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Contaminaciones. Del videoarte al multimedia</t>
+  </si>
+  <si>
+    <t>Página/12 20 años. MUNTADAS STADIUM XIII</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Metrópolis. Bienal de Venecia</t>
+  </si>
+  <si>
+    <t>Programa de TV</t>
+  </si>
+  <si>
+    <t>Acércate a Muntadas : Muntadas. Espacios, lugares, situaciones.</t>
+  </si>
+  <si>
+    <t>mono 7:  En las ciudades</t>
+  </si>
+  <si>
+    <t>Espaces de mémoire. Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Conferencia, Invitación</t>
+  </si>
+  <si>
+    <t>Burdeos</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>Espais protegits/espais públics, en: Art públic, universitat pública. VI Mostra d’art públic per a joves creadors [Publicación]</t>
+  </si>
+  <si>
+    <t>Conferencia, Flyer</t>
+  </si>
+  <si>
+    <t>JEAN DUPUY à la bonne heure!</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>Niza</t>
+  </si>
+  <si>
+    <t>Espacios protegidos | espacios públicos</t>
+  </si>
+  <si>
+    <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>LabObratorio 2. Proposte XVI</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos. Una antología crítica</t>
+  </si>
+  <si>
+    <t>Muntadas | On Translation</t>
+  </si>
+  <si>
+    <t>Lille</t>
+  </si>
+  <si>
+    <t>Muntadas: Con/textos II. Una antología crítica</t>
+  </si>
+  <si>
     <t>Muntadas: On Translation: El tren urbano</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Publicación de Artista</t>
   </si>
   <si>
     <t>Himne dels Himnes</t>
   </si>
   <si>
     <t>Banda Sonora, Publicación de Artista</t>
   </si>
   <si>
     <t>imPACT05 : Ein interaktives Symposium in 3 Episodien an 3 Tagen / An interactive symposium in 3 episodes in 3 days : Xavier Le Roy (F/D)- Antoni Muntadas (ES/US) - Miranda Penell &amp; John Smith (GB)</t>
   </si>
   <si>
     <t>Essen</t>
   </si>
   <si>
     <t>Printed in Spain. Künstlerpublikationen der 60er bis 80 er Jahre / Impreso en España. Publicaciones de artistas de los años 60 a 80.</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
-    <t>Muntadas: Proyectos urbanos (2002/2005) …hacia Sevilla 2008</t>
-[...82 lines deleted...]
-  <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>Séptima Bienal de La Habana</t>
   </si>
   <si>
     <t>Epíleg. Lugares de la memoria</t>
   </si>
   <si>
     <t>Cómo aprender a amar la bomba y dejar de preocuparse por ella</t>
   </si>
   <si>
     <t>Guadalajara</t>
   </si>
   <si>
     <t>La ville qui fait des signes</t>
   </si>
   <si>
     <t>Cine y casi cine</t>
   </si>
   <si>
     <t>Tomorrow</t>
   </si>
   <si>
+    <t>On Translation: Social Network</t>
+  </si>
+  <si>
+    <t>Projecte / Proyecto / Project</t>
+  </si>
+  <si>
+    <t>Cuide la Pintura</t>
+  </si>
+  <si>
+    <t>On Translation: Die Sammlung</t>
+  </si>
+  <si>
+    <t>Dortmund, Stuttgart</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Buenos Aires</t>
+  </si>
+  <si>
+    <t>En tiempos de crisis</t>
+  </si>
+  <si>
+    <t>Estamos condenados...</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Melitón-Cadaqués</t>
+  </si>
+  <si>
+    <t>Sierre</t>
+  </si>
+  <si>
+    <t>Selling the Future</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
+  </si>
+  <si>
+    <t>China, Seúl, Japón</t>
+  </si>
+  <si>
+    <t>Lo hecho en México…</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
+    <t>We are Fantastic</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>On Translation: The Bank</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>On Translation: On View</t>
+  </si>
+  <si>
+    <t>Japón</t>
+  </si>
+  <si>
+    <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
+  </si>
+  <si>
+    <t>On Translation: The Message</t>
+  </si>
+  <si>
+    <t>Roma, Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>Cercas</t>
+  </si>
+  <si>
+    <t>On Translation: Il telefonino</t>
+  </si>
+  <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>On Translation: Listening</t>
+  </si>
+  <si>
+    <t>Corea del Sur</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand</t>
+  </si>
+  <si>
+    <t>Stuttgart (for H.H.)</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>On Translation: Sicherheitsvorschriften</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
     <t>About Academia I</t>
   </si>
   <si>
     <t>On Translation: The Interview</t>
   </si>
   <si>
     <t>Alabama</t>
   </si>
   <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
     <t>On Translation: Miedo / Jauf</t>
   </si>
   <si>
     <t>Mirar Ver Percibir</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>The Close-Up series. Tríptico "El País"</t>
   </si>
   <si>
     <t>Quejas</t>
-  </si>
-[...121 lines deleted...]
-    <t>On Translation: Stand By II</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4522,435 +4522,435 @@
       </c>
       <c r="B184" t="s">
         <v>33</v>
       </c>
       <c r="C184"/>
       <c r="D184">
         <v>2009</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
         <v>44</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>279</v>
       </c>
       <c r="B185" t="s">
         <v>15</v>
       </c>
       <c r="C185" t="s">
         <v>280</v>
       </c>
       <c r="D185">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>281</v>
       </c>
       <c r="B186" t="s">
         <v>15</v>
       </c>
       <c r="C186" t="s">
-        <v>282</v>
+        <v>184</v>
       </c>
       <c r="D186">
-        <v>2008</v>
+        <v>1997</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
+        <v>282</v>
+      </c>
+      <c r="B187" t="s">
+        <v>15</v>
+      </c>
+      <c r="C187" t="s">
         <v>283</v>
       </c>
-      <c r="B187" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D187">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>284</v>
+        <v>99</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
+        <v>284</v>
+      </c>
+      <c r="B188" t="s">
+        <v>15</v>
+      </c>
+      <c r="C188" t="s">
         <v>285</v>
       </c>
-      <c r="B188" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>144</v>
+        <v>75</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B189" t="s">
         <v>15</v>
       </c>
       <c r="C189" t="s">
-        <v>288</v>
+        <v>166</v>
       </c>
       <c r="D189">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>72</v>
+        <v>261</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B190" t="s">
         <v>15</v>
       </c>
       <c r="C190" t="s">
-        <v>184</v>
+        <v>80</v>
       </c>
       <c r="D190">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>99</v>
+        <v>272</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B191" t="s">
         <v>15</v>
       </c>
       <c r="C191" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D191">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>99</v>
+        <v>290</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B192" t="s">
         <v>15</v>
       </c>
       <c r="C192" t="s">
-        <v>293</v>
+        <v>184</v>
       </c>
       <c r="D192">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>75</v>
+        <v>217</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B193" t="s">
         <v>15</v>
       </c>
       <c r="C193" t="s">
-        <v>166</v>
+        <v>293</v>
       </c>
       <c r="D193">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>261</v>
+        <v>272</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
+        <v>294</v>
+      </c>
+      <c r="B194" t="s">
+        <v>15</v>
+      </c>
+      <c r="C194" t="s">
         <v>295</v>
       </c>
-      <c r="B194" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D194">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>272</v>
+        <v>296</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B195" t="s">
         <v>15</v>
       </c>
       <c r="C195" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="D195">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>298</v>
+        <v>99</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B196" t="s">
         <v>15</v>
       </c>
       <c r="C196" t="s">
-        <v>184</v>
+        <v>285</v>
       </c>
       <c r="D196">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>217</v>
+        <v>72</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
+        <v>299</v>
+      </c>
+      <c r="B197" t="s">
+        <v>15</v>
+      </c>
+      <c r="C197" t="s">
         <v>300</v>
       </c>
-      <c r="B197" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D197">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>272</v>
+        <v>301</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>302</v>
       </c>
       <c r="B198" t="s">
         <v>15</v>
       </c>
       <c r="C198" t="s">
-        <v>303</v>
+        <v>80</v>
       </c>
       <c r="D198">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>304</v>
+        <v>75</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B199" t="s">
         <v>15</v>
       </c>
       <c r="C199" t="s">
-        <v>301</v>
+        <v>35</v>
       </c>
       <c r="D199">
         <v>2002</v>
       </c>
       <c r="E199"/>
       <c r="F199" t="s">
         <v>99</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B200" t="s">
         <v>15</v>
       </c>
       <c r="C200" t="s">
-        <v>293</v>
+        <v>166</v>
       </c>
       <c r="D200">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>72</v>
+        <v>305</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B201" t="s">
         <v>15</v>
       </c>
       <c r="C201" t="s">
-        <v>308</v>
+        <v>35</v>
       </c>
       <c r="D201">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>309</v>
+        <v>99</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="B202" t="s">
         <v>15</v>
       </c>
       <c r="C202" t="s">
-        <v>80</v>
+        <v>308</v>
       </c>
       <c r="D202">
         <v>2005</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B203" t="s">
         <v>15</v>
       </c>
       <c r="C203" t="s">
-        <v>35</v>
+        <v>310</v>
       </c>
       <c r="D203">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B204" t="s">
         <v>15</v>
       </c>
       <c r="C204" t="s">
         <v>166</v>
       </c>
       <c r="D204">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
+        <v>313</v>
+      </c>
+      <c r="B205" t="s">
+        <v>15</v>
+      </c>
+      <c r="C205" t="s">
         <v>314</v>
       </c>
-      <c r="B205" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D205">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>99</v>
+        <v>144</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>267</v>
       </c>
       <c r="B206" t="s">
         <v>10</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206" t="s">
         <v>315</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>316</v>
       </c>
       <c r="B207" t="s">
         <v>10</v>
       </c>
@@ -5024,729 +5024,729 @@
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>322</v>
       </c>
       <c r="B212" t="s">
         <v>10</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212" t="s">
         <v>266</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>323</v>
       </c>
       <c r="B213" t="s">
         <v>33</v>
       </c>
       <c r="C213"/>
       <c r="D213">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F213"/>
+        <v>2005</v>
+      </c>
+      <c r="E213">
+        <v>2006</v>
+      </c>
+      <c r="F213" t="s">
+        <v>223</v>
+      </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>324</v>
+        <v>309</v>
       </c>
       <c r="B214" t="s">
         <v>33</v>
       </c>
       <c r="C214"/>
       <c r="D214">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="E214"/>
+        <v>1996</v>
+      </c>
+      <c r="E214">
+        <v>2008</v>
+      </c>
       <c r="F214" t="s">
-        <v>325</v>
+        <v>46</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B215" t="s">
         <v>33</v>
       </c>
       <c r="C215"/>
       <c r="D215">
         <v>2007</v>
       </c>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B216" t="s">
         <v>33</v>
       </c>
       <c r="C216"/>
       <c r="D216">
         <v>2007</v>
       </c>
       <c r="E216"/>
       <c r="F216"/>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B217" t="s">
         <v>33</v>
       </c>
       <c r="C217"/>
       <c r="D217">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="E217"/>
+        <v>2003</v>
+      </c>
+      <c r="E217">
+        <v>2006</v>
+      </c>
       <c r="F217" t="s">
-        <v>46</v>
+        <v>327</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B218" t="s">
         <v>33</v>
       </c>
       <c r="C218"/>
       <c r="D218">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E218"/>
       <c r="F218" t="s">
-        <v>249</v>
+        <v>99</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="B219" t="s">
         <v>33</v>
       </c>
       <c r="C219"/>
       <c r="D219">
-        <v>1984</v>
-[...4 lines deleted...]
-      <c r="F219"/>
+        <v>2009</v>
+      </c>
+      <c r="E219"/>
+      <c r="F219" t="s">
+        <v>75</v>
+      </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="B220" t="s">
         <v>33</v>
       </c>
       <c r="C220"/>
       <c r="D220">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>172</v>
+        <v>331</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>332</v>
       </c>
       <c r="B221" t="s">
         <v>33</v>
       </c>
       <c r="C221"/>
       <c r="D221">
+        <v>2004</v>
+      </c>
+      <c r="E221">
         <v>2005</v>
       </c>
-      <c r="E221">
-[...1 lines deleted...]
-      </c>
       <c r="F221" t="s">
-        <v>223</v>
+        <v>333</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>281</v>
+        <v>334</v>
       </c>
       <c r="B222" t="s">
         <v>33</v>
       </c>
       <c r="C222"/>
       <c r="D222">
-        <v>1996</v>
+        <v>1982</v>
       </c>
       <c r="E222">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="F222" t="s">
-        <v>46</v>
+        <v>335</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B223" t="s">
         <v>33</v>
       </c>
       <c r="C223"/>
       <c r="D223">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E223"/>
+        <v>2006</v>
+      </c>
+      <c r="E223">
+        <v>2014</v>
+      </c>
       <c r="F223" t="s">
-        <v>46</v>
+        <v>337</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B224" t="s">
         <v>33</v>
       </c>
       <c r="C224"/>
       <c r="D224">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E224"/>
-      <c r="F224"/>
+      <c r="F224" t="s">
+        <v>339</v>
+      </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="B225" t="s">
         <v>33</v>
       </c>
       <c r="C225"/>
       <c r="D225">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E225"/>
       <c r="F225" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="B226" t="s">
         <v>33</v>
       </c>
       <c r="C226"/>
       <c r="D226">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E226"/>
+        <v>1997</v>
+      </c>
+      <c r="E226">
+        <v>2002</v>
+      </c>
       <c r="F226" t="s">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="B227" t="s">
         <v>33</v>
       </c>
       <c r="C227"/>
       <c r="D227">
-        <v>2009</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E227">
+        <v>2007</v>
+      </c>
+      <c r="F227"/>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="B228" t="s">
         <v>33</v>
       </c>
       <c r="C228"/>
       <c r="D228">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="B229" t="s">
         <v>33</v>
       </c>
       <c r="C229"/>
       <c r="D229">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E229"/>
       <c r="F229" t="s">
-        <v>342</v>
+        <v>261</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>343</v>
+        <v>267</v>
       </c>
       <c r="B230" t="s">
         <v>33</v>
       </c>
       <c r="C230"/>
       <c r="D230">
-        <v>1982</v>
+        <v>1998</v>
       </c>
       <c r="E230">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="F230" t="s">
-        <v>344</v>
+        <v>315</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B231" t="s">
         <v>33</v>
       </c>
       <c r="C231"/>
       <c r="D231">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="E231"/>
       <c r="F231" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B232" t="s">
         <v>33</v>
       </c>
       <c r="C232"/>
       <c r="D232">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>348</v>
+        <v>197</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B233" t="s">
         <v>33</v>
       </c>
       <c r="C233"/>
       <c r="D233">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>350</v>
+        <v>42</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>351</v>
       </c>
       <c r="B234" t="s">
         <v>33</v>
       </c>
       <c r="C234"/>
       <c r="D234">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="E234"/>
       <c r="F234" t="s">
-        <v>42</v>
+        <v>301</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>352</v>
       </c>
       <c r="B235" t="s">
         <v>33</v>
       </c>
       <c r="C235"/>
       <c r="D235">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E235">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="F235"/>
+        <v>2006</v>
+      </c>
+      <c r="F235" t="s">
+        <v>195</v>
+      </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>353</v>
       </c>
       <c r="B236" t="s">
         <v>33</v>
       </c>
       <c r="C236"/>
       <c r="D236">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E236"/>
       <c r="F236" t="s">
         <v>354</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>355</v>
       </c>
       <c r="B237" t="s">
         <v>33</v>
       </c>
       <c r="C237"/>
       <c r="D237">
         <v>2008</v>
       </c>
       <c r="E237"/>
-      <c r="F237" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F237"/>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>267</v>
+        <v>356</v>
       </c>
       <c r="B238" t="s">
         <v>33</v>
       </c>
       <c r="C238"/>
       <c r="D238">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="E238">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="F238" t="s">
-        <v>315</v>
+        <v>67</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B239" t="s">
         <v>33</v>
       </c>
       <c r="C239"/>
       <c r="D239">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="E239"/>
-      <c r="F239" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F239"/>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>358</v>
       </c>
       <c r="B240" t="s">
         <v>33</v>
       </c>
       <c r="C240"/>
       <c r="D240">
         <v>2005</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>197</v>
+        <v>359</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B241" t="s">
         <v>33</v>
       </c>
       <c r="C241"/>
       <c r="D241">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B242" t="s">
         <v>33</v>
       </c>
       <c r="C242"/>
       <c r="D242">
-        <v>2001</v>
-[...4 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E242">
+        <v>2002</v>
+      </c>
+      <c r="F242"/>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B243" t="s">
         <v>33</v>
       </c>
       <c r="C243"/>
       <c r="D243">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E243">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F243"/>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B244" t="s">
         <v>33</v>
       </c>
       <c r="C244"/>
       <c r="D244">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="E244"/>
-      <c r="F244" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F244"/>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>364</v>
       </c>
       <c r="B245" t="s">
         <v>33</v>
       </c>
       <c r="C245"/>
       <c r="D245">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E245"/>
       <c r="F245"/>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>365</v>
       </c>
       <c r="B246" t="s">
         <v>33</v>
       </c>
       <c r="C246"/>
       <c r="D246">
         <v>2002</v>
       </c>
-      <c r="E246">
-[...1 lines deleted...]
-      </c>
+      <c r="E246"/>
       <c r="F246" t="s">
-        <v>67</v>
+        <v>366</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B247" t="s">
         <v>33</v>
       </c>
       <c r="C247"/>
       <c r="D247">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E247"/>
-      <c r="F247"/>
+      <c r="F247" t="s">
+        <v>99</v>
+      </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B248" t="s">
         <v>33</v>
       </c>
       <c r="C248"/>
       <c r="D248">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E248"/>
-      <c r="F248" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F248"/>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>369</v>
       </c>
       <c r="B249" t="s">
         <v>33</v>
       </c>
       <c r="C249"/>
       <c r="D249">
         <v>2009</v>
       </c>
       <c r="E249"/>
       <c r="F249" t="s">
         <v>46</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>370</v>
       </c>
       <c r="B250" t="s">
         <v>33</v>
       </c>
       <c r="C250"/>
       <c r="D250">
-        <v>1978</v>
+        <v>1999</v>
       </c>
       <c r="E250">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="F250"/>
+        <v>2004</v>
+      </c>
+      <c r="F250" t="s">
+        <v>249</v>
+      </c>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>371</v>
       </c>
       <c r="B251" t="s">
         <v>33</v>
       </c>
       <c r="C251"/>
       <c r="D251">
-        <v>1998</v>
+        <v>1984</v>
       </c>
       <c r="E251">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="F251"/>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>372</v>
       </c>
       <c r="B252" t="s">
         <v>33</v>
       </c>
       <c r="C252"/>
       <c r="D252">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E252"/>
-      <c r="F252"/>
+      <c r="F252" t="s">
+        <v>172</v>
+      </c>
       <c r="G252"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>