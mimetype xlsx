--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -392,549 +392,549 @@
   <si>
     <t>FIAC, Auditorium</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>cneai= publications 1997-2017</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Pantin</t>
   </si>
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
     <t>Multitudes 25</t>
   </si>
   <si>
+    <t>Muntadas: Media Architecture Installations</t>
+  </si>
+  <si>
+    <t>Compilación, Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>éthique, esthétique, politique</t>
+  </si>
+  <si>
+    <t>Zones de traduction. Pour une nouvelle littérature comparée</t>
+  </si>
+  <si>
+    <t>éditions de l'Observatoire : art contemporain 1998</t>
+  </si>
+  <si>
+    <t>Les Nouveaux Imaginaires</t>
+  </si>
+  <si>
+    <t>Charleroi</t>
+  </si>
+  <si>
+    <t>L' Illusione della luce.The Illusion of light. L'illusion des lumières</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Les grands textes de la Psychologue Moderne: recueil méthodique à l'usage des candidats Baccalauréat, Primière Supérieure, Enseignement Supérieur</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Muntadas. Publications d'Artistes, édition 4 &gt; 5-7 juin 2015 &gt; Les Baux-de-Provence</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas, Folleto</t>
+  </si>
+  <si>
+    <t>Les Baux-de-Provence</t>
+  </si>
+  <si>
+    <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
+  </si>
+  <si>
+    <t>Nantes</t>
+  </si>
+  <si>
+    <t>L'art numérique. Comment la technologie vient au monde de l'art</t>
+  </si>
+  <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Connectivités. Cités, villes, mégapoles en Méditerranée</t>
+  </si>
+  <si>
+    <t>Muntadas. Slogans</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Hank Bull: Connexion</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>Charlottetown</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas "La siesta / the Nap / Dutje"</t>
+  </si>
+  <si>
+    <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
+  </si>
+  <si>
+    <t>Traduire. Après Babel, trauire</t>
+  </si>
+  <si>
+    <t>Libre-échange</t>
+  </si>
+  <si>
+    <t>Publications d'Artistes &gt; Édition 4</t>
+  </si>
+  <si>
+    <t>Force Sight</t>
+  </si>
+  <si>
+    <t>Neuenstadt am Kocher</t>
+  </si>
+  <si>
+    <t>L'Art et les expositions en Espagne pendant le franquisme</t>
+  </si>
+  <si>
+    <t>À propos de The File Room d'Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>M HKA</t>
+  </si>
+  <si>
+    <t>Amberes</t>
+  </si>
+  <si>
+    <t>CEE Project. Muntadas / El paraíso es de los extraños. Rogelio López Cuenca</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Málaga</t>
+  </si>
+  <si>
+    <t>Carambolage IV. Civitas.</t>
+  </si>
+  <si>
+    <t>Milán</t>
+  </si>
+  <si>
+    <t>Interviews. Oral History in Contemporary Art / L'entretien d'artiste dans l'art contemporain</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Muntadas | On Translation</t>
+  </si>
+  <si>
+    <t>Lille</t>
+  </si>
+  <si>
+    <t>9è Journées Internationales de la Photo et de l' Audiovisuel de Montepellier 1988</t>
+  </si>
+  <si>
+    <t>Introduction à l'oeuvre d'Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Tesis de graduación</t>
+  </si>
+  <si>
+    <t>Ma Position: éscrits sur mes oeuvres</t>
+  </si>
+  <si>
+    <t>e/a espace pour l'art</t>
+  </si>
+  <si>
+    <t>Pour la Suite du Monde.</t>
+  </si>
+  <si>
+    <t>La photographie. Entre document et art contemporain</t>
+  </si>
+  <si>
+    <t>Danae 86</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand. MUNTADAS</t>
+  </si>
+  <si>
+    <t>Canal Studio. Le journal du Fresnoy n 4</t>
+  </si>
+  <si>
+    <t>Fresnoy</t>
+  </si>
+  <si>
+    <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
+  </si>
+  <si>
+    <t>San Sebastián</t>
+  </si>
+  <si>
+    <t>Muntadas: Histoires du couteau</t>
+  </si>
+  <si>
+    <t>Festival des Arts Électroniques</t>
+  </si>
+  <si>
+    <t>Dispositifs artistiques, dispositifs politiques. Une esthétique opérationelle comme faculté de mobilisation individuelle et collective.</t>
+  </si>
+  <si>
+    <t>Penser la ville: choix de textes philosophiques</t>
+  </si>
+  <si>
+    <t>Rencontres internationales Paris/Berlin/Madrid. Nouveau cinéma &amp; art contemporain</t>
+  </si>
+  <si>
+    <t>E / Slogans</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>Pour la suite du monde. Cahier: Propos et Projets</t>
+  </si>
+  <si>
+    <t>JEAN DUPUY à la bonne heure!</t>
+  </si>
+  <si>
+    <t>Niza</t>
+  </si>
+  <si>
+    <t>Festival des arts électroniques</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between</t>
+  </si>
+  <si>
+    <t>N 2 [plastik] La revue du centre d'études et de recherches en arts plastiques.</t>
+  </si>
+  <si>
+    <t>Blinky Palermo</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand : Muntadas</t>
+  </si>
+  <si>
+    <t>Communications. Vidéo</t>
+  </si>
+  <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>Sans commune mesure: Image et texte dans l'art actuel</t>
+  </si>
+  <si>
+    <t>La Page. Un quotidien d'idées.</t>
+  </si>
+  <si>
+    <t>Standard: Específico, Spécifique, Specific</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>(À) Partir de Marseille, 65 projects d'art contemporain</t>
+  </si>
+  <si>
+    <t>Ateliers d'artistes de la ville de Marseille. Antoni Muntadas. Rainer Oldendorf. Krzystof Wodiczko</t>
+  </si>
+  <si>
+    <t>Encuentros/Rencontres/Meetings/Treffen/Incontri 1972 Pamplona</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Vidéo Topiques. Tours et retours de l'art vidéo</t>
+  </si>
+  <si>
+    <t>Dan Graham / Jeff Wall: Children's Pavilion</t>
+  </si>
+  <si>
+    <t>Lyon</t>
+  </si>
+  <si>
+    <t>Oct 2012 - Janv 2013 Jeu de Paume</t>
+  </si>
+  <si>
+    <t>Metavisuels / Metavisuals</t>
+  </si>
+  <si>
+    <t>Sculpture contemporaine spagnole</t>
+  </si>
+  <si>
+    <t>Un apropament etnogràfic a l'art contemporani: Lliçó inaugural Curs 2002-2003</t>
+  </si>
+  <si>
+    <t>A Republic of Art. French Regional Collections of Contemporary Art</t>
+  </si>
+  <si>
+    <t>Eindhoven</t>
+  </si>
+  <si>
+    <t>Chimaera Monographie 8: Muntadas</t>
+  </si>
+  <si>
+    <t>Herimoncourt</t>
+  </si>
+  <si>
+    <t>Les Couleurs de l'Argent</t>
+  </si>
+  <si>
+    <t>Art et Internet</t>
+  </si>
+  <si>
+    <t>Ville Musée? Autour du projet City Museum</t>
+  </si>
+  <si>
+    <t>Impact. Art Video.Art 74. 8 jours de vidéo.</t>
+  </si>
+  <si>
+    <t>Paysages Persitants</t>
+  </si>
+  <si>
+    <t>Déjouer l'image. Creations électroniques et numériques</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Jeu de Paume]</t>
+  </si>
+  <si>
+    <t>Nuits Blanches</t>
+  </si>
+  <si>
+    <t>News Letter</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas. Paysages médiatiques</t>
+  </si>
+  <si>
+    <t>Anarchive. Muntadas. Media Architecture Installations</t>
+  </si>
+  <si>
+    <t>City Museum</t>
+  </si>
+  <si>
+    <t>Herblay</t>
+  </si>
+  <si>
+    <t>Images pour la lutte contre le sida</t>
+  </si>
+  <si>
+    <t>Ouvrir le document. Enjeux et practiques de la documentation dans les arts visuels contemporains.</t>
+  </si>
+  <si>
+    <t>Muntadas. Audio pour une installation: Stadium (1989)</t>
+  </si>
+  <si>
+    <t>Bourges</t>
+  </si>
+  <si>
+    <t>Art/Vidéo Confrontation 74</t>
+  </si>
+  <si>
+    <t>La ville qui fait des signes</t>
+  </si>
+  <si>
+    <t>Ecologie, écologisme</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Jeu de Paume, Dossier de Presse]</t>
+  </si>
+  <si>
+    <t>Towards the Lens</t>
+  </si>
+  <si>
+    <t>Turbulences Vidéo. Portraits d'artistes.</t>
+  </si>
+  <si>
+    <t>Art et mégalopole RN86</t>
+  </si>
+  <si>
+    <t>Givors</t>
+  </si>
+  <si>
+    <t>Photographie D'Une Collection</t>
+  </si>
+  <si>
+    <t>Between the Frames: Transcription des entretiens</t>
+  </si>
+  <si>
+    <t>Burdeos</t>
+  </si>
+  <si>
+    <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
+  </si>
+  <si>
+    <t>On est Là pour voir. Chroniques démocritiques sur la photographie</t>
+  </si>
+  <si>
+    <t>Rendez-vous. Les rendez-vous du capcMusée</t>
+  </si>
+  <si>
+    <t>Artist' Video Tapes</t>
+  </si>
+  <si>
+    <t>No repeat/ No repeat.Fractal musik n 3.</t>
+  </si>
+  <si>
+    <t>Exposition. Francis Picabia 18 Novembre - 8 Décembre 1922. Préface par André Breton</t>
+  </si>
+  <si>
+    <t>…et avec ceci? : …et avec cela?</t>
+  </si>
+  <si>
+    <t>10 Contemporains Espagnols</t>
+  </si>
+  <si>
+    <t>Le Péage-de-Rousillon</t>
+  </si>
+  <si>
+    <t>Image et Politique. Actes du colloque des Rencontres Internationales de la photographie Arles 1997</t>
+  </si>
+  <si>
+    <t>Masterpieces</t>
+  </si>
+  <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
-    <t>Burdeos</t>
-[...1 lines deleted...]
-  <si>
     <t>Artifices 4. St. Denis. Langages en perspective.</t>
   </si>
   <si>
     <t>Saint-Denis</t>
   </si>
   <si>
     <t>La querelle des dispositifs. Cinéma - installations, expositions</t>
   </si>
   <si>
     <t>Les Expositions. capcMusée d'art contemporain de Bordeaux</t>
   </si>
   <si>
     <t>9e biennale de paris</t>
   </si>
   <si>
     <t>Libertad, Igualdad, Fraternidad</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
     <t>Joris Ivens ou la mémoire d'un regard</t>
   </si>
   <si>
-    <t>Investigación</t>
-[...1 lines deleted...]
-  <si>
     <t>LE PONT. Voyage entre aventure et mémoire / A journey between adventure and memory</t>
   </si>
   <si>
     <t>Flyer, Hoja de sala</t>
   </si>
   <si>
     <t>Pierre Restany. Le coeur et la raison.</t>
   </si>
   <si>
     <t>Morlaix</t>
   </si>
   <si>
     <t>Facteurs de trouble</t>
   </si>
   <si>
     <t>Muntadas Principes d'intervention/ Muntadas principals of intervention</t>
   </si>
   <si>
-    <t>Photographie D'Une Collection</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas: Proyectos / Projects</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Espaces Interactifs. Europe</t>
   </si>
   <si>
     <t>Un imaginaire institutionel. Musées, collections et archives d'artistes</t>
   </si>
   <si>
     <t>Marseille: Mythes et Stéréotypes : Un projet sur l'espace public d'Antoni Muntadas développé à Marseille</t>
   </si>
   <si>
     <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
   </si>
   <si>
     <t>Buenos Aires, Paris</t>
   </si>
   <si>
     <t>La Triennale 2012. Intense proximité. Exhibition Guide de l'Exposition</t>
   </si>
   <si>
     <t>L'effet beaubourg. Implosion et dissuasion</t>
   </si>
   <si>
     <t>Projection à La Citerne. Muntadas. Alphaville e outros</t>
   </si>
   <si>
-    <t>Les Baux-de-Provence</t>
-[...1 lines deleted...]
-  <si>
     <t>4e Semaine Internationale de Vidéo</t>
   </si>
   <si>
     <t>Saint - Gervais Genève</t>
   </si>
   <si>
     <t>Panorama 4. Paysages persistants</t>
   </si>
   <si>
     <t>Tourcoing</t>
   </si>
   <si>
     <t>Antoni Muntadas. Le temps du dialogue</t>
   </si>
   <si>
     <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
   </si>
   <si>
     <t>Charla, Folleto</t>
-  </si>
-[...391 lines deleted...]
-    <t>Masterpieces</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2445,2434 +2445,2434 @@
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>125</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
         <v>46</v>
       </c>
       <c r="D66">
         <v>2006</v>
       </c>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>126</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>98</v>
+        <v>127</v>
       </c>
       <c r="D67">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>127</v>
+        <v>26</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>128</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
         <v>43</v>
       </c>
       <c r="D68">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
         <v>46</v>
       </c>
       <c r="D69">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
         <v>51</v>
       </c>
       <c r="D70">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>43</v>
       </c>
       <c r="D71">
-        <v>1975</v>
+        <v>1985</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>26</v>
+        <v>132</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>133</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
         <v>43</v>
       </c>
       <c r="D72">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>134</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>135</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
         <v>136</v>
       </c>
       <c r="D73">
-        <v>1982</v>
+        <v>1971</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>137</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
         <v>138</v>
       </c>
       <c r="D74">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
         <v>43</v>
       </c>
       <c r="D75">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="D76">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>26</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>121</v>
+        <v>43</v>
       </c>
       <c r="D78">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>98</v>
       </c>
       <c r="D79">
-        <v>1998</v>
+        <v>2001</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
         <v>43</v>
       </c>
       <c r="D80">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="D81">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>93</v>
+        <v>51</v>
       </c>
       <c r="D82">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
         <v>43</v>
       </c>
       <c r="D83">
-        <v>1975</v>
+        <v>1985</v>
       </c>
       <c r="E83"/>
-      <c r="F83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F83"/>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>43</v>
       </c>
       <c r="D84">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>46</v>
       </c>
       <c r="D85">
-        <v>1977</v>
+        <v>1994</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>26</v>
+        <v>59</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
         <v>51</v>
       </c>
       <c r="D86">
         <v>2015</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>154</v>
+        <v>139</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
         <v>43</v>
       </c>
       <c r="D87">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>43</v>
+        <v>136</v>
       </c>
       <c r="D88">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>158</v>
+        <v>26</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>26</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>161</v>
+        <v>43</v>
       </c>
       <c r="D90">
         <v>2012</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>162</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>163</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
         <v>164</v>
       </c>
       <c r="D91">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
         <v>43</v>
       </c>
       <c r="D92">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>117</v>
+        <v>167</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
         <v>46</v>
       </c>
       <c r="D93">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>66</v>
+        <v>169</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
         <v>51</v>
       </c>
       <c r="D94">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>105</v>
+        <v>171</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
         <v>43</v>
       </c>
       <c r="D95">
-        <v>1985</v>
+        <v>1988</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>169</v>
+        <v>86</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>43</v>
+        <v>174</v>
       </c>
       <c r="D96">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>162</v>
+        <v>26</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>136</v>
+        <v>46</v>
       </c>
       <c r="D97">
-        <v>1971</v>
+        <v>1992</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>26</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>173</v>
+        <v>51</v>
       </c>
       <c r="D98">
         <v>2015</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>154</v>
+        <v>117</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
         <v>43</v>
       </c>
       <c r="D99">
         <v>1992</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>175</v>
+        <v>29</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
         <v>46</v>
       </c>
       <c r="D100">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>26</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="D101">
-        <v>1997</v>
+        <v>1986</v>
       </c>
       <c r="E101"/>
-      <c r="F101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>43</v>
+        <v>164</v>
       </c>
       <c r="D102">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="D103">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>43</v>
       </c>
       <c r="D104">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>184</v>
+        <v>51</v>
       </c>
       <c r="D105">
-        <v>2015</v>
+        <v>2007</v>
       </c>
       <c r="E105"/>
-      <c r="F105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F105"/>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>186</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D106">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>187</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>43</v>
+        <v>136</v>
       </c>
       <c r="D107">
-        <v>1985</v>
+        <v>2015</v>
       </c>
       <c r="E107"/>
-      <c r="F107"/>
+      <c r="F107" t="s">
+        <v>26</v>
+      </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>188</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D108">
-        <v>2016</v>
+        <v>1989</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>105</v>
+        <v>148</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>189</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D109">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>190</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>51</v>
+        <v>98</v>
       </c>
       <c r="D110">
-        <v>2015</v>
+        <v>1987</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>154</v>
+        <v>191</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
         <v>43</v>
       </c>
       <c r="D111">
         <v>1992</v>
       </c>
       <c r="E111"/>
-      <c r="F111" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F111"/>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>193</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>136</v>
+        <v>150</v>
       </c>
       <c r="D112">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>26</v>
+        <v>194</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="D113">
-        <v>2003</v>
+        <v>1988</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="D114">
         <v>2012</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>196</v>
+        <v>26</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>197</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="D115">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>199</v>
+        <v>26</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D116">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>201</v>
+        <v>148</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D117">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>203</v>
+        <v>26</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D118">
-        <v>2004</v>
+        <v>1988</v>
       </c>
       <c r="E118"/>
-      <c r="F118" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F118"/>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
         <v>43</v>
       </c>
       <c r="D119">
-        <v>1988</v>
+        <v>1979</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>86</v>
+        <v>134</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>208</v>
+        <v>46</v>
       </c>
       <c r="D120">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>26</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D121">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>26</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>51</v>
+        <v>164</v>
       </c>
       <c r="D122">
-        <v>2015</v>
+        <v>1989</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>117</v>
+        <v>74</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>43</v>
       </c>
       <c r="D123">
         <v>1992</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
         <v>46</v>
       </c>
       <c r="D124">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>51</v>
       </c>
       <c r="D125">
-        <v>1986</v>
+        <v>1992</v>
       </c>
       <c r="E125"/>
-      <c r="F125"/>
+      <c r="F125" t="s">
+        <v>105</v>
+      </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="D126">
-        <v>2008</v>
+        <v>1972</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>26</v>
+        <v>210</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
         <v>43</v>
       </c>
       <c r="D127">
         <v>2002</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>216</v>
+        <v>26</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D128">
-        <v>2016</v>
+        <v>1989</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
         <v>51</v>
       </c>
       <c r="D129">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E129"/>
-      <c r="F129"/>
+      <c r="F129" t="s">
+        <v>26</v>
+      </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
         <v>43</v>
       </c>
       <c r="D130">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>136</v>
+        <v>43</v>
       </c>
       <c r="D131">
-        <v>2015</v>
+        <v>1990</v>
       </c>
       <c r="E131"/>
-      <c r="F131" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F131"/>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
         <v>46</v>
       </c>
       <c r="D132">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>182</v>
+        <v>74</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>51</v>
+        <v>111</v>
       </c>
       <c r="D133">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>26</v>
+        <v>219</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="D134">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
         <v>43</v>
       </c>
       <c r="D135">
         <v>1992</v>
       </c>
       <c r="E135"/>
-      <c r="F135"/>
+      <c r="F135" t="s">
+        <v>26</v>
+      </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>184</v>
+        <v>46</v>
       </c>
       <c r="D136">
         <v>2008</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>228</v>
+        <v>26</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
         <v>51</v>
       </c>
       <c r="D137">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>98</v>
+        <v>43</v>
       </c>
       <c r="D138">
-        <v>2012</v>
+        <v>1974</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
         <v>43</v>
       </c>
       <c r="D139">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E139"/>
-      <c r="F139" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F139"/>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D140">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
         <v>51</v>
       </c>
       <c r="D141">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
         <v>26</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D142">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="D143">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>162</v>
+        <v>74</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="D144">
-        <v>2002</v>
+        <v>1983</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
         <v>26</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="D145">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>26</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>198</v>
+        <v>93</v>
       </c>
       <c r="D146">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>74</v>
+        <v>234</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
         <v>43</v>
       </c>
       <c r="D147">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>240</v>
+        <v>26</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
         <v>46</v>
       </c>
       <c r="D148">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="D149">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>105</v>
+        <v>238</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
         <v>43</v>
       </c>
       <c r="D150">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>244</v>
+        <v>26</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
         <v>43</v>
       </c>
       <c r="D151">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D152">
-        <v>1989</v>
+        <v>1975</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>247</v>
+        <v>169</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
         <v>51</v>
       </c>
       <c r="D153">
         <v>2013</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
         <v>26</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
         <v>43</v>
       </c>
       <c r="D154">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
         <v>26</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D155">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="E155"/>
       <c r="F155"/>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="D156">
-        <v>2002</v>
+        <v>1989</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>74</v>
+        <v>246</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="D157">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>253</v>
+        <v>26</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>12</v>
+        <v>164</v>
       </c>
       <c r="D158">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
         <v>43</v>
       </c>
       <c r="D159">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>26</v>
+        <v>213</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
         <v>46</v>
       </c>
       <c r="D160">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
         <v>26</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
         <v>51</v>
       </c>
       <c r="D161">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>105</v>
+        <v>249</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
         <v>43</v>
       </c>
       <c r="D162">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>203</v>
+        <v>148</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
         <v>43</v>
       </c>
       <c r="D163">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E163"/>
-      <c r="F163"/>
+      <c r="F163" t="s">
+        <v>94</v>
+      </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D164">
-        <v>2002</v>
+        <v>1922</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
         <v>51</v>
       </c>
       <c r="D165">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
         <v>26</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
         <v>43</v>
       </c>
       <c r="D166">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E166"/>
-      <c r="F166"/>
+      <c r="F166" t="s">
+        <v>258</v>
+      </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
         <v>62</v>
       </c>
       <c r="D167">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>74</v>
+        <v>117</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>265</v>
+        <v>41</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168">
-        <v>1983</v>
+        <v>1990</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>51</v>
+        <v>121</v>
       </c>
       <c r="D169">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>26</v>
+        <v>249</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D170">
         <v>1994</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>268</v>
+        <v>249</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
         <v>43</v>
       </c>
       <c r="D171">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
         <v>46</v>
       </c>
       <c r="D172">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="D173">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>272</v>
+        <v>249</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
         <v>43</v>
       </c>
       <c r="D174">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
         <v>26</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
         <v>43</v>
       </c>
       <c r="D175">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>268</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>46</v>
+        <v>136</v>
       </c>
       <c r="D176">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>51</v>
+        <v>271</v>
       </c>
       <c r="D177">
         <v>2013</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
         <v>43</v>
       </c>
       <c r="D178">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>26</v>
+        <v>273</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="D179">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="E179"/>
-      <c r="F179"/>
+      <c r="F179" t="s">
+        <v>26</v>
+      </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D180">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>280</v>
+        <v>26</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>143</v>
+        <v>247</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
         <v>121</v>
       </c>
       <c r="D181">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
         <v>26</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="D182">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>127</v>
+        <v>277</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
         <v>43</v>
       </c>
       <c r="D183">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>247</v>
+        <v>26</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
         <v>46</v>
       </c>
       <c r="D184">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
         <v>26</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="D185">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
         <v>43</v>
       </c>
       <c r="D186">
         <v>1975</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>182</v>
+        <v>282</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
         <v>43</v>
       </c>
       <c r="D187">
-        <v>2005</v>
+        <v>2012</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D188">
-        <v>1922</v>
+        <v>1977</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
         <v>51</v>
       </c>
       <c r="D189">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
         <v>43</v>
       </c>
       <c r="D190">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="D191">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>117</v>
+        <v>289</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>41</v>
+        <v>290</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
+        <v>291</v>
+      </c>
+      <c r="B193" t="s">
+        <v>8</v>
+      </c>
+      <c r="C193" t="s">
         <v>292</v>
       </c>
-      <c r="B193" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D193">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="G193"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>