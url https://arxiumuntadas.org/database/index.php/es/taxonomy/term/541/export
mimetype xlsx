--- v1 (2025-10-29)
+++ v2 (2025-12-08)
@@ -12,79 +12,88 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Francés" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>L'appartement 22. Vol. 2 (2009-2022)</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Rabat</t>
+  </si>
+  <si>
     <t>Presque la même chose</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>Actualité de la vidéo</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Francia</t>
   </si>
   <si>
     <t>Muntadas. Experiences de Base</t>
   </si>
   <si>
     <t>Biennale de Venise. Tableaux d'une exposition</t>
   </si>
   <si>
     <t>Ecole Supériure des Beaux Arts de Nïmes. Résidences: 1995-1998</t>
   </si>
   <si>
     <t>Conferencia</t>
@@ -200,53 +209,50 @@
   <si>
     <t>Saint-Jeannet</t>
   </si>
   <si>
     <t>Les questions d’actualité au cœur du Festival du film documentaire Europe - Vietnam</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Hanói</t>
   </si>
   <si>
     <t>BIENALSUR 2023 Biennale Internationale d’Art Contemporain du Sud</t>
   </si>
   <si>
     <t>Europa</t>
   </si>
   <si>
     <t>L'art conceptuel une perspective</t>
   </si>
   <si>
     <t>Belle Vue – Contrechamp d’un paysage artistique luxurieux</t>
   </si>
   <si>
-    <t>Compilación</t>
-[...1 lines deleted...]
-  <si>
     <t>L'Art comme provocation</t>
   </si>
   <si>
     <t>Les avant-gardes en Espagne</t>
   </si>
   <si>
     <t>Muntadas: On Translation: Fear/Miedo. Ethique et esthétique du paradoxe</t>
   </si>
   <si>
     <t>Millau</t>
   </si>
   <si>
     <t>Review Antoni Muntadas</t>
   </si>
   <si>
     <t>Carte blanche: Antoni Muntadas</t>
   </si>
   <si>
     <t>The Currency of Time: Muntadas and I Giardini</t>
   </si>
   <si>
     <t>La métonymie d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Artículo / Noticia en medio impreso</t>
@@ -392,182 +398,473 @@
   <si>
     <t>FIAC, Auditorium</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>cneai= publications 1997-2017</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Pantin</t>
   </si>
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
     <t>Multitudes 25</t>
   </si>
   <si>
+    <t>Muntadas: Entre / Between</t>
+  </si>
+  <si>
+    <t>N 2 [plastik] La revue du centre d'études et de recherches en arts plastiques.</t>
+  </si>
+  <si>
+    <t>Blinky Palermo</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand : Muntadas</t>
+  </si>
+  <si>
+    <t>Communications. Vidéo</t>
+  </si>
+  <si>
+    <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Sans commune mesure: Image et texte dans l'art actuel</t>
+  </si>
+  <si>
+    <t>La Page. Un quotidien d'idées.</t>
+  </si>
+  <si>
+    <t>Standard: Específico, Spécifique, Specific</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
+  </si>
+  <si>
+    <t>Montbéliard</t>
+  </si>
+  <si>
+    <t>(À) Partir de Marseille, 65 projects d'art contemporain</t>
+  </si>
+  <si>
+    <t>Ateliers d'artistes de la ville de Marseille. Antoni Muntadas. Rainer Oldendorf. Krzystof Wodiczko</t>
+  </si>
+  <si>
+    <t>Encuentros/Rencontres/Meetings/Treffen/Incontri 1972 Pamplona</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Vidéo Topiques. Tours et retours de l'art vidéo</t>
+  </si>
+  <si>
+    <t>Dan Graham / Jeff Wall: Children's Pavilion</t>
+  </si>
+  <si>
+    <t>Lyon</t>
+  </si>
+  <si>
+    <t>Oct 2012 - Janv 2013 Jeu de Paume</t>
+  </si>
+  <si>
+    <t>Metavisuels / Metavisuals</t>
+  </si>
+  <si>
+    <t>Sculpture contemporaine spagnole</t>
+  </si>
+  <si>
+    <t>Un apropament etnogràfic a l'art contemporani: Lliçó inaugural Curs 2002-2003</t>
+  </si>
+  <si>
+    <t>A Republic of Art. French Regional Collections of Contemporary Art</t>
+  </si>
+  <si>
+    <t>Eindhoven</t>
+  </si>
+  <si>
+    <t>Chimaera Monographie 8: Muntadas</t>
+  </si>
+  <si>
+    <t>Herimoncourt</t>
+  </si>
+  <si>
+    <t>Les Couleurs de l'Argent</t>
+  </si>
+  <si>
+    <t>Art et Internet</t>
+  </si>
+  <si>
+    <t>Ville Musée? Autour du projet City Museum</t>
+  </si>
+  <si>
+    <t>Impact. Art Video.Art 74. 8 jours de vidéo.</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Paysages Persitants</t>
+  </si>
+  <si>
+    <t>Déjouer l'image. Creations électroniques et numériques</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Jeu de Paume]</t>
+  </si>
+  <si>
+    <t>Nuits Blanches</t>
+  </si>
+  <si>
+    <t>News Letter</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas. Paysages médiatiques</t>
+  </si>
+  <si>
+    <t>Anarchive. Muntadas. Media Architecture Installations</t>
+  </si>
+  <si>
+    <t>City Museum</t>
+  </si>
+  <si>
+    <t>Herblay</t>
+  </si>
+  <si>
+    <t>Images pour la lutte contre le sida</t>
+  </si>
+  <si>
+    <t>Ouvrir le document. Enjeux et practiques de la documentation dans les arts visuels contemporains.</t>
+  </si>
+  <si>
+    <t>Muntadas. Audio pour une installation: Stadium (1989)</t>
+  </si>
+  <si>
+    <t>Bourges</t>
+  </si>
+  <si>
+    <t>Art/Vidéo Confrontation 74</t>
+  </si>
+  <si>
+    <t>La ville qui fait des signes</t>
+  </si>
+  <si>
+    <t>Ecologie, écologisme</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Jeu de Paume, Dossier de Presse]</t>
+  </si>
+  <si>
+    <t>Towards the Lens</t>
+  </si>
+  <si>
+    <t>Turbulences Vidéo. Portraits d'artistes.</t>
+  </si>
+  <si>
+    <t>Art et mégalopole RN86</t>
+  </si>
+  <si>
+    <t>Givors</t>
+  </si>
+  <si>
+    <t>Photographie D'Une Collection</t>
+  </si>
+  <si>
+    <t>Between the Frames: Transcription des entretiens</t>
+  </si>
+  <si>
+    <t>Burdeos</t>
+  </si>
+  <si>
+    <t>3 Biénnale de lyon d'art contemporain, intallation, cineema, vidéo, informatique</t>
+  </si>
+  <si>
+    <t>On est Là pour voir. Chroniques démocritiques sur la photographie</t>
+  </si>
+  <si>
+    <t>Rendez-vous. Les rendez-vous du capcMusée</t>
+  </si>
+  <si>
+    <t>Artist' Video Tapes</t>
+  </si>
+  <si>
+    <t>No repeat/ No repeat.Fractal musik n 3.</t>
+  </si>
+  <si>
+    <t>Exposition. Francis Picabia 18 Novembre - 8 Décembre 1922. Préface par André Breton</t>
+  </si>
+  <si>
+    <t>…et avec ceci? : …et avec cela?</t>
+  </si>
+  <si>
+    <t>10 Contemporains Espagnols</t>
+  </si>
+  <si>
+    <t>Le Péage-de-Rousillon</t>
+  </si>
+  <si>
+    <t>Image et Politique. Actes du colloque des Rencontres Internationales de la photographie Arles 1997</t>
+  </si>
+  <si>
+    <t>Masterpieces</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum</t>
+  </si>
+  <si>
+    <t>Artifices 4. St. Denis. Langages en perspective.</t>
+  </si>
+  <si>
+    <t>Saint-Denis</t>
+  </si>
+  <si>
+    <t>La querelle des dispositifs. Cinéma - installations, expositions</t>
+  </si>
+  <si>
+    <t>Les Expositions. capcMusée d'art contemporain de Bordeaux</t>
+  </si>
+  <si>
+    <t>9e biennale de paris</t>
+  </si>
+  <si>
+    <t>Libertad, Igualdad, Fraternidad</t>
+  </si>
+  <si>
+    <t>Zaragoza</t>
+  </si>
+  <si>
+    <t>Joris Ivens ou la mémoire d'un regard</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>LE PONT. Voyage entre aventure et mémoire / A journey between adventure and memory</t>
+  </si>
+  <si>
+    <t>Flyer, Hoja de sala</t>
+  </si>
+  <si>
+    <t>Pierre Restany. Le coeur et la raison.</t>
+  </si>
+  <si>
+    <t>Morlaix</t>
+  </si>
+  <si>
+    <t>Facteurs de trouble</t>
+  </si>
+  <si>
+    <t>Muntadas Principes d'intervention/ Muntadas principals of intervention</t>
+  </si>
+  <si>
+    <t>Muntadas: Proyectos / Projects</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Espaces Interactifs. Europe</t>
+  </si>
+  <si>
+    <t>Un imaginaire institutionel. Musées, collections et archives d'artistes</t>
+  </si>
+  <si>
+    <t>Marseille: Mythes et Stéréotypes : Un projet sur l'espace public d'Antoni Muntadas développé à Marseille</t>
+  </si>
+  <si>
+    <t>Rencontre internationale ouverte de vidéo [Espace Pierre Cardin - París]</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Paris</t>
+  </si>
+  <si>
+    <t>La Triennale 2012. Intense proximité. Exhibition Guide de l'Exposition</t>
+  </si>
+  <si>
+    <t>L'effet beaubourg. Implosion et dissuasion</t>
+  </si>
+  <si>
+    <t>Projection à La Citerne. Muntadas. Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Les Baux-de-Provence</t>
+  </si>
+  <si>
+    <t>4e Semaine Internationale de Vidéo</t>
+  </si>
+  <si>
+    <t>Saint - Gervais Genève</t>
+  </si>
+  <si>
+    <t>Panorama 4. Paysages persistants</t>
+  </si>
+  <si>
+    <t>Tourcoing</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Le temps du dialogue</t>
+  </si>
+  <si>
+    <t>Part 2 : Contruction/Identities: Pavilions, Art, Architecture</t>
+  </si>
+  <si>
+    <t>Charla, Folleto</t>
+  </si>
+  <si>
     <t>Muntadas: Media Architecture Installations</t>
   </si>
   <si>
     <t>Compilación, Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
-    <t>éthique, esthétique, politique</t>
+    <t>éthique, esthétique, politique [Catálogo]</t>
   </si>
   <si>
     <t>Zones de traduction. Pour une nouvelle littérature comparée</t>
   </si>
   <si>
     <t>éditions de l'Observatoire : art contemporain 1998</t>
   </si>
   <si>
     <t>Les Nouveaux Imaginaires</t>
   </si>
   <si>
     <t>Charleroi</t>
   </si>
   <si>
     <t>L' Illusione della luce.The Illusion of light. L'illusion des lumières</t>
   </si>
   <si>
-    <t>Venecia</t>
-[...1 lines deleted...]
-  <si>
     <t>Les grands textes de la Psychologue Moderne: recueil méthodique à l'usage des candidats Baccalauréat, Primière Supérieure, Enseignement Supérieur</t>
   </si>
   <si>
-    <t>Investigación</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas. Publications d'Artistes, édition 4 &gt; 5-7 juin 2015 &gt; Les Baux-de-Provence</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Folleto</t>
   </si>
   <si>
-    <t>Les Baux-de-Provence</t>
-[...1 lines deleted...]
-  <si>
     <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
   </si>
   <si>
     <t>Nantes</t>
   </si>
   <si>
     <t>L'art numérique. Comment la technologie vient au monde de l'art</t>
   </si>
   <si>
     <t>Fragments</t>
   </si>
   <si>
     <t>Connectivités. Cités, villes, mégapoles en Méditerranée</t>
   </si>
   <si>
     <t>Muntadas. Slogans</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
   </si>
   <si>
-    <t>Bruselas</t>
-[...1 lines deleted...]
-  <si>
     <t>Hank Bull: Connexion</t>
   </si>
   <si>
     <t>Catálogo</t>
   </si>
   <si>
     <t>Charlottetown</t>
   </si>
   <si>
     <t>Antoni Muntadas "La siesta / the Nap / Dutje"</t>
   </si>
   <si>
     <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
   </si>
   <si>
     <t>Traduire. Après Babel, trauire</t>
   </si>
   <si>
     <t>Libre-échange</t>
   </si>
   <si>
     <t>Publications d'Artistes &gt; Édition 4</t>
   </si>
   <si>
     <t>Force Sight</t>
   </si>
   <si>
     <t>Neuenstadt am Kocher</t>
   </si>
   <si>
     <t>L'Art et les expositions en Espagne pendant le franquisme</t>
   </si>
   <si>
     <t>À propos de The File Room d'Antoni Muntadas</t>
   </si>
   <si>
     <t>M HKA</t>
   </si>
   <si>
     <t>Amberes</t>
   </si>
   <si>
     <t>CEE Project. Muntadas / El paraíso es de los extraños. Rogelio López Cuenca</t>
   </si>
   <si>
-    <t>Híbrido (Catálogo + Publicación de Artista)</t>
-[...1 lines deleted...]
-  <si>
     <t>Málaga</t>
   </si>
   <si>
     <t>Carambolage IV. Civitas.</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Interviews. Oral History in Contemporary Art / L'entretien d'artiste dans l'art contemporain</t>
   </si>
   <si>
-    <t>Lausana</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas | On Translation</t>
   </si>
   <si>
     <t>Lille</t>
   </si>
   <si>
     <t>9è Journées Internationales de la Photo et de l' Audiovisuel de Montepellier 1988</t>
   </si>
   <si>
     <t>Introduction à l'oeuvre d'Antoni Muntadas</t>
   </si>
   <si>
     <t>Tesis de graduación</t>
   </si>
   <si>
     <t>Ma Position: éscrits sur mes oeuvres</t>
   </si>
   <si>
     <t>e/a espace pour l'art</t>
   </si>
   <si>
     <t>Pour la Suite du Monde.</t>
   </si>
   <si>
     <t>La photographie. Entre document et art contemporain</t>
@@ -600,341 +897,50 @@
     <t>Dispositifs artistiques, dispositifs politiques. Une esthétique opérationelle comme faculté de mobilisation individuelle et collective.</t>
   </si>
   <si>
     <t>Penser la ville: choix de textes philosophiques</t>
   </si>
   <si>
     <t>Rencontres internationales Paris/Berlin/Madrid. Nouveau cinéma &amp; art contemporain</t>
   </si>
   <si>
     <t>E / Slogans</t>
   </si>
   <si>
     <t>Granada</t>
   </si>
   <si>
     <t>Pour la suite du monde. Cahier: Propos et Projets</t>
   </si>
   <si>
     <t>JEAN DUPUY à la bonne heure!</t>
   </si>
   <si>
     <t>Niza</t>
   </si>
   <si>
     <t>Festival des arts électroniques</t>
-  </si>
-[...289 lines deleted...]
-    <t>Charla, Folleto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1234,51 +1240,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G193"/>
+  <dimension ref="A1:G194"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1316,3565 +1322,3582 @@
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>27</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>29</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>41</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>53</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>58</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>29</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="D35"/>
       <c r="E35"/>
-      <c r="F35"/>
+      <c r="F35" t="s">
+        <v>29</v>
+      </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D36">
         <v>1974</v>
       </c>
       <c r="E36"/>
-      <c r="F36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>75</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="D37">
         <v>1974</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>76</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>77</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="D38">
-        <v>2003</v>
+        <v>1974</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>79</v>
+      </c>
+      <c r="B39" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" t="s">
         <v>80</v>
       </c>
-      <c r="B39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>81</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D40">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
         <v>83</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D41">
-        <v>1983</v>
+        <v>2005</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
+        <v>8</v>
+      </c>
+      <c r="C42" t="s">
         <v>87</v>
       </c>
-      <c r="B42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42">
-        <v>2012</v>
+        <v>1983</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
       <c r="D43">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="D44">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D45">
-        <v>1999</v>
+        <v>2019</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="D46">
         <v>1999</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>94</v>
+      </c>
+      <c r="B47" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47" t="s">
         <v>95</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47">
-        <v>1985</v>
+        <v>1999</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>97</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48" t="s">
         <v>98</v>
       </c>
       <c r="D48">
-        <v>2009</v>
+        <v>1985</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>99</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="D49">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D50">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D51">
         <v>2000</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
-      <c r="C52"/>
+      <c r="C52" t="s">
+        <v>26</v>
+      </c>
       <c r="D52">
         <v>2000</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C53"/>
       <c r="D53">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D54">
-        <v>2013</v>
+        <v>1998</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>106</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55" t="s">
-        <v>51</v>
+        <v>95</v>
       </c>
       <c r="D55">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D56">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>108</v>
+        <v>29</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>109</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="D57">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58" t="s">
-        <v>111</v>
+        <v>49</v>
       </c>
       <c r="D58">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>112</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59" t="s">
-        <v>46</v>
+        <v>113</v>
       </c>
       <c r="D59">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>113</v>
+        <v>29</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>114</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D60">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D61">
         <v>1996</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="D62">
-        <v>2015</v>
+        <v>1996</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>118</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="D63">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>121</v>
       </c>
       <c r="D64">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>122</v>
+      </c>
+      <c r="B65" t="s">
+        <v>8</v>
+      </c>
+      <c r="C65" t="s">
         <v>123</v>
       </c>
-      <c r="B65" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D65">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>124</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>125</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>46</v>
+        <v>123</v>
       </c>
       <c r="D66">
         <v>2006</v>
       </c>
       <c r="E66"/>
-      <c r="F66"/>
+      <c r="F66" t="s">
+        <v>126</v>
+      </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="D67">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="E67"/>
-      <c r="F67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F67"/>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>128</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="D68">
-        <v>1997</v>
+        <v>2012</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>129</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
         <v>46</v>
       </c>
       <c r="D69">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>130</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D70">
-        <v>1998</v>
+        <v>1988</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>105</v>
+        <v>131</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D71">
-        <v>1985</v>
+        <v>2008</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>133</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D72">
-        <v>2014</v>
+        <v>1988</v>
       </c>
       <c r="E72"/>
-      <c r="F72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F72"/>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>136</v>
+        <v>46</v>
       </c>
       <c r="D73">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>26</v>
+        <v>135</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>138</v>
+        <v>49</v>
       </c>
       <c r="D74">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>139</v>
+        <v>29</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="D75">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>141</v>
+        <v>29</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>46</v>
+        <v>139</v>
       </c>
       <c r="D76">
-        <v>2003</v>
+        <v>1989</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D77">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>52</v>
+        <v>141</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D78">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="D79">
-        <v>2001</v>
+        <v>1992</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>146</v>
+        <v>107</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D80">
-        <v>2000</v>
+        <v>1972</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="D81">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D82">
-        <v>2000</v>
+        <v>1989</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>26</v>
+        <v>148</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D83">
-        <v>1985</v>
+        <v>2013</v>
       </c>
       <c r="E83"/>
-      <c r="F83"/>
+      <c r="F83" t="s">
+        <v>29</v>
+      </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D84">
-        <v>2016</v>
+        <v>1989</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>46</v>
       </c>
       <c r="D85">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E85"/>
-      <c r="F85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F85"/>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D86">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>139</v>
+        <v>76</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="D87">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>136</v>
+        <v>15</v>
       </c>
       <c r="D88">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>26</v>
+        <v>156</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D89">
-        <v>2003</v>
+        <v>1992</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D90">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>162</v>
+        <v>29</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
-        <v>164</v>
+        <v>54</v>
       </c>
       <c r="D91">
-        <v>2003</v>
+        <v>1992</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>165</v>
+        <v>107</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D92">
-        <v>2000</v>
+        <v>1974</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
         <v>46</v>
       </c>
       <c r="D93">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="E93"/>
-      <c r="F93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F93"/>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D94">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>171</v>
+        <v>21</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D95">
-        <v>1988</v>
+        <v>2013</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>174</v>
+        <v>46</v>
       </c>
       <c r="D96">
-        <v>2005</v>
+        <v>1989</v>
       </c>
       <c r="E96"/>
-      <c r="F96" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F96"/>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D97">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="D98">
-        <v>2015</v>
+        <v>1983</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D99">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>29</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="D100">
-        <v>2005</v>
+        <v>1994</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>26</v>
+        <v>170</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D101">
-        <v>1986</v>
+        <v>1993</v>
       </c>
       <c r="E101"/>
-      <c r="F101"/>
+      <c r="F101" t="s">
+        <v>29</v>
+      </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>164</v>
+        <v>49</v>
       </c>
       <c r="D102">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="D103">
-        <v>2002</v>
+        <v>1993</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D104">
-        <v>2016</v>
+        <v>1974</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>184</v>
+        <v>29</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D105">
-        <v>2007</v>
+        <v>2004</v>
       </c>
       <c r="E105"/>
-      <c r="F105"/>
+      <c r="F105" t="s">
+        <v>16</v>
+      </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D106">
-        <v>1988</v>
+        <v>1975</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>52</v>
+        <v>161</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
-        <v>136</v>
+        <v>54</v>
       </c>
       <c r="D107">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
         <v>46</v>
       </c>
       <c r="D108">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>148</v>
+        <v>29</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D109">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="E109"/>
-      <c r="F109" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F109"/>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="D110">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>43</v>
+        <v>123</v>
       </c>
       <c r="D111">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E111"/>
-      <c r="F111"/>
+      <c r="F111" t="s">
+        <v>29</v>
+      </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="D112">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D113">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>52</v>
+        <v>148</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
-        <v>98</v>
+        <v>49</v>
       </c>
       <c r="D114">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D115">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>26</v>
+        <v>185</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D116">
-        <v>1988</v>
+        <v>1975</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D117">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>26</v>
+        <v>96</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D118">
-        <v>1988</v>
+        <v>1922</v>
       </c>
       <c r="E118"/>
-      <c r="F118"/>
+      <c r="F118" t="s">
+        <v>76</v>
+      </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D119">
-        <v>1979</v>
+        <v>2014</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>134</v>
+        <v>29</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
         <v>46</v>
       </c>
       <c r="D120">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>26</v>
+        <v>194</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D121">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>204</v>
+        <v>44</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>164</v>
+        <v>28</v>
       </c>
       <c r="D122">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>74</v>
+        <v>16</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>43</v>
+        <v>123</v>
       </c>
       <c r="D123">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>206</v>
+        <v>185</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="D124">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>18</v>
+        <v>185</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D125">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>105</v>
+        <v>199</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D126">
-        <v>1972</v>
+        <v>2012</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>210</v>
+        <v>29</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D127">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>26</v>
+        <v>185</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D128">
-        <v>1989</v>
+        <v>1975</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>213</v>
+        <v>29</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D129">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>26</v>
+        <v>204</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>43</v>
+        <v>206</v>
       </c>
       <c r="D130">
-        <v>1989</v>
+        <v>1982</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>43</v>
+        <v>208</v>
       </c>
       <c r="D131">
-        <v>1990</v>
+        <v>2013</v>
       </c>
       <c r="E131"/>
-      <c r="F131"/>
+      <c r="F131" t="s">
+        <v>107</v>
+      </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
         <v>46</v>
       </c>
       <c r="D132">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>74</v>
+        <v>210</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>111</v>
+        <v>15</v>
       </c>
       <c r="D133">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>219</v>
+        <v>29</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D134">
         <v>1992</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>221</v>
+        <v>29</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>222</v>
+        <v>183</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>43</v>
+        <v>123</v>
       </c>
       <c r="D135">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="D136">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>26</v>
+        <v>214</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>224</v>
+        <v>215</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D137">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D138">
-        <v>1974</v>
+        <v>2013</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>169</v>
+        <v>29</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="D139">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="E139"/>
-      <c r="F139"/>
+      <c r="F139" t="s">
+        <v>107</v>
+      </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
         <v>46</v>
       </c>
       <c r="D140">
-        <v>2002</v>
+        <v>1975</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>18</v>
+        <v>219</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D141">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D142">
-        <v>1989</v>
+        <v>1977</v>
       </c>
       <c r="E142"/>
-      <c r="F142"/>
+      <c r="F142" t="s">
+        <v>29</v>
+      </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="D143">
-        <v>1990</v>
+        <v>2015</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>74</v>
+        <v>223</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D144">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>26</v>
+        <v>225</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D145">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>26</v>
+        <v>227</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="D146">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>234</v>
+        <v>29</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>43</v>
+        <v>230</v>
       </c>
       <c r="D147">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>26</v>
+        <v>135</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>46</v>
+        <v>232</v>
       </c>
       <c r="D148">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
         <v>29</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="D149">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>238</v>
+        <v>119</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D150">
-        <v>1974</v>
+        <v>2015</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D151">
-        <v>2004</v>
+        <v>1998</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
         <v>46</v>
       </c>
       <c r="D152">
-        <v>1975</v>
+        <v>1985</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>169</v>
+        <v>237</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D153">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>26</v>
+        <v>135</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>43</v>
+        <v>206</v>
       </c>
       <c r="D154">
-        <v>1990</v>
+        <v>1971</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>46</v>
+        <v>241</v>
       </c>
       <c r="D155">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="E155"/>
-      <c r="F155"/>
+      <c r="F155" t="s">
+        <v>223</v>
+      </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="D156">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>121</v>
+        <v>49</v>
       </c>
       <c r="D157">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>164</v>
+        <v>28</v>
       </c>
       <c r="D158">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>249</v>
+        <v>55</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D159">
-        <v>1995</v>
+        <v>2017</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>213</v>
+        <v>107</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="D160">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>26</v>
+        <v>248</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D161">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>249</v>
+        <v>131</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>43</v>
+        <v>251</v>
       </c>
       <c r="D162">
-        <v>1975</v>
+        <v>2015</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>148</v>
+        <v>252</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D163">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D164">
-        <v>1922</v>
+        <v>1985</v>
       </c>
       <c r="E164"/>
-      <c r="F164" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F164"/>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D165">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D166">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>258</v>
+        <v>62</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="D167">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>117</v>
+        <v>223</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>41</v>
+        <v>258</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D168">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>259</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>260</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>121</v>
+        <v>206</v>
       </c>
       <c r="D169">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>249</v>
+        <v>29</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>261</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="D170">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>249</v>
+        <v>29</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>262</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D171">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
         <v>263</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>264</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>46</v>
+        <v>139</v>
       </c>
       <c r="D172">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>26</v>
+        <v>265</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D173">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D174">
-        <v>1975</v>
+        <v>2016</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>26</v>
+        <v>161</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D175">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>136</v>
+        <v>46</v>
       </c>
       <c r="D176">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D177">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>105</v>
+        <v>29</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D178">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D179">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D180">
         <v>1992</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>247</v>
+        <v>277</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>121</v>
+        <v>49</v>
       </c>
       <c r="D181">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="D182">
-        <v>1998</v>
+        <v>1986</v>
       </c>
       <c r="E182"/>
-      <c r="F182" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F182"/>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>43</v>
+        <v>139</v>
       </c>
       <c r="D183">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
         <v>46</v>
       </c>
       <c r="D184">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>26</v>
+        <v>281</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="D185">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>105</v>
+        <v>283</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D186">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E186"/>
-      <c r="F186" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F186"/>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D187">
-        <v>2012</v>
+        <v>1988</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>46</v>
+        <v>206</v>
       </c>
       <c r="D188">
-        <v>1977</v>
+        <v>2015</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D189">
-        <v>2015</v>
+        <v>1989</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="D190">
-        <v>1991</v>
+        <v>2010</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>287</v>
+        <v>29</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>43</v>
+        <v>100</v>
       </c>
       <c r="D191">
-        <v>2003</v>
+        <v>1987</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D192">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E192"/>
-      <c r="F192" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F192"/>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>292</v>
+        <v>251</v>
       </c>
       <c r="D193">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>134</v>
+        <v>293</v>
       </c>
       <c r="G193"/>
+    </row>
+    <row r="194" spans="1:7">
+      <c r="A194" t="s">
+        <v>294</v>
+      </c>
+      <c r="B194" t="s">
+        <v>8</v>
+      </c>
+      <c r="C194" t="s">
+        <v>54</v>
+      </c>
+      <c r="D194">
+        <v>1988</v>
+      </c>
+      <c r="E194"/>
+      <c r="F194" t="s">
+        <v>55</v>
+      </c>
+      <c r="G194"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">