--- v2 (2025-12-08)
+++ v3 (2026-01-23)
@@ -398,62 +398,98 @@
   <si>
     <t>FIAC, Auditorium</t>
   </si>
   <si>
     <t>Folleto, Hoja de sala</t>
   </si>
   <si>
     <t>cneai= publications 1997-2017</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Pantin</t>
   </si>
   <si>
     <t>SONS (Shoes Or No Shoes)</t>
   </si>
   <si>
     <t>Kruishoutem</t>
   </si>
   <si>
     <t>Multitudes 25</t>
   </si>
   <si>
+    <t>Festival des Arts Électroniques</t>
+  </si>
+  <si>
+    <t>Dispositifs artistiques, dispositifs politiques. Une esthétique opérationelle comme faculté de mobilisation individuelle et collective.</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>Penser la ville: choix de textes philosophiques</t>
+  </si>
+  <si>
+    <t>Bruselas</t>
+  </si>
+  <si>
+    <t>Rencontres internationales Paris/Berlin/Madrid. Nouveau cinéma &amp; art contemporain</t>
+  </si>
+  <si>
+    <t>E / Slogans</t>
+  </si>
+  <si>
+    <t>Granada</t>
+  </si>
+  <si>
+    <t>Pour la suite du monde. Cahier: Propos et Projets</t>
+  </si>
+  <si>
+    <t>JEAN DUPUY à la bonne heure!</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>Niza</t>
+  </si>
+  <si>
+    <t>Festival des arts électroniques</t>
+  </si>
+  <si>
     <t>Muntadas: Entre / Between</t>
   </si>
   <si>
     <t>N 2 [plastik] La revue du centre d'études et de recherches en arts plastiques.</t>
   </si>
   <si>
     <t>Blinky Palermo</t>
   </si>
   <si>
-    <t>Bruselas</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Petit et Grand : Muntadas</t>
   </si>
   <si>
     <t>Communications. Vidéo</t>
   </si>
   <si>
     <t>La Biennale. Annuario 1978. Eventi del 1976-77</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Sans commune mesure: Image et texte dans l'art actuel</t>
   </si>
   <si>
     <t>La Page. Un quotidien d'idées.</t>
   </si>
   <si>
     <t>Standard: Específico, Spécifique, Specific</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Chimaera. 6e manifestation internationale de vidéo et de télévision de montbéliard. L'angle mort de la raison / In the blind spot of the reason.</t>
@@ -632,53 +668,50 @@
   <si>
     <t>Artifices 4. St. Denis. Langages en perspective.</t>
   </si>
   <si>
     <t>Saint-Denis</t>
   </si>
   <si>
     <t>La querelle des dispositifs. Cinéma - installations, expositions</t>
   </si>
   <si>
     <t>Les Expositions. capcMusée d'art contemporain de Bordeaux</t>
   </si>
   <si>
     <t>9e biennale de paris</t>
   </si>
   <si>
     <t>Libertad, Igualdad, Fraternidad</t>
   </si>
   <si>
     <t>Zaragoza</t>
   </si>
   <si>
     <t>Joris Ivens ou la mémoire d'un regard</t>
   </si>
   <si>
-    <t>Investigación</t>
-[...1 lines deleted...]
-  <si>
     <t>LE PONT. Voyage entre aventure et mémoire / A journey between adventure and memory</t>
   </si>
   <si>
     <t>Flyer, Hoja de sala</t>
   </si>
   <si>
     <t>Pierre Restany. Le coeur et la raison.</t>
   </si>
   <si>
     <t>Morlaix</t>
   </si>
   <si>
     <t>Facteurs de trouble</t>
   </si>
   <si>
     <t>Muntadas Principes d'intervention/ Muntadas principals of intervention</t>
   </si>
   <si>
     <t>Muntadas: Proyectos / Projects</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Espaces Interactifs. Europe</t>
@@ -767,53 +800,50 @@
   <si>
     <t>Nantes</t>
   </si>
   <si>
     <t>L'art numérique. Comment la technologie vient au monde de l'art</t>
   </si>
   <si>
     <t>Fragments</t>
   </si>
   <si>
     <t>Connectivités. Cités, villes, mégapoles en Méditerranée</t>
   </si>
   <si>
     <t>Muntadas. Slogans</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>L'invitation à la ville / Uitnodiging aan de stad / Invitation to the City</t>
   </si>
   <si>
     <t>Hank Bull: Connexion</t>
   </si>
   <si>
-    <t>Catálogo</t>
-[...1 lines deleted...]
-  <si>
     <t>Charlottetown</t>
   </si>
   <si>
     <t>Antoni Muntadas "La siesta / the Nap / Dutje"</t>
   </si>
   <si>
     <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
   </si>
   <si>
     <t>Traduire. Après Babel, trauire</t>
   </si>
   <si>
     <t>Libre-échange</t>
   </si>
   <si>
     <t>Publications d'Artistes &gt; Édition 4</t>
   </si>
   <si>
     <t>Force Sight</t>
   </si>
   <si>
     <t>Neuenstadt am Kocher</t>
   </si>
   <si>
     <t>L'Art et les expositions en Espagne pendant le franquisme</t>
@@ -867,80 +897,50 @@
     <t>Pour la Suite du Monde.</t>
   </si>
   <si>
     <t>La photographie. Entre document et art contemporain</t>
   </si>
   <si>
     <t>Danae 86</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand. MUNTADAS</t>
   </si>
   <si>
     <t>Canal Studio. Le journal du Fresnoy n 4</t>
   </si>
   <si>
     <t>Fresnoy</t>
   </si>
   <si>
     <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
   </si>
   <si>
     <t>San Sebastián</t>
   </si>
   <si>
     <t>Muntadas: Histoires du couteau</t>
-  </si>
-[...28 lines deleted...]
-    <t>Festival des arts électroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2468,2435 +2468,2435 @@
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>127</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
         <v>49</v>
       </c>
       <c r="D67">
         <v>2006</v>
       </c>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>128</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="D68">
-        <v>2012</v>
+        <v>1988</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>129</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="D69">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>29</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D70">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>54</v>
       </c>
       <c r="D71">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>29</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="D72">
-        <v>1988</v>
+        <v>1987</v>
       </c>
       <c r="E72"/>
-      <c r="F72"/>
+      <c r="F72" t="s">
+        <v>135</v>
+      </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
         <v>46</v>
       </c>
       <c r="D73">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="E73"/>
-      <c r="F73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>49</v>
+        <v>138</v>
       </c>
       <c r="D74">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>29</v>
+        <v>139</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D75">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="D76">
-        <v>1989</v>
+        <v>2012</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
         <v>46</v>
       </c>
       <c r="D77">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>141</v>
+        <v>29</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D78">
-        <v>2008</v>
+        <v>1988</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>54</v>
       </c>
       <c r="D79">
-        <v>1992</v>
+        <v>2008</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>107</v>
+        <v>29</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D80">
-        <v>1972</v>
+        <v>1988</v>
       </c>
       <c r="E80"/>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>146</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>46</v>
       </c>
       <c r="D81">
-        <v>2002</v>
+        <v>1979</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>29</v>
+        <v>147</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D82">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>148</v>
+        <v>29</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>149</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="D83">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>29</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>150</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>46</v>
+        <v>151</v>
       </c>
       <c r="D84">
         <v>1989</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>46</v>
       </c>
       <c r="D85">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E85"/>
-      <c r="F85"/>
+      <c r="F85" t="s">
+        <v>153</v>
+      </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
         <v>49</v>
       </c>
       <c r="D86">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>113</v>
+        <v>54</v>
       </c>
       <c r="D87">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>154</v>
+        <v>107</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="D88">
-        <v>1992</v>
+        <v>1972</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89" t="s">
         <v>46</v>
       </c>
       <c r="D89">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>29</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D90">
-        <v>2008</v>
+        <v>1989</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>29</v>
+        <v>160</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91" t="s">
         <v>54</v>
       </c>
       <c r="D91">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>107</v>
+        <v>29</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92" t="s">
         <v>46</v>
       </c>
       <c r="D92">
-        <v>1974</v>
+        <v>1989</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>161</v>
+        <v>29</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93" t="s">
         <v>46</v>
       </c>
       <c r="D93">
-        <v>2003</v>
+        <v>1990</v>
       </c>
       <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94" t="s">
         <v>49</v>
       </c>
       <c r="D94">
         <v>2002</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>54</v>
+        <v>113</v>
       </c>
       <c r="D95">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>29</v>
+        <v>166</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="D96">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E96"/>
-      <c r="F96"/>
+      <c r="F96" t="s">
+        <v>168</v>
+      </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="D97">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D98">
-        <v>1983</v>
+        <v>2008</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
         <v>29</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99" t="s">
         <v>54</v>
       </c>
       <c r="D99">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>29</v>
+        <v>107</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="D100">
-        <v>1994</v>
+        <v>1974</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101" t="s">
         <v>46</v>
       </c>
       <c r="D101">
-        <v>1993</v>
+        <v>2003</v>
       </c>
       <c r="E101"/>
-      <c r="F101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B102" t="s">
         <v>8</v>
       </c>
       <c r="C102" t="s">
         <v>49</v>
       </c>
       <c r="D102">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B103" t="s">
         <v>8</v>
       </c>
       <c r="C103" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D103">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>174</v>
+        <v>29</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B104" t="s">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>46</v>
       </c>
       <c r="D104">
-        <v>1974</v>
+        <v>1989</v>
       </c>
       <c r="E104"/>
-      <c r="F104" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F104"/>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B105" t="s">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D105">
-        <v>2004</v>
+        <v>1990</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B106" t="s">
         <v>8</v>
       </c>
       <c r="C106" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D106">
-        <v>1975</v>
+        <v>1983</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>161</v>
+        <v>29</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B107" t="s">
         <v>8</v>
       </c>
       <c r="C107" t="s">
         <v>54</v>
       </c>
       <c r="D107">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>29</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B108" t="s">
         <v>8</v>
       </c>
       <c r="C108" t="s">
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="D108">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>29</v>
+        <v>182</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B109" t="s">
         <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D109">
-        <v>1996</v>
+        <v>1993</v>
       </c>
       <c r="E109"/>
-      <c r="F109"/>
+      <c r="F109" t="s">
+        <v>29</v>
+      </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B110" t="s">
         <v>8</v>
       </c>
       <c r="C110" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="D110">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>182</v>
+        <v>32</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B111" t="s">
         <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="D111">
         <v>1993</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B112" t="s">
         <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>139</v>
+        <v>46</v>
       </c>
       <c r="D112">
-        <v>1994</v>
+        <v>1974</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>185</v>
+        <v>29</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B113" t="s">
         <v>8</v>
       </c>
       <c r="C113" t="s">
         <v>46</v>
       </c>
       <c r="D113">
-        <v>1995</v>
+        <v>2004</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>148</v>
+        <v>16</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B114" t="s">
         <v>8</v>
       </c>
       <c r="C114" t="s">
         <v>49</v>
       </c>
       <c r="D114">
-        <v>2011</v>
+        <v>1975</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>29</v>
+        <v>173</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B115" t="s">
         <v>8</v>
       </c>
       <c r="C115" t="s">
         <v>54</v>
       </c>
       <c r="D115">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>185</v>
+        <v>29</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B116" t="s">
         <v>8</v>
       </c>
       <c r="C116" t="s">
         <v>46</v>
       </c>
       <c r="D116">
-        <v>1975</v>
+        <v>1990</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>131</v>
+        <v>29</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B117" t="s">
         <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D117">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E117"/>
-      <c r="F117" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F117"/>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="D118">
-        <v>1922</v>
+        <v>1989</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>76</v>
+        <v>194</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B119" t="s">
         <v>8</v>
       </c>
       <c r="C119" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="D119">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>29</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B120" t="s">
         <v>8</v>
       </c>
       <c r="C120" t="s">
-        <v>46</v>
+        <v>151</v>
       </c>
       <c r="D120">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B121" t="s">
         <v>8</v>
       </c>
       <c r="C121" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="D121">
-        <v>1998</v>
+        <v>1995</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>119</v>
+        <v>160</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>44</v>
+        <v>199</v>
       </c>
       <c r="B122" t="s">
         <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D122">
-        <v>1990</v>
+        <v>2011</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B123" t="s">
         <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>123</v>
+        <v>54</v>
       </c>
       <c r="D123">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>185</v>
+        <v>197</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B124" t="s">
         <v>8</v>
       </c>
       <c r="C124" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="D124">
-        <v>1994</v>
+        <v>1975</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>185</v>
+        <v>132</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B125" t="s">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>46</v>
       </c>
       <c r="D125">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>199</v>
+        <v>96</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B126" t="s">
         <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D126">
-        <v>2012</v>
+        <v>1922</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B127" t="s">
         <v>8</v>
       </c>
       <c r="C127" t="s">
         <v>54</v>
       </c>
       <c r="D127">
-        <v>1994</v>
+        <v>2014</v>
       </c>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>185</v>
+        <v>29</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B128" t="s">
         <v>8</v>
       </c>
       <c r="C128" t="s">
         <v>46</v>
       </c>
       <c r="D128">
-        <v>1975</v>
+        <v>1990</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>29</v>
+        <v>206</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B129" t="s">
         <v>8</v>
       </c>
       <c r="C129" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="D129">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>204</v>
+        <v>119</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>205</v>
+        <v>44</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>206</v>
+        <v>28</v>
       </c>
       <c r="D130">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B131" t="s">
         <v>8</v>
       </c>
       <c r="C131" t="s">
-        <v>208</v>
+        <v>123</v>
       </c>
       <c r="D131">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>107</v>
+        <v>197</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>209</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="D132">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="D133">
-        <v>2002</v>
+        <v>1996</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>29</v>
+        <v>211</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>212</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D134">
-        <v>1992</v>
+        <v>2012</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>29</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>183</v>
+        <v>213</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>123</v>
+        <v>54</v>
       </c>
       <c r="D135">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>29</v>
+        <v>197</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="D136">
-        <v>1998</v>
+        <v>1975</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>214</v>
+        <v>29</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>215</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
         <v>46</v>
       </c>
       <c r="D137">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>29</v>
+        <v>216</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="D138">
-        <v>2013</v>
+        <v>1982</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>95</v>
+        <v>219</v>
       </c>
       <c r="D139">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>107</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
         <v>46</v>
       </c>
       <c r="D140">
-        <v>1975</v>
+        <v>1991</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="D141">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
         <v>29</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D142">
-        <v>1977</v>
+        <v>1992</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
         <v>29</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>222</v>
+        <v>195</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>54</v>
+        <v>123</v>
       </c>
       <c r="D143">
-        <v>2015</v>
+        <v>2000</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>223</v>
+        <v>29</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>224</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="D144">
-        <v>1991</v>
+        <v>1998</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
         <v>225</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>226</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
         <v>46</v>
       </c>
       <c r="D145">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>227</v>
+        <v>29</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D146">
-        <v>1993</v>
+        <v>2013</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>29</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>230</v>
+        <v>95</v>
       </c>
       <c r="D147">
-        <v>2012</v>
+        <v>1995</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>135</v>
+        <v>107</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>232</v>
+        <v>46</v>
       </c>
       <c r="D148">
-        <v>1999</v>
+        <v>1975</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>29</v>
+        <v>230</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
         <v>46</v>
       </c>
       <c r="D149">
-        <v>1997</v>
+        <v>2012</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
         <v>49</v>
       </c>
       <c r="D150">
-        <v>2015</v>
+        <v>1977</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
         <v>54</v>
       </c>
       <c r="D151">
-        <v>1998</v>
+        <v>2015</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>107</v>
+        <v>234</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
         <v>46</v>
       </c>
       <c r="D152">
-        <v>1985</v>
+        <v>1991</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
         <v>46</v>
       </c>
       <c r="D153">
-        <v>2014</v>
+        <v>2003</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>135</v>
+        <v>238</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>239</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>206</v>
+        <v>28</v>
       </c>
       <c r="D154">
-        <v>1971</v>
+        <v>1993</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
         <v>29</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>240</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
         <v>241</v>
       </c>
       <c r="D155">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>223</v>
+        <v>147</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>242</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>46</v>
+        <v>243</v>
       </c>
       <c r="D156">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>243</v>
+        <v>29</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>244</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D157">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>29</v>
+        <v>119</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>245</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="D158">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>246</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="D159">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
         <v>107</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>247</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="D160">
-        <v>2001</v>
+        <v>1985</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
         <v>248</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>249</v>
       </c>
       <c r="B161" t="s">
         <v>8</v>
       </c>
       <c r="C161" t="s">
         <v>46</v>
       </c>
       <c r="D161">
-        <v>2000</v>
+        <v>2014</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>250</v>
       </c>
       <c r="B162" t="s">
         <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>251</v>
+        <v>130</v>
       </c>
       <c r="D162">
-        <v>2015</v>
+        <v>1971</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>252</v>
+        <v>29</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B163" t="s">
         <v>8</v>
       </c>
       <c r="C163" t="s">
-        <v>54</v>
+        <v>252</v>
       </c>
       <c r="D163">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>29</v>
+        <v>234</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B164" t="s">
         <v>8</v>
       </c>
       <c r="C164" t="s">
         <v>46</v>
       </c>
       <c r="D164">
-        <v>1985</v>
+        <v>1992</v>
       </c>
       <c r="E164"/>
-      <c r="F164"/>
+      <c r="F164" t="s">
+        <v>254</v>
+      </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>255</v>
       </c>
       <c r="B165" t="s">
         <v>8</v>
       </c>
       <c r="C165" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D165">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>107</v>
+        <v>29</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>256</v>
       </c>
       <c r="B166" t="s">
         <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D166">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>257</v>
       </c>
       <c r="B167" t="s">
         <v>8</v>
       </c>
       <c r="C167" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="D167">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>258</v>
       </c>
       <c r="B168" t="s">
         <v>8</v>
       </c>
       <c r="C168" t="s">
-        <v>46</v>
+        <v>100</v>
       </c>
       <c r="D168">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="E168"/>
       <c r="F168" t="s">
         <v>259</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>260</v>
       </c>
       <c r="B169" t="s">
         <v>8</v>
       </c>
       <c r="C169" t="s">
-        <v>206</v>
+        <v>46</v>
       </c>
       <c r="D169">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>29</v>
+        <v>132</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>261</v>
       </c>
       <c r="B170" t="s">
         <v>8</v>
       </c>
       <c r="C170" t="s">
-        <v>28</v>
+        <v>138</v>
       </c>
       <c r="D170">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>29</v>
+        <v>262</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="D171">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>263</v>
+        <v>29</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>264</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
       <c r="C172" t="s">
-        <v>139</v>
+        <v>46</v>
       </c>
       <c r="D172">
-        <v>2003</v>
+        <v>1985</v>
       </c>
       <c r="E172"/>
-      <c r="F172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F172"/>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B173" t="s">
         <v>8</v>
       </c>
       <c r="C173" t="s">
         <v>46</v>
       </c>
       <c r="D173">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>267</v>
+        <v>107</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B174" t="s">
         <v>8</v>
       </c>
       <c r="C174" t="s">
         <v>49</v>
       </c>
       <c r="D174">
-        <v>2016</v>
+        <v>1994</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>161</v>
+        <v>62</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B175" t="s">
         <v>8</v>
       </c>
       <c r="C175" t="s">
         <v>54</v>
       </c>
       <c r="D175">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>270</v>
+        <v>234</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B176" t="s">
         <v>8</v>
       </c>
       <c r="C176" t="s">
         <v>46</v>
       </c>
       <c r="D176">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>88</v>
+        <v>269</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B177" t="s">
         <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>273</v>
+        <v>130</v>
       </c>
       <c r="D177">
         <v>2005</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
         <v>29</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="B178" t="s">
         <v>8</v>
       </c>
       <c r="C178" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D178">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
         <v>29</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B179" t="s">
         <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="D179">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>119</v>
+        <v>273</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B180" t="s">
         <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>46</v>
+        <v>151</v>
       </c>
       <c r="D180">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>32</v>
+        <v>275</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B181" t="s">
         <v>8</v>
       </c>
       <c r="C181" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D181">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>29</v>
+        <v>277</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>278</v>
       </c>
       <c r="B182" t="s">
         <v>8</v>
       </c>
       <c r="C182" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D182">
-        <v>1986</v>
+        <v>2016</v>
       </c>
       <c r="E182"/>
-      <c r="F182"/>
+      <c r="F182" t="s">
+        <v>173</v>
+      </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>279</v>
       </c>
       <c r="B183" t="s">
         <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>139</v>
+        <v>54</v>
       </c>
       <c r="D183">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>29</v>
+        <v>280</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B184" t="s">
         <v>8</v>
       </c>
       <c r="C184" t="s">
         <v>46</v>
       </c>
       <c r="D184">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>281</v>
+        <v>88</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>282</v>
       </c>
       <c r="B185" t="s">
         <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>46</v>
+        <v>283</v>
       </c>
       <c r="D185">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>283</v>
+        <v>29</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>284</v>
       </c>
       <c r="B186" t="s">
         <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D186">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E186"/>
-      <c r="F186"/>
+      <c r="F186" t="s">
+        <v>29</v>
+      </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>285</v>
       </c>
       <c r="B187" t="s">
         <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="D187">
-        <v>1988</v>
+        <v>2015</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>55</v>
+        <v>119</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>286</v>
       </c>
       <c r="B188" t="s">
         <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>206</v>
+        <v>46</v>
       </c>
       <c r="D188">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>287</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
       <c r="C189" t="s">
         <v>49</v>
       </c>
       <c r="D189">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>131</v>
+        <v>29</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>288</v>
       </c>
       <c r="B190" t="s">
         <v>8</v>
       </c>
       <c r="C190" t="s">
         <v>54</v>
       </c>
       <c r="D190">
-        <v>2010</v>
+        <v>1986</v>
       </c>
       <c r="E190"/>
-      <c r="F190" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F190"/>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>289</v>
       </c>
       <c r="B191" t="s">
         <v>8</v>
       </c>
       <c r="C191" t="s">
-        <v>100</v>
+        <v>151</v>
       </c>
       <c r="D191">
-        <v>1987</v>
+        <v>2008</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>290</v>
+        <v>29</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B192" t="s">
         <v>8</v>
       </c>
       <c r="C192" t="s">
         <v>46</v>
       </c>
       <c r="D192">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E192"/>
-      <c r="F192"/>
+      <c r="F192" t="s">
+        <v>291</v>
+      </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>292</v>
       </c>
       <c r="B193" t="s">
         <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>251</v>
+        <v>46</v>
       </c>
       <c r="D193">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
         <v>293</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>294</v>
       </c>
       <c r="B194" t="s">
         <v>8</v>
       </c>
       <c r="C194" t="s">
         <v>54</v>
       </c>
       <c r="D194">
-        <v>1988</v>
+        <v>2007</v>
       </c>
       <c r="E194"/>
-      <c r="F194" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F194"/>
       <c r="G194"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>