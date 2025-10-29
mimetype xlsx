--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -62,57 +62,57 @@
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>Annamária Szőke</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>European media art network. Réseau de distribution de vidéos européennes indépendantes.</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Berlín, Bruselas, Barcelona, Lyon, Budapest, Londres, Roma</t>
   </si>
   <si>
+    <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
-  </si>
-[...4 lines deleted...]
-    <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
     <t>Universidad Eötvös Loránd</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>On Translation: The Monuments</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Kepes György</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>PROTOCOLLI VENEZIANI I, Budapest</t>
   </si>