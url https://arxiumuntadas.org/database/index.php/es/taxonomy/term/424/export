--- v2 (2025-12-12)
+++ v3 (2026-01-23)
@@ -95,54 +95,54 @@
   <si>
     <t>Universidad Eötvös Loránd</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>On Translation: The Monuments</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Kepes György</t>
   </si>
   <si>
     <t>Catálogo Referencia</t>
   </si>
   <si>
     <t>PROTOCOLLI VENEZIANI I, Budapest</t>
   </si>
   <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
     <t>Media Sites / Media Monuments: Budapest</t>
-  </si>
-[...1 lines deleted...]
-    <t>Double Exposure: Budapest - Almería</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -673,99 +673,99 @@
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>14</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>1998</v>
       </c>
-      <c r="E13"/>
+      <c r="E13">
+        <v>1999</v>
+      </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>17</v>
       </c>
       <c r="C14"/>
       <c r="D14">
         <v>1998</v>
       </c>
       <c r="E14">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15"/>
       <c r="D15">
         <v>1998</v>
       </c>
-      <c r="E15">
-[...2 lines deleted...]
-      <c r="F15"/>
+      <c r="E15"/>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
       <c r="G15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>