--- v0 (2025-10-09)
+++ v1 (2025-11-18)
@@ -71,66 +71,66 @@
   <si>
     <t>Asian Protocols [Punto de información, 2019]</t>
   </si>
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>La construcción del miedo [Punto de información, 2019]</t>
   </si>
   <si>
     <t>About Academia [Punto de información, 2019]</t>
   </si>
   <si>
     <t>Fiesta de la Rentreé, 8 de Septiembre 2018. Club Matador</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>...Quien la hace la paga...Que cada uno aguante su vela...</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Wet and Dry</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
     <t>Tout est politique</t>
   </si>
   <si>
     <t>Lille</t>
-  </si>
-[...10 lines deleted...]
-    <t>Nueva York (NY)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -596,87 +596,87 @@
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
         <v>2013</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>1973</v>
+      </c>
+      <c r="E9">
+        <v>1975</v>
+      </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1981</v>
+      </c>
+      <c r="E10"/>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1981</v>
+        <v>1998</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>24</v>
       </c>
       <c r="G11"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>