--- v1 (2025-11-18)
+++ v2 (2026-01-08)
@@ -71,66 +71,66 @@
   <si>
     <t>Asian Protocols [Punto de información, 2019]</t>
   </si>
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>La construcción del miedo [Punto de información, 2019]</t>
   </si>
   <si>
     <t>About Academia [Punto de información, 2019]</t>
   </si>
   <si>
     <t>Fiesta de la Rentreé, 8 de Septiembre 2018. Club Matador</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>...Quien la hace la paga...Que cada uno aguante su vela...</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Wet and Dry</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Tout est politique</t>
+  </si>
+  <si>
+    <t>Lille</t>
+  </si>
+  <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
-  </si>
-[...10 lines deleted...]
-    <t>Lille</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -596,89 +596,89 @@
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
         <v>2013</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1981</v>
+      </c>
+      <c r="E9"/>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1981</v>
+        <v>1998</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>22</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>1973</v>
+      </c>
+      <c r="E11">
+        <v>1975</v>
+      </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
       <c r="G11"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>