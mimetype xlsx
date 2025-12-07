--- v0 (2025-10-29)
+++ v1 (2025-12-07)
@@ -149,126 +149,126 @@
   <si>
     <t>On Translation: Warning [Punto de información]</t>
   </si>
   <si>
     <t>Madrid, Venecia</t>
   </si>
   <si>
     <t>Barcelona Distrito Uno [Punto de información]</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>Asian Protocols [Punto de información, 2019]</t>
   </si>
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>La construcción del miedo [Punto de información, 2019]</t>
   </si>
   <si>
     <t>About Academia [Punto de información, 2019]</t>
   </si>
   <si>
+    <t>Arts Awareness II</t>
+  </si>
+  <si>
+    <t>About (2) "228 . 30 . 54"</t>
+  </si>
+  <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>Biography</t>
+  </si>
+  <si>
+    <t>TV/FEB 27/1 PM</t>
+  </si>
+  <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>Espacio / Situación</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
     <t>Transfer</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Anuncios por palabras</t>
   </si>
   <si>
     <t>Acción Bolsas (Wall Street)</t>
   </si>
   <si>
     <t>On Translation: The Games</t>
   </si>
   <si>
     <t>Atlanta (GA)</t>
   </si>
   <si>
     <t>Umformung eines Raumes</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>On Translation: The Adapter</t>
   </si>
   <si>
     <t>Experiencia Parcel Post</t>
   </si>
   <si>
     <t>Nottingham</t>
   </si>
   <si>
     <t>About 405 East 13 Street</t>
   </si>
   <si>
     <t>Confrontations</t>
   </si>
   <si>
     <t>Alphaville e outros</t>
-  </si>
-[...31 lines deleted...]
-    <t>Madrid</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1065,363 +1065,363 @@
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>2019</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>42</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="E29"/>
       <c r="F29" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30">
         <v>1973</v>
       </c>
-      <c r="E30"/>
+      <c r="E30">
+        <v>1974</v>
+      </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>49</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="E31"/>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F31"/>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1996</v>
+        <v>1974</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1972</v>
-[...4 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E33">
+        <v>2011</v>
+      </c>
+      <c r="F33"/>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>2000</v>
+        <v>1973</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>9</v>
+        <v>53</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1974</v>
-[...1 lines deleted...]
-      <c r="E37"/>
+        <v>1975</v>
+      </c>
+      <c r="E37">
+        <v>1976</v>
+      </c>
       <c r="F37" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>59</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>2011</v>
+        <v>1973</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>60</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>61</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1974</v>
+        <v>1996</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>9</v>
+        <v>62</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E41"/>
       <c r="F41" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1975</v>
+        <v>2000</v>
       </c>
       <c r="E42"/>
-      <c r="F42"/>
+      <c r="F42" t="s">
+        <v>9</v>
+      </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F44"/>
+        <v>1973</v>
+      </c>
+      <c r="E44"/>
+      <c r="F44" t="s">
+        <v>9</v>
+      </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1975</v>
+        <v>2011</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="G46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>