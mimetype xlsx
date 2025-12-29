--- v1 (2025-12-07)
+++ v2 (2025-12-29)
@@ -149,126 +149,126 @@
   <si>
     <t>On Translation: Warning [Punto de información]</t>
   </si>
   <si>
     <t>Madrid, Venecia</t>
   </si>
   <si>
     <t>Barcelona Distrito Uno [Punto de información]</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>Asian Protocols [Punto de información, 2019]</t>
   </si>
   <si>
     <t>Vitoria-Gasteiz</t>
   </si>
   <si>
     <t>La construcción del miedo [Punto de información, 2019]</t>
   </si>
   <si>
     <t>About Academia [Punto de información, 2019]</t>
   </si>
   <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>Espacio / Situación</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Transfer</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Anuncios por palabras</t>
+  </si>
+  <si>
+    <t>Acción Bolsas (Wall Street)</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>Umformung eines Raumes</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>On Translation: The Adapter</t>
+  </si>
+  <si>
+    <t>Experiencia Parcel Post</t>
+  </si>
+  <si>
+    <t>Nottingham</t>
+  </si>
+  <si>
+    <t>About 405 East 13 Street</t>
+  </si>
+  <si>
+    <t>Confrontations</t>
+  </si>
+  <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
     <t>Arts Awareness II</t>
   </si>
   <si>
     <t>About (2) "228 . 30 . 54"</t>
   </si>
   <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
   </si>
   <si>
     <t>Biography</t>
   </si>
   <si>
     <t>TV/FEB 27/1 PM</t>
   </si>
   <si>
     <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
-  </si>
-[...55 lines deleted...]
-    <t>Alphaville e outros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1069,360 +1069,360 @@
         <v>8</v>
       </c>
       <c r="C27"/>
       <c r="D27">
         <v>2019</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>42</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28"/>
       <c r="D28">
         <v>1973</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29"/>
       <c r="D29">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30"/>
       <c r="D30">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1975</v>
+      </c>
+      <c r="E30"/>
       <c r="F30" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31">
         <v>1975</v>
       </c>
-      <c r="E31"/>
-      <c r="F31"/>
+      <c r="E31">
+        <v>1976</v>
+      </c>
+      <c r="F31" t="s">
+        <v>51</v>
+      </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32"/>
       <c r="D32">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F33"/>
+        <v>1972</v>
+      </c>
+      <c r="E33"/>
+      <c r="F33" t="s">
+        <v>9</v>
+      </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1973</v>
+        <v>1996</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1975</v>
+        <v>1972</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1975</v>
+        <v>2000</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>9</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E37"/>
       <c r="F37" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
         <v>1973</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
         <v>9</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>65</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>2000</v>
+        <v>1974</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
         <v>9</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>66</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>1973</v>
+      </c>
+      <c r="E43">
+        <v>1974</v>
+      </c>
       <c r="F43" t="s">
         <v>67</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>68</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E44"/>
-      <c r="F44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F44"/>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>69</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
         <v>1974</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>9</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>70</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
+        <v>1971</v>
+      </c>
+      <c r="E46">
         <v>2011</v>
       </c>
-      <c r="E46"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F46"/>
       <c r="G46"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>