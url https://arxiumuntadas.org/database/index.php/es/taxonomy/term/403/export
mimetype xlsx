--- v0 (2025-11-04)
+++ v1 (2025-11-24)
@@ -12,122 +12,179 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="España" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1954">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1963">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Proyectos. Taller de Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>III Jornada ImCreA: “La condición del archivo en la era de la virtualidad”</t>
+  </si>
+  <si>
+    <t>Evento</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>A arte contemporánea e o traballo por proxectos</t>
+  </si>
+  <si>
+    <t>Guía</t>
+  </si>
+  <si>
+    <t>España</t>
+  </si>
+  <si>
+    <t>Muntadas mira al miedo en el MUN</t>
+  </si>
+  <si>
+    <t>Artículo / Noticia en medio impreso</t>
+  </si>
+  <si>
+    <t>Navarra</t>
+  </si>
+  <si>
+    <t>MANUAL</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>Ataria (Bat)</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>Hello World!</t>
+  </si>
+  <si>
+    <t>Exposición</t>
+  </si>
+  <si>
+    <t>Muntadas. Otros Miedos / Others Fears</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Otros Miedos / Others Fears [póster]</t>
+  </si>
+  <si>
+    <t>Poster Exposición Individual</t>
+  </si>
+  <si>
     <t>Muntadas Blackboard Dialogs [publicación de artista]</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
-    <t>Barcelona</t>
-[...1 lines deleted...]
-  <si>
     <t>Otros Miedos / Others Fears</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
-    <t>Pamplona</t>
-[...1 lines deleted...]
-  <si>
     <t>Cuadernos coleccionables del museo # 63. 15 oct 2025 - 1 mar 2026. Muntadas: Otros miedos</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Muntadas. Actividades.</t>
   </si>
   <si>
     <t>Invitación, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Antoni Muntadas: De tot el que fem n'hem d'aprendre alguna cosa</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Masterclass Antoni Muntadas. “Otros miedos”</t>
   </si>
   <si>
-    <t>Evento</t>
-[...5 lines deleted...]
-    <t>Muntadas. La construcció de la por.</t>
+    <t>Muntadas. La construcció de la por</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Vicenç Altaió: “La cultura no puede ser solo instrumental: debe crear valor”</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Sadomasoqués, exposició a Cadaqués</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Programa de TV</t>
   </si>
   <si>
     <t>ARA Diari especial. La construcció de la por</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
@@ -149,242 +206,218 @@
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>Llistat d'obres SADOMASOQUÉS</t>
   </si>
   <si>
     <t>Islarios de contemporaneidad II. El proyecto del mundo.</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Murcia</t>
   </si>
   <si>
     <t>Polución Audiovisual [Fotografía]</t>
   </si>
   <si>
     <t>Profesor invitado Máster Artes Visuales y Multimedia</t>
   </si>
   <si>
-    <t>Valencia</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas: arqueología del silencio</t>
   </si>
   <si>
     <t>Festival PROYECTOR 2025</t>
   </si>
   <si>
-    <t>Exposición</t>
-[...1 lines deleted...]
-  <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Que en són, de ‘masoques’, els artistes de Cadaqués</t>
   </si>
   <si>
     <t>Antoni Muntadas: “Cadaqués és un lloc que estimo, amb el qual m’identifico i on carrego la bateria per tot l’any”</t>
   </si>
   <si>
-    <t>Ataria (Bat)</t>
-[...4 lines deleted...]
-  <si>
     <t>La imagen proyectada</t>
   </si>
   <si>
     <t>Galeria Visor</t>
   </si>
   <si>
     <t>Institución</t>
   </si>
   <si>
     <t>Quinto seminario de diálogos con el arte: Pensar la imagen, imaginar el pensamiento. Con Valentín Roma</t>
   </si>
   <si>
     <t>Espais protegits/espais públics, en: Art públic, universitat pública. VI Mostra d’art públic per a joves creadors</t>
   </si>
   <si>
     <t>9ª edición 2019 / 2021. Universitat Politécnica de Valencia. Máster en Fotografía, Arte y Técnica</t>
   </si>
   <si>
     <t>La imagen mundializada. ¿Una iconicidad global? II Jornadas de investigación</t>
   </si>
   <si>
     <t>Sadomasoqués, idiosincrasia de Cadaqués hecha exposición</t>
   </si>
   <si>
     <t>SADOMASOQUÉS</t>
   </si>
   <si>
     <t>Taller Muntadas. Otros espacios: Auditoriums, discotecas y aeropuertos</t>
   </si>
   <si>
     <t>De lo creativo catalán</t>
   </si>
   <si>
     <t>Bienal Venecia 76, o cómo 40 años de franquismo envenenan los verdes prados</t>
   </si>
   <si>
     <t>Cátedra Acciona. Antoni Muntadas</t>
   </si>
   <si>
     <t>Comunicación. Revista Mensual</t>
   </si>
   <si>
     <t>Destino</t>
   </si>
   <si>
     <t>La Paloma</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Vandrés. 1970-1975 [Poster]</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Qüestions d'Art</t>
   </si>
   <si>
     <t>Institut Industrial</t>
   </si>
   <si>
     <t>Terrassa</t>
   </si>
   <si>
     <t>Terrassa, informació d'art 1973</t>
   </si>
   <si>
     <t>Catálogo Colectivo, Publicación de Artista</t>
   </si>
   <si>
     <t>Terrasa, Informació d'Art</t>
   </si>
   <si>
     <t>Informació d'Art Concepte a Banyoles</t>
   </si>
   <si>
     <t>Banyoles</t>
   </si>
   <si>
     <t>La Fundación La Caixa inicia sus exposiciones de arte en Internet</t>
   </si>
   <si>
-    <t>España</t>
-[...1 lines deleted...]
-  <si>
     <t>PONTEVEDRA VUELVE A SER ‘ARTY’ CON UNA BIENAL OSADA Y POLÍTICA</t>
   </si>
   <si>
     <t>Evening lectures / Ciclo de conferencias. Metropolis 6</t>
   </si>
   <si>
     <t>David Ross: "El arte importante es filosófico"</t>
   </si>
   <si>
     <t>Ajuntament de Cadaqués</t>
   </si>
   <si>
     <t>Cadaqués</t>
   </si>
   <si>
     <t>Catherine Sagnier. Cinquanta anys amb l'art</t>
   </si>
   <si>
     <t>Catálogo, Catálogo Colección</t>
   </si>
   <si>
     <t>Nueve días de acción</t>
   </si>
   <si>
     <t>Vídeos inèdits de Miralda, Xifra i Muntades a la Fundació Suñol</t>
   </si>
   <si>
     <t>Muntadas. Sobre / About Asia</t>
   </si>
   <si>
-    <t>Poster Exposición Individual</t>
-[...1 lines deleted...]
-  <si>
     <t>Real Casa de la Moneda. Fábrica Nacional de Moneda y Timbre</t>
   </si>
   <si>
     <t>Pavelló Victòria Eugènia</t>
   </si>
   <si>
     <t>Palau Moja</t>
   </si>
   <si>
     <t>Fabular paisatges. Museu Habitat</t>
   </si>
   <si>
     <t>Els animals invisibles del museu de ciencies naturals de Barcelona</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Antoni Muntadas: el analista del presente</t>
   </si>
   <si>
     <t>¡Tengo miedo!... (Hazañas Bélicas), 2024</t>
   </si>
   <si>
     <t>Translating fear in border spaces. Antoni Muntadas' On Translation: Fear / Miedo / Jauf</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Museo de Pontevedra</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
     <t>Volver a ser humanos. Ante a dor dos demais</t>
   </si>
   <si>
     <t>Del masoquismo estético</t>
   </si>
   <si>
-    <t>Artículo / Noticia en medio impreso</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas presentarà a la Biennal de Venècia un treball sobre la banalització de la cultura</t>
   </si>
   <si>
     <t>El visionario universal</t>
   </si>
   <si>
     <t>Slogans</t>
   </si>
   <si>
     <t>Els Slogans d'Antoni Muntadas</t>
   </si>
   <si>
     <t>“Animales invisibles: mito, vida y desextinción” en el Museu de Ciències Naturals</t>
   </si>
   <si>
     <t>Els xinesos, els japonesos i els coreans van a veure el Parc Güell, però entre ells no hi ha comunicació</t>
   </si>
   <si>
     <t>Antoni Muntadas presenta nueva exposición</t>
   </si>
   <si>
     <t>La sirena, el dodo y el pterodáctilo: el Museo de Ciencias Naturales de Barcelona hace visible lo invisible</t>
   </si>
   <si>
     <t>De la biblioteca de María Cristina de Borbón a Zamora</t>
@@ -1085,53 +1118,50 @@
   <si>
     <t>Imagen y frontera</t>
   </si>
   <si>
     <t>Casa Vicens</t>
   </si>
   <si>
     <t>Después de la niebla, primeras flores. Oriente y los orientalismos, del modernismo a la modernidad</t>
   </si>
   <si>
     <t>The Citrus Project</t>
   </si>
   <si>
     <t>Muntadas. La Ciudad Vacía</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Museo de Bellas Artes de Valencia</t>
   </si>
   <si>
     <t>Intervencions a Lleida. Dossiers dels projectes</t>
   </si>
   <si>
-    <t>Compilación</t>
-[...1 lines deleted...]
-  <si>
     <t>Lleida</t>
   </si>
   <si>
     <t>The Close-up series</t>
   </si>
   <si>
     <t>El Museo San Telmo recuerda a través de una muestra a los colectivos artísticos de los años 90</t>
   </si>
   <si>
     <t>Antoni Muntadas expone en la colectiva ‘Signals: How Video Transformed the World’ en el MoMA (Nueva York)</t>
   </si>
   <si>
     <t>Todolí Citrus Fundació</t>
   </si>
   <si>
     <t>Galería Elba Benítez</t>
   </si>
   <si>
     <t>Galeristas y artistas, en lo bueno y en lo malo</t>
   </si>
   <si>
     <t>San Telmo Museoa</t>
   </si>
   <si>
     <t>Los nuevos 90</t>
@@ -2112,53 +2142,50 @@
     <t>En tiempo real. La Colección Rafael Tous de arte conceptual</t>
   </si>
   <si>
     <t>Joseph Beuys al segle XXI</t>
   </si>
   <si>
     <t>Ester Almeda</t>
   </si>
   <si>
     <t>Cien por setenta</t>
   </si>
   <si>
     <t>L'Hospitalet: aprender del contexto, imaginar posibilidades. Taller de propuestas para el espacio público</t>
   </si>
   <si>
     <t>Districte Cultural de l'Hospitalet</t>
   </si>
   <si>
     <t>Especial col·lecció Tous: el mecenes de l'art conceptual català</t>
   </si>
   <si>
     <t>Ciclo de Talleres "Proyectos"</t>
   </si>
   <si>
     <t>Ciclo de Talleres, Seminarios, Conferencias: Antoni Muntadas. Organiza: Departamento de Escultura, Facultad de Bellas Artes UPV [Desplegable]</t>
-  </si>
-[...1 lines deleted...]
-    <t>Taller</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project [Postal - invitación]</t>
   </si>
   <si>
     <t>Pedagogía radical, democracia directa y plástica social. Joseph Beuys</t>
   </si>
   <si>
     <t>Paco de Blas</t>
   </si>
   <si>
     <t>Paisajes mediáticos y elecciones presidenciales</t>
   </si>
   <si>
     <t>Diego Molina Campodónico</t>
   </si>
   <si>
     <t>Pràctiques Externes Arxiu Muntadas [Dossier]</t>
   </si>
   <si>
     <t>Lugares de la memoria</t>
   </si>
   <si>
     <t>Claudia Segura</t>
   </si>
@@ -3516,53 +3543,50 @@
   <si>
     <t>Muntadas. Estrategias del Desplazamiento.</t>
   </si>
   <si>
     <t>Visions espanyoles de Nova York</t>
   </si>
   <si>
     <t>Liberxina. Pop i nous comportements artístics [Invitación]</t>
   </si>
   <si>
     <t>Liberxina. Pop i nous comportements artístics [Folleto]</t>
   </si>
   <si>
     <t>Victoria Sacco Piffer</t>
   </si>
   <si>
     <t>Acerca de MUNTADAS: Proyecto a través de Latinoamérica, 1975 – 1976.  2011</t>
   </si>
   <si>
     <t>El poder del arte. Conmemoración del 40 aniversario de la Constitución española</t>
   </si>
   <si>
     <t>LOOP Barcelona 2018</t>
   </si>
   <si>
-    <t>Guía</t>
-[...1 lines deleted...]
-  <si>
     <t>Museu d'Història de Barcelona (MUHBA)</t>
   </si>
   <si>
     <t>En la ciudad filmacions urbanístiques, inquietuds artístiques. LOOP Barcelona 2018</t>
   </si>
   <si>
     <t>Universidad de Cádiz</t>
   </si>
   <si>
     <t>Cádiz</t>
   </si>
   <si>
     <t>Federación española de Municipios y Provincias</t>
   </si>
   <si>
     <t>Volum! Obres de les col·leccions de la Fundació ”la Caixa” i del MACBA</t>
   </si>
   <si>
     <t>Colección XIII. Hacia un museo de arte contemporáneo</t>
   </si>
   <si>
     <t>Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall [2006]</t>
@@ -3849,2076 +3873,2079 @@
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>Pablo Santa Olalla</t>
   </si>
   <si>
     <t>Muntadas Edicions II</t>
   </si>
   <si>
     <t>Complicado [Puzzle]</t>
   </si>
   <si>
     <t>Puntuacions</t>
   </si>
   <si>
     <t>Finisterre</t>
   </si>
   <si>
     <t>Guadiana</t>
   </si>
   <si>
     <t>Els deltes d'Antoni Muntadas</t>
   </si>
   <si>
+    <t>PROYECTO / PROJECT/ PROJECTE [Inglés]</t>
+  </si>
+  <si>
+    <t>Fora de Camp. Set itineraris per l'audiovisual català dels anys 60 als 90.</t>
+  </si>
+  <si>
+    <t>Cultura catalana contemporània I: L'Art Català Contemporani</t>
+  </si>
+  <si>
+    <t>Cartas a Andre Breton: dibujos, páginas de los cuadernos (1944-1948)</t>
+  </si>
+  <si>
+    <t>Epistolario</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas, artista</t>
+  </si>
+  <si>
+    <t>Homenatge a Benet Rossell</t>
+  </si>
+  <si>
+    <t>Between the frames: The Forum</t>
+  </si>
+  <si>
+    <t>Híbridos</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Cine y casi cine</t>
+  </si>
+  <si>
+    <t>Artecontexto. Dossier: ARTE, INTERNET Y FEMINISMO</t>
+  </si>
+  <si>
+    <t>Muntadas: hacia una estrategia de los medios</t>
+  </si>
+  <si>
+    <t>European Design Labs 09 : Expiry in Transit</t>
+  </si>
+  <si>
+    <t>Muntadas On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>IV Saló de tardor</t>
+  </si>
+  <si>
+    <t>Cathodic. Mostra de Vídeo-Art català-europeu-americà</t>
+  </si>
+  <si>
+    <t>Trabajos sobre los 4 elementos en la Galería Juana de Aizpuru</t>
+  </si>
+  <si>
+    <t>Epíleg. Lugares de la memoria</t>
+  </si>
+  <si>
+    <t>La exposición invisible / The Invisible Show</t>
+  </si>
+  <si>
+    <t>Presentació carpeta MANHATTTTTAN</t>
+  </si>
+  <si>
+    <t>Máquinas &amp; almas. Arte digital y nuevos medios</t>
+  </si>
+  <si>
+    <t>Quaderns d'arquitectura i urbanisme. Tiempo librado ‧ Freed time</t>
+  </si>
+  <si>
+    <t>Homenatge de Catalunya a Alexandre Cirici (1914-1983)</t>
+  </si>
+  <si>
+    <t>Nuevos comportamientos artísticos</t>
+  </si>
+  <si>
+    <t>Obras Col·lecció Art Contemporani Fundació "La Caixa"</t>
+  </si>
+  <si>
+    <t>Arteguía 1976 Nº21</t>
+  </si>
+  <si>
+    <t>Obra monocanal de Antonio Muntadas: una aproximación crítica del medio televisivo desde el videoarte</t>
+  </si>
+  <si>
+    <t>EXIT nº16. Escribiendo imágenes - Writing pictures</t>
+  </si>
+  <si>
+    <t>Muntadas: vídeos 1971-1996 : Programa 41</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de Prensa</t>
+  </si>
+  <si>
+    <t>La colección del IVAM. Adquisiciones 1985-1992</t>
+  </si>
+  <si>
+    <t>Reproductibilitat 2.2. Colección olorVISUAL</t>
+  </si>
+  <si>
+    <t>Vision-Tele-Vision.Una década de (Des)información. Experiencias en la Relación Video / Televisión.III Muestra Internacional de video en Getxo.</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual Ikusentzun Erasketa</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema: de la plaza pública a la plaza de toros</t>
+  </si>
+  <si>
+    <t>Visu3l: Bacanal I audiovisual</t>
+  </si>
+  <si>
+    <t>LOOP Fair / LOOP Fest GUIDE</t>
+  </si>
+  <si>
+    <t>Aportacions catalanes universals</t>
+  </si>
+  <si>
+    <t>Subculture and Homogenization= Subcultura i homogenïtzació</t>
+  </si>
+  <si>
+    <t>Muntadas. Between the Frames: The Forum (Barcelona 1983-1993)</t>
+  </si>
+  <si>
+    <t>La Metodología del Proyecto : Caso de estudio: El museo imaginario</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
+    <t>Señales de vídeo: Aspectos de la videocreación española de los últimos años.</t>
+  </si>
+  <si>
+    <t>Metrópolis. Bienal de Venecia</t>
+  </si>
+  <si>
+    <t>La lucha contra el pirata en nuestra poesia</t>
+  </si>
+  <si>
+    <t>La Colección. Claves De Lectura (Parte II)</t>
+  </si>
+  <si>
+    <t>La creación artística como cuestionamiento/Artistic Creation at Stake</t>
+  </si>
+  <si>
+    <t>Imaquinaciones: Dieciséis miradas al 92</t>
+  </si>
+  <si>
+    <t>Pola Cruz Vermella. 11 artistas españois.</t>
+  </si>
+  <si>
+    <t>Temps de Canvis. Col·lecció Fundació Privada AAVC</t>
+  </si>
+  <si>
+    <t>Catálogo Colección, Folleto</t>
+  </si>
+  <si>
+    <t>Bake-ituna / Tratado de paz / Traité de Paix / Peace Treaty</t>
+  </si>
+  <si>
+    <t>Proyecto Calle. II Convocatoria de arte público de Peralta</t>
+  </si>
+  <si>
+    <t>Jurado</t>
+  </si>
+  <si>
+    <t>Peralta</t>
+  </si>
+  <si>
+    <t>PROYECTO / PROJECT/ PROJECTE [Catalán]</t>
+  </si>
+  <si>
+    <t>Grup de Treball</t>
+  </si>
+  <si>
+    <t>Serra d'Or, any XIII, núm. 145 - 15 d'octubre 1971</t>
+  </si>
+  <si>
+    <t>Ciencia y conducta humana: una psicologia científica</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas: la desmitificación del medio</t>
+  </si>
+  <si>
+    <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Español]</t>
+  </si>
+  <si>
+    <t>Muntadas: Proyectos / Projects</t>
+  </si>
+  <si>
+    <t>Hojeando... Cuatro décadas de libros y revistas de artista en España / Leafing... Four Decades of Artist's Books and Magazines in Spain</t>
+  </si>
+  <si>
+    <t>Arte Español Contemporáneo 1992-2013</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas inaugura en Madrid “Híbridos” un recorrido a través de su obra conceptual</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas: Espacios alternativos. Una experiencia personal, en: Presencia y realidad del arte español en el extranjero. XV Curso Apreciación del Arte Contemporáneo</t>
+  </si>
+  <si>
+    <t>Encuentros/Rencontres/Meetings/Treffen/Incontri 1972 Pamplona</t>
+  </si>
+  <si>
+    <t>Fundação De Serralves Um Museu Português / Fundação De Serralves A Portuguese Museum</t>
+  </si>
+  <si>
+    <t>Territorios híbridos. Prácticas artísticas y espacio social. Proyectos, procesos y sistemas activados desde el contexto catalán</t>
+  </si>
+  <si>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1</t>
+  </si>
+  <si>
+    <t>Paraŀlel Benet Rossell</t>
+  </si>
+  <si>
+    <t>Present continu. Producció Artistica i construcció de realitat</t>
+  </si>
+  <si>
+    <t>Intel.ligència col.lectiva: Noves fronteres de la ciència, l'art i el pesament</t>
+  </si>
+  <si>
+    <t>TELEGRAMA - Videotapes de Muntadas más información actividades paralelas - Inauguracíon 5 octubre 1976</t>
+  </si>
+  <si>
+    <t>Loop Talks. VIDEOTAPED. Live conversations on early video art. 25/26 May 2017</t>
+  </si>
+  <si>
+    <t>FILMS/ARTE DOCUMENTOS ONDAR ABR _76</t>
+  </si>
+  <si>
+    <t>El documental de creación: de Muntadas a Antonio López</t>
+  </si>
+  <si>
+    <t>Arte y archivo, 1920-2010. Genealogías, tipologías y discontinuidades</t>
+  </si>
+  <si>
+    <t>On Translation: Social Networks / Antoni Muntadas + CADRE / San José Convention Center / August 2006</t>
+  </si>
+  <si>
+    <t>Entre a palavra e a imagen. Entre la palabra y la imagen</t>
+  </si>
+  <si>
+    <t>Desmontaje: Film, Vídeo /Apropiación, Reciclaje</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas. Dibujos. Pinturas.</t>
+  </si>
+  <si>
+    <t>Lur Proiektua. Proyecto Tierra. Project Earth.</t>
+  </si>
+  <si>
+    <t>Muntadas a la Virreina: Instal·lacions / Passatges / Intervencions</t>
+  </si>
+  <si>
+    <t>Transterrats</t>
+  </si>
+  <si>
+    <t>Gelatina Dura. Historias camoteadas de los 80</t>
+  </si>
+  <si>
+    <t>Escritos de vista y oído</t>
+  </si>
+  <si>
+    <t>Teoría de la deriva y otros textos situacionistas sobre la ciudad</t>
+  </si>
+  <si>
+    <t>MUNTADAS : Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>Activating the Archive. Spaces of memory seminar : Masters and Graduate Program in Architecture and Urban Culture</t>
+  </si>
+  <si>
+    <t>Futuropresente. Prácticas artísticas en el cambio de milenio. Prácticas artísticas en el cambio de milenio / artistic approaches at the change of millenium</t>
+  </si>
+  <si>
+    <t>Vídeo: el principio</t>
+  </si>
+  <si>
+    <t>La poesía española de siempre</t>
+  </si>
+  <si>
+    <t>Long Play</t>
+  </si>
+  <si>
+    <t>The Collection. Keys to a Reading (Part II)</t>
+  </si>
+  <si>
+    <t>En torno a la censura</t>
+  </si>
+  <si>
+    <t>Memoria 2008 : Fundación Marcelino Botín</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad</t>
+  </si>
+  <si>
+    <t>After-Math</t>
+  </si>
+  <si>
+    <t>Himne dels Himnes</t>
+  </si>
+  <si>
+    <t>Banda Sonora, Publicación de Artista</t>
+  </si>
+  <si>
+    <t>Mostra d' Arts Electròniques 2000 / Artes Electrónicas / Electronic Arts</t>
+  </si>
+  <si>
+    <t>Serra d'Or, any XIV, núm. 158 - 15 de novembre 1972</t>
+  </si>
+  <si>
+    <t>Cuando estoy contigo</t>
+  </si>
+  <si>
+    <t>Muntadas. "No treballo sobre coses que m'imagino ni faig servir la metàfora per la metàfora"</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Catalán]</t>
+  </si>
+  <si>
+    <t>On Translation: Stand by</t>
+  </si>
+  <si>
+    <t>Exclusiones /Censorship.</t>
+  </si>
+  <si>
+    <t>Verdad y Libertad. Escuchando a José Ramón Pérez Ornia</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Seminario. Metodología del Proyecto.</t>
+  </si>
+  <si>
+    <t>Pamplona: video/arte</t>
+  </si>
+  <si>
+    <t>About Academia. Un Proyecto de Muntadas [Folleto]</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas, Folleto</t>
+  </si>
+  <si>
+    <t>El discreto encanto de la tecnología. Artes en España.</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps I l'espai.</t>
+  </si>
+  <si>
+    <t>Tv arts tv. La televisión tomada por los artistas.</t>
+  </si>
+  <si>
+    <t>Horitzó TV.  Perspectives d'una altra televisió possible</t>
+  </si>
+  <si>
+    <t>La arquitectura de la ciudad global</t>
+  </si>
+  <si>
+    <t>Muntadas a la Virreina. Instal·lacions / Passatges / Intervencions</t>
+  </si>
+  <si>
+    <t>Artist Antoni Muntadas in conversation with Niels Van Tomme (Director of De Appel, Amsterdam, Netherlands) (26 May)</t>
+  </si>
+  <si>
+    <t>Contemporary Spanish Prints</t>
+  </si>
+  <si>
+    <t>Diccionario. Pintores españoles contemporáneos. Desde 1881, nacimiento de Picasso</t>
+  </si>
+  <si>
+    <t>Atlas Histórico Mundial **: De la Revolución Francesa a nuestros días</t>
+  </si>
+  <si>
+    <t>Atlas</t>
+  </si>
+  <si>
+    <t>Muntadas Entre Between</t>
+  </si>
+  <si>
+    <t>Distancia crítica</t>
+  </si>
+  <si>
+    <t>Llibre de les Meravelles</t>
+  </si>
+  <si>
+    <t>Muntadas. Slogans</t>
+  </si>
+  <si>
+    <t>ESPACIOS, LUGARES Y SITUACIONES</t>
+  </si>
+  <si>
+    <t>Zentsura at! 8. VIII. Zentsuraren aurkako jaialdia / VIII. Festival contra la censura / VIII. Festival Against Censorship.</t>
+  </si>
+  <si>
+    <t>Standard: Específico, Spécifique, Specific</t>
+  </si>
+  <si>
+    <t>Coŀlecció d'art de l'avui</t>
+  </si>
+  <si>
+    <t>Fernando Vijande. Retrat: 1971-1987</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>Teoría de la sensibilidad</t>
+  </si>
+  <si>
+    <t>Del segon origen. Arts a Catalunya, 1950-1977</t>
+  </si>
+  <si>
+    <t>PROYECTAR : Imagen. Intervención. Construcción. Espacio público</t>
+  </si>
+  <si>
+    <t>Revolving doors</t>
+  </si>
+  <si>
+    <t>Cultura moderna nº 2: Cultura y violencia</t>
+  </si>
+  <si>
+    <t>Leer imágenes: una historia privada del arte</t>
+  </si>
+  <si>
+    <t>Estampa. Arte Múltiple</t>
+  </si>
+  <si>
+    <t>En las ciudades</t>
+  </si>
+  <si>
+    <t>Taller de Proyectos Antoni Muntadas con la colaboración de Juan Herreros, Arquitecto : Fundación Marcelino Botin, Villa Iris, Santander [Folleto]</t>
+  </si>
+  <si>
+    <t>Eppur si muove. Artist Line do not cross</t>
+  </si>
+  <si>
+    <t>"Trabajo en análisis de fenómenos contemporáneos"</t>
+  </si>
+  <si>
+    <t>On Translation_Paper/MVDR</t>
+  </si>
+  <si>
+    <t>Conceptes. Coŀlecció Rafael Tous d'art contemporani</t>
+  </si>
+  <si>
+    <t>Dossier: Video</t>
+  </si>
+  <si>
+    <t>Disc Jokeys</t>
+  </si>
+  <si>
+    <t>Single</t>
+  </si>
+  <si>
+    <t>"Internet no es más que una nueva utopía"</t>
+  </si>
+  <si>
+    <t>(Re)visionados, (re)visitados. Una relectura de los inicios del videoarte español</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Inglés]</t>
+  </si>
+  <si>
+    <t>Quejas [Publicación de artista sin firmar]</t>
+  </si>
+  <si>
+    <t>Ars Itineris. El viaje en el arte contemporáneo</t>
+  </si>
+  <si>
+    <t>La Bienal de Venecia y sus ciudades</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. "Arte y efectividad no se llevan bien"</t>
+  </si>
+  <si>
+    <t>SUR: Escuela de Profesiones Artísticas : Fundada por Círculo de Bellas Artes y la Fábrica</t>
+  </si>
+  <si>
+    <t>1998. Festival de Vídeo de Navarra / Nafarroako Bideo Jaialdia</t>
+  </si>
+  <si>
+    <t>About Academia II (las transcripciones: un documento interno)</t>
+  </si>
+  <si>
+    <t>Video/Comportament/ArtVideo/behavior/Art</t>
+  </si>
+  <si>
+    <t>Olor, Color, Química, Arte y Pedagogía</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>La Televisión y su mundo</t>
+  </si>
+  <si>
+    <t>Dénonciation</t>
+  </si>
+  <si>
+    <t>Ciutats, Espais I Arquitectura de la memoria. Curs conduit per Kathrin Golda-Pongratz. (Muntadas participa en una sesion: “Art de la memòria en l’espai public?” junto a Fernando Prats)</t>
+  </si>
+  <si>
+    <t>...Fuera de Formato</t>
+  </si>
+  <si>
+    <t>Conversaciones en torno a: "EL VIDEO COMO MEDIO DE EXPRESION, COMUNICACIÓN E INFORMACION"</t>
+  </si>
+  <si>
+    <t>Atlas Histórico Mundial *: De los orígenes de la Revolución Francesa</t>
+  </si>
+  <si>
+    <t>Muntadas : Inauguración: Sábado, 13 de abril de 2013</t>
+  </si>
+  <si>
+    <t>Estades preparados para a televisión?</t>
+  </si>
+  <si>
+    <t>Geografías del desorden. Migración, alteridad y nueva esfera social.</t>
+  </si>
+  <si>
+    <t>El llegat del Pop Art a Catalunya</t>
+  </si>
+  <si>
+    <t>CEE Project. Muntadas / El paraíso es de los extraños. Rogelio López Cuenca</t>
+  </si>
+  <si>
+    <t>Los Setenta. Una década multicolor</t>
+  </si>
+  <si>
+    <t>Art espanyol contemporani.Testimoni.</t>
+  </si>
+  <si>
+    <t>Pollença</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Crítica del espacio público</t>
+  </si>
+  <si>
+    <t>Mirada i gest. 50 artistes 1977-2007</t>
+  </si>
+  <si>
+    <t>Torroella de Montgrí</t>
+  </si>
+  <si>
+    <t>Des/Aparicions</t>
+  </si>
+  <si>
+    <t>Monument</t>
+  </si>
+  <si>
+    <t>De la pràctica artística a la comunicació audiovisual i multimèdia</t>
+  </si>
+  <si>
+    <t>FLUX 2015 Festival de vídeo d'autor</t>
+  </si>
+  <si>
+    <t>Un apropament etnogràfic a l'art contemporani: Lliçó inaugural Curs 2002-2003</t>
+  </si>
+  <si>
+    <t>Prophetia [Catalán]</t>
+  </si>
+  <si>
+    <t>Congreso Internacional Arte en la era electrónica. Perspectivas de una nueva estética</t>
+  </si>
+  <si>
+    <t>EXIT nº23. Lectores y lecturas - Readers and readings</t>
+  </si>
+  <si>
+    <t>Libros de artistas</t>
+  </si>
+  <si>
+    <t>Sinestesia. Colección OlorVisual</t>
+  </si>
+  <si>
+    <t>Selección de Fondos para el Museo de la Solidaridad Salvador Allende</t>
+  </si>
+  <si>
+    <t>Vanguardia y últimas tendencias. [Programa Video]</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas On Translation</t>
+  </si>
+  <si>
+    <t>E / Slogans</t>
+  </si>
+  <si>
+    <t>Darrera Escena</t>
+  </si>
+  <si>
+    <t>En torno al vídeo</t>
+  </si>
+  <si>
+    <t>El model: un model per a una societat qualitativa (1968)</t>
+  </si>
+  <si>
+    <t>"En vez de un paisaje bucólico, he elegido el de los media"</t>
+  </si>
+  <si>
+    <t>Colección MACBA. Itinerario</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Catalán]</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Inglés]</t>
+  </si>
+  <si>
+    <t>El Hilo de Ariadna. El Hilo que la mano de Ariadna dejó en la mano de Teseo.</t>
+  </si>
+  <si>
+    <t>C PHOTO Don't Call me a Photographer</t>
+  </si>
+  <si>
+    <t>"Los artistas debemos trabajar sobre el tiempo en que vivimos e interpretarlo"</t>
+  </si>
+  <si>
+    <t>Muntadas: Treballs Recents</t>
+  </si>
+  <si>
+    <t>Sol y Sombras. Eguzki-itzaletan. Turomaquias contemporáneas. Egungo tauromakiak</t>
+  </si>
+  <si>
+    <t>…Miedo?: Un proyecto de Muntadas</t>
+  </si>
+  <si>
+    <t>About Academia I (las transcripciones: un documento interno)</t>
+  </si>
+  <si>
+    <t>Vídeo Art. Comportament Behavior</t>
+  </si>
+  <si>
+    <t>De la revuelta a la posmodernidad (1962-1982)</t>
+  </si>
+  <si>
+    <t>Carrers de frontera. Passatges de la cultura alemanya a la cultura catalana. Vol. II</t>
+  </si>
+  <si>
+    <t>Los Extra-sensoriales: los poderes desconocidos del hombre</t>
+  </si>
+  <si>
+    <t>Ciutat Museu</t>
+  </si>
+  <si>
+    <t>FLUX Festival de Vídeo d’Autor 2016 [Folleto]</t>
+  </si>
+  <si>
+    <t>Charla, Folleto</t>
+  </si>
+  <si>
+    <t>Metrópolis. Museo Reina Sofía: "Híbridos"</t>
+  </si>
+  <si>
+    <t>Comunicación: Análisis del carácter y emancipación; Marx, Freud, Reich</t>
+  </si>
+  <si>
+    <t>Encuentros ARTE Y CIENCIA</t>
+  </si>
+  <si>
+    <t>Arte/Cidade Zona Leste Máquinas Urbanas</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas</t>
+  </si>
+  <si>
+    <t>Construyendo una colección. Una interpretación de la colección de la Fundación Botín.</t>
+  </si>
+  <si>
+    <t>eitbkultura Agenda</t>
+  </si>
+  <si>
+    <t>Impasse 7. Ciutats negades 2. Recuperant espais urbans oblidats. / Ciudades negadas 2. Recuperando espacios urbanos olvidados</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas / Espacio público. El arte como Instrumento de Comunicación</t>
+  </si>
+  <si>
+    <t>Elche</t>
+  </si>
+  <si>
+    <t>Instant-Cities: Muntadas / Zush</t>
+  </si>
+  <si>
+    <t>Els límits del museu</t>
+  </si>
+  <si>
+    <t>Arte y globalización</t>
+  </si>
+  <si>
+    <t>Marisa Ciento. Art i galerisme a Barcelona</t>
+  </si>
+  <si>
+    <t>Un mundo insospechado en Barcelona</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
+    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
+  </si>
+  <si>
+    <t>Artea, gertatzen den gauza (1965-1980) / El arte sucede (1965-1980)</t>
+  </si>
+  <si>
+    <t>Conceptualismo(s). Poéticos Políticos Periféricos. En torno al Arte Conceptual en España</t>
+  </si>
+  <si>
+    <t>Los "astronautas" del Hombre Nuevo. deario y modalidades de los: Beatniks, Beatles, Go-Go, Hippies, Ye-Ye, Sicodélicos</t>
+  </si>
+  <si>
+    <t>Libros, Objetos Ymultiples. 1978-1991. Estampa Ediciones. Catalogo 1</t>
+  </si>
+  <si>
+    <t>Colección IVAM XXV Aniversario</t>
+  </si>
+  <si>
+    <t>La construcción del miedo y la perdida de lo público</t>
+  </si>
+  <si>
+    <t>Libertad, Igualdad, Fraternidad</t>
+  </si>
+  <si>
+    <t>Artifariti VI. VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
+  </si>
+  <si>
+    <t>Arteleku: Ikusentzunkariak arlo teorikoa</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>Between the Frames (the transcriptions) [Inglés]</t>
+  </si>
+  <si>
+    <t>Invitation au voyage / Transport to summer. 9È Cicle d' Intervencions al Vestíbul</t>
+  </si>
+  <si>
+    <t>Àrtics-6</t>
+  </si>
+  <si>
+    <t>Entre el "Underground" y el "off-off"</t>
+  </si>
+  <si>
+    <t>L'artista és un traductor constant de la realitat</t>
+  </si>
+  <si>
+    <t>Objetos Relacionales. Colección MACBA 2002-2007</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Español]</t>
+  </si>
+  <si>
+    <t>Metrópolis. 30 años en vanguardia 1985-2014</t>
+  </si>
+  <si>
+    <t>Arte en España (1939-2015). Ideas, prácticas, políticas</t>
+  </si>
+  <si>
+    <t>On Translation</t>
+  </si>
+  <si>
+    <t>Diálogos en Arte Contemporáneo : Simón Marchán – Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Muntadas: Trabajos Recientes. Media Stadium.</t>
+  </si>
+  <si>
+    <t>El video y sus posibilidades expresivas en la comunicación humana</t>
+  </si>
+  <si>
+    <t>Virreina, els dilluns de vídeo. 60 Cintes representatives de l'evolució del vídeo de creació.</t>
+  </si>
+  <si>
+    <t>#artveuivot</t>
+  </si>
+  <si>
+    <t>Materia Resevada. Els artistes catalans i les Biennals de Venècia</t>
+  </si>
+  <si>
+    <t>Los movimientos del Pop</t>
+  </si>
+  <si>
+    <t>The End(s- of the Museum</t>
+  </si>
+  <si>
+    <t>FLUX Festival de Vídeo d’Autor 2016</t>
+  </si>
+  <si>
+    <t>Procesos. Cultura y Nuevas Tecnologías</t>
+  </si>
+  <si>
+    <t>El Arte del Video. 20 autores españoles</t>
+  </si>
+  <si>
+    <t>Cultura y Nuevas Tecnologías</t>
+  </si>
+  <si>
+    <t>Dardo Magazine 26. Antonio Gagliano , Núria Güell , Asier Mendizabal , Andreas Fogarasi , Milton Machado , Pedro G. Romero , Boa Mistura , Bienal de Jafre</t>
+  </si>
+  <si>
+    <t>10 Años Después. Post Emergencias en la Colección MUSAC</t>
+  </si>
+  <si>
+    <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
+  </si>
+  <si>
+    <t>Compilación, Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Arte en el campo de siglo: Una selección de obras adquiridas en las dos últimas décadas</t>
+  </si>
+  <si>
+    <t>LUR proiektua. Erkusgai dauden lanen kokapen planoa / Proyecto TIERRA. Plano de ubicación de las obras expuestas</t>
+  </si>
+  <si>
+    <t>Transversal. L'era digital. Núm 1. 1996</t>
+  </si>
+  <si>
+    <t>Muntadas. 21.3.1998 Mercat de Vilafranca</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats</t>
+  </si>
+  <si>
+    <t>Barcelona 70. Los años del vacío. Estudio sobre las tecnologías del yo artístico.</t>
+  </si>
+  <si>
+    <t>Segundo Intento. Un proyecto del Colectivo Leland Palmer. Fascículo 0</t>
+  </si>
+  <si>
+    <t>Un perro andaluz</t>
+  </si>
+  <si>
+    <t>Idees I actituds. Entorn de l'art conceptual a Catalunya. Subsentits</t>
+  </si>
+  <si>
+    <t>Collección MACBA</t>
+  </si>
+  <si>
+    <t>VideoDictionary</t>
+  </si>
+  <si>
+    <t>100 artistas españoles</t>
+  </si>
+  <si>
+    <t>Nuevas Tecnologías en la Vida Cultural Española</t>
+  </si>
+  <si>
+    <t>Colección. Museo Nacional Centro de Arte Reina Sofia</t>
+  </si>
+  <si>
+    <t>Espais protegits/espais públics, en: Art públic, universitat pública. VI Mostra d’art públic per a joves creadors [Publicación]</t>
+  </si>
+  <si>
+    <t>Conferencia, Flyer</t>
+  </si>
+  <si>
+    <t>Present Tense</t>
+  </si>
+  <si>
+    <t>Técnicas y tecnologías de la acción creativa frente al control social mediático: Actitudes críticas en la obra de Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Acte 28: Muntadas/Franch, dispositius d'exposició</t>
+  </si>
+  <si>
+    <t>Temps de Vídeo. 1965-2005. Coŀlecció Nouveaux Médias del Centre Pompidou amb la participació de la coŀlecció d 'art contemporani Fundació "La Caixa"</t>
+  </si>
+  <si>
+    <t>Barcelona. Metròpolis Mediterrània N.º 12 Invierno 1988-89. Revista trimestral del Ayuntamiento de Barcelona.</t>
+  </si>
+  <si>
+    <t>Esquizofrenia y presión social</t>
+  </si>
+  <si>
+    <t>Esteu a punt per a la televisió? Entrevista a Antoni Muntadas</t>
+  </si>
+  <si>
+    <t>Col·lecció Josep Suñol. Catàleg Raonat</t>
+  </si>
+  <si>
+    <t>Muntadas: Situación 2011</t>
+  </si>
+  <si>
+    <t>Geografía Personal</t>
+  </si>
+  <si>
+    <t>«Los Catalanes de París»: Un análisis estético</t>
+  </si>
+  <si>
+    <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
+  </si>
+  <si>
+    <t>Universidad Complutense de Madrid. Cursos de Verano “Hacia una nueva comunicación” “El cambio tecnológico”</t>
+  </si>
+  <si>
+    <t>Media / Stadium</t>
+  </si>
+  <si>
+    <t>En la cúpula neumática. Antonio Muntadas expone su obra "polución audiovisual"</t>
+  </si>
+  <si>
+    <t>Contraparada 3</t>
+  </si>
+  <si>
+    <t>Manual de instrucciones II Bideoaldia eta Muzak-crash</t>
+  </si>
+  <si>
+    <t>Ayermañana</t>
+  </si>
+  <si>
+    <t>La Imatge de l'Animal. Art Prehistoric. Art Contemporani</t>
+  </si>
+  <si>
+    <t>Prophetia [Inglés]</t>
+  </si>
+  <si>
+    <t>Paral·lel Benet Rossell</t>
+  </si>
+  <si>
+    <t>Los no lugares. Espacios del anonimato. Una antropología de la sobremodernidad</t>
+  </si>
+  <si>
+    <t>Sala Hal : Antoni Muntadas : Projectes: vídeo, instal·lacions i sistemes interactius : Audiovisual i nou mil·lenni</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Espais protegits/espais públics</t>
+  </si>
+  <si>
+    <t>ARCO '90</t>
+  </si>
+  <si>
+    <t>El arte último del siglo XX. Del postminimalismo a lo multicultural</t>
+  </si>
+  <si>
+    <t>Dada y constructivismo</t>
+  </si>
+  <si>
+    <t>Los subsentidos</t>
+  </si>
+  <si>
+    <t>Ricardo Basbaum. Diagrams, 1994-ongoing</t>
+  </si>
+  <si>
+    <t>Catálogo</t>
+  </si>
+  <si>
+    <t>La metodología del proyecto : Un Taller de Antoni Muntadas en colaboración con Alfredo Puente. MUSAC 2012.</t>
+  </si>
+  <si>
+    <t>Arte conceptual revisado. Conceptual art revisited</t>
+  </si>
+  <si>
+    <t>Arte y Parte Nº 77. Miquel Barceló. Antoni Muntadas. Waltercio Caldas. Museos como colchas</t>
+  </si>
+  <si>
+    <t>22. Exposición audiovisual : Ikusentzun erakusketa</t>
+  </si>
+  <si>
+    <t>Transversal. Monogràfic 11-S</t>
+  </si>
+  <si>
+    <t>Instalaciones</t>
+  </si>
+  <si>
+    <t>Hondarribia</t>
+  </si>
+  <si>
+    <t>Abadiño</t>
+  </si>
+  <si>
+    <t>Ladies &amp; Gentlemen</t>
+  </si>
+  <si>
+    <t>Cave Canis - A</t>
+  </si>
+  <si>
+    <t>Génesis y legitimiación del pensamiento histórico</t>
+  </si>
+  <si>
+    <t>Miralda Madeinusa</t>
+  </si>
+  <si>
+    <t>Vivir en Madrid</t>
+  </si>
+  <si>
+    <t>Vídeo, el temps i l'espai</t>
+  </si>
+  <si>
+    <t>Prophetia [Castellano]</t>
+  </si>
+  <si>
+    <t>Proyecto DOCUMENTOS. Actividades II-III</t>
+  </si>
+  <si>
+    <t>Inéditos 2006</t>
+  </si>
+  <si>
+    <t>La instalación en España 1970-2000</t>
+  </si>
+  <si>
+    <t>Poemas y canciones</t>
+  </si>
+  <si>
+    <t>Colección INELCOM Arte Contemporaneo [Inglés]</t>
+  </si>
+  <si>
+    <t>Talleres T de escultura. Angel Bados, Juan Hidalgo, Antoni Muntadas. Departamento de Escultura Universidad Politécnica de Valencia. Sala Parpalló. Valencia [Publicación]</t>
+  </si>
+  <si>
+    <t>60 minutos (programa de Canal Sur). On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>13 Festival de video Bideo Jaialdia. Vitoria-Gasteiz 1998</t>
+  </si>
+  <si>
+    <t>ArteVisión. Una historia del arte electrónico en España.</t>
+  </si>
+  <si>
+    <t>Sabadell</t>
+  </si>
+  <si>
+    <t>HELDULEKURIK GABE PENTSATZEA. Arkitektura: film-mintzairak / PENSAR SIN BARANDILLAS. Arquitectura: lenguajes fílmicos</t>
+  </si>
+  <si>
+    <t>Modelo Museo. Coleccionismo en la creación contemporánea</t>
+  </si>
+  <si>
+    <t>Machines</t>
+  </si>
+  <si>
+    <t>Vajilla imaginaria / Vaixella imaginaria / Imaginary dishes</t>
+  </si>
+  <si>
+    <t>News Letter</t>
+  </si>
+  <si>
+    <t>Estética de la desaparición</t>
+  </si>
+  <si>
+    <t>Josep Lluís Sert/A Nomadic Dream</t>
+  </si>
+  <si>
+    <t>Refranero Político</t>
+  </si>
+  <si>
+    <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016</t>
+  </si>
+  <si>
+    <t>Ulises Carrión. Querido lector. No lea.</t>
+  </si>
+  <si>
+    <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
+  </si>
+  <si>
+    <t>Colección INELCOM Arte Contemporaneo [Español]</t>
+  </si>
+  <si>
+    <t>Muntadas. Audio para tres instalaciones</t>
+  </si>
+  <si>
+    <t>Compilación, Publicación de Artista</t>
+  </si>
+  <si>
+    <t>"Mis obras son como preguntas que me hago y que las extiendo"</t>
+  </si>
+  <si>
+    <t>La Conquista de la Ubicuidad</t>
+  </si>
+  <si>
+    <t>Comer o no Comer o las relaciones del arte con la comida en el siglo XX</t>
+  </si>
+  <si>
+    <t>No Hay Arte Sin Obsesión</t>
+  </si>
+  <si>
+    <t>Art Concepte. La década de los setenta en Cataluña.</t>
+  </si>
+  <si>
+    <t>La revolta poètica 1964 -1982</t>
+  </si>
+  <si>
+    <t>Mao Tse-Tung: un luminoso retrato de Mao y de la China del siglo XX</t>
+  </si>
+  <si>
+    <t>Muntadas : DES/APARICIONS</t>
+  </si>
+  <si>
+    <t>Un Art Global? Curs d’Art I Cultura Contemporànies</t>
+  </si>
+  <si>
+    <t>Edge'92</t>
+  </si>
+  <si>
+    <t>Brumaria 1. Prácticas artísticas, estéticas y políticas</t>
+  </si>
+  <si>
+    <t>Del Arte Objetual al Arte de Concepto 1960 - 1972</t>
+  </si>
+  <si>
+    <t>Arte-Vida. Muntadas</t>
+  </si>
+  <si>
+    <t>Muntadas : Verbas: a sala de prensa</t>
+  </si>
+  <si>
+    <t>Cimal Arte internacional Nº 46 · 1996</t>
+  </si>
+  <si>
+    <t>Acércate a Muntadas : Muntadas. Espacios, lugares, situaciones.</t>
+  </si>
+  <si>
+    <t>Ciutats negades 2. Recuperant espais urbans oblidats</t>
+  </si>
+  <si>
+    <t>Del arte objetual al arte de concepto (1960-1974)</t>
+  </si>
+  <si>
+    <t>Actividades I</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Español]</t>
+  </si>
+  <si>
+    <t>Centre d'Art Santa Mònica 1988-1998. 10 anys 100 exposicions</t>
+  </si>
+  <si>
+    <t>El tractament de la traducció en la literatura digital: Antoni Muntadas, Annie Abrahams I John Cayley.</t>
+  </si>
+  <si>
+    <t>24 x 24 (Entrevistas)</t>
+  </si>
+  <si>
+    <t>Tres preguntas a Antonio Muntadas-Prim</t>
+  </si>
+  <si>
+    <t>Enésima Intempestiva</t>
+  </si>
+  <si>
+    <t>Muntadas. Films, Videotapes, Videocassettes. Relación y Características 1971-1974</t>
+  </si>
+  <si>
+    <t>El arte sucede. Origen de las prácticas conceptuales en España, 1965-1980</t>
+  </si>
+  <si>
+    <t>Encuentros de Pamplona 1972: Fin de Fiesta del Arte Experimental</t>
+  </si>
+  <si>
+    <t>Revista de Occidente: Ortega y la sociedad tecnológica. Fin del humanismo? Polemica con Sloterdij</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Charla: Metodología del proyecto. 31 octubre 2017</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas, el traductor de imágenes</t>
+  </si>
+  <si>
+    <t>VideoStorias</t>
+  </si>
+  <si>
+    <t>Hiriaren Esku-Hartzeak. Proiektuak eta hitzaldiak / Intervenciones urbanas. Proyectos y comunicaciones / Urban Interventions. Projects and lectures</t>
+  </si>
+  <si>
+    <t>MUNTADAS : La construcción del miedo y la pérdida del lo público</t>
+  </si>
+  <si>
+    <t>VIII Salón de Mayo</t>
+  </si>
+  <si>
+    <t>Galeria Cadaqués. Obres de la coŀlecció Bombelli</t>
+  </si>
+  <si>
+    <t>Arte en la era electrónica. Perspectivas de una nueva estética</t>
+  </si>
+  <si>
+    <t>Exposition. Francis Picabia 18 Novembre - 8 Décembre 1922. Préface par André Breton</t>
+  </si>
+  <si>
+    <t>Formas de incidir en el espacio público</t>
+  </si>
+  <si>
+    <t>Llibres D'Art. Art Books. 1+1. Servicio Internacional de libros de arte. International art book service. 3. Catálogo de ublicaciones. Publications catalogue.</t>
+  </si>
+  <si>
+    <t>Palabras, palabras…</t>
+  </si>
+  <si>
+    <t>Atlas de las Ruinas de Europa</t>
+  </si>
+  <si>
+    <t>El arte en la era de lo global. 1989-2015</t>
+  </si>
+  <si>
+    <t>Matador P</t>
+  </si>
+  <si>
+    <t>B76. La Biennale di Venezia 1976. Settore arti visive e archittetura. Catalogo generale. Volume primo e secondo</t>
+  </si>
+  <si>
+    <t>Muntadas. Proyectos</t>
+  </si>
+  <si>
+    <t>La escena sin fin. El arte en la era big bang.</t>
+  </si>
+  <si>
+    <t>Caras B de la historia del vídeo arte en España / B Sides of the History of Video Art in Spain</t>
+  </si>
+  <si>
+    <t>Art és just un mot. Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>Narrativas digitales y tecnologías de la imagen</t>
+  </si>
+  <si>
+    <t>Obras completas</t>
+  </si>
+  <si>
+    <t>Narrativa</t>
+  </si>
+  <si>
+    <t>Antagonismes : casos d'estudi</t>
+  </si>
+  <si>
+    <t>La Cultura de la Metrópolis, Programa de Máster</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea</t>
+  </si>
+  <si>
+    <t>Brumaria 4. Vídeo: primera etapa. El vídeo en el contexto social y artístico de los años 60/70</t>
+  </si>
+  <si>
+    <t>El espacio público como ideología</t>
+  </si>
+  <si>
+    <t>Taller Muntadas. Otros espacios: Auditoriums, discotecas y aeropuertos [Folleto]</t>
+  </si>
+  <si>
+    <t>mono 7:  En las ciudades</t>
+  </si>
+  <si>
+    <t>Invitación al preview del Centro Botín</t>
+  </si>
+  <si>
+    <t>Ciutats negades 1. Visualitzant espais urbans absents</t>
+  </si>
+  <si>
+    <t>Memorias y olvidos del archivo</t>
+  </si>
+  <si>
+    <t>Tenerife</t>
+  </si>
+  <si>
+    <t>80 diapositivas y textos</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>Primavera Fotgràfica 1998</t>
+  </si>
+  <si>
+    <t>El arte que traduce. 1995-2015 La traducción como mediación cultural en los procesos de transmisión y recepción de las obras de arte.</t>
+  </si>
+  <si>
+    <t>Arte, ciència i medi natural: ponències de la Quarta Trobada de la Comissió Internacional de Difusió de la Cultura Catalana</t>
+  </si>
+  <si>
+    <t>Vanguardias artísticas y realidad semiológica</t>
+  </si>
+  <si>
+    <t>MACBA Collection. Itinerary</t>
+  </si>
+  <si>
+    <t>MUNTADAS: 10 proyectos / 10 textos</t>
+  </si>
+  <si>
+    <t>Primera generación. Arte e imagen en movimiento (1963-1986)</t>
+  </si>
+  <si>
+    <t>Cahiers du Cinema España. Suplemento abril 2009. rencontres Internationales. Cine y arte contemporáneo.</t>
+  </si>
+  <si>
+    <t>Trabajo asalariado y capital</t>
+  </si>
+  <si>
+    <t>Antoni Muntadas. Charla: Proyectos recientes. 30 octubre 2017</t>
+  </si>
+  <si>
+    <t>Lucena Videositiada. I Muestra de Vídeo</t>
+  </si>
+  <si>
+    <t>Lucena</t>
+  </si>
+  <si>
+    <t>El artista y la ciudad : Proyecto de arte público para la ciudad de Sevilla</t>
+  </si>
+  <si>
+    <t>Tesoro Público (Economías De Realidad). Herri-Altxorra (Errealitate-Ekonomiak). Public Treasure (Economies Of Reality)</t>
+  </si>
+  <si>
+    <t>Canarias mediafest 08. 13 Festival internacional de artes y culturas digitales de Gran Canaria</t>
+  </si>
+  <si>
+    <t>Cuadernos de Arquitectura</t>
+  </si>
+  <si>
+    <t>Horitzó TV. Perspectives d'una altra televisió possible</t>
+  </si>
+  <si>
+    <t>Ficciones de fin de siglo</t>
+  </si>
+  <si>
+    <t>Física de l'estètica: Noves fronteres de la ciència, l'art i el pesament</t>
+  </si>
+  <si>
+    <t>Primer Intento</t>
+  </si>
+  <si>
+    <t>Temps com a matèria. Col·leción MACBA. Noves incorporacions.</t>
+  </si>
+  <si>
+    <t>Jóvenes pintores españoles</t>
+  </si>
+  <si>
+    <t>El borde de una herida</t>
+  </si>
+  <si>
+    <t>El arte y los artistas en las últimas décadas. Entre locos, gamberros y especuladores</t>
+  </si>
+  <si>
+    <t>Muntadas: Híbridos</t>
+  </si>
+  <si>
+    <t>Art Solidaritat. Subasta pro-damnificados inundaciones/ octubre 82</t>
+  </si>
+  <si>
+    <t>La violencia en el mundo actual</t>
+  </si>
+  <si>
+    <t>La Fama. Estiu 1993. "To Sid Grauma, a great guy and a great showman"</t>
+  </si>
+  <si>
+    <t>Puntos de encuentro en la iconosfera. Interacciones en el audiovisual</t>
+  </si>
+  <si>
+    <t>Pale Fires and other texts</t>
+  </si>
+  <si>
+    <t>Pròximament als carrers de Barcelona : 13 -25 setembre 2004. On Translation: La Ciutat</t>
+  </si>
+  <si>
+    <t>Variaciones en Gris</t>
+  </si>
+  <si>
+    <t>EXIT 8 Censurados/Censored</t>
+  </si>
+  <si>
+    <t>El genio de Ray Charles</t>
+  </si>
+  <si>
+    <t>Ficciones y Territorios. Arte para pensar la nueva razón del mundo.</t>
+  </si>
+  <si>
+    <t>La imagen mundializada ¿una iconicidad global?</t>
+  </si>
+  <si>
+    <t>Centro Botín. Vuelve a descubrir el arte.</t>
+  </si>
+  <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Actividades I-II-III</t>
+  </si>
+  <si>
+    <t>PROYECTO / PROJECT/ PROJECTE [Español]</t>
+  </si>
+  <si>
+    <t>( D' ) oïda</t>
+  </si>
+  <si>
+    <t>Art públic I producció de localitat</t>
+  </si>
+  <si>
+    <t>Bauhaus</t>
+  </si>
+  <si>
+    <t>"Siempre tengo la sensación de partir de cero"</t>
+  </si>
+  <si>
+    <t>Gelatina dura. Històries escamotejades dels 80</t>
+  </si>
+  <si>
+    <t>Muntadas. Catálogo / Exposición</t>
+  </si>
+  <si>
+    <t>La Visión Impura. Fondos de la Colección Permanente</t>
+  </si>
+  <si>
+    <t>Metrópolis. Entre / Between</t>
+  </si>
+  <si>
+    <t>Tres piezas cortas. Artaud y el teatro de la crueldad</t>
+  </si>
+  <si>
+    <t>Club Matador. Conversaciones con artistas. Antoni Muntadas. (Con Enrique del Río)</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas, Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Cardinales</t>
+  </si>
+  <si>
+    <t>Sala Tres 1972-1979 en la ruta de l'art alternatiu a Catalunya</t>
+  </si>
+  <si>
+    <t>Estética Digital. Sintopía del arte, la ciencia y la tecnología</t>
+  </si>
+  <si>
+    <t>Guia Histórica descriptiva del viajero a Barcelona</t>
+  </si>
+  <si>
+    <t>Col·lecció MACBA 31. #ColMacba31. #Expriència. #Temps. #Conflicte.</t>
+  </si>
+  <si>
+    <t>Proyecto DOCUMENTOS N°1. 10/8/72</t>
+  </si>
+  <si>
+    <t>Lección de arte</t>
+  </si>
+  <si>
+    <t>Del arte a la idea. Ensayos sobre el arte conceptual</t>
+  </si>
+  <si>
+    <t>Centro de Arte Reina Sofía: Exposiciones y Actividades: Noviembre 1987 Febrero 1988</t>
+  </si>
+  <si>
+    <t>Video Drive-In. 3 programes de vídeo americà</t>
+  </si>
+  <si>
+    <t>Miró 80</t>
+  </si>
+  <si>
+    <t>6. Exposición audiovisual. Facultad de Bellas Arte / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
+  </si>
+  <si>
+    <t>Jordi Benito. Idees com a imatges / documents com a obres d'art. 1971 - 1984</t>
+  </si>
+  <si>
+    <t>New York: nomadic design</t>
+  </si>
+  <si>
+    <t>Artist Film &amp; Video Today. Works &amp; Words. LOOP Barcelona 2017. Selected 12</t>
+  </si>
+  <si>
+    <t>Crítica en acto. Textos e intervenciones sobre arte y artistas españoles contemporáneos.</t>
+  </si>
+  <si>
+    <t>Qüestions d'Art / 1968</t>
+  </si>
+  <si>
+    <t>Interferencia 07 : IV Muestra de Intervenciones Artísticas en Espacios Públicos</t>
+  </si>
+  <si>
+    <t>_TECNOLOGIES I VIGILÀNCIA _Workshop de projectes públics</t>
+  </si>
+  <si>
+    <t>El teléfono en la fotografía</t>
+  </si>
+  <si>
+    <t>EXIT BOOK #2 Libros de artistas</t>
+  </si>
+  <si>
+    <t>La internacional publicitaria</t>
+  </si>
+  <si>
+    <t>Muntadas. Palabras, palabras…</t>
+  </si>
+  <si>
+    <t>Posibilidad e imposibilidad del arte: comentarios en el tiempo</t>
+  </si>
+  <si>
+    <t>Memoria 2009</t>
+  </si>
+  <si>
+    <t>Intervencions a Lleida. Idees i projectes per a una ciutat. [Folleto]</t>
+  </si>
+  <si>
+    <t>Proyecto Calle : II Convocatoria del Arte Público de Peralta</t>
+  </si>
+  <si>
+    <t>Feedback. Arte reactivo a instrucciones. A inputs. O a su Entorno / Art responsive to instructions. Input. Or its Environment</t>
+  </si>
+  <si>
+    <t>Principado de Asturias</t>
+  </si>
+  <si>
     <t>Dos Colors</t>
   </si>
   <si>
-    <t>New York: nomadic design</t>
-[...1499 lines deleted...]
-    <t>Abadiño</t>
+    <t>Antoni Mercader</t>
+  </si>
+  <si>
+    <t>Carmen Giménez</t>
+  </si>
+  <si>
+    <t>Eugeni Bonet</t>
   </si>
   <si>
     <t>Alicia Chillida</t>
   </si>
   <si>
+    <t>Valentín Roma</t>
+  </si>
+  <si>
+    <t>José Luis Alexanco</t>
+  </si>
+  <si>
     <t>Vicent Todolí</t>
   </si>
   <si>
-    <t>Antoni Mercader</t>
+    <t>Anna Maria Guasch</t>
+  </si>
+  <si>
+    <t>Manuel Borja-Villel</t>
+  </si>
+  <si>
+    <t>Enric Puig Punyet</t>
+  </si>
+  <si>
+    <t>Bartomeu Marí</t>
+  </si>
+  <si>
+    <t>Albert Mercadé</t>
+  </si>
+  <si>
+    <t>Gloria Moure</t>
   </si>
   <si>
     <t>José Díaz Cuyás</t>
   </si>
   <si>
-    <t>José Luis Alexanco</t>
-[...10 lines deleted...]
-  <si>
     <t>Imma Prieto</t>
   </si>
   <si>
-    <t>Anna Maria Guasch</t>
-[...10 lines deleted...]
-  <si>
     <t>Juan Herreros</t>
   </si>
   <si>
-    <t>Bartomeu Marí</t>
-[...2 lines deleted...]
-    <t>Carmen Giménez</t>
+    <t>La revolta poètica 1964-1982</t>
+  </si>
+  <si>
+    <t>Máquinas &amp; almas.Arte digital y nuevos medios.</t>
+  </si>
+  <si>
+    <t>La imatge de l'Animal. Art prehistoric. Art contemporani</t>
+  </si>
+  <si>
+    <t>Antonio Muntadas [Los subsentidos]</t>
+  </si>
+  <si>
+    <t>Exclusiones / Censorship.</t>
+  </si>
+  <si>
+    <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
   </si>
   <si>
     <t>FILMS/ARTE DOCUMENTOS ONDAR ABR.76</t>
   </si>
   <si>
-    <t>La revolta poètica 1964-1982</t>
+    <t>Vanguardia y últimas tendencias</t>
   </si>
   <si>
     <t>Futuropresente. Prácticas artísticas en el cambio de milenio / artistic approaches at the change of millenium Prácticas artísticas en el cambio de milenio / artistic approaches at the change of millenium</t>
   </si>
   <si>
+    <t>Muntadas: Proyectos / Projects [Navarra]</t>
+  </si>
+  <si>
+    <t>Prophetia</t>
+  </si>
+  <si>
+    <t>Invitation au voyage / Transport to summer9e cicle d'intervencions al vestíbul</t>
+  </si>
+  <si>
+    <t>Feedback.Arte reactivo a instrucciones. A inputs. O a su Entorno.</t>
+  </si>
+  <si>
+    <t>La construcción del miedo y la pérdida de lo público [Canarias]</t>
+  </si>
+  <si>
+    <t>La construcción del miedo y la pérdida de lo público [Granada]</t>
+  </si>
+  <si>
+    <t>Sala de arte moderno</t>
+  </si>
+  <si>
+    <t>Impasse 7. Ciutats negades 2. Recuperant espais urbans oblidats. / Ciudades negadas 2. Recuperando espacios urbanos olvidados.</t>
+  </si>
+  <si>
+    <t>Art és just un mot.Idees I actituds. Entorn de l'art conceptual a catalunya, 1964-1980.</t>
+  </si>
+  <si>
+    <t>Muntadas.</t>
+  </si>
+  <si>
+    <t>Temps de Vídeo. 1965-2005.Coŀlecció Nouveaux Médias del Centre Pompidou amb la participació de la coŀlecció d 'art contemporani Fundació "La Caixa"</t>
+  </si>
+  <si>
+    <t>Video Dictionary</t>
+  </si>
+  <si>
+    <t>Comer o no Comer o las relaciones del arte con la comida en el siglo XX.</t>
+  </si>
+  <si>
+    <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Cuenca</t>
+  </si>
+  <si>
+    <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Madrid</t>
+  </si>
+  <si>
+    <t>Visu3l.Bacanal I audiovisual.</t>
+  </si>
+  <si>
+    <t>Muntadas: Trabajos Recientes</t>
+  </si>
+  <si>
     <t>Mare Medi Terraneum / La Mer au Milieu des Terres</t>
   </si>
   <si>
     <t>6 Exposición audiovisual. Facultad de Bellas Artes / 6. Ikusentzun Erakusketa. Arte Ederren Fakultatea</t>
   </si>
   <si>
-    <t>La imatge de l'Animal. Art prehistoric. Art contemporani</t>
+    <t>Video entre l'art I la comunició. Sèries Informatives 1.</t>
+  </si>
+  <si>
+    <t>Horitzó TV perspectives d'una altra televisió possible</t>
+  </si>
+  <si>
+    <t>ARCO'90</t>
+  </si>
+  <si>
+    <t>Galeria Cadaqués. Obres de la coŀlecció Bombelli.</t>
+  </si>
+  <si>
+    <t>El arte sucede. Origen de las prácticas conceptuales en España, 1965-1980.</t>
   </si>
   <si>
     <t>22.Exposición audiovisual Ikusentzun Erasketa</t>
   </si>
   <si>
-    <t>El camí de dotze artistes catalans 1968-1980. Barcelona, París, New York</t>
-[...2 lines deleted...]
-    <t>Prophetia</t>
+    <t>Vídeo, el temps I l'espai</t>
+  </si>
+  <si>
+    <t>Ars Itineris. El viaje en el arte contemporáneo.</t>
   </si>
   <si>
     <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Palma</t>
   </si>
   <si>
     <t>Lur Proiektua.Proyecto Tierra.Project Earth.</t>
   </si>
   <si>
-    <t>Muntadas.</t>
-[...14 lines deleted...]
-    <t>Escuchar con los ojos. Arte sonoro en España, 1961-2016 - Madrid</t>
+    <t>FLUX 2016 Festival de vídeo d'autor</t>
+  </si>
+  <si>
+    <t>Present I futurs. Arquitectura a les ciutats.</t>
+  </si>
+  <si>
+    <t>Televisión y vídeo de creación en la Comunidad Europea. Panorama Europeo del Videoarte"</t>
+  </si>
+  <si>
+    <t>Gelatina Dura. Historias escamoteadas de los 80 - Pamplona</t>
+  </si>
+  <si>
+    <t>La Visión Impura. Fondos de la colección permanente</t>
+  </si>
+  <si>
+    <t>Distancia crítica.</t>
+  </si>
+  <si>
+    <t>PROTOCOLLI VENEZIANI I, Barcelona</t>
+  </si>
+  <si>
+    <t>Muntadas: Entre / Between [Madrid]</t>
   </si>
   <si>
     <t>Artifariti Vi.VI encuentros internacionales de arte y derechos humanos del Sahara Occidental.</t>
   </si>
   <si>
-    <t>Ars Itineris. El viaje en el arte contemporáneo.</t>
+    <t>Between the Frames: The Forum (Barcelona)</t>
   </si>
   <si>
     <t>Los Setenta. Una década multicolor.</t>
   </si>
   <si>
+    <t>Gelatina Dura. Historias escamoteadas de los 80 - Barcelona</t>
+  </si>
+  <si>
     <t>About Academia. Un proyecto de Muntadas.</t>
   </si>
   <si>
-    <t>Temps de Vídeo. 1965-2005.Coŀlecció Nouveaux Médias del Centre Pompidou amb la participació de la coŀlecció d 'art contemporani Fundació "La Caixa"</t>
-[...86 lines deleted...]
-    <t>Exclusiones / Censorship.</t>
+    <t>Monumento Genérico</t>
+  </si>
+  <si>
+    <t>Barcelona Distrito Uno</t>
+  </si>
+  <si>
+    <t>Diálogo [Instalación]</t>
+  </si>
+  <si>
+    <t>Acción TV</t>
+  </si>
+  <si>
+    <t>Polución Audiovisual</t>
+  </si>
+  <si>
+    <t>Aqua Quo Vadis?</t>
+  </si>
+  <si>
+    <t>Pou/Ull</t>
+  </si>
+  <si>
+    <t>Homenaje a Monica Vitti</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions: les imatges</t>
+  </si>
+  <si>
+    <t>Los Subsentidos</t>
+  </si>
+  <si>
+    <t>Copito de nieve (Snowflake)</t>
+  </si>
+  <si>
+    <t>On Translation: Lloc</t>
+  </si>
+  <si>
+    <t>haute CULTURE I</t>
+  </si>
+  <si>
+    <t>Montpellier, Valencia</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>España va bien</t>
+  </si>
+  <si>
+    <t>Homenaje a Picasso</t>
+  </si>
+  <si>
+    <t>Ciutat Museu [MACBA, 2002]</t>
+  </si>
+  <si>
+    <t>Situación 1988</t>
+  </si>
+  <si>
+    <t>Emissió / Recepció [Postales]</t>
+  </si>
+  <si>
+    <t>On Translation: Paper BP/MVDR</t>
+  </si>
+  <si>
+    <t>Cámara Subsensorial</t>
+  </si>
+  <si>
+    <t>Stadium VIII [Muntadas: Trabajos recientes]</t>
+  </si>
+  <si>
+    <t>On Translation: The Bookstore</t>
+  </si>
+  <si>
+    <t>Carteras sin Ministro</t>
+  </si>
+  <si>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>CEE Project</t>
+  </si>
+  <si>
+    <t>Frankfurt, Gante, Copenhague, Madrid, Calais, Salónica, Londres, Monaghan, Milán, Ciudad de Luxemburgo, Rotterdam, Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Rambla 24H</t>
+  </si>
+  <si>
+    <t>Informació d'Art Concepte 1973 a Banyoles</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Cadaqués - Canal Local (PUNT D'INFORMACIÓ)</t>
+  </si>
+  <si>
+    <t>The Press Conference Room-La conferencia de prensa</t>
+  </si>
+  <si>
+    <t>Proyecto. Colegio Arquitectos</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>Experiencia 1 A</t>
+  </si>
+  <si>
+    <t>On Translation: Ongi Etorri</t>
+  </si>
+  <si>
+    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
+  </si>
+  <si>
+    <t>Mirar Ver Percibir</t>
+  </si>
+  <si>
+    <t>Diario 10 - 22 diciembre</t>
+  </si>
+  <si>
+    <t>Melitón-Cadaqués</t>
+  </si>
+  <si>
+    <t>Sierre</t>
+  </si>
+  <si>
+    <t>Formes al Carrer</t>
+  </si>
+  <si>
+    <t>Experiencia 1 B</t>
+  </si>
+  <si>
+    <t>On Translation: La Sala de Espera</t>
+  </si>
+  <si>
+    <t>S.M.E.P.</t>
+  </si>
+  <si>
+    <t>Sibila</t>
+  </si>
+  <si>
+    <t>On Translation: Himnes</t>
+  </si>
+  <si>
+    <t>Emisión / Recepción [Madrid]</t>
+  </si>
+  <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>Ciudad Museo  [Madrid, 2011]</t>
+  </si>
+  <si>
+    <t>Experiencia 2</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Vacuflex</t>
+  </si>
+  <si>
+    <t>Projectes / Propostes. Proyectos / Propuestas. Projects / Proposals</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Espacio / Situación</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de prensa</t>
+  </si>
+  <si>
+    <t>Experiencia 3</t>
+  </si>
+  <si>
+    <t>On Translation: La imatge</t>
+  </si>
+  <si>
+    <t>Palabras, Palabras…</t>
+  </si>
+  <si>
+    <t>La Televisión</t>
+  </si>
+  <si>
+    <t>Estructura táctil móvil</t>
+  </si>
+  <si>
+    <t>En tiempos de crisis</t>
+  </si>
+  <si>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
+  </si>
+  <si>
+    <t>Cinco Sentidos</t>
+  </si>
+  <si>
+    <t>Diálogo [Caja de Luz]</t>
+  </si>
+  <si>
+    <t>Reconocimiento de un cuerpo</t>
+  </si>
+  <si>
+    <t>Nueva York (NY), Barcelona</t>
+  </si>
+  <si>
+    <t>Situación 2011</t>
+  </si>
+  <si>
+    <t>Reconeixement d'un espai</t>
+  </si>
+  <si>
+    <t>Prohibido Prohibir</t>
+  </si>
+  <si>
+    <t>Fet a Barcelona / Made in NY</t>
+  </si>
+  <si>
+    <t>Portraits</t>
   </si>
   <si>
     <t>Anuncios por palabras</t>
   </si>
   <si>
-    <t>Homenaje a Monica Vitti</t>
-[...14 lines deleted...]
-    <t>On Translation: Lloc</t>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>M.D.</t>
+  </si>
+  <si>
+    <t>Exposición [Madrid]</t>
+  </si>
+  <si>
+    <t>Experiencia 7</t>
+  </si>
+  <si>
+    <t>Media Eyes [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Mano - Pelota - Pared</t>
+  </si>
+  <si>
+    <t>CEE Print</t>
   </si>
   <si>
     <t>Bienvenido, Mister Marshall</t>
   </si>
   <si>
-    <t>Homenaje a Picasso</t>
-[...220 lines deleted...]
-  <si>
     <t>Piano Táctil</t>
   </si>
   <si>
     <t>On Translation: Die Stadt [Wallpaper]</t>
   </si>
   <si>
     <t>Graz, Barcelona, Francia</t>
   </si>
   <si>
-    <t>haute CULTURE I</t>
-[...17 lines deleted...]
-    <t>Sibila</t>
+    <t>Museo Extremeño e Iberoamericano de Arte Contemporáneo (MEIAC)</t>
+  </si>
+  <si>
+    <t>La Casa Encendida</t>
+  </si>
+  <si>
+    <t>Generalitat Valenciana</t>
+  </si>
+  <si>
+    <t>Sala del Palacio de la Madraza, Universidad de Granada</t>
   </si>
   <si>
     <t>Fundación Juan March</t>
   </si>
   <si>
+    <t>EITB-Euskal Irrati Telebista</t>
+  </si>
+  <si>
+    <t>Artium, Centro-Museo Vasco de Arte Contemporáneo</t>
+  </si>
+  <si>
+    <t>CAAC - Centro Andaluz de Arte Contemporáneo</t>
+  </si>
+  <si>
+    <t>Academia de Belles Arts de Sabadell</t>
+  </si>
+  <si>
+    <t>Xunta de Galicia</t>
+  </si>
+  <si>
     <t>Fundación Marcelino Botín</t>
   </si>
   <si>
     <t>Centro Botín</t>
   </si>
   <si>
-    <t>Sala del Palacio de la Madraza, Universidad de Granada</t>
-[...4 lines deleted...]
-  <si>
     <t>Museu d'Art Contemporani de Barcelona (MACBA)</t>
   </si>
   <si>
     <t>FLUX Festival</t>
   </si>
   <si>
     <t>Ateneo de Madrid</t>
   </si>
   <si>
-    <t>Artium, Centro-Museo Vasco de Arte Contemporáneo</t>
-[...4 lines deleted...]
-  <si>
     <t>Galería Moisés Pérez de Albéniz (MPA)</t>
-  </si>
-[...10 lines deleted...]
-    <t>La Casa Encendida</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -6218,34332 +6245,34479 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G2000"/>
+  <dimension ref="A1:G2009"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="240" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="153" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
-      <c r="C2"/>
+      <c r="C2" t="s">
+        <v>9</v>
+      </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C3" t="s">
         <v>12</v>
       </c>
+      <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C7"/>
+        <v>8</v>
+      </c>
+      <c r="C7" t="s">
+        <v>23</v>
+      </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C9" t="s">
         <v>26</v>
       </c>
+      <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B10" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
-      <c r="C12"/>
+      <c r="C12" t="s">
+        <v>34</v>
+      </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B15" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="B17" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B18" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
-      <c r="C19"/>
+      <c r="C19" t="s">
+        <v>48</v>
+      </c>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B20" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C20"/>
+        <v>8</v>
+      </c>
+      <c r="C20" t="s">
+        <v>50</v>
+      </c>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C22"/>
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
+        <v>52</v>
+      </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B23" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B24" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B25" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C25"/>
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
+        <v>56</v>
+      </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="B26" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C26"/>
+        <v>8</v>
+      </c>
+      <c r="C26" t="s">
+        <v>40</v>
+      </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C27"/>
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
+        <v>60</v>
+      </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C28"/>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B29" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C30"/>
+        <v>8</v>
+      </c>
+      <c r="C30" t="s">
+        <v>40</v>
+      </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B33" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C33"/>
+        <v>8</v>
+      </c>
+      <c r="C33" t="s">
+        <v>45</v>
+      </c>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="B34" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B36" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B37" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B39" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B40" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C40"/>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B41" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C41" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B42" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B43" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B44" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C44" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="D44"/>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B45" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C45"/>
+        <v>8</v>
+      </c>
+      <c r="C45" t="s">
+        <v>36</v>
+      </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B46" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>80</v>
+        <v>66</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B47" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B48" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B49" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C49" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B50" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C50"/>
+        <v>8</v>
+      </c>
+      <c r="C50" t="s">
+        <v>86</v>
+      </c>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B51" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C51"/>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B52" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B53" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C53" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B54" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>49</v>
+        <v>89</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B55" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C55"/>
+        <v>8</v>
+      </c>
+      <c r="C55" t="s">
+        <v>23</v>
+      </c>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B56" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B57" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B58" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C58"/>
+        <v>8</v>
+      </c>
+      <c r="C58" t="s">
+        <v>54</v>
+      </c>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B59" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B60" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C60"/>
+        <v>8</v>
+      </c>
+      <c r="C60" t="s">
+        <v>54</v>
+      </c>
       <c r="D60"/>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B61" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B62" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C62" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D62"/>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B63" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C63" t="s">
         <v>26</v>
       </c>
+      <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B65" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B66" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C66"/>
+        <v>8</v>
+      </c>
+      <c r="C66" t="s">
+        <v>34</v>
+      </c>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>105</v>
+        <v>66</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>106</v>
       </c>
       <c r="B67" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C67"/>
       <c r="D67"/>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>105</v>
+        <v>66</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>107</v>
       </c>
       <c r="B68" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B69" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B70" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
+        <v>110</v>
+      </c>
+      <c r="B71" t="s">
+        <v>8</v>
+      </c>
+      <c r="C71" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>112</v>
       </c>
       <c r="B72" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>113</v>
       </c>
       <c r="B73" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>114</v>
       </c>
       <c r="B74" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B75" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>49</v>
+        <v>117</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B76" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C76" t="s">
         <v>26</v>
       </c>
+      <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B77" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B78" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>118</v>
+        <v>57</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B79" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C79"/>
+        <v>8</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B80" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C80"/>
+        <v>8</v>
+      </c>
+      <c r="C80" t="s">
+        <v>45</v>
+      </c>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>118</v>
+        <v>16</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B81" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C81"/>
+        <v>8</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B82" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C82"/>
+        <v>8</v>
+      </c>
+      <c r="C82" t="s">
+        <v>45</v>
+      </c>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B83" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B84" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B85" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>92</v>
+        <v>128</v>
       </c>
       <c r="B86" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>127</v>
+        <v>45</v>
       </c>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>49</v>
+        <v>129</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B87" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C87" t="s">
-        <v>127</v>
+        <v>45</v>
       </c>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>49</v>
+        <v>129</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B88" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>82</v>
+        <v>129</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B89" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>9</v>
+        <v>129</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B90" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B91" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B92" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C92" t="s">
-        <v>134</v>
+        <v>54</v>
       </c>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>92</v>
+        <v>136</v>
       </c>
       <c r="B93" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C93" t="s">
-        <v>135</v>
+        <v>18</v>
       </c>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B94" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C94" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>137</v>
+        <v>105</v>
       </c>
       <c r="B95" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C95" t="s">
-        <v>26</v>
+        <v>138</v>
       </c>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>138</v>
+        <v>66</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>139</v>
       </c>
       <c r="B96" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C96"/>
+        <v>8</v>
+      </c>
+      <c r="C96" t="s">
+        <v>138</v>
+      </c>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>140</v>
       </c>
       <c r="B97" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>141</v>
       </c>
       <c r="B98" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>142</v>
       </c>
       <c r="B99" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>143</v>
       </c>
       <c r="B100" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C100"/>
+        <v>8</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>144</v>
       </c>
       <c r="B101" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C101"/>
+        <v>8</v>
+      </c>
+      <c r="C101" t="s">
+        <v>145</v>
+      </c>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="B102" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C102"/>
+        <v>8</v>
+      </c>
+      <c r="C102" t="s">
+        <v>146</v>
+      </c>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B103" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C103"/>
+        <v>8</v>
+      </c>
+      <c r="C103" t="s">
+        <v>54</v>
+      </c>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>148</v>
       </c>
       <c r="B104" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C104"/>
+        <v>8</v>
+      </c>
+      <c r="C104" t="s">
+        <v>45</v>
+      </c>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104" t="s">
         <v>149</v>
       </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>150</v>
       </c>
       <c r="B105" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>151</v>
       </c>
       <c r="B106" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C106"/>
+        <v>8</v>
+      </c>
+      <c r="C106" t="s">
+        <v>45</v>
+      </c>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G106"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>152</v>
       </c>
       <c r="B107" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>153</v>
       </c>
       <c r="B108" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C108"/>
+        <v>8</v>
+      </c>
+      <c r="C108" t="s">
+        <v>45</v>
+      </c>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>92</v>
+        <v>154</v>
       </c>
       <c r="B109" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C109"/>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G109"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>155</v>
       </c>
       <c r="B110" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G110"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>156</v>
       </c>
       <c r="B111" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G111"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>157</v>
       </c>
       <c r="B112" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C112"/>
       <c r="D112"/>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>158</v>
       </c>
       <c r="G112"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>159</v>
       </c>
       <c r="B113" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C113"/>
       <c r="D113"/>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>82</v>
+        <v>160</v>
       </c>
       <c r="G113"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B114" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C114"/>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>161</v>
+        <v>10</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>162</v>
       </c>
       <c r="B115" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B116" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B117" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>82</v>
+        <v>165</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>166</v>
+        <v>105</v>
       </c>
       <c r="B118" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G118"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B119" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G119"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B120" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C120"/>
       <c r="D120"/>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G120"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B121" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C121"/>
+        <v>8</v>
+      </c>
+      <c r="C121" t="s">
+        <v>45</v>
+      </c>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>87</v>
+        <v>169</v>
       </c>
       <c r="G121"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>170</v>
       </c>
       <c r="B122" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C122" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D122"/>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G122"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>171</v>
       </c>
       <c r="B123" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>172</v>
+        <v>50</v>
       </c>
       <c r="D123"/>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>103</v>
+        <v>172</v>
       </c>
       <c r="G123"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>173</v>
       </c>
       <c r="B124" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C124"/>
       <c r="D124"/>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>45</v>
+        <v>174</v>
       </c>
       <c r="G124"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B125" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C125"/>
       <c r="D125"/>
       <c r="E125"/>
       <c r="F125" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="G125"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>176</v>
       </c>
       <c r="B126" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C126"/>
+        <v>8</v>
+      </c>
+      <c r="C126" t="s">
+        <v>45</v>
+      </c>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>177</v>
+        <v>16</v>
       </c>
       <c r="G126"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B127" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C127"/>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B128" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="C128"/>
+        <v>8</v>
+      </c>
+      <c r="C128" t="s">
+        <v>45</v>
+      </c>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G128"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B129" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="C129"/>
+        <v>8</v>
+      </c>
+      <c r="C129" t="s">
+        <v>45</v>
+      </c>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
       <c r="G129"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B130" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C130"/>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="G130"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B131" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C131"/>
+        <v>8</v>
+      </c>
+      <c r="C131" t="s">
+        <v>45</v>
+      </c>
       <c r="D131"/>
       <c r="E131"/>
       <c r="F131" t="s">
-        <v>103</v>
+        <v>57</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B132" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C132"/>
+        <v>8</v>
+      </c>
+      <c r="C132" t="s">
+        <v>183</v>
+      </c>
       <c r="D132"/>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B133" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D133"/>
       <c r="E133"/>
       <c r="F133" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B134" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C134" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>49</v>
+        <v>186</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B135" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C135"/>
       <c r="D135"/>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>163</v>
+        <v>188</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>189</v>
       </c>
       <c r="B136" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C136"/>
+        <v>8</v>
+      </c>
+      <c r="C136" t="s">
+        <v>60</v>
+      </c>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>190</v>
       </c>
       <c r="B137" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C137"/>
       <c r="D137"/>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
+        <v>192</v>
+      </c>
+      <c r="B138" t="s">
         <v>191</v>
       </c>
-      <c r="B138" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C138"/>
       <c r="D138"/>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B139" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C139"/>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B140" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>194</v>
+        <v>115</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>195</v>
       </c>
       <c r="B141" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C141"/>
       <c r="D141"/>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>196</v>
+        <v>13</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
+        <v>196</v>
+      </c>
+      <c r="B142" t="s">
+        <v>8</v>
+      </c>
+      <c r="C142" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>198</v>
       </c>
       <c r="B143" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C143"/>
+        <v>8</v>
+      </c>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
       <c r="D143"/>
       <c r="E143"/>
       <c r="F143" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>199</v>
       </c>
       <c r="B144" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>42</v>
+        <v>174</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>200</v>
       </c>
       <c r="B145" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B146" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C146"/>
+        <v>8</v>
+      </c>
+      <c r="C146" t="s">
+        <v>45</v>
+      </c>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>42</v>
+        <v>16</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B147" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C147"/>
+        <v>8</v>
+      </c>
+      <c r="C147" t="s">
+        <v>45</v>
+      </c>
       <c r="D147"/>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B148" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>204</v>
       </c>
       <c r="B149" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C149"/>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>147</v>
+        <v>205</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B150" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>49</v>
+        <v>207</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B151" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>207</v>
+        <v>60</v>
       </c>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>9</v>
+        <v>149</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B152" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C152"/>
       <c r="D152"/>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B153" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>210</v>
+        <v>23</v>
       </c>
       <c r="D153"/>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>211</v>
       </c>
       <c r="B154" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C154"/>
       <c r="D154"/>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B155" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C155"/>
       <c r="D155"/>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B156" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C156"/>
       <c r="D156"/>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>214</v>
+        <v>61</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B157" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>33</v>
+        <v>214</v>
       </c>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>103</v>
+        <v>57</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B158" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C158"/>
       <c r="D158"/>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B159" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C159"/>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>128</v>
+        <v>217</v>
       </c>
       <c r="B160" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C160"/>
+        <v>8</v>
+      </c>
+      <c r="C160" t="s">
+        <v>218</v>
+      </c>
       <c r="D160"/>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B161" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C161"/>
       <c r="D161"/>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B162" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C162" t="s">
-        <v>108</v>
+        <v>221</v>
       </c>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B163" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C163"/>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B164" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C164" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B165" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>49</v>
+        <v>225</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>129</v>
+        <v>226</v>
       </c>
       <c r="B166" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C166" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B167" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C167" t="s">
         <v>26</v>
       </c>
+      <c r="C167"/>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="B168" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C168"/>
+        <v>8</v>
+      </c>
+      <c r="C168" t="s">
+        <v>23</v>
+      </c>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>224</v>
+        <v>139</v>
       </c>
       <c r="B169" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B170" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C170"/>
       <c r="D170"/>
       <c r="E170"/>
       <c r="F170" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="B171" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C171" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B172" t="s">
         <v>8</v>
       </c>
-      <c r="C172"/>
+      <c r="C172" t="s">
+        <v>45</v>
+      </c>
       <c r="D172"/>
       <c r="E172"/>
       <c r="F172" t="s">
-        <v>9</v>
+        <v>186</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B173" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C173" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B174" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C174" t="s">
-        <v>230</v>
+        <v>18</v>
       </c>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>231</v>
+        <v>140</v>
       </c>
       <c r="B175" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>232</v>
+        <v>45</v>
       </c>
       <c r="D175"/>
       <c r="E175"/>
       <c r="F175" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B176" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C176" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="B177" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C177" t="s">
         <v>26</v>
       </c>
+      <c r="C177"/>
       <c r="D177"/>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>235</v>
       </c>
       <c r="B178" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C178"/>
       <c r="D178"/>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>236</v>
       </c>
       <c r="B179" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C179" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="D179"/>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>237</v>
       </c>
       <c r="B180" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C180" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D180"/>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>238</v>
       </c>
       <c r="B181" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>239</v>
       </c>
       <c r="B182" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C182"/>
+        <v>8</v>
+      </c>
+      <c r="C182" t="s">
+        <v>45</v>
+      </c>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G182"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>240</v>
       </c>
       <c r="B183" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C183" t="s">
-        <v>108</v>
+        <v>241</v>
       </c>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G183"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B184" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C184"/>
+        <v>8</v>
+      </c>
+      <c r="C184" t="s">
+        <v>243</v>
+      </c>
       <c r="D184"/>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>242</v>
+        <v>66</v>
       </c>
       <c r="G184"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B185" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C185" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G185"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B186" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C186" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D186"/>
       <c r="E186"/>
       <c r="F186" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G186"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B187" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C187" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D187"/>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>246</v>
+        <v>66</v>
       </c>
       <c r="G187"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>247</v>
       </c>
       <c r="B188" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C188" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="D188"/>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G188"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>248</v>
       </c>
       <c r="B189" t="s">
         <v>8</v>
       </c>
-      <c r="C189"/>
+      <c r="C189" t="s">
+        <v>18</v>
+      </c>
       <c r="D189"/>
       <c r="E189"/>
       <c r="F189" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G189"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>249</v>
       </c>
       <c r="B190" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C190"/>
       <c r="D190"/>
       <c r="E190"/>
       <c r="F190" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G190"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>250</v>
       </c>
       <c r="B191" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C191"/>
       <c r="D191"/>
       <c r="E191"/>
       <c r="F191" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G191"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>251</v>
       </c>
       <c r="B192" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C192"/>
+        <v>8</v>
+      </c>
+      <c r="C192" t="s">
+        <v>18</v>
+      </c>
       <c r="D192"/>
       <c r="E192"/>
       <c r="F192" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G192"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>209</v>
+        <v>252</v>
       </c>
       <c r="B193" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C193"/>
       <c r="D193"/>
       <c r="E193"/>
       <c r="F193" t="s">
-        <v>9</v>
+        <v>253</v>
       </c>
       <c r="G193"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B194" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C194" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D194"/>
       <c r="E194"/>
       <c r="F194" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G194"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B195" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C195" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D195"/>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G195"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B196" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C196"/>
+        <v>8</v>
+      </c>
+      <c r="C196" t="s">
+        <v>45</v>
+      </c>
       <c r="D196"/>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>9</v>
+        <v>257</v>
       </c>
       <c r="G196"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B197" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C197"/>
+        <v>8</v>
+      </c>
+      <c r="C197" t="s">
+        <v>45</v>
+      </c>
       <c r="D197"/>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G197"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B198" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198"/>
       <c r="F198" t="s">
-        <v>257</v>
+        <v>13</v>
       </c>
       <c r="G198"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B199" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C199"/>
       <c r="D199"/>
       <c r="E199"/>
       <c r="F199" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G199"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B200" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C200"/>
       <c r="D200"/>
       <c r="E200"/>
       <c r="F200" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G200"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B201" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C201"/>
       <c r="D201"/>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G201"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>261</v>
+        <v>220</v>
       </c>
       <c r="B202" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C202"/>
       <c r="D202"/>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G202"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>263</v>
       </c>
       <c r="B203" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C203" t="s">
-        <v>264</v>
+        <v>45</v>
       </c>
       <c r="D203"/>
       <c r="E203"/>
       <c r="F203" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G203"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B204" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C204" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D204"/>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G204"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B205" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C205"/>
       <c r="D205"/>
       <c r="E205"/>
       <c r="F205" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G205"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B206" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="G206"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B207" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C207"/>
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207" t="s">
-        <v>82</v>
+        <v>268</v>
       </c>
       <c r="G207"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>269</v>
       </c>
       <c r="B208" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C208" t="s">
-        <v>270</v>
+        <v>18</v>
       </c>
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G208"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B209" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C209"/>
+        <v>8</v>
+      </c>
+      <c r="C209" t="s">
+        <v>23</v>
+      </c>
       <c r="D209"/>
       <c r="E209"/>
       <c r="F209" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G209"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B210" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C210"/>
       <c r="D210"/>
       <c r="E210"/>
       <c r="F210" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G210"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B211" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C211" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
+        <v>274</v>
+      </c>
+      <c r="B212" t="s">
+        <v>8</v>
+      </c>
+      <c r="C212" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G212"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>276</v>
       </c>
       <c r="B213" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C213" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D213"/>
       <c r="E213"/>
       <c r="F213" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G213"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>277</v>
       </c>
       <c r="B214" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C214" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D214"/>
       <c r="E214"/>
       <c r="F214" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G214"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>278</v>
       </c>
       <c r="B215" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C215"/>
       <c r="D215"/>
       <c r="E215"/>
       <c r="F215" t="s">
-        <v>279</v>
+        <v>172</v>
       </c>
       <c r="G215"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B216" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C216"/>
+        <v>8</v>
+      </c>
+      <c r="C216" t="s">
+        <v>40</v>
+      </c>
       <c r="D216"/>
       <c r="E216"/>
       <c r="F216" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G216"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
+        <v>280</v>
+      </c>
+      <c r="B217" t="s">
+        <v>8</v>
+      </c>
+      <c r="C217" t="s">
         <v>281</v>
       </c>
-      <c r="B217" t="s">
-[...2 lines deleted...]
-      <c r="C217"/>
       <c r="D217"/>
       <c r="E217"/>
       <c r="F217" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G217"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>282</v>
       </c>
       <c r="B218" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C218" t="s">
         <v>26</v>
       </c>
+      <c r="C218"/>
       <c r="D218"/>
       <c r="E218"/>
       <c r="F218" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G218"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>283</v>
       </c>
       <c r="B219" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>35</v>
+        <v>284</v>
       </c>
       <c r="D219"/>
       <c r="E219"/>
       <c r="F219" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G219"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B220" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C220" t="s">
-        <v>230</v>
+        <v>60</v>
       </c>
       <c r="D220"/>
       <c r="E220"/>
       <c r="F220" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G220"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B221" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C221" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="D221"/>
       <c r="E221"/>
       <c r="F221" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G221"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B222" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C222" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="D222"/>
       <c r="E222"/>
       <c r="F222" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G222"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B223" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D223"/>
       <c r="E223"/>
       <c r="F223" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G223"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B224" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C224"/>
       <c r="D224"/>
       <c r="E224"/>
       <c r="F224" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G224"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B225" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C225"/>
       <c r="D225"/>
       <c r="E225"/>
       <c r="F225" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G225"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B226" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C226"/>
       <c r="D226"/>
       <c r="E226"/>
       <c r="F226" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G226"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B227" t="s">
         <v>8</v>
       </c>
-      <c r="C227"/>
+      <c r="C227" t="s">
+        <v>45</v>
+      </c>
       <c r="D227"/>
       <c r="E227"/>
       <c r="F227" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G227"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B228" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C228" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="D228"/>
       <c r="E228"/>
       <c r="F228" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G228"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B229" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C229"/>
+        <v>8</v>
+      </c>
+      <c r="C229" t="s">
+        <v>241</v>
+      </c>
       <c r="D229"/>
       <c r="E229"/>
       <c r="F229" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G229"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B230" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C230" t="s">
-        <v>93</v>
+        <v>18</v>
       </c>
       <c r="D230"/>
       <c r="E230"/>
       <c r="F230" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G230"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B231" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C231"/>
+        <v>8</v>
+      </c>
+      <c r="C231" t="s">
+        <v>23</v>
+      </c>
       <c r="D231"/>
       <c r="E231"/>
       <c r="F231" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G231"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B232" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C232" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D232"/>
       <c r="E232"/>
       <c r="F232" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G232"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B233" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C233"/>
       <c r="D233"/>
       <c r="E233"/>
       <c r="F233" t="s">
-        <v>161</v>
+        <v>300</v>
       </c>
       <c r="G233"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B234" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C234"/>
       <c r="D234"/>
       <c r="E234"/>
       <c r="F234" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G234"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B235" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C235" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D235"/>
       <c r="E235"/>
       <c r="F235" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G235"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B236" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C236"/>
       <c r="D236"/>
       <c r="E236"/>
       <c r="F236" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G236"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B237" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C237" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="D237"/>
       <c r="E237"/>
       <c r="F237" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G237"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B238" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C238"/>
       <c r="D238"/>
       <c r="E238"/>
       <c r="F238" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G238"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B239" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C239"/>
+        <v>8</v>
+      </c>
+      <c r="C239" t="s">
+        <v>30</v>
+      </c>
       <c r="D239"/>
       <c r="E239"/>
       <c r="F239" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G239"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B240" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C240"/>
       <c r="D240"/>
       <c r="E240"/>
       <c r="F240" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G240"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B241" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C241"/>
+        <v>8</v>
+      </c>
+      <c r="C241" t="s">
+        <v>18</v>
+      </c>
       <c r="D241"/>
       <c r="E241"/>
       <c r="F241" t="s">
-        <v>307</v>
+        <v>66</v>
       </c>
       <c r="G241"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B242" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C242" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D242"/>
       <c r="E242"/>
       <c r="F242" t="s">
-        <v>307</v>
+        <v>172</v>
       </c>
       <c r="G242"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B243" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C243" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="D243"/>
       <c r="E243"/>
       <c r="F243" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G243"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B244" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C244" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D244"/>
       <c r="E244"/>
       <c r="F244" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G244"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B245" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C245"/>
       <c r="D245"/>
       <c r="E245"/>
       <c r="F245" t="s">
-        <v>312</v>
+        <v>13</v>
       </c>
       <c r="G245"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>278</v>
+        <v>313</v>
       </c>
       <c r="B246" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C246"/>
+        <v>8</v>
+      </c>
+      <c r="C246" t="s">
+        <v>138</v>
+      </c>
       <c r="D246"/>
       <c r="E246"/>
       <c r="F246" t="s">
-        <v>312</v>
+        <v>13</v>
       </c>
       <c r="G246"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B247" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C247" t="s">
-        <v>314</v>
+        <v>45</v>
       </c>
       <c r="D247"/>
       <c r="E247"/>
       <c r="F247" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G247"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>315</v>
       </c>
       <c r="B248" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C248"/>
       <c r="D248"/>
       <c r="E248"/>
       <c r="F248" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G248"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>316</v>
       </c>
       <c r="B249" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C249"/>
       <c r="D249"/>
       <c r="E249"/>
       <c r="F249" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G249"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>317</v>
       </c>
       <c r="B250" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C250"/>
       <c r="D250"/>
       <c r="E250"/>
       <c r="F250" t="s">
-        <v>49</v>
+        <v>318</v>
       </c>
       <c r="G250"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B251" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C251"/>
+        <v>8</v>
+      </c>
+      <c r="C251" t="s">
+        <v>60</v>
+      </c>
       <c r="D251"/>
       <c r="E251"/>
       <c r="F251" t="s">
-        <v>9</v>
+        <v>318</v>
       </c>
       <c r="G251"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B252" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C252"/>
+        <v>8</v>
+      </c>
+      <c r="C252" t="s">
+        <v>45</v>
+      </c>
       <c r="D252"/>
       <c r="E252"/>
       <c r="F252" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G252"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B253" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C253" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="D253"/>
       <c r="E253"/>
       <c r="F253" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G253"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B254" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C254"/>
       <c r="D254"/>
       <c r="E254"/>
       <c r="F254" t="s">
-        <v>9</v>
+        <v>323</v>
       </c>
       <c r="G254"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>322</v>
+        <v>289</v>
       </c>
       <c r="B255" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C255"/>
       <c r="D255"/>
       <c r="E255"/>
       <c r="F255" t="s">
-        <v>9</v>
+        <v>323</v>
       </c>
       <c r="G255"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B256" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C256" t="s">
-        <v>26</v>
+        <v>325</v>
       </c>
       <c r="D256"/>
       <c r="E256"/>
       <c r="F256" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G256"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B257" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C257" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D257"/>
       <c r="E257"/>
       <c r="F257" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G257"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B258" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C258"/>
+        <v>8</v>
+      </c>
+      <c r="C258" t="s">
+        <v>18</v>
+      </c>
       <c r="D258"/>
       <c r="E258"/>
       <c r="F258" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G258"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B259" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C259"/>
       <c r="D259"/>
       <c r="E259"/>
       <c r="F259" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G259"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B260" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C260" t="s">
         <v>26</v>
       </c>
+      <c r="C260"/>
       <c r="D260"/>
       <c r="E260"/>
       <c r="F260" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G260"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B261" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C261"/>
       <c r="D261"/>
       <c r="E261"/>
       <c r="F261" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="G261"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>295</v>
+        <v>331</v>
       </c>
       <c r="B262" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C262" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D262"/>
       <c r="E262"/>
       <c r="F262" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G262"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B263" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C263" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D263"/>
       <c r="E263"/>
       <c r="F263" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G263"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B264" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C264"/>
       <c r="D264"/>
       <c r="E264"/>
       <c r="F264" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G264"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B265" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C265" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D265"/>
       <c r="E265"/>
       <c r="F265" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G265"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B266" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C266" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="D266"/>
       <c r="E266"/>
       <c r="F266" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G266"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B267" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267"/>
       <c r="F267" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G267"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B268" t="s">
         <v>8</v>
       </c>
-      <c r="C268"/>
+      <c r="C268" t="s">
+        <v>45</v>
+      </c>
       <c r="D268"/>
       <c r="E268"/>
       <c r="F268" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G268"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B269" t="s">
         <v>8</v>
       </c>
-      <c r="C269"/>
+      <c r="C269" t="s">
+        <v>45</v>
+      </c>
       <c r="D269"/>
       <c r="E269"/>
       <c r="F269" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G269"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B270" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C270"/>
       <c r="D270"/>
       <c r="E270"/>
       <c r="F270" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G270"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>337</v>
+        <v>306</v>
       </c>
       <c r="B271" t="s">
         <v>8</v>
       </c>
-      <c r="C271"/>
+      <c r="C271" t="s">
+        <v>60</v>
+      </c>
       <c r="D271"/>
       <c r="E271"/>
       <c r="F271" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="G271"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B272" t="s">
         <v>8</v>
       </c>
-      <c r="C272"/>
+      <c r="C272" t="s">
+        <v>60</v>
+      </c>
       <c r="D272"/>
       <c r="E272"/>
       <c r="F272" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G272"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B273" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C273"/>
+        <v>8</v>
+      </c>
+      <c r="C273" t="s">
+        <v>18</v>
+      </c>
       <c r="D273"/>
       <c r="E273"/>
       <c r="F273" t="s">
-        <v>138</v>
+        <v>66</v>
       </c>
       <c r="G273"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>278</v>
+        <v>342</v>
       </c>
       <c r="B274" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C274"/>
+        <v>8</v>
+      </c>
+      <c r="C274" t="s">
+        <v>18</v>
+      </c>
       <c r="D274"/>
       <c r="E274"/>
       <c r="F274" t="s">
-        <v>138</v>
+        <v>66</v>
       </c>
       <c r="G274"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B275" t="s">
         <v>8</v>
       </c>
-      <c r="C275"/>
+      <c r="C275" t="s">
+        <v>23</v>
+      </c>
       <c r="D275"/>
       <c r="E275"/>
       <c r="F275" t="s">
-        <v>341</v>
+        <v>66</v>
       </c>
       <c r="G275"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B276" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C276"/>
       <c r="D276"/>
       <c r="E276"/>
       <c r="F276" t="s">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="G276"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B277" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C277"/>
       <c r="D277"/>
       <c r="E277"/>
       <c r="F277" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G277"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B278" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C278"/>
       <c r="D278"/>
       <c r="E278"/>
       <c r="F278" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G278"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B279" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C279"/>
       <c r="D279"/>
       <c r="E279"/>
       <c r="F279" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G279"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B280" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C280"/>
       <c r="D280"/>
       <c r="E280"/>
       <c r="F280" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G280"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B281" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C281"/>
       <c r="D281"/>
       <c r="E281"/>
       <c r="F281" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G281"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B282" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C282"/>
       <c r="D282"/>
       <c r="E282"/>
       <c r="F282" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
       <c r="G282"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>349</v>
+        <v>289</v>
       </c>
       <c r="B283" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C283" t="s">
         <v>26</v>
       </c>
+      <c r="C283"/>
       <c r="D283"/>
       <c r="E283"/>
       <c r="F283" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="G283"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B284" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C284"/>
       <c r="D284"/>
       <c r="E284"/>
       <c r="F284" t="s">
-        <v>9</v>
+        <v>352</v>
       </c>
       <c r="G284"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B285" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C285"/>
       <c r="D285"/>
       <c r="E285"/>
       <c r="F285" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G285"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B286" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C286"/>
       <c r="D286"/>
       <c r="E286"/>
       <c r="F286" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G286"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>320</v>
+        <v>355</v>
       </c>
       <c r="B287" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C287"/>
       <c r="D287"/>
       <c r="E287"/>
       <c r="F287" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G287"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="B288" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C288"/>
       <c r="D288"/>
       <c r="E288"/>
       <c r="F288" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G288"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B289" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C289"/>
       <c r="D289"/>
       <c r="E289"/>
       <c r="F289" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G289"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B290" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C290" t="s">
-        <v>357</v>
+        <v>45</v>
       </c>
       <c r="D290"/>
       <c r="E290"/>
       <c r="F290" t="s">
-        <v>358</v>
+        <v>66</v>
       </c>
       <c r="G290"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>359</v>
       </c>
       <c r="B291" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C291"/>
       <c r="D291"/>
       <c r="E291"/>
       <c r="F291" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G291"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>360</v>
       </c>
       <c r="B292" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C292" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D292"/>
       <c r="E292"/>
       <c r="F292" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="G292"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>361</v>
       </c>
       <c r="B293" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C293"/>
       <c r="D293"/>
       <c r="E293"/>
       <c r="F293" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G293"/>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>362</v>
       </c>
       <c r="B294" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C294"/>
       <c r="D294"/>
       <c r="E294"/>
       <c r="F294" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G294"/>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>363</v>
       </c>
       <c r="B295" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C295"/>
+        <v>8</v>
+      </c>
+      <c r="C295" t="s">
+        <v>45</v>
+      </c>
       <c r="D295"/>
       <c r="E295"/>
       <c r="F295" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G295"/>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>352</v>
+        <v>331</v>
       </c>
       <c r="B296" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C296"/>
       <c r="D296"/>
       <c r="E296"/>
       <c r="F296" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G296"/>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>278</v>
+        <v>364</v>
       </c>
       <c r="B297" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C297"/>
+        <v>8</v>
+      </c>
+      <c r="C297" t="s">
+        <v>365</v>
+      </c>
       <c r="D297"/>
       <c r="E297"/>
       <c r="F297" t="s">
-        <v>307</v>
+        <v>24</v>
       </c>
       <c r="G297"/>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B298" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C298"/>
       <c r="D298"/>
       <c r="E298"/>
       <c r="F298" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G298"/>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B299" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C299"/>
+        <v>8</v>
+      </c>
+      <c r="C299" t="s">
+        <v>21</v>
+      </c>
       <c r="D299"/>
       <c r="E299"/>
       <c r="F299" t="s">
-        <v>147</v>
+        <v>368</v>
       </c>
       <c r="G299"/>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B300" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C300"/>
       <c r="D300"/>
       <c r="E300"/>
       <c r="F300" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="G300"/>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B301" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C301" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D301"/>
       <c r="E301"/>
       <c r="F301" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G301"/>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B302" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C302"/>
+        <v>8</v>
+      </c>
+      <c r="C302" t="s">
+        <v>45</v>
+      </c>
       <c r="D302"/>
       <c r="E302"/>
       <c r="F302" t="s">
-        <v>369</v>
+        <v>13</v>
       </c>
       <c r="G302"/>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B303" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C303"/>
       <c r="D303"/>
       <c r="E303"/>
       <c r="F303" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="G303"/>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B304" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C304"/>
       <c r="D304"/>
       <c r="E304"/>
       <c r="F304" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G304"/>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>278</v>
+        <v>363</v>
       </c>
       <c r="B305" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C305"/>
       <c r="D305"/>
       <c r="E305"/>
       <c r="F305" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G305"/>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>372</v>
+        <v>289</v>
       </c>
       <c r="B306" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C306"/>
       <c r="D306"/>
       <c r="E306"/>
       <c r="F306" t="s">
-        <v>9</v>
+        <v>318</v>
       </c>
       <c r="G306"/>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B307" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C307" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="D307"/>
       <c r="E307"/>
       <c r="F307" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G307"/>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B308" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C308"/>
       <c r="D308"/>
       <c r="E308"/>
       <c r="F308" t="s">
-        <v>375</v>
+        <v>158</v>
       </c>
       <c r="G308"/>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
         <v>376</v>
       </c>
       <c r="B309" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C309" t="s">
         <v>26</v>
       </c>
+      <c r="C309"/>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G309"/>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>377</v>
       </c>
       <c r="B310" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C310" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D310"/>
       <c r="E310"/>
       <c r="F310" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G310"/>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
         <v>378</v>
       </c>
       <c r="B311" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C311"/>
       <c r="D311"/>
       <c r="E311"/>
       <c r="F311" t="s">
-        <v>9</v>
+        <v>379</v>
       </c>
       <c r="G311"/>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B312" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C312"/>
       <c r="D312"/>
       <c r="E312"/>
       <c r="F312" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="G312"/>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>381</v>
       </c>
       <c r="B313" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C313"/>
       <c r="D313"/>
       <c r="E313"/>
       <c r="F313" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G313"/>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>382</v>
+        <v>289</v>
       </c>
       <c r="B314" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C314"/>
+        <v>8</v>
+      </c>
+      <c r="C314" t="s">
+        <v>23</v>
+      </c>
       <c r="D314"/>
       <c r="E314"/>
       <c r="F314" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G314"/>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="B315" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C315"/>
+        <v>8</v>
+      </c>
+      <c r="C315" t="s">
+        <v>18</v>
+      </c>
       <c r="D315"/>
       <c r="E315"/>
       <c r="F315" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G315"/>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B316" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C316"/>
+        <v>8</v>
+      </c>
+      <c r="C316" t="s">
+        <v>18</v>
+      </c>
       <c r="D316"/>
       <c r="E316"/>
       <c r="F316" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G316"/>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B317" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C317" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D317"/>
       <c r="E317"/>
       <c r="F317" t="s">
-        <v>49</v>
+        <v>385</v>
       </c>
       <c r="G317"/>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
         <v>386</v>
       </c>
       <c r="B318" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C318" t="s">
-        <v>387</v>
+        <v>45</v>
       </c>
       <c r="D318"/>
       <c r="E318"/>
       <c r="F318" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G318"/>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B319" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C319"/>
+        <v>8</v>
+      </c>
+      <c r="C319" t="s">
+        <v>45</v>
+      </c>
       <c r="D319"/>
       <c r="E319"/>
       <c r="F319" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G319"/>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>388</v>
       </c>
       <c r="B320" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C320" t="s">
-        <v>127</v>
+        <v>45</v>
       </c>
       <c r="D320"/>
       <c r="E320"/>
       <c r="F320" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G320"/>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>389</v>
       </c>
       <c r="B321" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C321"/>
       <c r="D321"/>
       <c r="E321"/>
       <c r="F321" t="s">
-        <v>82</v>
+        <v>390</v>
       </c>
       <c r="G321"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B322" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C322" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D322"/>
       <c r="E322"/>
       <c r="F322" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G322"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B323" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C323"/>
       <c r="D323"/>
       <c r="E323"/>
       <c r="F323" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G323"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B324" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C324"/>
       <c r="D324"/>
       <c r="E324"/>
       <c r="F324" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G324"/>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B325" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C325"/>
       <c r="D325"/>
       <c r="E325"/>
       <c r="F325" t="s">
-        <v>246</v>
+        <v>24</v>
       </c>
       <c r="G325"/>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>278</v>
+        <v>395</v>
       </c>
       <c r="B326" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C326"/>
+        <v>8</v>
+      </c>
+      <c r="C326" t="s">
+        <v>18</v>
+      </c>
       <c r="D326"/>
       <c r="E326"/>
       <c r="F326" t="s">
-        <v>246</v>
+        <v>66</v>
       </c>
       <c r="G326"/>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B327" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C327" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="D327"/>
       <c r="E327"/>
       <c r="F327" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G327"/>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>396</v>
       </c>
       <c r="B328" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C328"/>
       <c r="D328"/>
       <c r="E328"/>
       <c r="F328" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G328"/>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="B329" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C329" t="s">
-        <v>70</v>
+        <v>138</v>
       </c>
       <c r="D329"/>
       <c r="E329"/>
       <c r="F329" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G329"/>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B330" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C330" t="s">
-        <v>398</v>
+        <v>18</v>
       </c>
       <c r="D330"/>
       <c r="E330"/>
       <c r="F330" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G330"/>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B331" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C331" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D331"/>
       <c r="E331"/>
       <c r="F331" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G331"/>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B332" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C332"/>
+        <v>8</v>
+      </c>
+      <c r="C332" t="s">
+        <v>18</v>
+      </c>
       <c r="D332"/>
       <c r="E332"/>
       <c r="F332" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G332"/>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B333" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C333" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D333"/>
       <c r="E333"/>
       <c r="F333" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="G333"/>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B334" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C334"/>
       <c r="D334"/>
       <c r="E334"/>
       <c r="F334" t="s">
-        <v>147</v>
+        <v>257</v>
       </c>
       <c r="G334"/>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>403</v>
+        <v>289</v>
       </c>
       <c r="B335" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C335"/>
       <c r="D335"/>
       <c r="E335"/>
       <c r="F335" t="s">
-        <v>82</v>
+        <v>257</v>
       </c>
       <c r="G335"/>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
         <v>404</v>
       </c>
       <c r="B336" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C336" t="s">
-        <v>108</v>
+        <v>405</v>
       </c>
       <c r="D336"/>
       <c r="E336"/>
       <c r="F336" t="s">
-        <v>82</v>
+        <v>16</v>
       </c>
       <c r="G336"/>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B337" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C337" t="s">
-        <v>108</v>
+        <v>397</v>
       </c>
       <c r="D337"/>
       <c r="E337"/>
       <c r="F337" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G337"/>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
         <v>406</v>
       </c>
       <c r="B338" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C338" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D338"/>
       <c r="E338"/>
       <c r="F338" t="s">
-        <v>407</v>
+        <v>66</v>
       </c>
       <c r="G338"/>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
+        <v>407</v>
+      </c>
+      <c r="B339" t="s">
+        <v>8</v>
+      </c>
+      <c r="C339" t="s">
         <v>408</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D339"/>
       <c r="E339"/>
       <c r="F339" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G339"/>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
         <v>409</v>
       </c>
       <c r="B340" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C340" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D340"/>
       <c r="E340"/>
       <c r="F340" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="G340"/>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>410</v>
       </c>
       <c r="B341" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C341"/>
       <c r="D341"/>
       <c r="E341"/>
       <c r="F341" t="s">
-        <v>163</v>
+        <v>28</v>
       </c>
       <c r="G341"/>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>411</v>
       </c>
       <c r="B342" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C342"/>
+        <v>8</v>
+      </c>
+      <c r="C342" t="s">
+        <v>18</v>
+      </c>
       <c r="D342"/>
       <c r="E342"/>
       <c r="F342" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G342"/>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
         <v>412</v>
       </c>
       <c r="B343" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C343"/>
+        <v>8</v>
+      </c>
+      <c r="C343" t="s">
+        <v>18</v>
+      </c>
       <c r="D343"/>
       <c r="E343"/>
       <c r="F343" t="s">
-        <v>38</v>
+        <v>158</v>
       </c>
       <c r="G343"/>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
         <v>413</v>
       </c>
       <c r="B344" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C344"/>
       <c r="D344"/>
       <c r="E344"/>
       <c r="F344" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G344"/>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>414</v>
       </c>
       <c r="B345" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C345"/>
+        <v>8</v>
+      </c>
+      <c r="C345" t="s">
+        <v>18</v>
+      </c>
       <c r="D345"/>
       <c r="E345"/>
       <c r="F345" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="G345"/>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
         <v>415</v>
       </c>
       <c r="B346" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C346" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D346"/>
       <c r="E346"/>
       <c r="F346" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G346"/>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
         <v>416</v>
       </c>
       <c r="B347" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C347"/>
+        <v>8</v>
+      </c>
+      <c r="C347" t="s">
+        <v>40</v>
+      </c>
       <c r="D347"/>
       <c r="E347"/>
       <c r="F347" t="s">
-        <v>9</v>
+        <v>417</v>
       </c>
       <c r="G347"/>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B348" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C348" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D348"/>
       <c r="E348"/>
       <c r="F348" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G348"/>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B349" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C349" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D349"/>
       <c r="E349"/>
       <c r="F349" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G349"/>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B350" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C350" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="D350"/>
       <c r="E350"/>
       <c r="F350" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="G350"/>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B351" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C351"/>
       <c r="D351"/>
       <c r="E351"/>
       <c r="F351" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G351"/>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B352" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C352"/>
       <c r="D352"/>
       <c r="E352"/>
       <c r="F352" t="s">
-        <v>158</v>
+        <v>57</v>
       </c>
       <c r="G352"/>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B353" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C353"/>
       <c r="D353"/>
       <c r="E353"/>
       <c r="F353" t="s">
-        <v>158</v>
+        <v>57</v>
       </c>
       <c r="G353"/>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B354" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C354"/>
       <c r="D354"/>
       <c r="E354"/>
       <c r="F354" t="s">
-        <v>158</v>
+        <v>57</v>
       </c>
       <c r="G354"/>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B355" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C355"/>
+        <v>8</v>
+      </c>
+      <c r="C355" t="s">
+        <v>18</v>
+      </c>
       <c r="D355"/>
       <c r="E355"/>
       <c r="F355" t="s">
-        <v>158</v>
+        <v>13</v>
       </c>
       <c r="G355"/>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B356" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C356"/>
       <c r="D356"/>
       <c r="E356"/>
       <c r="F356" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G356"/>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B357" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C357" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D357"/>
       <c r="E357"/>
       <c r="F357" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G357"/>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B358" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C358" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D358"/>
       <c r="E358"/>
       <c r="F358" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G358"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B359" t="s">
         <v>8</v>
       </c>
-      <c r="C359"/>
+      <c r="C359" t="s">
+        <v>18</v>
+      </c>
       <c r="D359"/>
       <c r="E359"/>
       <c r="F359" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G359"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B360" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C360"/>
+        <v>8</v>
+      </c>
+      <c r="C360" t="s">
+        <v>146</v>
+      </c>
       <c r="D360"/>
       <c r="E360"/>
       <c r="F360" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G360"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B361" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C361"/>
       <c r="D361"/>
       <c r="E361"/>
       <c r="F361" t="s">
-        <v>375</v>
+        <v>169</v>
       </c>
       <c r="G361"/>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>278</v>
+        <v>432</v>
       </c>
       <c r="B362" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C362"/>
       <c r="D362"/>
       <c r="E362"/>
       <c r="F362" t="s">
-        <v>375</v>
+        <v>169</v>
       </c>
       <c r="G362"/>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B363" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C363"/>
       <c r="D363"/>
       <c r="E363"/>
       <c r="F363" t="s">
-        <v>49</v>
+        <v>169</v>
       </c>
       <c r="G363"/>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B364" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C364"/>
       <c r="D364"/>
       <c r="E364"/>
       <c r="F364" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G364"/>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B365" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C365"/>
       <c r="D365"/>
       <c r="E365"/>
       <c r="F365" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G365"/>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B366" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C366" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D366"/>
       <c r="E366"/>
       <c r="F366" t="s">
-        <v>435</v>
+        <v>115</v>
       </c>
       <c r="G366"/>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B367" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C367" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D367"/>
       <c r="E367"/>
       <c r="F367" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G367"/>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B368" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C368"/>
       <c r="D368"/>
       <c r="E368"/>
       <c r="F368" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G368"/>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
         <v>439</v>
       </c>
       <c r="B369" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C369"/>
       <c r="D369"/>
       <c r="E369"/>
       <c r="F369" t="s">
-        <v>82</v>
+        <v>115</v>
       </c>
       <c r="G369"/>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>396</v>
+        <v>440</v>
       </c>
       <c r="B370" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C370"/>
       <c r="D370"/>
       <c r="E370"/>
       <c r="F370" t="s">
-        <v>49</v>
+        <v>385</v>
       </c>
       <c r="G370"/>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>440</v>
+        <v>289</v>
       </c>
       <c r="B371" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C371"/>
       <c r="D371"/>
       <c r="E371"/>
       <c r="F371" t="s">
-        <v>9</v>
+        <v>385</v>
       </c>
       <c r="G371"/>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
         <v>441</v>
       </c>
       <c r="B372" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C372"/>
       <c r="D372"/>
       <c r="E372"/>
       <c r="F372" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G372"/>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
         <v>442</v>
       </c>
       <c r="B373" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C373" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="D373"/>
       <c r="E373"/>
       <c r="F373" t="s">
-        <v>443</v>
+        <v>13</v>
       </c>
       <c r="G373"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="B374" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C374"/>
       <c r="D374"/>
       <c r="E374"/>
       <c r="F374" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G374"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="B375" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C375"/>
+        <v>8</v>
+      </c>
+      <c r="C375" t="s">
+        <v>45</v>
+      </c>
       <c r="D375"/>
       <c r="E375"/>
       <c r="F375" t="s">
-        <v>158</v>
+        <v>445</v>
       </c>
       <c r="G375"/>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>446</v>
       </c>
       <c r="B376" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C376"/>
+        <v>8</v>
+      </c>
+      <c r="C376" t="s">
+        <v>45</v>
+      </c>
       <c r="D376"/>
       <c r="E376"/>
       <c r="F376" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G376"/>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>447</v>
       </c>
       <c r="B377" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C377" t="s">
-        <v>35</v>
+        <v>448</v>
       </c>
       <c r="D377"/>
       <c r="E377"/>
       <c r="F377" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G377"/>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B378" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="C378"/>
+        <v>8</v>
+      </c>
+      <c r="C378" t="s">
+        <v>18</v>
+      </c>
       <c r="D378"/>
       <c r="E378"/>
       <c r="F378" t="s">
-        <v>449</v>
+        <v>16</v>
       </c>
       <c r="G378"/>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>278</v>
+        <v>406</v>
       </c>
       <c r="B379" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C379"/>
       <c r="D379"/>
       <c r="E379"/>
       <c r="F379" t="s">
-        <v>449</v>
+        <v>66</v>
       </c>
       <c r="G379"/>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
         <v>450</v>
       </c>
       <c r="B380" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C380" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="D380"/>
       <c r="E380"/>
       <c r="F380" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G380"/>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
         <v>451</v>
       </c>
       <c r="B381" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="C381"/>
+        <v>8</v>
+      </c>
+      <c r="C381" t="s">
+        <v>43</v>
+      </c>
       <c r="D381"/>
       <c r="E381"/>
       <c r="F381" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G381"/>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
         <v>452</v>
       </c>
       <c r="B382" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C382" t="s">
-        <v>453</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D382"/>
       <c r="E382"/>
       <c r="F382" t="s">
-        <v>103</v>
+        <v>453</v>
       </c>
       <c r="G382"/>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
         <v>454</v>
       </c>
       <c r="B383" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C383" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D383"/>
       <c r="E383"/>
       <c r="F383" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G383"/>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
         <v>455</v>
       </c>
       <c r="B384" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C384"/>
       <c r="D384"/>
       <c r="E384"/>
       <c r="F384" t="s">
-        <v>456</v>
+        <v>169</v>
       </c>
       <c r="G384"/>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="B385" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C385"/>
+      <c r="D385"/>
       <c r="E385"/>
       <c r="F385" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G385"/>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="B386" t="s">
         <v>8</v>
       </c>
-      <c r="C386"/>
-[...2 lines deleted...]
-      </c>
+      <c r="C386" t="s">
+        <v>54</v>
+      </c>
+      <c r="D386"/>
       <c r="E386"/>
       <c r="F386" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G386"/>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="B387" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C387"/>
+      <c r="D387"/>
       <c r="E387"/>
       <c r="F387" t="s">
-        <v>9</v>
+        <v>459</v>
       </c>
       <c r="G387"/>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>454</v>
+        <v>289</v>
       </c>
       <c r="B388" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C388"/>
       <c r="D388"/>
       <c r="E388"/>
       <c r="F388" t="s">
-        <v>53</v>
+        <v>459</v>
       </c>
       <c r="G388"/>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
         <v>460</v>
       </c>
       <c r="B389" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C389" t="s">
-        <v>26</v>
+        <v>146</v>
       </c>
       <c r="D389">
         <v>2022</v>
       </c>
       <c r="E389"/>
       <c r="F389" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G389"/>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>461</v>
       </c>
       <c r="B390" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C390"/>
+      <c r="D390"/>
       <c r="E390"/>
       <c r="F390" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G390"/>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
         <v>462</v>
       </c>
       <c r="B391" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D391"/>
+        <v>8</v>
+      </c>
+      <c r="C391" t="s">
+        <v>463</v>
+      </c>
+      <c r="D391">
+        <v>2022</v>
+      </c>
       <c r="E391"/>
       <c r="F391" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G391"/>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B392" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C392" t="s">
-        <v>264</v>
+        <v>43</v>
       </c>
       <c r="D392">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="E392"/>
       <c r="F392" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G392"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B393" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C393"/>
+      <c r="D393"/>
       <c r="E393"/>
       <c r="F393" t="s">
-        <v>9</v>
+        <v>466</v>
       </c>
       <c r="G393"/>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B394" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C394" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="D394">
         <v>2022</v>
       </c>
       <c r="E394"/>
       <c r="F394" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G394"/>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B395" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C395"/>
       <c r="D395">
         <v>2022</v>
       </c>
       <c r="E395"/>
       <c r="F395" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G395"/>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B396" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D396"/>
+        <v>8</v>
+      </c>
+      <c r="C396" t="s">
+        <v>45</v>
+      </c>
+      <c r="D396">
+        <v>2022</v>
+      </c>
       <c r="E396"/>
       <c r="F396" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G396"/>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="B397" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C397"/>
       <c r="D397"/>
       <c r="E397"/>
       <c r="F397" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G397"/>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B398" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D398"/>
+        <v>8</v>
+      </c>
+      <c r="C398" t="s">
+        <v>45</v>
+      </c>
+      <c r="D398">
+        <v>2022</v>
+      </c>
       <c r="E398"/>
       <c r="F398" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G398"/>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B399" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D399"/>
+        <v>8</v>
+      </c>
+      <c r="C399" t="s">
+        <v>54</v>
+      </c>
+      <c r="D399">
+        <v>2022</v>
+      </c>
       <c r="E399"/>
       <c r="F399" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G399"/>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B400" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C400"/>
       <c r="D400"/>
       <c r="E400"/>
       <c r="F400" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G400"/>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B401" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C401" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="D401">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="E401"/>
       <c r="F401" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G401"/>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B402" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D402"/>
+        <v>8</v>
+      </c>
+      <c r="C402" t="s">
+        <v>45</v>
+      </c>
+      <c r="D402">
+        <v>2022</v>
+      </c>
       <c r="E402"/>
       <c r="F402" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G402"/>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>278</v>
+        <v>475</v>
       </c>
       <c r="B403" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D403"/>
+        <v>8</v>
+      </c>
+      <c r="C403" t="s">
+        <v>45</v>
+      </c>
+      <c r="D403">
+        <v>2022</v>
+      </c>
       <c r="E403"/>
       <c r="F403" t="s">
-        <v>474</v>
+        <v>66</v>
       </c>
       <c r="G403"/>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B404" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D404"/>
+        <v>8</v>
+      </c>
+      <c r="C404" t="s">
+        <v>45</v>
+      </c>
+      <c r="D404">
+        <v>2022</v>
+      </c>
       <c r="E404"/>
       <c r="F404" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G404"/>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B405" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C405"/>
       <c r="D405"/>
       <c r="E405"/>
       <c r="F405" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G405"/>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B406" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C406"/>
+      <c r="D406"/>
       <c r="E406"/>
       <c r="F406" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G406"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B407" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C407"/>
+      <c r="D407"/>
       <c r="E407"/>
       <c r="F407" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G407"/>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B408" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C408"/>
+      <c r="D408"/>
       <c r="E408"/>
       <c r="F408" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G408"/>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B409" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C409"/>
       <c r="D409"/>
       <c r="E409"/>
       <c r="F409" t="s">
-        <v>369</v>
+        <v>13</v>
       </c>
       <c r="G409"/>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B410" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C410" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D410">
         <v>2022</v>
       </c>
       <c r="E410"/>
       <c r="F410" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G410"/>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B411" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C411"/>
       <c r="D411"/>
       <c r="E411"/>
       <c r="F411" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G411"/>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>483</v>
+        <v>289</v>
       </c>
       <c r="B412" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C412" t="s">
         <v>26</v>
       </c>
-      <c r="D412">
-[...1 lines deleted...]
-      </c>
+      <c r="C412"/>
+      <c r="D412"/>
       <c r="E412"/>
       <c r="F412" t="s">
-        <v>161</v>
+        <v>484</v>
       </c>
       <c r="G412"/>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B413" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C413"/>
+      <c r="D413"/>
       <c r="E413"/>
       <c r="F413" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="G413"/>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B414" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C414" t="s">
         <v>26</v>
       </c>
-      <c r="D414">
-[...1 lines deleted...]
-      </c>
+      <c r="C414"/>
+      <c r="D414"/>
       <c r="E414"/>
       <c r="F414" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G414"/>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B415" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D415"/>
+        <v>8</v>
+      </c>
+      <c r="C415" t="s">
+        <v>45</v>
+      </c>
+      <c r="D415">
+        <v>2022</v>
+      </c>
       <c r="E415"/>
       <c r="F415" t="s">
-        <v>487</v>
+        <v>172</v>
       </c>
       <c r="G415"/>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
         <v>488</v>
       </c>
       <c r="B416" t="s">
         <v>8</v>
       </c>
-      <c r="C416"/>
+      <c r="C416" t="s">
+        <v>18</v>
+      </c>
       <c r="D416">
-        <v>2018</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="E416"/>
       <c r="F416" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G416"/>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
         <v>489</v>
       </c>
       <c r="B417" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D417"/>
+        <v>8</v>
+      </c>
+      <c r="C417" t="s">
+        <v>52</v>
+      </c>
+      <c r="D417">
+        <v>2022</v>
+      </c>
       <c r="E417"/>
       <c r="F417" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G417"/>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
         <v>490</v>
       </c>
       <c r="B418" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C418"/>
       <c r="D418"/>
       <c r="E418"/>
       <c r="F418" t="s">
-        <v>161</v>
+        <v>379</v>
       </c>
       <c r="G418"/>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
         <v>491</v>
       </c>
       <c r="B419" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C419" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="D419">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="E419"/>
       <c r="F419" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G419"/>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
         <v>492</v>
       </c>
       <c r="B420" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C420"/>
+      <c r="D420"/>
       <c r="E420"/>
       <c r="F420" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G420"/>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
         <v>493</v>
       </c>
       <c r="B421" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D421"/>
+        <v>8</v>
+      </c>
+      <c r="C421" t="s">
+        <v>45</v>
+      </c>
+      <c r="D421">
+        <v>2022</v>
+      </c>
       <c r="E421"/>
       <c r="F421" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="G421"/>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
         <v>494</v>
       </c>
       <c r="B422" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C422" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D422">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E422"/>
       <c r="F422" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="G422"/>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
         <v>495</v>
       </c>
       <c r="B423" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D423"/>
+        <v>8</v>
+      </c>
+      <c r="C423" t="s">
+        <v>45</v>
+      </c>
+      <c r="D423">
+        <v>2022</v>
+      </c>
       <c r="E423"/>
       <c r="F423" t="s">
-        <v>496</v>
+        <v>13</v>
       </c>
       <c r="G423"/>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="B424" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C424"/>
+      <c r="D424"/>
       <c r="E424"/>
       <c r="F424" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="G424"/>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B425" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C425"/>
-      <c r="D425"/>
-      <c r="E425"/>
+      <c r="D425">
+        <v>2018</v>
+      </c>
+      <c r="E425">
+        <v>2019</v>
+      </c>
       <c r="F425" t="s">
-        <v>500</v>
+        <v>13</v>
       </c>
       <c r="G425"/>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="B426" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C426"/>
       <c r="D426"/>
       <c r="E426"/>
       <c r="F426" t="s">
-        <v>500</v>
+        <v>172</v>
       </c>
       <c r="G426"/>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="B427" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C427"/>
+      <c r="D427"/>
       <c r="E427"/>
       <c r="F427" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="G427"/>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B428" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D428"/>
+        <v>8</v>
+      </c>
+      <c r="C428" t="s">
+        <v>23</v>
+      </c>
+      <c r="D428">
+        <v>2006</v>
+      </c>
       <c r="E428"/>
       <c r="F428" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G428"/>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="B429" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C429" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D429">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E429"/>
       <c r="F429" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="G429"/>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B430" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C430"/>
       <c r="D430"/>
       <c r="E430"/>
       <c r="F430" t="s">
-        <v>45</v>
+        <v>174</v>
       </c>
       <c r="G430"/>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="B431" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D431"/>
+        <v>8</v>
+      </c>
+      <c r="C431" t="s">
+        <v>18</v>
+      </c>
+      <c r="D431">
+        <v>2021</v>
+      </c>
       <c r="E431"/>
       <c r="F431" t="s">
-        <v>45</v>
+        <v>174</v>
       </c>
       <c r="G431"/>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B432" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C432"/>
       <c r="D432"/>
       <c r="E432"/>
       <c r="F432" t="s">
-        <v>45</v>
+        <v>506</v>
       </c>
       <c r="G432"/>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
         <v>507</v>
       </c>
       <c r="B433" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C433" t="s">
-        <v>70</v>
+        <v>508</v>
       </c>
       <c r="D433">
         <v>2021</v>
       </c>
       <c r="E433"/>
       <c r="F433" t="s">
-        <v>45</v>
+        <v>506</v>
       </c>
       <c r="G433"/>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B434" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C434"/>
       <c r="D434"/>
       <c r="E434"/>
       <c r="F434" t="s">
-        <v>49</v>
+        <v>510</v>
       </c>
       <c r="G434"/>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B435" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C435"/>
+      <c r="D435"/>
       <c r="E435"/>
       <c r="F435" t="s">
-        <v>103</v>
+        <v>510</v>
       </c>
       <c r="G435"/>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B436" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C436" t="s">
-        <v>511</v>
+        <v>18</v>
       </c>
       <c r="D436">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E436"/>
       <c r="F436" t="s">
-        <v>512</v>
+        <v>66</v>
       </c>
       <c r="G436"/>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
         <v>513</v>
       </c>
       <c r="B437" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C437"/>
+      <c r="D437"/>
       <c r="E437"/>
       <c r="F437" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G437"/>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="B438" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D438"/>
+        <v>8</v>
+      </c>
+      <c r="C438" t="s">
+        <v>23</v>
+      </c>
+      <c r="D438">
+        <v>2022</v>
+      </c>
       <c r="E438"/>
       <c r="F438" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="G438"/>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="B439" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C439"/>
       <c r="D439"/>
       <c r="E439"/>
       <c r="F439" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G439"/>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="B440" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C440"/>
+      <c r="D440"/>
       <c r="E440"/>
       <c r="F440" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G440"/>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B441" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C441"/>
+      <c r="D441"/>
       <c r="E441"/>
       <c r="F441" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G441"/>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B442" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C442" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="D442">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="E442"/>
       <c r="F442" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="G442"/>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="B443" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C443"/>
+      <c r="D443"/>
       <c r="E443"/>
       <c r="F443" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G443"/>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="B444" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C444" t="s">
-        <v>135</v>
+        <v>45</v>
       </c>
       <c r="D444">
         <v>2022</v>
       </c>
       <c r="E444"/>
       <c r="F444" t="s">
-        <v>522</v>
+        <v>115</v>
       </c>
       <c r="G444"/>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="B445" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C445" t="s">
-        <v>135</v>
+        <v>521</v>
       </c>
       <c r="D445">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="E445"/>
       <c r="F445" t="s">
         <v>522</v>
       </c>
       <c r="G445"/>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
+        <v>523</v>
+      </c>
+      <c r="B446" t="s">
+        <v>8</v>
+      </c>
+      <c r="C446" t="s">
         <v>524</v>
       </c>
-      <c r="B446" t="s">
-[...3 lines deleted...]
-      <c r="D446"/>
+      <c r="D446">
+        <v>2022</v>
+      </c>
       <c r="E446"/>
       <c r="F446" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G446"/>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
         <v>525</v>
       </c>
       <c r="B447" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C447"/>
+      <c r="D447"/>
       <c r="E447"/>
       <c r="F447" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G447"/>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
         <v>526</v>
       </c>
       <c r="B448" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C448"/>
       <c r="D448"/>
       <c r="E448"/>
       <c r="F448" t="s">
-        <v>103</v>
+        <v>57</v>
       </c>
       <c r="G448"/>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
         <v>527</v>
       </c>
       <c r="B449" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D449"/>
+        <v>8</v>
+      </c>
+      <c r="C449" t="s">
+        <v>23</v>
+      </c>
+      <c r="D449">
+        <v>2022</v>
+      </c>
       <c r="E449"/>
       <c r="F449" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G449"/>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
         <v>528</v>
       </c>
       <c r="B450" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C450" t="s">
-        <v>127</v>
+        <v>54</v>
       </c>
       <c r="D450">
         <v>2022</v>
       </c>
       <c r="E450"/>
       <c r="F450" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G450"/>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>295</v>
+        <v>529</v>
       </c>
       <c r="B451" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C451" t="s">
-        <v>135</v>
+        <v>18</v>
       </c>
       <c r="D451">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E451"/>
       <c r="F451" t="s">
-        <v>163</v>
+        <v>16</v>
       </c>
       <c r="G451"/>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B452" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C452" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D452">
         <v>2022</v>
       </c>
       <c r="E452"/>
       <c r="F452" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G452"/>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B453" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D453"/>
+        <v>8</v>
+      </c>
+      <c r="C453" t="s">
+        <v>146</v>
+      </c>
+      <c r="D453">
+        <v>2022</v>
+      </c>
       <c r="E453"/>
       <c r="F453" t="s">
-        <v>103</v>
+        <v>532</v>
       </c>
       <c r="G453"/>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B454" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D454"/>
+        <v>8</v>
+      </c>
+      <c r="C454" t="s">
+        <v>146</v>
+      </c>
+      <c r="D454">
+        <v>2022</v>
+      </c>
       <c r="E454"/>
       <c r="F454" t="s">
-        <v>9</v>
+        <v>532</v>
       </c>
       <c r="G454"/>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>278</v>
+        <v>534</v>
       </c>
       <c r="B455" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G455"/>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B456" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C456" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D456">
         <v>2022</v>
       </c>
       <c r="E456"/>
       <c r="F456" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G456"/>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B457" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G457"/>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B458" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C458"/>
       <c r="D458"/>
       <c r="E458"/>
       <c r="F458" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G458"/>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B459" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C459" t="s">
-        <v>387</v>
+        <v>138</v>
       </c>
       <c r="D459">
         <v>2022</v>
       </c>
       <c r="E459"/>
       <c r="F459" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G459"/>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>517</v>
+        <v>306</v>
       </c>
       <c r="B460" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D460"/>
+        <v>8</v>
+      </c>
+      <c r="C460" t="s">
+        <v>146</v>
+      </c>
+      <c r="D460">
+        <v>2021</v>
+      </c>
       <c r="E460"/>
       <c r="F460" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G460"/>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B461" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C461" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="D461">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="E461"/>
       <c r="F461" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G461"/>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B462" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C462"/>
       <c r="D462"/>
       <c r="E462"/>
       <c r="F462" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G462"/>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B463" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C463"/>
       <c r="D463"/>
       <c r="E463"/>
       <c r="F463" t="s">
-        <v>500</v>
+        <v>13</v>
       </c>
       <c r="G463"/>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>539</v>
+        <v>289</v>
       </c>
       <c r="B464" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="C464"/>
       <c r="D464"/>
       <c r="E464"/>
       <c r="F464" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G464"/>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B465" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D465"/>
+        <v>8</v>
+      </c>
+      <c r="C465" t="s">
+        <v>45</v>
+      </c>
+      <c r="D465">
+        <v>2022</v>
+      </c>
       <c r="E465"/>
       <c r="F465" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G465"/>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B466" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C466"/>
       <c r="D466"/>
       <c r="E466"/>
       <c r="F466" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G466"/>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>295</v>
+        <v>544</v>
       </c>
       <c r="B467" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C467"/>
       <c r="D467"/>
       <c r="E467"/>
       <c r="F467" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G467"/>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B468" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D468"/>
+        <v>8</v>
+      </c>
+      <c r="C468" t="s">
+        <v>397</v>
+      </c>
+      <c r="D468">
+        <v>2022</v>
+      </c>
       <c r="E468"/>
       <c r="F468" t="s">
-        <v>543</v>
+        <v>13</v>
       </c>
       <c r="G468"/>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>544</v>
+        <v>527</v>
       </c>
       <c r="B469" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C469"/>
+      <c r="D469"/>
       <c r="E469"/>
       <c r="F469" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
       <c r="G469"/>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B470" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D470"/>
+        <v>8</v>
+      </c>
+      <c r="C470" t="s">
+        <v>60</v>
+      </c>
+      <c r="D470">
+        <v>2021</v>
+      </c>
       <c r="E470"/>
       <c r="F470" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G470"/>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B471" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C471"/>
       <c r="D471"/>
       <c r="E471"/>
       <c r="F471" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G471"/>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B472" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C472"/>
+      <c r="D472"/>
       <c r="E472"/>
       <c r="F472" t="s">
-        <v>9</v>
+        <v>510</v>
       </c>
       <c r="G472"/>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B473" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C473"/>
       <c r="D473"/>
       <c r="E473"/>
       <c r="F473" t="s">
-        <v>549</v>
+        <v>66</v>
       </c>
       <c r="G473"/>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
         <v>550</v>
       </c>
       <c r="B474" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C474"/>
+      <c r="D474"/>
       <c r="E474"/>
       <c r="F474" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G474"/>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
         <v>551</v>
       </c>
       <c r="B475" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C475"/>
       <c r="D475"/>
       <c r="E475"/>
       <c r="F475" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G475"/>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>552</v>
+        <v>306</v>
       </c>
       <c r="B476" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="C476"/>
       <c r="D476"/>
       <c r="E476"/>
       <c r="F476" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G476"/>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="B477" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C477"/>
+      <c r="D477"/>
       <c r="E477"/>
       <c r="F477" t="s">
-        <v>9</v>
+        <v>553</v>
       </c>
       <c r="G477"/>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>259</v>
+        <v>554</v>
       </c>
       <c r="B478" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D478"/>
+        <v>8</v>
+      </c>
+      <c r="C478" t="s">
+        <v>40</v>
+      </c>
+      <c r="D478">
+        <v>2021</v>
+      </c>
       <c r="E478"/>
       <c r="F478" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
       <c r="G478"/>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B479" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C479"/>
-      <c r="D479">
-[...1 lines deleted...]
-      </c>
+      <c r="D479"/>
       <c r="E479"/>
       <c r="F479" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
       <c r="G479"/>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B480" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C480"/>
       <c r="D480"/>
       <c r="E480"/>
       <c r="F480" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G480"/>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B481" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D481"/>
+        <v>8</v>
+      </c>
+      <c r="C481" t="s">
+        <v>45</v>
+      </c>
+      <c r="D481">
+        <v>2021</v>
+      </c>
       <c r="E481"/>
       <c r="F481" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G481"/>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B482" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C482"/>
+      <c r="D482"/>
       <c r="E482"/>
       <c r="F482" t="s">
         <v>559</v>
       </c>
       <c r="G482"/>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
         <v>560</v>
       </c>
       <c r="B483" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C483" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D483">
-        <v>1984</v>
+        <v>2021</v>
       </c>
       <c r="E483"/>
       <c r="F483" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G483"/>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
         <v>561</v>
       </c>
       <c r="B484" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C484"/>
       <c r="D484"/>
       <c r="E484"/>
       <c r="F484" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G484"/>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
         <v>562</v>
       </c>
       <c r="B485" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C485"/>
+      <c r="D485"/>
       <c r="E485"/>
       <c r="F485" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G485"/>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
         <v>563</v>
       </c>
       <c r="B486" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C486" t="s">
-        <v>70</v>
+        <v>138</v>
       </c>
       <c r="D486">
         <v>2021</v>
       </c>
       <c r="E486"/>
       <c r="F486" t="s">
-        <v>369</v>
+        <v>13</v>
       </c>
       <c r="G486"/>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>564</v>
+        <v>270</v>
       </c>
       <c r="B487" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C487"/>
+      <c r="D487"/>
       <c r="E487"/>
       <c r="F487" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G487"/>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B488" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C488"/>
       <c r="D488">
         <v>2021</v>
       </c>
       <c r="E488"/>
       <c r="F488" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G488"/>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="B489" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C489"/>
+      <c r="D489"/>
       <c r="E489"/>
       <c r="F489" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G489"/>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="B490" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C490"/>
+      <c r="D490"/>
       <c r="E490"/>
       <c r="F490" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G490"/>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
+        <v>567</v>
+      </c>
+      <c r="B491" t="s">
+        <v>8</v>
+      </c>
+      <c r="C491" t="s">
         <v>568</v>
       </c>
-      <c r="B491" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D491">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E491"/>
       <c r="F491" t="s">
-        <v>9</v>
+        <v>569</v>
       </c>
       <c r="G491"/>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B492" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C492" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D492">
-        <v>2018</v>
+        <v>1984</v>
       </c>
       <c r="E492"/>
       <c r="F492" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G492"/>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B493" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C493"/>
+      <c r="D493"/>
       <c r="E493"/>
       <c r="F493" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G493"/>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B494" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C494" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D494">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E494"/>
       <c r="F494" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G494"/>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B495" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C495" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="D495">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E495"/>
       <c r="F495" t="s">
-        <v>27</v>
+        <v>379</v>
       </c>
       <c r="G495"/>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B496" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C496" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="D496">
         <v>2018</v>
       </c>
       <c r="E496"/>
       <c r="F496" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G496"/>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B497" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C497" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D497">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E497"/>
       <c r="F497" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G497"/>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B498" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C498" t="s">
-        <v>387</v>
+        <v>241</v>
       </c>
       <c r="D498">
         <v>2021</v>
       </c>
       <c r="E498"/>
       <c r="F498" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="G498"/>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B499" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C499" t="s">
-        <v>357</v>
+        <v>86</v>
       </c>
       <c r="D499">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="E499"/>
       <c r="F499" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G499"/>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B500" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C500" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D500">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E500"/>
       <c r="F500" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G500"/>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B501" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C501" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D501">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E501"/>
       <c r="F501" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G501"/>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B502" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C502" t="s">
-        <v>232</v>
+        <v>54</v>
       </c>
       <c r="D502">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="E502"/>
       <c r="F502" t="s">
-        <v>580</v>
+        <v>66</v>
       </c>
       <c r="G502"/>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
         <v>581</v>
       </c>
       <c r="B503" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C503" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D503">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E503"/>
       <c r="F503" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G503"/>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
         <v>582</v>
       </c>
       <c r="B504" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C504" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D504">
-        <v>1974</v>
+        <v>2018</v>
       </c>
       <c r="E504"/>
       <c r="F504" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G504"/>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
         <v>583</v>
       </c>
       <c r="B505" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C505" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D505">
-        <v>1974</v>
+        <v>2018</v>
       </c>
       <c r="E505"/>
       <c r="F505" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
       <c r="G505"/>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
         <v>584</v>
       </c>
       <c r="B506" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C506" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D506">
-        <v>1974</v>
+        <v>2018</v>
       </c>
       <c r="E506"/>
       <c r="F506" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G506"/>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
         <v>585</v>
       </c>
       <c r="B507" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C507" t="s">
-        <v>108</v>
+        <v>397</v>
       </c>
       <c r="D507">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="E507"/>
       <c r="F507" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G507"/>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
         <v>586</v>
       </c>
       <c r="B508" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C508" t="s">
-        <v>587</v>
+        <v>21</v>
       </c>
       <c r="D508">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E508"/>
       <c r="F508" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G508"/>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="B509" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C509" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="D509">
         <v>2021</v>
       </c>
       <c r="E509"/>
       <c r="F509" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="G509"/>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="B510" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C510" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="D510">
         <v>2021</v>
       </c>
       <c r="E510"/>
       <c r="F510" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G510"/>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="B511" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D511"/>
+        <v>8</v>
+      </c>
+      <c r="C511" t="s">
+        <v>243</v>
+      </c>
+      <c r="D511">
+        <v>2009</v>
+      </c>
       <c r="E511"/>
       <c r="F511" t="s">
-        <v>9</v>
+        <v>590</v>
       </c>
       <c r="G511"/>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
         <v>591</v>
       </c>
       <c r="B512" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C512" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D512">
-        <v>1972</v>
+        <v>2021</v>
       </c>
       <c r="E512"/>
       <c r="F512" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G512"/>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
         <v>592</v>
       </c>
       <c r="B513" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D513"/>
+        <v>8</v>
+      </c>
+      <c r="C513" t="s">
+        <v>18</v>
+      </c>
+      <c r="D513">
+        <v>1974</v>
+      </c>
       <c r="E513"/>
       <c r="F513" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G513"/>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
         <v>593</v>
       </c>
       <c r="B514" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C514" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D514">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E514"/>
       <c r="F514" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G514"/>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
         <v>594</v>
       </c>
       <c r="B515" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D515"/>
+        <v>8</v>
+      </c>
+      <c r="C515" t="s">
+        <v>18</v>
+      </c>
+      <c r="D515">
+        <v>1974</v>
+      </c>
       <c r="E515"/>
       <c r="F515" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G515"/>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
         <v>595</v>
       </c>
       <c r="B516" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D516"/>
+        <v>8</v>
+      </c>
+      <c r="C516" t="s">
+        <v>18</v>
+      </c>
+      <c r="D516">
+        <v>1974</v>
+      </c>
       <c r="E516"/>
       <c r="F516" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G516"/>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
         <v>596</v>
       </c>
       <c r="B517" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C517" t="s">
-        <v>108</v>
+        <v>597</v>
       </c>
       <c r="D517">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="E517"/>
       <c r="F517" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G517"/>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B518" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C518" t="s">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="D518">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="E518"/>
       <c r="F518" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G518"/>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B519" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C519" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="D519">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="E519"/>
       <c r="F519" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G519"/>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B520" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C520"/>
-      <c r="D520">
-[...1 lines deleted...]
-      </c>
+      <c r="D520"/>
       <c r="E520"/>
       <c r="F520" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G520"/>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B521" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C521" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D521">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E521"/>
       <c r="F521" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G521"/>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B522" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C522"/>
+      <c r="D522"/>
       <c r="E522"/>
       <c r="F522" t="s">
-        <v>407</v>
+        <v>66</v>
       </c>
       <c r="G522"/>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B523" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C523" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D523">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E523"/>
       <c r="F523" t="s">
-        <v>407</v>
+        <v>66</v>
       </c>
       <c r="G523"/>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B524" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C524"/>
       <c r="D524"/>
       <c r="E524"/>
       <c r="F524" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G524"/>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B525" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C525"/>
       <c r="D525"/>
       <c r="E525"/>
       <c r="F525" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G525"/>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B526" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C526" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D526">
         <v>1974</v>
       </c>
       <c r="E526"/>
       <c r="F526" t="s">
-        <v>407</v>
+        <v>13</v>
       </c>
       <c r="G526"/>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B527" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C527" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D527">
         <v>1974</v>
       </c>
       <c r="E527"/>
       <c r="F527" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G527"/>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B528" t="s">
         <v>8</v>
       </c>
-      <c r="C528"/>
+      <c r="C528" t="s">
+        <v>18</v>
+      </c>
       <c r="D528">
-        <v>2021</v>
+        <v>1974</v>
       </c>
       <c r="E528"/>
       <c r="F528" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G528"/>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="B529" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C529"/>
       <c r="D529">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="E529"/>
       <c r="F529" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G529"/>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B530" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D530"/>
+        <v>8</v>
+      </c>
+      <c r="C530" t="s">
+        <v>18</v>
+      </c>
+      <c r="D530">
+        <v>1974</v>
+      </c>
       <c r="E530"/>
       <c r="F530" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G530"/>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B531" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C531" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D531">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E531"/>
       <c r="F531" t="s">
-        <v>9</v>
+        <v>417</v>
       </c>
       <c r="G531"/>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B532" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C532" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D532">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E532"/>
       <c r="F532" t="s">
-        <v>9</v>
+        <v>417</v>
       </c>
       <c r="G532"/>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B533" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C533"/>
       <c r="D533"/>
       <c r="E533"/>
       <c r="F533" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G533"/>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B534" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C534"/>
       <c r="D534"/>
       <c r="E534"/>
       <c r="F534" t="s">
-        <v>614</v>
+        <v>13</v>
       </c>
       <c r="G534"/>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
         <v>615</v>
       </c>
       <c r="B535" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C535" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D535">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E535"/>
       <c r="F535" t="s">
-        <v>45</v>
+        <v>417</v>
       </c>
       <c r="G535"/>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
         <v>616</v>
       </c>
       <c r="B536" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C536" t="s">
-        <v>617</v>
+        <v>60</v>
       </c>
       <c r="D536">
         <v>1974</v>
       </c>
       <c r="E536"/>
       <c r="F536" t="s">
-        <v>407</v>
+        <v>13</v>
       </c>
       <c r="G536"/>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="B537" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C537"/>
       <c r="D537">
-        <v>1974</v>
+        <v>2021</v>
       </c>
       <c r="E537"/>
       <c r="F537" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G537"/>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="B538" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C538" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D538">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E538"/>
       <c r="F538" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G538"/>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="B539" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C539"/>
+      <c r="D539"/>
       <c r="E539"/>
       <c r="F539" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G539"/>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="B540" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C540" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D540">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E540"/>
       <c r="F540" t="s">
-        <v>407</v>
+        <v>13</v>
       </c>
       <c r="G540"/>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="B541" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C541" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D541">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E541"/>
       <c r="F541" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G541"/>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="B542" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C542"/>
+      <c r="D542"/>
       <c r="E542"/>
       <c r="F542" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="G542"/>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="B543" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="C543"/>
       <c r="D543"/>
       <c r="E543"/>
       <c r="F543" t="s">
-        <v>53</v>
+        <v>624</v>
       </c>
       <c r="G543"/>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
         <v>625</v>
       </c>
       <c r="B544" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C544" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="D544">
-        <v>1964</v>
+        <v>1973</v>
       </c>
       <c r="E544"/>
       <c r="F544" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G544"/>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
         <v>626</v>
       </c>
       <c r="B545" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C545" t="s">
-        <v>108</v>
+        <v>627</v>
       </c>
       <c r="D545">
         <v>1974</v>
       </c>
       <c r="E545"/>
       <c r="F545" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="G545"/>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B546" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C546" t="s">
-        <v>108</v>
+        <v>146</v>
       </c>
       <c r="D546">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E546"/>
       <c r="F546" t="s">
-        <v>407</v>
+        <v>66</v>
       </c>
       <c r="G546"/>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B547" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C547" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D547">
         <v>1973</v>
       </c>
       <c r="E547"/>
       <c r="F547" t="s">
-        <v>407</v>
+        <v>13</v>
       </c>
       <c r="G547"/>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B548" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C548" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D548">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E548"/>
       <c r="F548" t="s">
-        <v>407</v>
+        <v>13</v>
       </c>
       <c r="G548"/>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B549" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C549" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D549">
         <v>1973</v>
       </c>
       <c r="E549"/>
       <c r="F549" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="G549"/>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B550" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C550" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D550">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E550"/>
       <c r="F550" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G550"/>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B551" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C551" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D551">
         <v>1972</v>
       </c>
       <c r="E551"/>
       <c r="F551" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G551"/>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B552" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C552"/>
+      <c r="D552"/>
       <c r="E552"/>
       <c r="F552" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G552"/>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>69</v>
+        <v>635</v>
       </c>
       <c r="B553" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D553"/>
+        <v>8</v>
+      </c>
+      <c r="C553" t="s">
+        <v>86</v>
+      </c>
+      <c r="D553">
+        <v>1964</v>
+      </c>
       <c r="E553"/>
       <c r="F553" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G553"/>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B554" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C554" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D554">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E554"/>
       <c r="F554" t="s">
-        <v>49</v>
+        <v>417</v>
       </c>
       <c r="G554"/>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="B555" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D555"/>
+        <v>8</v>
+      </c>
+      <c r="C555" t="s">
+        <v>18</v>
+      </c>
+      <c r="D555">
+        <v>1973</v>
+      </c>
       <c r="E555"/>
       <c r="F555" t="s">
-        <v>49</v>
+        <v>417</v>
       </c>
       <c r="G555"/>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B556" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C556" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D556">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E556"/>
       <c r="F556" t="s">
-        <v>13</v>
+        <v>417</v>
       </c>
       <c r="G556"/>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B557" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C557" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D557">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E557"/>
       <c r="F557" t="s">
-        <v>13</v>
+        <v>417</v>
       </c>
       <c r="G557"/>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B558" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C558" t="s">
-        <v>203</v>
+        <v>36</v>
       </c>
       <c r="D558">
         <v>1973</v>
       </c>
       <c r="E558"/>
       <c r="F558" t="s">
-        <v>49</v>
+        <v>417</v>
       </c>
       <c r="G558"/>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B559" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C559" t="s">
-        <v>135</v>
+        <v>54</v>
       </c>
       <c r="D559">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E559"/>
       <c r="F559" t="s">
-        <v>242</v>
+        <v>13</v>
       </c>
       <c r="G559"/>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B560" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C560" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D560">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E560"/>
       <c r="F560" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G560"/>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B561" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C561" t="s">
-        <v>108</v>
+        <v>45</v>
       </c>
       <c r="D561">
-        <v>1971</v>
+        <v>1986</v>
       </c>
       <c r="E561"/>
       <c r="F561" t="s">
-        <v>456</v>
+        <v>66</v>
       </c>
       <c r="G561"/>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>642</v>
+        <v>84</v>
       </c>
       <c r="B562" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C562"/>
+      <c r="D562"/>
       <c r="E562"/>
       <c r="F562" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G562"/>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B563" t="s">
         <v>8</v>
       </c>
-      <c r="C563"/>
+      <c r="C563" t="s">
+        <v>18</v>
+      </c>
       <c r="D563">
         <v>1972</v>
       </c>
       <c r="E563"/>
       <c r="F563" t="s">
-        <v>644</v>
+        <v>66</v>
       </c>
       <c r="G563"/>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
         <v>645</v>
       </c>
       <c r="B564" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C564"/>
+      <c r="D564"/>
       <c r="E564"/>
       <c r="F564" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G564"/>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="B565" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C565" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D565">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E565"/>
       <c r="F565" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="G565"/>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="B566" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C566" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D566">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="E566"/>
       <c r="F566" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G566"/>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="B567" t="s">
         <v>8</v>
       </c>
-      <c r="C567"/>
+      <c r="C567" t="s">
+        <v>214</v>
+      </c>
       <c r="D567">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E567"/>
       <c r="F567" t="s">
-        <v>644</v>
+        <v>66</v>
       </c>
       <c r="G567"/>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="B568" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C568" t="s">
-        <v>108</v>
+        <v>146</v>
       </c>
       <c r="D568">
-        <v>1964</v>
+        <v>1971</v>
       </c>
       <c r="E568"/>
       <c r="F568" t="s">
-        <v>9</v>
+        <v>253</v>
       </c>
       <c r="G568"/>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="B569" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D569"/>
+        <v>8</v>
+      </c>
+      <c r="C569" t="s">
+        <v>18</v>
+      </c>
+      <c r="D569">
+        <v>1971</v>
+      </c>
       <c r="E569"/>
       <c r="F569" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G569"/>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="B570" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D570"/>
+        <v>8</v>
+      </c>
+      <c r="C570" t="s">
+        <v>18</v>
+      </c>
+      <c r="D570">
+        <v>1971</v>
+      </c>
       <c r="E570"/>
       <c r="F570" t="s">
-        <v>653</v>
+        <v>466</v>
       </c>
       <c r="G570"/>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="B571" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C571" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="D571">
         <v>1971</v>
       </c>
       <c r="E571"/>
       <c r="F571" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G571"/>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B572" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C572"/>
       <c r="D572">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="E572"/>
       <c r="F572" t="s">
-        <v>49</v>
+        <v>654</v>
       </c>
       <c r="G572"/>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
+        <v>655</v>
+      </c>
+      <c r="B573" t="s">
+        <v>8</v>
+      </c>
+      <c r="C573" t="s">
         <v>656</v>
       </c>
-      <c r="B573" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D573">
-        <v>2018</v>
+        <v>1971</v>
       </c>
       <c r="E573"/>
       <c r="F573" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G573"/>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
         <v>657</v>
       </c>
       <c r="B574" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D574"/>
+        <v>8</v>
+      </c>
+      <c r="C574" t="s">
+        <v>36</v>
+      </c>
+      <c r="D574">
+        <v>1971</v>
+      </c>
       <c r="E574"/>
       <c r="F574" t="s">
-        <v>161</v>
+        <v>16</v>
       </c>
       <c r="G574"/>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
         <v>658</v>
       </c>
       <c r="B575" t="s">
         <v>8</v>
       </c>
-      <c r="C575"/>
+      <c r="C575" t="s">
+        <v>18</v>
+      </c>
       <c r="D575">
-        <v>1973</v>
+        <v>1964</v>
       </c>
       <c r="E575"/>
       <c r="F575" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G575"/>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
         <v>659</v>
       </c>
       <c r="B576" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="C576"/>
-      <c r="D576"/>
+      <c r="D576">
+        <v>1972</v>
+      </c>
       <c r="E576"/>
       <c r="F576" t="s">
-        <v>9</v>
+        <v>654</v>
       </c>
       <c r="G576"/>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
         <v>660</v>
       </c>
       <c r="B577" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C577" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D577">
-        <v>2021</v>
+        <v>1964</v>
       </c>
       <c r="E577"/>
       <c r="F577" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G577"/>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
         <v>661</v>
       </c>
       <c r="B578" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C578"/>
       <c r="D578"/>
       <c r="E578"/>
       <c r="F578" t="s">
-        <v>662</v>
+        <v>16</v>
       </c>
       <c r="G578"/>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="B579" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C579"/>
-      <c r="D579">
-[...1 lines deleted...]
-      </c>
+      <c r="D579"/>
       <c r="E579"/>
       <c r="F579" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="G579"/>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="B580" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D580"/>
+        <v>8</v>
+      </c>
+      <c r="C580" t="s">
+        <v>18</v>
+      </c>
+      <c r="D580">
+        <v>1971</v>
+      </c>
       <c r="E580"/>
       <c r="F580" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G580"/>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="B581" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C581" t="s">
-        <v>273</v>
+        <v>18</v>
       </c>
       <c r="D581">
-        <v>2021</v>
+        <v>1964</v>
       </c>
       <c r="E581"/>
       <c r="F581" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G581"/>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="B582" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D582"/>
+        <v>8</v>
+      </c>
+      <c r="C582" t="s">
+        <v>45</v>
+      </c>
+      <c r="D582">
+        <v>2018</v>
+      </c>
       <c r="E582"/>
       <c r="F582" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G582"/>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>621</v>
+        <v>667</v>
       </c>
       <c r="B583" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C583"/>
       <c r="D583"/>
       <c r="E583"/>
       <c r="F583" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G583"/>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
         <v>668</v>
       </c>
       <c r="B584" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C584"/>
-      <c r="D584"/>
+      <c r="D584">
+        <v>1973</v>
+      </c>
       <c r="E584"/>
       <c r="F584" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="G584"/>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
         <v>669</v>
       </c>
       <c r="B585" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C585"/>
       <c r="D585"/>
       <c r="E585"/>
       <c r="F585" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G585"/>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
         <v>670</v>
       </c>
       <c r="B586" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D586"/>
+        <v>8</v>
+      </c>
+      <c r="C586" t="s">
+        <v>45</v>
+      </c>
+      <c r="D586">
+        <v>2021</v>
+      </c>
       <c r="E586"/>
       <c r="F586" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G586"/>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
         <v>671</v>
       </c>
       <c r="B587" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C587"/>
       <c r="D587"/>
       <c r="E587"/>
       <c r="F587" t="s">
-        <v>9</v>
+        <v>672</v>
       </c>
       <c r="G587"/>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B588" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C588"/>
-      <c r="D588"/>
+      <c r="D588">
+        <v>1973</v>
+      </c>
       <c r="E588"/>
       <c r="F588" t="s">
-        <v>9</v>
+        <v>674</v>
       </c>
       <c r="G588"/>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B589" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C589"/>
       <c r="D589"/>
       <c r="E589"/>
       <c r="F589" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G589"/>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="B590" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D590"/>
+        <v>8</v>
+      </c>
+      <c r="C590" t="s">
+        <v>284</v>
+      </c>
+      <c r="D590">
+        <v>2021</v>
+      </c>
       <c r="E590"/>
       <c r="F590" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G590"/>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>621</v>
+        <v>677</v>
       </c>
       <c r="B591" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C591"/>
-      <c r="D591">
-[...1 lines deleted...]
-      </c>
+      <c r="D591"/>
       <c r="E591"/>
       <c r="F591" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G591"/>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>672</v>
+        <v>631</v>
       </c>
       <c r="B592" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C592"/>
-      <c r="D592">
-[...4 lines deleted...]
-      </c>
+      <c r="D592"/>
+      <c r="E592"/>
       <c r="F592" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G592"/>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="B593" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C593"/>
       <c r="D593"/>
       <c r="E593"/>
       <c r="F593" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="G593"/>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="B594" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C594"/>
       <c r="D594"/>
       <c r="E594"/>
       <c r="F594" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="G594"/>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B595" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C595"/>
       <c r="D595"/>
       <c r="E595"/>
       <c r="F595" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G595"/>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="B596" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C596"/>
-      <c r="D596">
-[...1 lines deleted...]
-      </c>
+      <c r="D596"/>
       <c r="E596"/>
       <c r="F596" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G596"/>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B597" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C597"/>
       <c r="D597"/>
       <c r="E597"/>
       <c r="F597" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G597"/>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="B598" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C598"/>
-      <c r="D598">
-[...1 lines deleted...]
-      </c>
+      <c r="D598"/>
       <c r="E598"/>
       <c r="F598" t="s">
-        <v>679</v>
+        <v>13</v>
       </c>
       <c r="G598"/>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B599" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C599"/>
       <c r="D599"/>
       <c r="E599"/>
       <c r="F599" t="s">
-        <v>681</v>
+        <v>13</v>
       </c>
       <c r="G599"/>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>682</v>
+        <v>631</v>
       </c>
       <c r="B600" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C600"/>
       <c r="D600">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E600"/>
       <c r="F600" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G600"/>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="B601" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C601"/>
       <c r="D601">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="E601"/>
+        <v>1973</v>
+      </c>
+      <c r="E601">
+        <v>1974</v>
+      </c>
       <c r="F601" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G601"/>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
         <v>684</v>
       </c>
       <c r="B602" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C602"/>
       <c r="D602"/>
       <c r="E602"/>
       <c r="F602" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="G602"/>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
         <v>685</v>
       </c>
       <c r="B603" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C603"/>
       <c r="D603"/>
       <c r="E603"/>
       <c r="F603" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="G603"/>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
         <v>686</v>
       </c>
       <c r="B604" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C604"/>
       <c r="D604"/>
       <c r="E604"/>
       <c r="F604" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G604"/>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="B605" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C605"/>
-      <c r="D605"/>
+      <c r="D605">
+        <v>1974</v>
+      </c>
       <c r="E605"/>
       <c r="F605" t="s">
-        <v>688</v>
+        <v>13</v>
       </c>
       <c r="G605"/>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B606" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C606"/>
       <c r="D606"/>
       <c r="E606"/>
       <c r="F606" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G606"/>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="B607" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C607"/>
       <c r="D607">
-        <v>1976</v>
+        <v>1973</v>
       </c>
       <c r="E607"/>
       <c r="F607" t="s">
-        <v>9</v>
+        <v>689</v>
       </c>
       <c r="G607"/>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
         <v>690</v>
       </c>
       <c r="B608" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C608"/>
-      <c r="D608">
-[...1 lines deleted...]
-      </c>
+      <c r="D608"/>
       <c r="E608"/>
       <c r="F608" t="s">
-        <v>49</v>
+        <v>691</v>
       </c>
       <c r="G608"/>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B609" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C609"/>
-      <c r="D609"/>
+      <c r="D609">
+        <v>1975</v>
+      </c>
       <c r="E609"/>
       <c r="F609" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G609"/>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B610" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C610" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D610">
         <v>2021</v>
       </c>
       <c r="E610"/>
       <c r="F610" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G610"/>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B611" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C611"/>
       <c r="D611"/>
       <c r="E611"/>
       <c r="F611" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G611"/>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B612" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C612"/>
       <c r="D612"/>
       <c r="E612"/>
       <c r="F612" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G612"/>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B613" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C613"/>
+      <c r="D613"/>
       <c r="E613"/>
       <c r="F613" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G613"/>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B614" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C614"/>
       <c r="D614"/>
       <c r="E614"/>
       <c r="F614" t="s">
-        <v>369</v>
+        <v>698</v>
       </c>
       <c r="G614"/>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="B615" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C615"/>
       <c r="D615"/>
       <c r="E615"/>
       <c r="F615" t="s">
-        <v>369</v>
+        <v>13</v>
       </c>
       <c r="G615"/>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="B616" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C616"/>
       <c r="D616">
-        <v>2021</v>
+        <v>1976</v>
       </c>
       <c r="E616"/>
       <c r="F616" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G616"/>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="B617" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C617"/>
-      <c r="D617"/>
+      <c r="D617">
+        <v>1971</v>
+      </c>
       <c r="E617"/>
       <c r="F617" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G617"/>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="B618" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C618"/>
+      <c r="D618"/>
       <c r="E618"/>
       <c r="F618" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G618"/>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B619" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C619" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="D619">
-        <v>2007</v>
+        <v>2021</v>
       </c>
       <c r="E619"/>
       <c r="F619" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G619"/>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B620" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C620"/>
       <c r="D620"/>
       <c r="E620"/>
       <c r="F620" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G620"/>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>148</v>
+        <v>704</v>
       </c>
       <c r="B621" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C621"/>
+      <c r="D621"/>
       <c r="E621"/>
       <c r="F621" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="G621"/>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="B622" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D622"/>
+        <v>8</v>
+      </c>
+      <c r="C622" t="s">
+        <v>23</v>
+      </c>
+      <c r="D622">
+        <v>2021</v>
+      </c>
       <c r="E622"/>
       <c r="F622" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G622"/>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="B623" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C623"/>
+      <c r="D623"/>
       <c r="E623"/>
       <c r="F623" t="s">
-        <v>9</v>
+        <v>379</v>
       </c>
       <c r="G623"/>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
         <v>705</v>
       </c>
       <c r="B624" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C624"/>
       <c r="D624"/>
       <c r="E624"/>
       <c r="F624" t="s">
-        <v>9</v>
+        <v>379</v>
       </c>
       <c r="G624"/>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B625" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C625" t="s">
-        <v>264</v>
+        <v>18</v>
       </c>
       <c r="D625">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E625"/>
       <c r="F625" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G625"/>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B626" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C626"/>
+      <c r="D626"/>
       <c r="E626"/>
       <c r="F626" t="s">
-        <v>194</v>
+        <v>10</v>
       </c>
       <c r="G626"/>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B627" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D627"/>
+        <v>8</v>
+      </c>
+      <c r="C627" t="s">
+        <v>9</v>
+      </c>
+      <c r="D627">
+        <v>1992</v>
+      </c>
       <c r="E627"/>
       <c r="F627" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G627"/>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B628" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C628" t="s">
-        <v>26</v>
+        <v>86</v>
       </c>
       <c r="D628">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E628"/>
       <c r="F628" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G628"/>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="B629" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C629" t="s">
         <v>26</v>
       </c>
-      <c r="D629">
-[...1 lines deleted...]
-      </c>
+      <c r="C629"/>
+      <c r="D629"/>
       <c r="E629"/>
       <c r="F629" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G629"/>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>711</v>
+        <v>159</v>
       </c>
       <c r="B630" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C630" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="D630">
-        <v>2021</v>
+        <v>1983</v>
       </c>
       <c r="E630"/>
       <c r="F630" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="G630"/>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
         <v>712</v>
       </c>
       <c r="B631" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C631"/>
+      <c r="D631"/>
       <c r="E631"/>
       <c r="F631" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G631"/>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
         <v>713</v>
       </c>
       <c r="B632" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C632" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D632">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="E632"/>
       <c r="F632" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G632"/>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
         <v>714</v>
       </c>
       <c r="B633" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C633"/>
+      <c r="D633"/>
       <c r="E633"/>
       <c r="F633" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G633"/>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
         <v>715</v>
       </c>
       <c r="B634" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C634" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="D634">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="E634"/>
       <c r="F634" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G634"/>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
         <v>716</v>
       </c>
       <c r="B635" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C635" t="s">
-        <v>26</v>
+        <v>146</v>
       </c>
       <c r="D635">
-        <v>2021</v>
+        <v>2001</v>
       </c>
       <c r="E635"/>
       <c r="F635" t="s">
-        <v>53</v>
+        <v>205</v>
       </c>
       <c r="G635"/>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
         <v>717</v>
       </c>
       <c r="B636" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C636"/>
       <c r="D636"/>
       <c r="E636"/>
       <c r="F636" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G636"/>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
         <v>718</v>
       </c>
       <c r="B637" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C637" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D637">
         <v>2021</v>
       </c>
       <c r="E637"/>
       <c r="F637" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G637"/>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
         <v>719</v>
       </c>
       <c r="B638" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C638" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D638">
         <v>2021</v>
       </c>
       <c r="E638"/>
       <c r="F638" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G638"/>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
         <v>720</v>
       </c>
       <c r="B639" t="s">
         <v>8</v>
       </c>
-      <c r="C639"/>
+      <c r="C639" t="s">
+        <v>45</v>
+      </c>
       <c r="D639">
-        <v>1977</v>
+        <v>2021</v>
       </c>
       <c r="E639"/>
       <c r="F639" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G639"/>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
         <v>721</v>
       </c>
       <c r="B640" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D640"/>
+        <v>8</v>
+      </c>
+      <c r="C640" t="s">
+        <v>45</v>
+      </c>
+      <c r="D640">
+        <v>2021</v>
+      </c>
       <c r="E640"/>
       <c r="F640" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G640"/>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
         <v>722</v>
       </c>
       <c r="B641" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D641"/>
+        <v>8</v>
+      </c>
+      <c r="C641" t="s">
+        <v>45</v>
+      </c>
+      <c r="D641">
+        <v>2021</v>
+      </c>
       <c r="E641"/>
       <c r="F641" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G641"/>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
         <v>723</v>
       </c>
       <c r="B642" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D642"/>
+        <v>8</v>
+      </c>
+      <c r="C642" t="s">
+        <v>45</v>
+      </c>
+      <c r="D642">
+        <v>2021</v>
+      </c>
       <c r="E642"/>
       <c r="F642" t="s">
-        <v>724</v>
+        <v>158</v>
       </c>
       <c r="G642"/>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B643" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C643" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D643">
         <v>2021</v>
       </c>
       <c r="E643"/>
       <c r="F643" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G643"/>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="B644" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C644" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D644">
         <v>2021</v>
       </c>
       <c r="E644"/>
       <c r="F644" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G644"/>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
       <c r="B645" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C645"/>
+      <c r="D645"/>
       <c r="E645"/>
       <c r="F645" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G645"/>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B646" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D646"/>
+        <v>8</v>
+      </c>
+      <c r="C646" t="s">
+        <v>45</v>
+      </c>
+      <c r="D646">
+        <v>2021</v>
+      </c>
       <c r="E646"/>
       <c r="F646" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="G646"/>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="B647" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C647" t="s">
-        <v>354</v>
+        <v>45</v>
       </c>
       <c r="D647">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E647"/>
       <c r="F647" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G647"/>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="B648" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C648"/>
       <c r="D648">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="E648"/>
       <c r="F648" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G648"/>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="B649" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C649"/>
-      <c r="D649">
-[...1 lines deleted...]
-      </c>
+      <c r="D649"/>
       <c r="E649"/>
       <c r="F649" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G649"/>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
       <c r="B650" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C650"/>
       <c r="D650"/>
       <c r="E650"/>
       <c r="F650" t="s">
-        <v>161</v>
+        <v>19</v>
       </c>
       <c r="G650"/>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="B651" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C651"/>
-      <c r="D651">
-[...1 lines deleted...]
-      </c>
+      <c r="D651"/>
       <c r="E651"/>
       <c r="F651" t="s">
-        <v>161</v>
+        <v>733</v>
       </c>
       <c r="G651"/>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
         <v>734</v>
       </c>
       <c r="B652" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D652"/>
+        <v>8</v>
+      </c>
+      <c r="C652" t="s">
+        <v>60</v>
+      </c>
+      <c r="D652">
+        <v>2021</v>
+      </c>
       <c r="E652"/>
       <c r="F652" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G652"/>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
         <v>735</v>
       </c>
       <c r="B653" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D653"/>
+        <v>8</v>
+      </c>
+      <c r="C653" t="s">
+        <v>45</v>
+      </c>
+      <c r="D653">
+        <v>2021</v>
+      </c>
       <c r="E653"/>
       <c r="F653" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G653"/>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
         <v>736</v>
       </c>
       <c r="B654" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C654" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="D654">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="E654"/>
       <c r="F654" t="s">
-        <v>737</v>
+        <v>13</v>
       </c>
       <c r="G654"/>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="B655" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C655"/>
+      <c r="D655"/>
       <c r="E655"/>
       <c r="F655" t="s">
-        <v>737</v>
+        <v>172</v>
       </c>
       <c r="G655"/>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="B656" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C656" t="s">
-        <v>41</v>
+        <v>365</v>
       </c>
       <c r="D656">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="E656"/>
       <c r="F656" t="s">
-        <v>740</v>
+        <v>46</v>
       </c>
       <c r="G656"/>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="B657" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C657"/>
       <c r="D657">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E657"/>
+        <v>1974</v>
+      </c>
+      <c r="E657">
+        <v>1975</v>
+      </c>
       <c r="F657" t="s">
-        <v>740</v>
+        <v>66</v>
       </c>
       <c r="G657"/>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="B658" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C658"/>
       <c r="D658">
-        <v>2005</v>
+        <v>1974</v>
       </c>
       <c r="E658"/>
       <c r="F658" t="s">
-        <v>743</v>
+        <v>13</v>
       </c>
       <c r="G658"/>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="B659" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C659"/>
+      <c r="D659"/>
       <c r="E659"/>
       <c r="F659" t="s">
-        <v>743</v>
+        <v>172</v>
       </c>
       <c r="G659"/>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="B660" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C660"/>
       <c r="D660">
-        <v>2021</v>
+        <v>1973</v>
       </c>
       <c r="E660"/>
       <c r="F660" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G660"/>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="B661" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C661"/>
+      <c r="D661"/>
       <c r="E661"/>
       <c r="F661" t="s">
-        <v>369</v>
+        <v>66</v>
       </c>
       <c r="G661"/>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="B662" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C662"/>
+      <c r="D662"/>
       <c r="E662"/>
       <c r="F662" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G662"/>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="B663" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C663" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="D663">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="E663"/>
       <c r="F663" t="s">
-        <v>161</v>
+        <v>746</v>
       </c>
       <c r="G663"/>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="B664" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C664" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="D664">
-        <v>2021</v>
+        <v>2011</v>
       </c>
       <c r="E664"/>
       <c r="F664" t="s">
-        <v>161</v>
+        <v>746</v>
       </c>
       <c r="G664"/>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="B665" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D665"/>
+        <v>8</v>
+      </c>
+      <c r="C665" t="s">
+        <v>60</v>
+      </c>
+      <c r="D665">
+        <v>2009</v>
+      </c>
       <c r="E665"/>
       <c r="F665" t="s">
-        <v>161</v>
+        <v>749</v>
       </c>
       <c r="G665"/>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="B666" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C666" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="D666">
-        <v>2021</v>
+        <v>2005</v>
       </c>
       <c r="E666"/>
       <c r="F666" t="s">
-        <v>161</v>
+        <v>749</v>
       </c>
       <c r="G666"/>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="B667" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D667"/>
+        <v>8</v>
+      </c>
+      <c r="C667" t="s">
+        <v>60</v>
+      </c>
+      <c r="D667">
+        <v>2005</v>
+      </c>
       <c r="E667"/>
       <c r="F667" t="s">
-        <v>161</v>
+        <v>752</v>
       </c>
       <c r="G667"/>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="B668" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D668"/>
+        <v>8</v>
+      </c>
+      <c r="C668" t="s">
+        <v>60</v>
+      </c>
+      <c r="D668">
+        <v>2004</v>
+      </c>
       <c r="E668"/>
       <c r="F668" t="s">
-        <v>161</v>
+        <v>752</v>
       </c>
       <c r="G668"/>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>711</v>
+        <v>754</v>
       </c>
       <c r="B669" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C669" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D669">
         <v>2021</v>
       </c>
       <c r="E669"/>
       <c r="F669" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G669"/>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B670" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D670"/>
+        <v>8</v>
+      </c>
+      <c r="C670" t="s">
+        <v>56</v>
+      </c>
+      <c r="D670">
+        <v>2021</v>
+      </c>
       <c r="E670"/>
       <c r="F670" t="s">
-        <v>53</v>
+        <v>379</v>
       </c>
       <c r="G670"/>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="B671" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C671" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="D671">
         <v>2021</v>
       </c>
       <c r="E671"/>
       <c r="F671" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G671"/>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B672" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C672" t="s">
-        <v>387</v>
+        <v>50</v>
       </c>
       <c r="D672">
-        <v>1992</v>
+        <v>2021</v>
       </c>
       <c r="E672"/>
       <c r="F672" t="s">
-        <v>756</v>
+        <v>172</v>
       </c>
       <c r="G672"/>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B673" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D673"/>
+        <v>8</v>
+      </c>
+      <c r="C673" t="s">
+        <v>18</v>
+      </c>
+      <c r="D673">
+        <v>2021</v>
+      </c>
       <c r="E673"/>
       <c r="F673" t="s">
-        <v>53</v>
+        <v>172</v>
       </c>
       <c r="G673"/>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
-        <v>716</v>
+        <v>759</v>
       </c>
       <c r="B674" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C674"/>
+      <c r="D674"/>
       <c r="E674"/>
       <c r="F674" t="s">
-        <v>53</v>
+        <v>172</v>
       </c>
       <c r="G674"/>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B675" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C675" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="D675">
         <v>2021</v>
       </c>
       <c r="E675"/>
       <c r="F675" t="s">
-        <v>756</v>
+        <v>172</v>
       </c>
       <c r="G675"/>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B676" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C676"/>
       <c r="D676"/>
       <c r="E676"/>
       <c r="F676" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G676"/>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="B677" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C677"/>
       <c r="D677"/>
       <c r="E677"/>
       <c r="F677" t="s">
-        <v>13</v>
+        <v>172</v>
       </c>
       <c r="G677"/>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
-        <v>761</v>
+        <v>720</v>
       </c>
       <c r="B678" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D678"/>
+        <v>8</v>
+      </c>
+      <c r="C678" t="s">
+        <v>18</v>
+      </c>
+      <c r="D678">
+        <v>2021</v>
+      </c>
       <c r="E678"/>
       <c r="F678" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="G678"/>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>715</v>
+        <v>762</v>
       </c>
       <c r="B679" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C679"/>
+      <c r="D679"/>
       <c r="E679"/>
       <c r="F679" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G679"/>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B680" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D680"/>
+        <v>8</v>
+      </c>
+      <c r="C680" t="s">
+        <v>18</v>
+      </c>
+      <c r="D680">
+        <v>2021</v>
+      </c>
       <c r="E680"/>
       <c r="F680" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G680"/>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B681" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C681" t="s">
-        <v>108</v>
+        <v>397</v>
       </c>
       <c r="D681">
-        <v>2021</v>
+        <v>1992</v>
       </c>
       <c r="E681"/>
       <c r="F681" t="s">
-        <v>53</v>
+        <v>765</v>
       </c>
       <c r="G681"/>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B682" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C682"/>
       <c r="D682"/>
       <c r="E682"/>
       <c r="F682" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="G682"/>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>765</v>
+        <v>725</v>
       </c>
       <c r="B683" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C683" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D683">
         <v>2021</v>
       </c>
       <c r="E683"/>
       <c r="F683" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="G683"/>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B684" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C684" t="s">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="D684">
         <v>2021</v>
       </c>
       <c r="E684"/>
       <c r="F684" t="s">
-        <v>53</v>
+        <v>765</v>
       </c>
       <c r="G684"/>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B685" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C685"/>
       <c r="D685"/>
       <c r="E685"/>
       <c r="F685" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G685"/>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B686" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C686"/>
       <c r="D686"/>
       <c r="E686"/>
       <c r="F686" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="G686"/>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B687" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C687"/>
       <c r="D687"/>
       <c r="E687"/>
       <c r="F687" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G687"/>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
-        <v>770</v>
+        <v>724</v>
       </c>
       <c r="B688" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D688"/>
+        <v>8</v>
+      </c>
+      <c r="C688" t="s">
+        <v>18</v>
+      </c>
+      <c r="D688">
+        <v>2021</v>
+      </c>
       <c r="E688"/>
       <c r="F688" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G688"/>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
-        <v>353</v>
+        <v>771</v>
       </c>
       <c r="B689" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C689"/>
+      <c r="D689"/>
       <c r="E689"/>
       <c r="F689" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="G689"/>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B690" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C690" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="D690">
         <v>2021</v>
       </c>
       <c r="E690"/>
       <c r="F690" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="G690"/>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B691" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C691"/>
       <c r="D691"/>
       <c r="E691"/>
       <c r="F691" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="G691"/>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B692" t="s">
         <v>8</v>
       </c>
-      <c r="C692"/>
+      <c r="C692" t="s">
+        <v>54</v>
+      </c>
       <c r="D692">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="E692">
         <v>2021</v>
       </c>
+      <c r="E692"/>
       <c r="F692" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="G692"/>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B693" t="s">
         <v>8</v>
       </c>
-      <c r="C693"/>
+      <c r="C693" t="s">
+        <v>18</v>
+      </c>
       <c r="D693">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="E693"/>
       <c r="F693" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="G693"/>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B694" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C694"/>
-      <c r="D694">
-[...4 lines deleted...]
-      </c>
+      <c r="D694"/>
+      <c r="E694"/>
       <c r="F694" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="G694"/>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B695" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C695"/>
       <c r="D695"/>
       <c r="E695"/>
       <c r="F695" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="G695"/>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>353</v>
+        <v>778</v>
       </c>
       <c r="B696" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C696"/>
       <c r="D696"/>
       <c r="E696"/>
       <c r="F696" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G696"/>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="B697" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C697"/>
       <c r="D697"/>
       <c r="E697"/>
       <c r="F697" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="G697"/>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>778</v>
+        <v>364</v>
       </c>
       <c r="B698" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D698"/>
+        <v>8</v>
+      </c>
+      <c r="C698" t="s">
+        <v>34</v>
+      </c>
+      <c r="D698">
+        <v>2021</v>
+      </c>
       <c r="E698"/>
       <c r="F698" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G698"/>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
-        <v>563</v>
+        <v>780</v>
       </c>
       <c r="B699" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D699"/>
+        <v>8</v>
+      </c>
+      <c r="C699" t="s">
+        <v>86</v>
+      </c>
+      <c r="D699">
+        <v>2021</v>
+      </c>
       <c r="E699"/>
       <c r="F699" t="s">
-        <v>369</v>
+        <v>24</v>
       </c>
       <c r="G699"/>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B700" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C700"/>
       <c r="D700"/>
       <c r="E700"/>
       <c r="F700" t="s">
-        <v>369</v>
+        <v>115</v>
       </c>
       <c r="G700"/>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B701" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C701"/>
-      <c r="D701"/>
-      <c r="E701"/>
+      <c r="D701">
+        <v>2020</v>
+      </c>
+      <c r="E701">
+        <v>2021</v>
+      </c>
       <c r="F701" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G701"/>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B702" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C702"/>
       <c r="D702">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="E702"/>
+        <v>2019</v>
+      </c>
+      <c r="E702">
+        <v>2020</v>
+      </c>
       <c r="F702" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G702"/>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B703" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C703"/>
       <c r="D703">
+        <v>2019</v>
+      </c>
+      <c r="E703">
         <v>2020</v>
       </c>
-      <c r="E703"/>
       <c r="F703" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G703"/>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B704" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C704"/>
       <c r="D704"/>
       <c r="E704"/>
       <c r="F704" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G704"/>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>784</v>
+        <v>364</v>
       </c>
       <c r="B705" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C705"/>
       <c r="D705"/>
       <c r="E705"/>
       <c r="F705" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G705"/>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B706" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C706"/>
       <c r="D706"/>
       <c r="E706"/>
       <c r="F706" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G706"/>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B707" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C707"/>
       <c r="D707"/>
       <c r="E707"/>
       <c r="F707" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G707"/>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>787</v>
+        <v>573</v>
       </c>
       <c r="B708" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="C708"/>
       <c r="D708"/>
       <c r="E708"/>
       <c r="F708" t="s">
-        <v>214</v>
+        <v>379</v>
       </c>
       <c r="G708"/>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
         <v>788</v>
       </c>
       <c r="B709" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C709"/>
       <c r="D709"/>
       <c r="E709"/>
       <c r="F709" t="s">
-        <v>214</v>
+        <v>379</v>
       </c>
       <c r="G709"/>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
         <v>789</v>
       </c>
       <c r="B710" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C710"/>
-      <c r="D710">
-[...4 lines deleted...]
-      </c>
+      <c r="D710"/>
+      <c r="E710"/>
       <c r="F710" t="s">
-        <v>790</v>
+        <v>66</v>
       </c>
       <c r="G710"/>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="B711" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D711"/>
+        <v>8</v>
+      </c>
+      <c r="C711" t="s">
+        <v>40</v>
+      </c>
+      <c r="D711">
+        <v>2014</v>
+      </c>
       <c r="E711"/>
       <c r="F711" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G711"/>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="B712" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C712"/>
-      <c r="D712"/>
+      <c r="D712">
+        <v>2020</v>
+      </c>
       <c r="E712"/>
       <c r="F712" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G712"/>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
-        <v>793</v>
+        <v>792</v>
       </c>
       <c r="B713" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C713"/>
       <c r="D713"/>
       <c r="E713"/>
       <c r="F713" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G713"/>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
-        <v>794</v>
+        <v>793</v>
       </c>
       <c r="B714" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C714"/>
       <c r="D714"/>
       <c r="E714"/>
       <c r="F714" t="s">
-        <v>147</v>
+        <v>57</v>
       </c>
       <c r="G714"/>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>795</v>
+        <v>794</v>
       </c>
       <c r="B715" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C715"/>
+      <c r="D715"/>
       <c r="E715"/>
       <c r="F715" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="G715"/>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="B716" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C716"/>
-      <c r="D716">
-[...1 lines deleted...]
-      </c>
+      <c r="D716"/>
       <c r="E716"/>
       <c r="F716" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G716"/>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="B717" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C717"/>
+      <c r="D717"/>
       <c r="E717"/>
       <c r="F717" t="s">
-        <v>147</v>
+        <v>225</v>
       </c>
       <c r="G717"/>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="B718" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="C718"/>
       <c r="D718"/>
       <c r="E718"/>
       <c r="F718" t="s">
-        <v>49</v>
+        <v>225</v>
       </c>
       <c r="G718"/>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="B719" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C719"/>
       <c r="D719">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E719"/>
+        <v>2018</v>
+      </c>
+      <c r="E719">
+        <v>2019</v>
+      </c>
       <c r="F719" t="s">
-        <v>49</v>
+        <v>799</v>
       </c>
       <c r="G719"/>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="B720" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C720"/>
+      <c r="D720"/>
       <c r="E720"/>
       <c r="F720" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G720"/>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="B721" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C721"/>
       <c r="D721"/>
       <c r="E721"/>
       <c r="F721" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G721"/>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="B722" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C722"/>
       <c r="D722"/>
       <c r="E722"/>
       <c r="F722" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G722"/>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="B723" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C723"/>
+      <c r="D723"/>
       <c r="E723"/>
       <c r="F723" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G723"/>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
-        <v>444</v>
+        <v>804</v>
       </c>
       <c r="B724" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D724"/>
+        <v>8</v>
+      </c>
+      <c r="C724" t="s">
+        <v>805</v>
+      </c>
+      <c r="D724">
+        <v>2019</v>
+      </c>
       <c r="E724"/>
       <c r="F724" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G724"/>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B725" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C725"/>
       <c r="D725">
-        <v>2019</v>
+        <v>1976</v>
       </c>
       <c r="E725"/>
       <c r="F725" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G725"/>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B726" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C726" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="D726">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E726"/>
       <c r="F726" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G726"/>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B727" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C727"/>
+      <c r="D727"/>
       <c r="E727"/>
       <c r="F727" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G727"/>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B728" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D728"/>
+        <v>8</v>
+      </c>
+      <c r="C728" t="s">
+        <v>45</v>
+      </c>
+      <c r="D728">
+        <v>2011</v>
+      </c>
       <c r="E728"/>
       <c r="F728" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G728"/>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B729" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D729"/>
+        <v>8</v>
+      </c>
+      <c r="C729" t="s">
+        <v>45</v>
+      </c>
+      <c r="D729">
+        <v>1986</v>
+      </c>
       <c r="E729"/>
       <c r="F729" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G729"/>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B730" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C730"/>
+      <c r="D730"/>
       <c r="E730"/>
       <c r="F730" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G730"/>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="B731" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C731"/>
       <c r="D731"/>
       <c r="E731"/>
       <c r="F731" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G731"/>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B732" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D732"/>
+        <v>8</v>
+      </c>
+      <c r="C732" t="s">
+        <v>45</v>
+      </c>
+      <c r="D732">
+        <v>2016</v>
+      </c>
       <c r="E732"/>
       <c r="F732" t="s">
-        <v>543</v>
+        <v>13</v>
       </c>
       <c r="G732"/>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
-        <v>813</v>
+        <v>454</v>
       </c>
       <c r="B733" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C733"/>
+      <c r="D733"/>
       <c r="E733"/>
       <c r="F733" t="s">
-        <v>358</v>
+        <v>13</v>
       </c>
       <c r="G733"/>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
         <v>814</v>
       </c>
       <c r="B734" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D734"/>
+        <v>8</v>
+      </c>
+      <c r="C734" t="s">
+        <v>284</v>
+      </c>
+      <c r="D734">
+        <v>2019</v>
+      </c>
       <c r="E734"/>
       <c r="F734" t="s">
-        <v>9</v>
+        <v>149</v>
       </c>
       <c r="G734"/>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
         <v>815</v>
       </c>
       <c r="B735" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D735"/>
+        <v>8</v>
+      </c>
+      <c r="C735" t="s">
+        <v>86</v>
+      </c>
+      <c r="D735">
+        <v>2020</v>
+      </c>
       <c r="E735"/>
       <c r="F735" t="s">
-        <v>358</v>
+        <v>66</v>
       </c>
       <c r="G735"/>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
         <v>816</v>
       </c>
       <c r="B736" t="s">
         <v>8</v>
       </c>
-      <c r="C736"/>
+      <c r="C736" t="s">
+        <v>45</v>
+      </c>
       <c r="D736">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E736"/>
       <c r="F736" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G736"/>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
         <v>817</v>
       </c>
       <c r="B737" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C737"/>
       <c r="D737"/>
       <c r="E737"/>
       <c r="F737" t="s">
-        <v>138</v>
+        <v>66</v>
       </c>
       <c r="G737"/>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
         <v>818</v>
       </c>
       <c r="B738" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C738"/>
-      <c r="D738">
-[...1 lines deleted...]
-      </c>
+      <c r="D738"/>
       <c r="E738"/>
       <c r="F738" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G738"/>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
         <v>819</v>
       </c>
       <c r="B739" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D739"/>
+        <v>8</v>
+      </c>
+      <c r="C739" t="s">
+        <v>243</v>
+      </c>
+      <c r="D739">
+        <v>2017</v>
+      </c>
       <c r="E739"/>
       <c r="F739" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G739"/>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>476</v>
+        <v>820</v>
       </c>
       <c r="B740" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C740"/>
+      <c r="D740"/>
       <c r="E740"/>
       <c r="F740" t="s">
-        <v>194</v>
+        <v>66</v>
       </c>
       <c r="G740"/>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B741" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C741"/>
       <c r="D741"/>
       <c r="E741"/>
       <c r="F741" t="s">
-        <v>13</v>
+        <v>553</v>
       </c>
       <c r="G741"/>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B742" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D742"/>
+        <v>8</v>
+      </c>
+      <c r="C742" t="s">
+        <v>23</v>
+      </c>
+      <c r="D742">
+        <v>2020</v>
+      </c>
       <c r="E742"/>
       <c r="F742" t="s">
-        <v>147</v>
+        <v>368</v>
       </c>
       <c r="G742"/>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B743" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C743"/>
+      <c r="D743"/>
       <c r="E743"/>
       <c r="F743" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G743"/>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B744" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C744"/>
       <c r="D744"/>
       <c r="E744"/>
       <c r="F744" t="s">
-        <v>163</v>
+        <v>368</v>
       </c>
       <c r="G744"/>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B745" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C745"/>
-      <c r="D745"/>
+      <c r="D745">
+        <v>2020</v>
+      </c>
       <c r="E745"/>
       <c r="F745" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G745"/>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B746" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C746"/>
+      <c r="D746"/>
       <c r="E746"/>
       <c r="F746" t="s">
-        <v>9</v>
+        <v>149</v>
       </c>
       <c r="G746"/>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B747" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C747"/>
       <c r="D747">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="E747"/>
       <c r="F747" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G747"/>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B748" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C748"/>
+      <c r="D748"/>
       <c r="E748"/>
       <c r="F748" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G748"/>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>830</v>
+        <v>486</v>
       </c>
       <c r="B749" t="s">
         <v>8</v>
       </c>
-      <c r="C749"/>
+      <c r="C749" t="s">
+        <v>23</v>
+      </c>
       <c r="D749">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="E749"/>
       <c r="F749" t="s">
-        <v>13</v>
+        <v>205</v>
       </c>
       <c r="G749"/>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>831</v>
+        <v>829</v>
       </c>
       <c r="B750" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C750"/>
       <c r="D750"/>
       <c r="E750"/>
       <c r="F750" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="G750"/>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="B751" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C751"/>
       <c r="D751"/>
       <c r="E751"/>
       <c r="F751" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G751"/>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="B752" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D752"/>
+        <v>8</v>
+      </c>
+      <c r="C752" t="s">
+        <v>45</v>
+      </c>
+      <c r="D752">
+        <v>2019</v>
+      </c>
       <c r="E752"/>
       <c r="F752" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G752"/>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="B753" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C753"/>
       <c r="D753"/>
       <c r="E753"/>
       <c r="F753" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="G753"/>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="B754" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C754"/>
+      <c r="D754"/>
       <c r="E754"/>
       <c r="F754" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G754"/>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="B755" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C755" t="s">
-        <v>12</v>
+        <v>243</v>
       </c>
       <c r="D755">
         <v>2020</v>
       </c>
       <c r="E755"/>
       <c r="F755" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G755"/>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="B756" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C756" t="s">
-        <v>357</v>
+        <v>18</v>
       </c>
       <c r="D756">
         <v>2020</v>
       </c>
       <c r="E756"/>
       <c r="F756" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G756"/>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="B757" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D757"/>
+        <v>8</v>
+      </c>
+      <c r="C757" t="s">
+        <v>837</v>
+      </c>
+      <c r="D757">
+        <v>2020</v>
+      </c>
       <c r="E757"/>
       <c r="F757" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G757"/>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
         <v>839</v>
       </c>
       <c r="B758" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C758"/>
       <c r="D758">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="E758"/>
+        <v>1975</v>
+      </c>
+      <c r="E758">
+        <v>1980</v>
+      </c>
       <c r="F758" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G758"/>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
         <v>840</v>
       </c>
       <c r="B759" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C759"/>
       <c r="D759"/>
       <c r="E759"/>
       <c r="F759" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G759"/>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
         <v>841</v>
       </c>
       <c r="B760" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C760"/>
       <c r="D760"/>
       <c r="E760"/>
       <c r="F760" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G760"/>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
         <v>842</v>
       </c>
       <c r="B761" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C761"/>
       <c r="D761"/>
       <c r="E761"/>
       <c r="F761" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G761"/>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
         <v>843</v>
       </c>
       <c r="B762" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C762"/>
       <c r="D762"/>
       <c r="E762"/>
       <c r="F762" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G762"/>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
         <v>844</v>
       </c>
       <c r="B763" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D763"/>
+        <v>8</v>
+      </c>
+      <c r="C763" t="s">
+        <v>21</v>
+      </c>
+      <c r="D763">
+        <v>2020</v>
+      </c>
       <c r="E763"/>
       <c r="F763" t="s">
-        <v>358</v>
+        <v>13</v>
       </c>
       <c r="G763"/>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
         <v>845</v>
       </c>
       <c r="B764" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D764"/>
+        <v>8</v>
+      </c>
+      <c r="C764" t="s">
+        <v>34</v>
+      </c>
+      <c r="D764">
+        <v>2020</v>
+      </c>
       <c r="E764"/>
       <c r="F764" t="s">
-        <v>358</v>
+        <v>13</v>
       </c>
       <c r="G764"/>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
         <v>846</v>
       </c>
       <c r="B765" t="s">
         <v>8</v>
       </c>
-      <c r="C765"/>
+      <c r="C765" t="s">
+        <v>21</v>
+      </c>
       <c r="D765">
-        <v>1971</v>
+        <v>2020</v>
       </c>
       <c r="E765"/>
       <c r="F765" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G765"/>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
         <v>847</v>
       </c>
       <c r="B766" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C766"/>
-      <c r="D766">
-[...1 lines deleted...]
-      </c>
+      <c r="D766"/>
       <c r="E766"/>
       <c r="F766" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G766"/>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
-        <v>827</v>
+        <v>848</v>
       </c>
       <c r="B767" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D767"/>
+        <v>8</v>
+      </c>
+      <c r="C767" t="s">
+        <v>183</v>
+      </c>
+      <c r="D767">
+        <v>2020</v>
+      </c>
       <c r="E767"/>
       <c r="F767" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G767"/>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B768" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C768"/>
       <c r="D768"/>
       <c r="E768"/>
       <c r="F768" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G768"/>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B769" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C769"/>
+      <c r="D769"/>
       <c r="E769"/>
       <c r="F769" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G769"/>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B770" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C770"/>
+      <c r="D770"/>
       <c r="E770"/>
       <c r="F770" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G770"/>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B771" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C771"/>
+      <c r="D771"/>
       <c r="E771"/>
       <c r="F771" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G771"/>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B772" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C772"/>
+      <c r="D772"/>
       <c r="E772"/>
       <c r="F772" t="s">
-        <v>9</v>
+        <v>368</v>
       </c>
       <c r="G772"/>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B773" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C773"/>
+      <c r="D773"/>
       <c r="E773"/>
       <c r="F773" t="s">
-        <v>49</v>
+        <v>368</v>
       </c>
       <c r="G773"/>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B774" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C774"/>
       <c r="D774">
-        <v>2019</v>
+        <v>1971</v>
       </c>
       <c r="E774"/>
       <c r="F774" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G774"/>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
         <v>856</v>
       </c>
       <c r="B775" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="C775"/>
-      <c r="D775"/>
+      <c r="D775">
+        <v>1971</v>
+      </c>
       <c r="E775"/>
       <c r="F775" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G775"/>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
-        <v>857</v>
+        <v>836</v>
       </c>
       <c r="B776" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="C776"/>
       <c r="D776"/>
       <c r="E776"/>
       <c r="F776" t="s">
-        <v>103</v>
+        <v>838</v>
       </c>
       <c r="G776"/>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
       <c r="B777" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C777"/>
       <c r="D777"/>
       <c r="E777"/>
       <c r="F777" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G777"/>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="B778" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C778" t="s">
-        <v>860</v>
+        <v>45</v>
       </c>
       <c r="D778">
         <v>2020</v>
       </c>
       <c r="E778"/>
       <c r="F778" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G778"/>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="B779" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D779"/>
+        <v>8</v>
+      </c>
+      <c r="C779" t="s">
+        <v>18</v>
+      </c>
+      <c r="D779">
+        <v>2020</v>
+      </c>
       <c r="E779"/>
       <c r="F779" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G779"/>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="B780" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C780" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D780">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E780"/>
       <c r="F780" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G780"/>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="B781" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C781" t="s">
-        <v>108</v>
+        <v>40</v>
       </c>
       <c r="D781">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="E781"/>
       <c r="F781" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G781"/>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="B782" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C782" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D782">
         <v>2020</v>
       </c>
       <c r="E782"/>
       <c r="F782" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G782"/>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="B783" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D783"/>
+        <v>8</v>
+      </c>
+      <c r="C783" t="s">
+        <v>864</v>
+      </c>
+      <c r="D783">
+        <v>2019</v>
+      </c>
       <c r="E783"/>
       <c r="F783" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G783"/>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="B784" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C784"/>
       <c r="D784"/>
       <c r="E784"/>
       <c r="F784" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G784"/>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="B785" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C785"/>
       <c r="D785"/>
       <c r="E785"/>
       <c r="F785" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="G785"/>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="B786" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C786"/>
       <c r="D786"/>
       <c r="E786"/>
       <c r="F786" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G786"/>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
+        <v>868</v>
+      </c>
+      <c r="B787" t="s">
+        <v>8</v>
+      </c>
+      <c r="C787" t="s">
         <v>869</v>
       </c>
-      <c r="B787" t="s">
-[...3 lines deleted...]
-      <c r="D787"/>
+      <c r="D787">
+        <v>2020</v>
+      </c>
       <c r="E787"/>
       <c r="F787" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G787"/>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
         <v>870</v>
       </c>
       <c r="B788" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C788"/>
       <c r="D788"/>
       <c r="E788"/>
       <c r="F788" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G788"/>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
         <v>871</v>
       </c>
       <c r="B789" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D789"/>
+        <v>8</v>
+      </c>
+      <c r="C789" t="s">
+        <v>18</v>
+      </c>
+      <c r="D789">
+        <v>2019</v>
+      </c>
       <c r="E789"/>
       <c r="F789" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G789"/>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
         <v>872</v>
       </c>
       <c r="B790" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C790" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D790">
         <v>2020</v>
       </c>
       <c r="E790"/>
       <c r="F790" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G790"/>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
         <v>873</v>
       </c>
       <c r="B791" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C791" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="D791">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E791"/>
       <c r="F791" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G791"/>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
         <v>874</v>
       </c>
       <c r="B792" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C792"/>
+      <c r="D792"/>
       <c r="E792"/>
       <c r="F792" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G792"/>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
         <v>875</v>
       </c>
       <c r="B793" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C793"/>
+      <c r="D793"/>
       <c r="E793"/>
       <c r="F793" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G793"/>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
         <v>876</v>
       </c>
       <c r="B794" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C794"/>
       <c r="D794"/>
       <c r="E794"/>
       <c r="F794" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G794"/>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
         <v>877</v>
       </c>
       <c r="B795" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C795" t="s">
         <v>26</v>
       </c>
-      <c r="D795">
-[...1 lines deleted...]
-      </c>
+      <c r="C795"/>
+      <c r="D795"/>
       <c r="E795"/>
       <c r="F795" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G795"/>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
         <v>878</v>
       </c>
       <c r="B796" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C796"/>
+      <c r="D796"/>
       <c r="E796"/>
       <c r="F796" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G796"/>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
         <v>879</v>
       </c>
       <c r="B797" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C797"/>
+      <c r="D797"/>
       <c r="E797"/>
       <c r="F797" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G797"/>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
         <v>880</v>
       </c>
       <c r="B798" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C798"/>
+      <c r="D798"/>
       <c r="E798"/>
       <c r="F798" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G798"/>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
         <v>881</v>
       </c>
       <c r="B799" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C799" t="s">
-        <v>354</v>
+        <v>18</v>
       </c>
       <c r="D799">
-        <v>2003</v>
+        <v>2020</v>
       </c>
       <c r="E799"/>
       <c r="F799" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G799"/>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
         <v>882</v>
       </c>
       <c r="B800" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D800"/>
+        <v>8</v>
+      </c>
+      <c r="C800" t="s">
+        <v>60</v>
+      </c>
+      <c r="D800">
+        <v>2019</v>
+      </c>
       <c r="E800"/>
       <c r="F800" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G800"/>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
         <v>883</v>
       </c>
       <c r="B801" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D801"/>
+        <v>8</v>
+      </c>
+      <c r="C801" t="s">
+        <v>52</v>
+      </c>
+      <c r="D801">
+        <v>2019</v>
+      </c>
       <c r="E801"/>
       <c r="F801" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G801"/>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
         <v>884</v>
       </c>
       <c r="B802" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D802"/>
+        <v>8</v>
+      </c>
+      <c r="C802" t="s">
+        <v>18</v>
+      </c>
+      <c r="D802">
+        <v>1972</v>
+      </c>
       <c r="E802"/>
       <c r="F802" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G802"/>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
         <v>885</v>
       </c>
       <c r="B803" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C803"/>
+      <c r="D803"/>
       <c r="E803"/>
       <c r="F803" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G803"/>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
         <v>886</v>
       </c>
       <c r="B804" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C804" t="s">
-        <v>354</v>
+        <v>45</v>
       </c>
       <c r="D804">
-        <v>2004</v>
+        <v>2020</v>
       </c>
       <c r="E804"/>
       <c r="F804" t="s">
-        <v>887</v>
+        <v>13</v>
       </c>
       <c r="G804"/>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="B805" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C805" t="s">
-        <v>889</v>
+        <v>365</v>
       </c>
       <c r="D805">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="E805"/>
       <c r="F805" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G805"/>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="B806" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C806" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="D806">
-        <v>2008</v>
+        <v>1975</v>
       </c>
       <c r="E806"/>
       <c r="F806" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G806"/>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="B807" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C807" t="s">
-        <v>15</v>
+        <v>365</v>
       </c>
       <c r="D807">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="E807"/>
       <c r="F807" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G807"/>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B808" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D808"/>
+        <v>8</v>
+      </c>
+      <c r="C808" t="s">
+        <v>365</v>
+      </c>
+      <c r="D808">
+        <v>2003</v>
+      </c>
       <c r="E808"/>
       <c r="F808" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G808"/>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="B809" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C809"/>
+      <c r="D809"/>
       <c r="E809"/>
       <c r="F809" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G809"/>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="B810" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C810"/>
+      <c r="D810"/>
       <c r="E810"/>
       <c r="F810" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G810"/>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="B811" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C811"/>
+      <c r="D811"/>
       <c r="E811"/>
       <c r="F811" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G811"/>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" t="s">
-        <v>896</v>
+        <v>894</v>
       </c>
       <c r="B812" t="s">
         <v>8</v>
       </c>
-      <c r="C812"/>
+      <c r="C812" t="s">
+        <v>365</v>
+      </c>
       <c r="D812">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E812"/>
       <c r="F812" t="s">
-        <v>897</v>
+        <v>10</v>
       </c>
       <c r="G812"/>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="B813" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C813" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="D813">
-        <v>1980</v>
+        <v>2004</v>
       </c>
       <c r="E813"/>
       <c r="F813" t="s">
-        <v>49</v>
+        <v>896</v>
       </c>
       <c r="G813"/>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" t="s">
-        <v>899</v>
+        <v>897</v>
       </c>
       <c r="B814" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D814"/>
+        <v>8</v>
+      </c>
+      <c r="C814" t="s">
+        <v>898</v>
+      </c>
+      <c r="D814">
+        <v>1983</v>
+      </c>
       <c r="E814"/>
       <c r="F814" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G814"/>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="B815" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C815" t="s">
-        <v>354</v>
+        <v>365</v>
       </c>
       <c r="D815">
-        <v>1988</v>
+        <v>2008</v>
       </c>
       <c r="E815"/>
       <c r="F815" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="G815"/>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" t="s">
-        <v>901</v>
+        <v>900</v>
       </c>
       <c r="B816" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C816" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D816">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="E816"/>
       <c r="F816" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G816"/>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="B817" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C817"/>
+      <c r="D817"/>
       <c r="E817"/>
       <c r="F817" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G817"/>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" t="s">
-        <v>476</v>
+        <v>902</v>
       </c>
       <c r="B818" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D818"/>
+        <v>8</v>
+      </c>
+      <c r="C818" t="s">
+        <v>365</v>
+      </c>
+      <c r="D818">
+        <v>1983</v>
+      </c>
       <c r="E818"/>
       <c r="F818" t="s">
-        <v>194</v>
+        <v>10</v>
       </c>
       <c r="G818"/>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" t="s">
         <v>903</v>
       </c>
       <c r="B819" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D819"/>
+        <v>8</v>
+      </c>
+      <c r="C819" t="s">
+        <v>365</v>
+      </c>
+      <c r="D819">
+        <v>1998</v>
+      </c>
       <c r="E819"/>
       <c r="F819" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G819"/>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" t="s">
         <v>904</v>
       </c>
       <c r="B820" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C820" t="s">
-        <v>33</v>
+        <v>365</v>
       </c>
       <c r="D820">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="E820"/>
       <c r="F820" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G820"/>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" t="s">
         <v>905</v>
       </c>
       <c r="B821" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C821"/>
       <c r="D821">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="E821"/>
+        <v>2005</v>
+      </c>
+      <c r="E821">
+        <v>2011</v>
+      </c>
       <c r="F821" t="s">
-        <v>82</v>
+        <v>906</v>
       </c>
       <c r="G821"/>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B822" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C822" t="s">
-        <v>26</v>
+        <v>365</v>
       </c>
       <c r="D822">
-        <v>2020</v>
+        <v>1980</v>
       </c>
       <c r="E822"/>
       <c r="F822" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G822"/>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B823" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C823"/>
       <c r="D823"/>
       <c r="E823"/>
       <c r="F823" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G823"/>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B824" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D824"/>
+        <v>8</v>
+      </c>
+      <c r="C824" t="s">
+        <v>898</v>
+      </c>
+      <c r="D824">
+        <v>1988</v>
+      </c>
       <c r="E824"/>
       <c r="F824" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G824"/>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B825" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C825" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="D825">
         <v>2020</v>
       </c>
       <c r="E825"/>
       <c r="F825" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G825"/>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B826" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D826"/>
+        <v>8</v>
+      </c>
+      <c r="C826" t="s">
+        <v>45</v>
+      </c>
+      <c r="D826">
+        <v>2020</v>
+      </c>
       <c r="E826"/>
       <c r="F826" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G826"/>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" t="s">
-        <v>911</v>
+        <v>486</v>
       </c>
       <c r="B827" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C827"/>
       <c r="D827"/>
       <c r="E827"/>
       <c r="F827" t="s">
-        <v>138</v>
+        <v>205</v>
       </c>
       <c r="G827"/>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" t="s">
         <v>912</v>
       </c>
       <c r="B828" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C828"/>
+      <c r="D828"/>
       <c r="E828"/>
       <c r="F828" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G828"/>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" t="s">
         <v>913</v>
       </c>
       <c r="B829" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C829" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="D829">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="E829"/>
       <c r="F829" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G829"/>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" t="s">
         <v>914</v>
       </c>
       <c r="B830" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D830"/>
+        <v>8</v>
+      </c>
+      <c r="C830" t="s">
+        <v>45</v>
+      </c>
+      <c r="D830">
+        <v>2020</v>
+      </c>
       <c r="E830"/>
       <c r="F830" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G830"/>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" t="s">
         <v>915</v>
       </c>
       <c r="B831" t="s">
         <v>8</v>
       </c>
-      <c r="C831"/>
+      <c r="C831" t="s">
+        <v>45</v>
+      </c>
       <c r="D831">
         <v>2020</v>
       </c>
       <c r="E831"/>
       <c r="F831" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G831"/>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" t="s">
         <v>916</v>
       </c>
       <c r="B832" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C832"/>
       <c r="D832"/>
       <c r="E832"/>
       <c r="F832" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G832"/>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" t="s">
         <v>917</v>
       </c>
       <c r="B833" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C833"/>
+      <c r="D833"/>
       <c r="E833"/>
       <c r="F833" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G833"/>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" t="s">
         <v>918</v>
       </c>
       <c r="B834" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D834"/>
+        <v>8</v>
+      </c>
+      <c r="C834" t="s">
+        <v>45</v>
+      </c>
+      <c r="D834">
+        <v>2020</v>
+      </c>
       <c r="E834"/>
       <c r="F834" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G834"/>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" t="s">
         <v>919</v>
       </c>
       <c r="B835" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C835"/>
+      <c r="D835"/>
       <c r="E835"/>
       <c r="F835" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G835"/>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" t="s">
         <v>920</v>
       </c>
       <c r="B836" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C836"/>
       <c r="D836"/>
       <c r="E836"/>
       <c r="F836" t="s">
-        <v>82</v>
+        <v>149</v>
       </c>
       <c r="G836"/>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" t="s">
         <v>921</v>
       </c>
       <c r="B837" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C837" t="s">
-        <v>108</v>
+        <v>52</v>
       </c>
       <c r="D837">
         <v>2020</v>
       </c>
       <c r="E837"/>
       <c r="F837" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G837"/>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" t="s">
         <v>922</v>
       </c>
       <c r="B838" t="s">
+        <v>8</v>
+      </c>
+      <c r="C838" t="s">
         <v>56</v>
       </c>
-      <c r="C838"/>
-      <c r="D838"/>
+      <c r="D838">
+        <v>2020</v>
+      </c>
       <c r="E838"/>
       <c r="F838" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G838"/>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" t="s">
         <v>923</v>
       </c>
       <c r="B839" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C839"/>
       <c r="D839"/>
       <c r="E839"/>
       <c r="F839" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G839"/>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" t="s">
         <v>924</v>
       </c>
       <c r="B840" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C840"/>
-      <c r="D840"/>
+      <c r="D840">
+        <v>2020</v>
+      </c>
       <c r="E840"/>
       <c r="F840" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="G840"/>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" t="s">
         <v>925</v>
       </c>
       <c r="B841" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C841"/>
+      <c r="D841"/>
       <c r="E841"/>
       <c r="F841" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="G841"/>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" t="s">
         <v>926</v>
       </c>
       <c r="B842" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D842"/>
+        <v>8</v>
+      </c>
+      <c r="C842" t="s">
+        <v>18</v>
+      </c>
+      <c r="D842">
+        <v>2020</v>
+      </c>
       <c r="E842"/>
       <c r="F842" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G842"/>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" t="s">
         <v>927</v>
       </c>
       <c r="B843" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C843"/>
       <c r="D843"/>
       <c r="E843"/>
       <c r="F843" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="G843"/>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" t="s">
         <v>928</v>
       </c>
       <c r="B844" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D844"/>
+        <v>8</v>
+      </c>
+      <c r="C844" t="s">
+        <v>837</v>
+      </c>
+      <c r="D844">
+        <v>2020</v>
+      </c>
       <c r="E844"/>
       <c r="F844" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="G844"/>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" t="s">
         <v>929</v>
       </c>
       <c r="B845" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C845"/>
       <c r="D845"/>
       <c r="E845"/>
       <c r="F845" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="G845"/>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" t="s">
         <v>930</v>
       </c>
       <c r="B846" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D846"/>
+        <v>8</v>
+      </c>
+      <c r="C846" t="s">
+        <v>18</v>
+      </c>
+      <c r="D846">
+        <v>2020</v>
+      </c>
       <c r="E846"/>
       <c r="F846" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G846"/>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" t="s">
         <v>931</v>
       </c>
       <c r="B847" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C847"/>
       <c r="D847"/>
       <c r="E847"/>
       <c r="F847" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G847"/>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" t="s">
         <v>932</v>
       </c>
       <c r="B848" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C848"/>
       <c r="D848"/>
       <c r="E848"/>
       <c r="F848" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G848"/>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" t="s">
         <v>933</v>
       </c>
       <c r="B849" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C849"/>
+      <c r="D849"/>
       <c r="E849"/>
       <c r="F849" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G849"/>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" t="s">
         <v>934</v>
       </c>
       <c r="B850" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D850"/>
+        <v>8</v>
+      </c>
+      <c r="C850" t="s">
+        <v>214</v>
+      </c>
+      <c r="D850">
+        <v>1982</v>
+      </c>
       <c r="E850"/>
       <c r="F850" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G850"/>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" t="s">
         <v>935</v>
       </c>
       <c r="B851" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C851"/>
       <c r="D851"/>
       <c r="E851"/>
       <c r="F851" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G851"/>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" t="s">
         <v>936</v>
       </c>
       <c r="B852" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C852"/>
       <c r="D852"/>
       <c r="E852"/>
       <c r="F852" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G852"/>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" t="s">
         <v>937</v>
       </c>
       <c r="B853" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C853" t="s">
         <v>26</v>
       </c>
-      <c r="D853">
-[...1 lines deleted...]
-      </c>
+      <c r="C853"/>
+      <c r="D853"/>
       <c r="E853"/>
       <c r="F853" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G853"/>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" t="s">
         <v>938</v>
       </c>
       <c r="B854" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C854"/>
       <c r="D854"/>
       <c r="E854"/>
       <c r="F854" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G854"/>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" t="s">
         <v>939</v>
       </c>
       <c r="B855" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C855"/>
       <c r="D855"/>
       <c r="E855"/>
       <c r="F855" t="s">
-        <v>940</v>
+        <v>66</v>
       </c>
       <c r="G855"/>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="B856" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C856"/>
       <c r="D856"/>
       <c r="E856"/>
       <c r="F856" t="s">
-        <v>940</v>
+        <v>66</v>
       </c>
       <c r="G856"/>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="B857" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C857"/>
       <c r="D857"/>
       <c r="E857"/>
       <c r="F857" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G857"/>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="B858" t="s">
         <v>8</v>
       </c>
-      <c r="C858"/>
+      <c r="C858" t="s">
+        <v>36</v>
+      </c>
       <c r="D858">
-        <v>1976</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="E858"/>
       <c r="F858" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G858"/>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" t="s">
-        <v>944</v>
+        <v>943</v>
       </c>
       <c r="B859" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C859"/>
-      <c r="D859">
-[...4 lines deleted...]
-      </c>
+      <c r="D859"/>
+      <c r="E859"/>
       <c r="F859" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G859"/>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="B860" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C860"/>
       <c r="D860"/>
       <c r="E860"/>
       <c r="F860" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G860"/>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="B861" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C861"/>
       <c r="D861"/>
       <c r="E861"/>
       <c r="F861" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G861"/>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="B862" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D862"/>
+        <v>8</v>
+      </c>
+      <c r="C862" t="s">
+        <v>45</v>
+      </c>
+      <c r="D862">
+        <v>2019</v>
+      </c>
       <c r="E862"/>
       <c r="F862" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="G862"/>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="B863" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C863"/>
       <c r="D863"/>
       <c r="E863"/>
       <c r="F863" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G863"/>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" t="s">
-        <v>949</v>
+        <v>948</v>
       </c>
       <c r="B864" t="s">
-        <v>11</v>
+        <v>71</v>
       </c>
       <c r="C864"/>
-      <c r="D864">
-[...1 lines deleted...]
-      </c>
+      <c r="D864"/>
       <c r="E864"/>
       <c r="F864" t="s">
-        <v>9</v>
+        <v>949</v>
       </c>
       <c r="G864"/>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" t="s">
         <v>950</v>
       </c>
       <c r="B865" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C865"/>
       <c r="D865"/>
       <c r="E865"/>
       <c r="F865" t="s">
-        <v>829</v>
+        <v>949</v>
       </c>
       <c r="G865"/>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" t="s">
         <v>951</v>
       </c>
       <c r="B866" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C866"/>
       <c r="D866"/>
       <c r="E866"/>
       <c r="F866" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G866"/>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" t="s">
         <v>952</v>
       </c>
       <c r="B867" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C867"/>
       <c r="D867">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="E867"/>
+        <v>1976</v>
+      </c>
+      <c r="E867">
+        <v>2006</v>
+      </c>
       <c r="F867" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G867"/>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" t="s">
         <v>953</v>
       </c>
       <c r="B868" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="C868"/>
-      <c r="D868"/>
-      <c r="E868"/>
+      <c r="D868">
+        <v>1976</v>
+      </c>
+      <c r="E868">
+        <v>2009</v>
+      </c>
       <c r="F868" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G868"/>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" t="s">
         <v>954</v>
       </c>
       <c r="B869" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C869"/>
       <c r="D869"/>
       <c r="E869"/>
       <c r="F869" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G869"/>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" t="s">
         <v>955</v>
       </c>
       <c r="B870" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C870"/>
       <c r="D870"/>
       <c r="E870"/>
       <c r="F870" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G870"/>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" t="s">
         <v>956</v>
       </c>
       <c r="B871" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C871"/>
+      <c r="D871"/>
       <c r="E871"/>
       <c r="F871" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G871"/>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" t="s">
         <v>957</v>
       </c>
       <c r="B872" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C872"/>
       <c r="D872"/>
       <c r="E872"/>
       <c r="F872" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G872"/>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" t="s">
         <v>958</v>
       </c>
       <c r="B873" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C873"/>
-      <c r="D873"/>
+      <c r="D873">
+        <v>2019</v>
+      </c>
       <c r="E873"/>
       <c r="F873" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G873"/>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" t="s">
         <v>959</v>
       </c>
       <c r="B874" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="C874"/>
       <c r="D874"/>
       <c r="E874"/>
       <c r="F874" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G874"/>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" t="s">
         <v>960</v>
       </c>
       <c r="B875" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C875"/>
       <c r="D875"/>
       <c r="E875"/>
       <c r="F875" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G875"/>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" t="s">
         <v>961</v>
       </c>
       <c r="B876" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D876"/>
+        <v>8</v>
+      </c>
+      <c r="C876" t="s">
+        <v>60</v>
+      </c>
+      <c r="D876">
+        <v>2017</v>
+      </c>
       <c r="E876"/>
       <c r="F876" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G876"/>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" t="s">
         <v>962</v>
       </c>
       <c r="B877" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C877"/>
+      <c r="D877"/>
       <c r="E877"/>
       <c r="F877" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G877"/>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" t="s">
         <v>963</v>
       </c>
       <c r="B878" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C878"/>
       <c r="D878"/>
       <c r="E878"/>
       <c r="F878" t="s">
-        <v>177</v>
+        <v>66</v>
       </c>
       <c r="G878"/>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" t="s">
         <v>964</v>
       </c>
       <c r="B879" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C879"/>
       <c r="D879"/>
       <c r="E879"/>
       <c r="F879" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G879"/>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" t="s">
         <v>965</v>
       </c>
       <c r="B880" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C880" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="D880">
         <v>2019</v>
       </c>
       <c r="E880"/>
       <c r="F880" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G880"/>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" t="s">
         <v>966</v>
       </c>
       <c r="B881" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C881"/>
       <c r="D881"/>
       <c r="E881"/>
       <c r="F881" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G881"/>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" t="s">
         <v>967</v>
       </c>
       <c r="B882" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C882"/>
+      <c r="D882"/>
       <c r="E882"/>
       <c r="F882" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="G882"/>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" t="s">
         <v>968</v>
       </c>
       <c r="B883" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C883"/>
       <c r="D883"/>
       <c r="E883"/>
       <c r="F883" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G883"/>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" t="s">
         <v>969</v>
       </c>
       <c r="B884" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C884"/>
       <c r="D884"/>
       <c r="E884"/>
       <c r="F884" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G884"/>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" t="s">
         <v>970</v>
       </c>
       <c r="B885" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C885"/>
       <c r="D885"/>
       <c r="E885"/>
       <c r="F885" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G885"/>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" t="s">
         <v>971</v>
       </c>
       <c r="B886" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D886"/>
+        <v>8</v>
+      </c>
+      <c r="C886" t="s">
+        <v>52</v>
+      </c>
+      <c r="D886">
+        <v>2019</v>
+      </c>
       <c r="E886"/>
       <c r="F886" t="s">
-        <v>9</v>
+        <v>188</v>
       </c>
       <c r="G886"/>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" t="s">
         <v>972</v>
       </c>
       <c r="B887" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C887"/>
       <c r="D887"/>
       <c r="E887"/>
       <c r="F887" t="s">
-        <v>9</v>
+        <v>188</v>
       </c>
       <c r="G887"/>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" t="s">
         <v>973</v>
       </c>
       <c r="B888" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C888"/>
       <c r="D888"/>
       <c r="E888"/>
       <c r="F888" t="s">
-        <v>9</v>
+        <v>188</v>
       </c>
       <c r="G888"/>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" t="s">
         <v>974</v>
       </c>
       <c r="B889" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C889" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D889">
-        <v>1985</v>
+        <v>2019</v>
       </c>
       <c r="E889"/>
       <c r="F889" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G889"/>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" t="s">
         <v>975</v>
       </c>
       <c r="B890" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C890"/>
-      <c r="D890">
-[...4 lines deleted...]
-      </c>
+      <c r="D890"/>
+      <c r="E890"/>
       <c r="F890" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G890"/>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" t="s">
         <v>976</v>
       </c>
       <c r="B891" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C891" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D891">
-        <v>1986</v>
+        <v>2019</v>
       </c>
       <c r="E891"/>
       <c r="F891" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="G891"/>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" t="s">
         <v>977</v>
       </c>
       <c r="B892" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C892"/>
       <c r="D892"/>
       <c r="E892"/>
       <c r="F892" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G892"/>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" t="s">
         <v>978</v>
       </c>
       <c r="B893" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C893"/>
       <c r="D893"/>
       <c r="E893"/>
       <c r="F893" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G893"/>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" t="s">
         <v>979</v>
       </c>
       <c r="B894" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C894"/>
       <c r="D894"/>
       <c r="E894"/>
       <c r="F894" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G894"/>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" t="s">
         <v>980</v>
       </c>
       <c r="B895" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C895"/>
-      <c r="D895">
-[...1 lines deleted...]
-      </c>
+      <c r="D895"/>
       <c r="E895"/>
       <c r="F895" t="s">
-        <v>981</v>
+        <v>13</v>
       </c>
       <c r="G895"/>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" t="s">
-        <v>982</v>
+        <v>981</v>
       </c>
       <c r="B896" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C896"/>
       <c r="D896"/>
       <c r="E896"/>
       <c r="F896" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G896"/>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" t="s">
         <v>982</v>
       </c>
       <c r="B897" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C897"/>
+      <c r="D897"/>
       <c r="E897"/>
       <c r="F897" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G897"/>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" t="s">
         <v>983</v>
       </c>
       <c r="B898" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D898"/>
+        <v>8</v>
+      </c>
+      <c r="C898" t="s">
+        <v>18</v>
+      </c>
+      <c r="D898">
+        <v>1985</v>
+      </c>
       <c r="E898"/>
       <c r="F898" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G898"/>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" t="s">
         <v>984</v>
       </c>
       <c r="B899" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="C899"/>
-      <c r="D899"/>
-      <c r="E899"/>
+      <c r="D899">
+        <v>1972</v>
+      </c>
+      <c r="E899">
+        <v>2009</v>
+      </c>
       <c r="F899" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G899"/>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" t="s">
         <v>985</v>
       </c>
       <c r="B900" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D900"/>
+        <v>8</v>
+      </c>
+      <c r="C900" t="s">
+        <v>18</v>
+      </c>
+      <c r="D900">
+        <v>1986</v>
+      </c>
       <c r="E900"/>
       <c r="F900" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G900"/>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" t="s">
         <v>986</v>
       </c>
       <c r="B901" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C901"/>
       <c r="D901"/>
       <c r="E901"/>
       <c r="F901" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G901"/>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" t="s">
         <v>987</v>
       </c>
       <c r="B902" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C902"/>
       <c r="D902"/>
       <c r="E902"/>
       <c r="F902" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G902"/>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" t="s">
         <v>988</v>
       </c>
       <c r="B903" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C903"/>
+      <c r="D903"/>
       <c r="E903"/>
       <c r="F903" t="s">
-        <v>158</v>
+        <v>13</v>
       </c>
       <c r="G903"/>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" t="s">
         <v>989</v>
       </c>
       <c r="B904" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C904"/>
       <c r="D904">
-        <v>2019</v>
+        <v>1990</v>
       </c>
       <c r="E904"/>
       <c r="F904" t="s">
-        <v>456</v>
+        <v>990</v>
       </c>
       <c r="G904"/>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B905" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C905"/>
+      <c r="D905"/>
       <c r="E905"/>
       <c r="F905" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G905"/>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" t="s">
         <v>991</v>
       </c>
       <c r="B906" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C906" t="s">
-        <v>33</v>
+        <v>837</v>
       </c>
       <c r="D906">
         <v>2019</v>
       </c>
       <c r="E906"/>
       <c r="F906" t="s">
-        <v>138</v>
+        <v>66</v>
       </c>
       <c r="G906"/>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" t="s">
         <v>992</v>
       </c>
       <c r="B907" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C907"/>
       <c r="D907"/>
       <c r="E907"/>
       <c r="F907" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G907"/>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" t="s">
         <v>993</v>
       </c>
       <c r="B908" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C908"/>
       <c r="D908"/>
       <c r="E908"/>
       <c r="F908" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G908"/>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" t="s">
         <v>994</v>
       </c>
       <c r="B909" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C909"/>
       <c r="D909"/>
       <c r="E909"/>
       <c r="F909" t="s">
-        <v>138</v>
+        <v>66</v>
       </c>
       <c r="G909"/>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" t="s">
         <v>995</v>
       </c>
       <c r="B910" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C910"/>
       <c r="D910"/>
       <c r="E910"/>
       <c r="F910" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G910"/>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" t="s">
         <v>996</v>
       </c>
       <c r="B911" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C911"/>
       <c r="D911"/>
       <c r="E911"/>
       <c r="F911" t="s">
-        <v>358</v>
+        <v>13</v>
       </c>
       <c r="G911"/>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" t="s">
         <v>997</v>
       </c>
       <c r="B912" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C912" t="s">
-        <v>127</v>
+        <v>52</v>
       </c>
       <c r="D912">
         <v>2019</v>
       </c>
       <c r="E912"/>
       <c r="F912" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="G912"/>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" t="s">
         <v>998</v>
       </c>
       <c r="B913" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D913"/>
+        <v>8</v>
+      </c>
+      <c r="C913" t="s">
+        <v>146</v>
+      </c>
+      <c r="D913">
+        <v>2019</v>
+      </c>
       <c r="E913"/>
       <c r="F913" t="s">
-        <v>49</v>
+        <v>466</v>
       </c>
       <c r="G913"/>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" t="s">
         <v>999</v>
       </c>
       <c r="B914" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D914"/>
+        <v>8</v>
+      </c>
+      <c r="C914" t="s">
+        <v>18</v>
+      </c>
+      <c r="D914">
+        <v>2019</v>
+      </c>
       <c r="E914"/>
       <c r="F914" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G914"/>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" t="s">
         <v>1000</v>
       </c>
       <c r="B915" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C915" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D915">
         <v>2019</v>
       </c>
       <c r="E915"/>
       <c r="F915" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
       <c r="G915"/>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" t="s">
         <v>1001</v>
       </c>
       <c r="B916" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C916"/>
       <c r="D916"/>
       <c r="E916"/>
       <c r="F916" t="s">
-        <v>87</v>
+        <v>149</v>
       </c>
       <c r="G916"/>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" t="s">
         <v>1002</v>
       </c>
       <c r="B917" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C917"/>
+      <c r="D917"/>
       <c r="E917"/>
       <c r="F917" t="s">
-        <v>82</v>
+        <v>149</v>
       </c>
       <c r="G917"/>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" t="s">
         <v>1003</v>
       </c>
       <c r="B918" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C918"/>
-      <c r="D918">
-[...4 lines deleted...]
-      </c>
+      <c r="D918"/>
+      <c r="E918"/>
       <c r="F918" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="G918"/>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" t="s">
         <v>1004</v>
       </c>
       <c r="B919" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C919"/>
-      <c r="D919">
-[...4 lines deleted...]
-      </c>
+      <c r="D919"/>
+      <c r="E919"/>
       <c r="F919" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="G919"/>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" t="s">
         <v>1005</v>
       </c>
       <c r="B920" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C920"/>
+      <c r="D920"/>
       <c r="E920"/>
       <c r="F920" t="s">
-        <v>158</v>
+        <v>368</v>
       </c>
       <c r="G920"/>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" t="s">
         <v>1006</v>
       </c>
       <c r="B921" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D921"/>
+        <v>8</v>
+      </c>
+      <c r="C921" t="s">
+        <v>138</v>
+      </c>
+      <c r="D921">
+        <v>2019</v>
+      </c>
       <c r="E921"/>
       <c r="F921" t="s">
-        <v>49</v>
+        <v>169</v>
       </c>
       <c r="G921"/>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" t="s">
         <v>1007</v>
       </c>
       <c r="B922" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C922"/>
+      <c r="D922"/>
       <c r="E922"/>
       <c r="F922" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="G922"/>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" t="s">
         <v>1008</v>
       </c>
       <c r="B923" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C923"/>
+      <c r="D923"/>
       <c r="E923"/>
       <c r="F923" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="G923"/>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" t="s">
         <v>1009</v>
       </c>
       <c r="B924" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D924"/>
+        <v>8</v>
+      </c>
+      <c r="C924" t="s">
+        <v>60</v>
+      </c>
+      <c r="D924">
+        <v>2019</v>
+      </c>
       <c r="E924"/>
       <c r="F924" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="G924"/>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" t="s">
         <v>1010</v>
       </c>
       <c r="B925" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C925"/>
-      <c r="D925">
-[...1 lines deleted...]
-      </c>
+      <c r="D925"/>
       <c r="E925"/>
       <c r="F925" t="s">
-        <v>158</v>
+        <v>100</v>
       </c>
       <c r="G925"/>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" t="s">
         <v>1011</v>
       </c>
       <c r="B926" t="s">
         <v>8</v>
       </c>
-      <c r="C926"/>
+      <c r="C926" t="s">
+        <v>52</v>
+      </c>
       <c r="D926">
-        <v>2019</v>
+        <v>1974</v>
       </c>
       <c r="E926"/>
       <c r="F926" t="s">
-        <v>158</v>
+        <v>16</v>
       </c>
       <c r="G926"/>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" t="s">
         <v>1012</v>
       </c>
       <c r="B927" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="C927"/>
-      <c r="D927"/>
-      <c r="E927"/>
+      <c r="D927">
+        <v>1999</v>
+      </c>
+      <c r="E927">
+        <v>2019</v>
+      </c>
       <c r="F927" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G927"/>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" t="s">
         <v>1013</v>
       </c>
       <c r="B928" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C928"/>
       <c r="D928">
+        <v>1999</v>
+      </c>
+      <c r="E928">
         <v>2019</v>
       </c>
-      <c r="E928"/>
       <c r="F928" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="G928"/>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" t="s">
-        <v>157</v>
+        <v>1014</v>
       </c>
       <c r="B929" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D929"/>
+        <v>8</v>
+      </c>
+      <c r="C929" t="s">
+        <v>40</v>
+      </c>
+      <c r="D929">
+        <v>2019</v>
+      </c>
       <c r="E929"/>
       <c r="F929" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="G929"/>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B930" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C930"/>
-      <c r="D930">
-[...1 lines deleted...]
-      </c>
+      <c r="D930"/>
       <c r="E930"/>
       <c r="F930" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G930"/>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="B931" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D931"/>
+        <v>8</v>
+      </c>
+      <c r="C931" t="s">
+        <v>52</v>
+      </c>
+      <c r="D931">
+        <v>2019</v>
+      </c>
       <c r="E931"/>
       <c r="F931" t="s">
-        <v>75</v>
+        <v>169</v>
       </c>
       <c r="G931"/>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B932" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D932"/>
+        <v>8</v>
+      </c>
+      <c r="C932" t="s">
+        <v>146</v>
+      </c>
+      <c r="D932">
+        <v>2019</v>
+      </c>
       <c r="E932"/>
       <c r="F932" t="s">
-        <v>75</v>
+        <v>169</v>
       </c>
       <c r="G932"/>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B933" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C933"/>
       <c r="D933"/>
       <c r="E933"/>
       <c r="F933" t="s">
-        <v>500</v>
+        <v>169</v>
       </c>
       <c r="G933"/>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="B934" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C934"/>
       <c r="D934">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E934"/>
       <c r="F934" t="s">
-        <v>53</v>
+        <v>169</v>
       </c>
       <c r="G934"/>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B935" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="C935"/>
-      <c r="D935"/>
+      <c r="D935">
+        <v>2019</v>
+      </c>
       <c r="E935"/>
       <c r="F935" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
       <c r="G935"/>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B936" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C936"/>
+      <c r="D936"/>
       <c r="E936"/>
       <c r="F936" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G936"/>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="B937" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C937"/>
       <c r="D937">
-        <v>1999</v>
+        <v>2019</v>
       </c>
       <c r="E937"/>
       <c r="F937" t="s">
-        <v>13</v>
+        <v>169</v>
       </c>
       <c r="G937"/>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" t="s">
-        <v>1022</v>
+        <v>168</v>
       </c>
       <c r="B938" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C938"/>
+      <c r="D938"/>
       <c r="E938"/>
       <c r="F938" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G938"/>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" t="s">
         <v>1023</v>
       </c>
       <c r="B939" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C939"/>
-      <c r="D939"/>
+      <c r="D939">
+        <v>2019</v>
+      </c>
       <c r="E939"/>
       <c r="F939" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G939"/>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" t="s">
         <v>1024</v>
       </c>
       <c r="B940" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C940"/>
       <c r="D940"/>
       <c r="E940"/>
       <c r="F940" t="s">
-        <v>9</v>
+        <v>89</v>
       </c>
       <c r="G940"/>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" t="s">
         <v>1025</v>
       </c>
       <c r="B941" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C941"/>
+      <c r="D941"/>
       <c r="E941"/>
       <c r="F941" t="s">
-        <v>1026</v>
+        <v>89</v>
       </c>
       <c r="G941"/>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="B942" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C942"/>
       <c r="D942"/>
       <c r="E942"/>
       <c r="F942" t="s">
-        <v>9</v>
+        <v>510</v>
       </c>
       <c r="G942"/>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="B943" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C943" t="s">
-        <v>72</v>
+        <v>273</v>
       </c>
       <c r="D943">
-        <v>1981</v>
+        <v>2017</v>
       </c>
       <c r="E943"/>
       <c r="F943" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G943"/>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="B944" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C944"/>
+      <c r="D944"/>
       <c r="E944"/>
       <c r="F944" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G944"/>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B945" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D945"/>
+        <v>8</v>
+      </c>
+      <c r="C945" t="s">
+        <v>23</v>
+      </c>
+      <c r="D945">
+        <v>2019</v>
+      </c>
       <c r="E945"/>
       <c r="F945" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G945"/>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" t="s">
         <v>1030</v>
       </c>
       <c r="B946" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C946" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D946">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="E946"/>
       <c r="F946" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="G946"/>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" t="s">
         <v>1031</v>
       </c>
       <c r="B947" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D947"/>
+        <v>8</v>
+      </c>
+      <c r="C947" t="s">
+        <v>50</v>
+      </c>
+      <c r="D947">
+        <v>2019</v>
+      </c>
       <c r="E947"/>
       <c r="F947" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G947"/>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" t="s">
         <v>1032</v>
       </c>
       <c r="B948" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C948"/>
       <c r="D948"/>
       <c r="E948"/>
       <c r="F948" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="G948"/>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" t="s">
         <v>1033</v>
       </c>
       <c r="B949" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C949"/>
+      <c r="D949"/>
       <c r="E949"/>
       <c r="F949" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G949"/>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="B950" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C950" t="s">
-        <v>1036</v>
+        <v>23</v>
       </c>
       <c r="D950">
-        <v>1985</v>
+        <v>1983</v>
       </c>
       <c r="E950"/>
       <c r="F950" t="s">
-        <v>9</v>
+        <v>1035</v>
       </c>
       <c r="G950"/>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="B951" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C951"/>
       <c r="D951"/>
       <c r="E951"/>
       <c r="F951" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G951"/>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="B952" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D952"/>
+        <v>8</v>
+      </c>
+      <c r="C952" t="s">
+        <v>86</v>
+      </c>
+      <c r="D952">
+        <v>1981</v>
+      </c>
       <c r="E952"/>
       <c r="F952" t="s">
-        <v>1039</v>
+        <v>66</v>
       </c>
       <c r="G952"/>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
       <c r="B953" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C953" t="s">
-        <v>1036</v>
+        <v>56</v>
       </c>
       <c r="D953">
-        <v>1986</v>
+        <v>1981</v>
       </c>
       <c r="E953"/>
       <c r="F953" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G953"/>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="B954" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C954"/>
       <c r="D954"/>
       <c r="E954"/>
       <c r="F954" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G954"/>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" t="s">
-        <v>1042</v>
+        <v>1039</v>
       </c>
       <c r="B955" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D955"/>
+        <v>8</v>
+      </c>
+      <c r="C955" t="s">
+        <v>36</v>
+      </c>
+      <c r="D955">
+        <v>2011</v>
+      </c>
       <c r="E955"/>
       <c r="F955" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G955"/>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="B956" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C956"/>
       <c r="D956"/>
       <c r="E956"/>
       <c r="F956" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G956"/>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" t="s">
-        <v>1044</v>
+        <v>1041</v>
       </c>
       <c r="B957" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C957"/>
       <c r="D957"/>
       <c r="E957"/>
       <c r="F957" t="s">
-        <v>169</v>
+        <v>10</v>
       </c>
       <c r="G957"/>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" t="s">
-        <v>1045</v>
+        <v>1042</v>
       </c>
       <c r="B958" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D958"/>
+        <v>8</v>
+      </c>
+      <c r="C958" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D958">
+        <v>2019</v>
+      </c>
       <c r="E958"/>
       <c r="F958" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G958"/>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="B959" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D959"/>
+        <v>8</v>
+      </c>
+      <c r="C959" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D959">
+        <v>1985</v>
+      </c>
       <c r="E959"/>
       <c r="F959" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G959"/>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="B960" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C960"/>
       <c r="D960"/>
       <c r="E960"/>
       <c r="F960" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G960"/>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="B961" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C961"/>
       <c r="D961"/>
       <c r="E961"/>
       <c r="F961" t="s">
-        <v>45</v>
+        <v>1048</v>
       </c>
       <c r="G961"/>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" t="s">
         <v>1049</v>
       </c>
       <c r="B962" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D962"/>
+        <v>8</v>
+      </c>
+      <c r="C962" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D962">
+        <v>1986</v>
+      </c>
       <c r="E962"/>
       <c r="F962" t="s">
-        <v>456</v>
+        <v>13</v>
       </c>
       <c r="G962"/>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" t="s">
         <v>1050</v>
       </c>
       <c r="B963" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C963"/>
+      <c r="D963"/>
       <c r="E963"/>
       <c r="F963" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G963"/>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" t="s">
         <v>1051</v>
       </c>
       <c r="B964" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C964"/>
+      <c r="D964"/>
       <c r="E964"/>
       <c r="F964" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G964"/>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" t="s">
         <v>1052</v>
       </c>
       <c r="B965" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C965"/>
-      <c r="D965">
-[...1 lines deleted...]
-      </c>
+      <c r="D965"/>
       <c r="E965"/>
       <c r="F965" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="G965"/>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="B966" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C966"/>
       <c r="D966"/>
       <c r="E966"/>
       <c r="F966" t="s">
-        <v>49</v>
+        <v>180</v>
       </c>
       <c r="G966"/>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B967" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C967"/>
-      <c r="D967">
-[...1 lines deleted...]
-      </c>
+      <c r="D967"/>
       <c r="E967"/>
       <c r="F967" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G967"/>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B968" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C968"/>
       <c r="D968"/>
       <c r="E968"/>
       <c r="F968" t="s">
-        <v>981</v>
+        <v>66</v>
       </c>
       <c r="G968"/>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" t="s">
-        <v>972</v>
+        <v>1056</v>
       </c>
       <c r="B969" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C969"/>
       <c r="D969"/>
       <c r="E969"/>
       <c r="F969" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G969"/>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B970" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C970"/>
       <c r="D970"/>
       <c r="E970"/>
       <c r="F970" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G970"/>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="B971" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C971"/>
       <c r="D971"/>
       <c r="E971"/>
       <c r="F971" t="s">
-        <v>49</v>
+        <v>466</v>
       </c>
       <c r="G971"/>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="B972" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D972"/>
+        <v>8</v>
+      </c>
+      <c r="C972" t="s">
+        <v>36</v>
+      </c>
+      <c r="D972">
+        <v>1988</v>
+      </c>
       <c r="E972"/>
       <c r="F972" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G972"/>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B973" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D973"/>
+        <v>8</v>
+      </c>
+      <c r="C973" t="s">
+        <v>36</v>
+      </c>
+      <c r="D973">
+        <v>1988</v>
+      </c>
       <c r="E973"/>
       <c r="F973" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G973"/>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B974" t="s">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="C974"/>
-      <c r="D974"/>
+      <c r="D974">
+        <v>1974</v>
+      </c>
       <c r="E974"/>
       <c r="F974" t="s">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="G974"/>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" t="s">
         <v>1060</v>
       </c>
       <c r="B975" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C975"/>
       <c r="D975"/>
       <c r="E975"/>
       <c r="F975" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G975"/>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B976" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C976"/>
-      <c r="D976"/>
+      <c r="D976">
+        <v>1988</v>
+      </c>
       <c r="E976"/>
       <c r="F976" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G976"/>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B977" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C977"/>
       <c r="D977"/>
       <c r="E977"/>
       <c r="F977" t="s">
-        <v>9</v>
+        <v>990</v>
       </c>
       <c r="G977"/>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" t="s">
-        <v>1063</v>
+        <v>981</v>
       </c>
       <c r="B978" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C978"/>
       <c r="D978"/>
       <c r="E978"/>
       <c r="F978" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="G978"/>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" t="s">
         <v>1064</v>
       </c>
       <c r="B979" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C979"/>
+      <c r="D979"/>
       <c r="E979"/>
       <c r="F979" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="G979"/>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" t="s">
         <v>1065</v>
       </c>
       <c r="B980" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C980"/>
       <c r="D980"/>
       <c r="E980"/>
       <c r="F980" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G980"/>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" t="s">
         <v>1066</v>
       </c>
       <c r="B981" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C981"/>
       <c r="D981"/>
       <c r="E981"/>
       <c r="F981" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G981"/>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" t="s">
         <v>1067</v>
       </c>
       <c r="B982" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C982"/>
+      <c r="D982"/>
       <c r="E982"/>
       <c r="F982" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G982"/>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="B983" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C983"/>
       <c r="D983"/>
       <c r="E983"/>
       <c r="F983" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G983"/>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="B984" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C984"/>
+      <c r="D984"/>
       <c r="E984"/>
       <c r="F984" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G984"/>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="B985" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C985"/>
       <c r="D985"/>
       <c r="E985"/>
       <c r="F985" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G985"/>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" t="s">
         <v>1071</v>
       </c>
       <c r="B986" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C986"/>
+      <c r="D986"/>
       <c r="E986"/>
       <c r="F986" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G986"/>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" t="s">
         <v>1072</v>
       </c>
       <c r="B987" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C987"/>
       <c r="D987"/>
       <c r="E987"/>
       <c r="F987" t="s">
-        <v>829</v>
+        <v>165</v>
       </c>
       <c r="G987"/>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" t="s">
         <v>1073</v>
       </c>
       <c r="B988" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D988"/>
+        <v>8</v>
+      </c>
+      <c r="C988" t="s">
+        <v>275</v>
+      </c>
+      <c r="D988">
+        <v>2012</v>
+      </c>
       <c r="E988"/>
       <c r="F988" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="G988"/>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" t="s">
         <v>1074</v>
       </c>
       <c r="B989" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C989"/>
+      <c r="D989"/>
       <c r="E989"/>
       <c r="F989" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G989"/>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" t="s">
         <v>1075</v>
       </c>
       <c r="B990" t="s">
-        <v>56</v>
+        <v>191</v>
       </c>
       <c r="C990"/>
       <c r="D990"/>
       <c r="E990"/>
       <c r="F990" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G990"/>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" t="s">
         <v>1076</v>
       </c>
       <c r="B991" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D991"/>
+        <v>8</v>
+      </c>
+      <c r="C991" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D991">
+        <v>2019</v>
+      </c>
       <c r="E991"/>
       <c r="F991" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G991"/>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B992" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C992"/>
-      <c r="D992">
-[...4 lines deleted...]
-      </c>
+      <c r="D992"/>
+      <c r="E992"/>
       <c r="F992" t="s">
-        <v>580</v>
+        <v>13</v>
       </c>
       <c r="G992"/>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="B993" t="s">
         <v>8</v>
       </c>
-      <c r="C993"/>
+      <c r="C993" t="s">
+        <v>23</v>
+      </c>
       <c r="D993">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E993"/>
       <c r="F993" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G993"/>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="B994" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C994"/>
+      <c r="D994"/>
       <c r="E994"/>
       <c r="F994" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G994"/>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" t="s">
         <v>1080</v>
       </c>
       <c r="B995" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C995" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D995">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E995"/>
       <c r="F995" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G995"/>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" t="s">
         <v>1081</v>
       </c>
       <c r="B996" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C996"/>
-      <c r="D996">
-[...4 lines deleted...]
-      </c>
+      <c r="D996"/>
+      <c r="E996"/>
       <c r="F996" t="s">
-        <v>580</v>
+        <v>838</v>
       </c>
       <c r="G996"/>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" t="s">
         <v>1082</v>
       </c>
       <c r="B997" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C997"/>
+      <c r="D997"/>
       <c r="E997"/>
       <c r="F997" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
       <c r="G997"/>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" t="s">
         <v>1083</v>
       </c>
       <c r="B998" t="s">
         <v>8</v>
       </c>
-      <c r="C998"/>
+      <c r="C998" t="s">
+        <v>1077</v>
+      </c>
       <c r="D998">
-        <v>1983</v>
+        <v>2019</v>
       </c>
       <c r="E998"/>
       <c r="F998" t="s">
-        <v>1084</v>
+        <v>13</v>
       </c>
       <c r="G998"/>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="B999" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C999"/>
       <c r="D999"/>
       <c r="E999"/>
       <c r="F999" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G999"/>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="B1000" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C1000"/>
-      <c r="D1000">
-[...4 lines deleted...]
-      </c>
+      <c r="D1000"/>
+      <c r="E1000"/>
       <c r="F1000" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G1000"/>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="B1001" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1001"/>
       <c r="D1001">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="E1001"/>
+        <v>1999</v>
+      </c>
+      <c r="E1001">
+        <v>2011</v>
+      </c>
       <c r="F1001" t="s">
-        <v>9</v>
+        <v>590</v>
       </c>
       <c r="G1001"/>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="B1002" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1002"/>
       <c r="D1002">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="E1002"/>
+        <v>1999</v>
+      </c>
+      <c r="E1002">
+        <v>2011</v>
+      </c>
       <c r="F1002" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1002"/>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="B1003" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D1003"/>
+        <v>8</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1003">
+        <v>2011</v>
+      </c>
       <c r="E1003"/>
       <c r="F1003" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1003"/>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="B1004" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1004" t="s">
-        <v>108</v>
+        <v>52</v>
       </c>
       <c r="D1004">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="E1004"/>
       <c r="F1004" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1004"/>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="B1005" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1005"/>
       <c r="D1005">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E1005"/>
+        <v>1999</v>
+      </c>
+      <c r="E1005">
+        <v>2010</v>
+      </c>
       <c r="F1005" t="s">
-        <v>49</v>
+        <v>590</v>
       </c>
       <c r="G1005"/>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="B1006" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1006" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="D1006">
-        <v>2019</v>
+        <v>1991</v>
       </c>
       <c r="E1006"/>
       <c r="F1006" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1006"/>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="B1007" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1007"/>
       <c r="D1007">
         <v>1983</v>
       </c>
       <c r="E1007"/>
       <c r="F1007" t="s">
-        <v>9</v>
+        <v>1093</v>
       </c>
       <c r="G1007"/>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B1008" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C1008"/>
       <c r="D1008"/>
       <c r="E1008"/>
       <c r="F1008" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1008"/>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B1009" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1009"/>
       <c r="D1009">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="E1009"/>
+        <v>1981</v>
+      </c>
+      <c r="E1009">
+        <v>1993</v>
+      </c>
       <c r="F1009" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G1009"/>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="B1010" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1010"/>
+        <v>8</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1010">
+        <v>2003</v>
+      </c>
       <c r="E1010"/>
       <c r="F1010" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1010"/>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B1011" t="s">
         <v>8</v>
       </c>
-      <c r="C1011"/>
+      <c r="C1011" t="s">
+        <v>1077</v>
+      </c>
       <c r="D1011">
-        <v>1976</v>
-[...3 lines deleted...]
-      </c>
+        <v>2003</v>
+      </c>
+      <c r="E1011"/>
       <c r="F1011" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1011"/>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B1012" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C1012"/>
       <c r="D1012"/>
       <c r="E1012"/>
       <c r="F1012" t="s">
-        <v>42</v>
+        <v>115</v>
       </c>
       <c r="G1012"/>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B1013" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1013"/>
+        <v>8</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1013">
+        <v>2019</v>
+      </c>
       <c r="E1013"/>
       <c r="F1013" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1013"/>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B1014" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1014"/>
       <c r="D1014">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="E1014"/>
       <c r="F1014" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1014"/>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B1015" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1015" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D1015">
         <v>2019</v>
       </c>
       <c r="E1015"/>
       <c r="F1015" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1015"/>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B1016" t="s">
         <v>8</v>
       </c>
-      <c r="C1016"/>
+      <c r="C1016" t="s">
+        <v>197</v>
+      </c>
       <c r="D1016">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1983</v>
+      </c>
+      <c r="E1016"/>
       <c r="F1016" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G1016"/>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" t="s">
         <v>1102</v>
       </c>
       <c r="B1017" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C1017"/>
       <c r="D1017"/>
       <c r="E1017"/>
       <c r="F1017" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1017"/>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" t="s">
         <v>1103</v>
       </c>
       <c r="B1018" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1018"/>
+        <v>8</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>50</v>
+      </c>
+      <c r="D1018">
+        <v>2018</v>
+      </c>
       <c r="E1018"/>
       <c r="F1018" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1018"/>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" t="s">
         <v>1104</v>
       </c>
       <c r="B1019" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C1019"/>
       <c r="D1019"/>
       <c r="E1019"/>
       <c r="F1019" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1019"/>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" t="s">
         <v>1105</v>
       </c>
       <c r="B1020" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1020"/>
-      <c r="D1020"/>
-      <c r="E1020"/>
+      <c r="D1020">
+        <v>1976</v>
+      </c>
+      <c r="E1020">
+        <v>1977</v>
+      </c>
       <c r="F1020" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1020"/>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" t="s">
         <v>1106</v>
       </c>
       <c r="B1021" t="s">
-        <v>180</v>
+        <v>71</v>
       </c>
       <c r="C1021"/>
       <c r="D1021"/>
       <c r="E1021"/>
       <c r="F1021" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G1021"/>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" t="s">
         <v>1107</v>
       </c>
       <c r="B1022" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1022"/>
+      <c r="D1022"/>
       <c r="E1022"/>
       <c r="F1022" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1022"/>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" t="s">
         <v>1108</v>
       </c>
       <c r="B1023" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1023" t="s">
-        <v>860</v>
+        <v>36</v>
       </c>
       <c r="D1023">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="E1023"/>
       <c r="F1023" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G1023"/>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" t="s">
         <v>1109</v>
       </c>
       <c r="B1024" t="s">
         <v>8</v>
       </c>
-      <c r="C1024"/>
+      <c r="C1024" t="s">
+        <v>50</v>
+      </c>
       <c r="D1024">
-        <v>1965</v>
+        <v>2019</v>
       </c>
       <c r="E1024"/>
       <c r="F1024" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1024"/>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" t="s">
         <v>1110</v>
       </c>
       <c r="B1025" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1025"/>
       <c r="D1025">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="E1025"/>
+        <v>1974</v>
+      </c>
+      <c r="E1025">
+        <v>1878</v>
+      </c>
       <c r="F1025" t="s">
-        <v>103</v>
+        <v>172</v>
       </c>
       <c r="G1025"/>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" t="s">
         <v>1111</v>
       </c>
       <c r="B1026" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1026"/>
+      <c r="D1026"/>
       <c r="E1026"/>
       <c r="F1026" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1026"/>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" t="s">
         <v>1112</v>
       </c>
       <c r="B1027" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="C1027"/>
+      <c r="D1027"/>
       <c r="E1027"/>
       <c r="F1027" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1027"/>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" t="s">
         <v>1113</v>
       </c>
       <c r="B1028" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C1028"/>
       <c r="D1028"/>
       <c r="E1028"/>
       <c r="F1028" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1028"/>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" t="s">
         <v>1114</v>
       </c>
       <c r="B1029" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1029"/>
+      <c r="D1029"/>
       <c r="E1029"/>
       <c r="F1029" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1029"/>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" t="s">
         <v>1115</v>
       </c>
       <c r="B1030" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C1030"/>
-      <c r="D1030">
-[...1 lines deleted...]
-      </c>
+      <c r="D1030"/>
       <c r="E1030"/>
       <c r="F1030" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1030"/>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" t="s">
         <v>1116</v>
       </c>
       <c r="B1031" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D1031"/>
+        <v>8</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>50</v>
+      </c>
+      <c r="D1031">
+        <v>1973</v>
+      </c>
       <c r="E1031"/>
       <c r="F1031" t="s">
-        <v>1117</v>
+        <v>13</v>
       </c>
       <c r="G1031"/>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="B1032" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1032"/>
+        <v>8</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>869</v>
+      </c>
+      <c r="D1032">
+        <v>2015</v>
+      </c>
       <c r="E1032"/>
       <c r="F1032" t="s">
-        <v>1117</v>
+        <v>172</v>
       </c>
       <c r="G1032"/>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="B1033" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1033"/>
       <c r="D1033">
-        <v>2006</v>
+        <v>1965</v>
       </c>
       <c r="E1033"/>
       <c r="F1033" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1033"/>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" t="s">
         <v>1119</v>
       </c>
       <c r="B1034" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D1034"/>
+        <v>8</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1034">
+        <v>2016</v>
+      </c>
       <c r="E1034"/>
       <c r="F1034" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G1034"/>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" t="s">
         <v>1120</v>
       </c>
       <c r="B1035" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1035"/>
+        <v>8</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>275</v>
+      </c>
+      <c r="D1035">
+        <v>2019</v>
+      </c>
       <c r="E1035"/>
       <c r="F1035" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1035"/>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" t="s">
         <v>1121</v>
       </c>
       <c r="B1036" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1036" t="s">
-        <v>1034</v>
+        <v>869</v>
       </c>
       <c r="D1036">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E1036"/>
       <c r="F1036" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G1036"/>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" t="s">
         <v>1122</v>
       </c>
       <c r="B1037" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C1037"/>
       <c r="D1037"/>
       <c r="E1037"/>
       <c r="F1037" t="s">
-        <v>829</v>
+        <v>115</v>
       </c>
       <c r="G1037"/>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" t="s">
         <v>1123</v>
       </c>
       <c r="B1038" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D1038"/>
+        <v>8</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>275</v>
+      </c>
+      <c r="D1038">
+        <v>2015</v>
+      </c>
       <c r="E1038"/>
       <c r="F1038" t="s">
-        <v>158</v>
+        <v>115</v>
       </c>
       <c r="G1038"/>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" t="s">
         <v>1124</v>
       </c>
       <c r="B1039" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1039"/>
       <c r="D1039">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="E1039"/>
       <c r="F1039" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1039"/>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B1040" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C1040"/>
       <c r="D1040"/>
       <c r="E1040"/>
       <c r="F1040" t="s">
-        <v>9</v>
+        <v>1126</v>
       </c>
       <c r="G1040"/>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="B1041" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1041"/>
+      <c r="D1041"/>
       <c r="E1041"/>
       <c r="F1041" t="s">
-        <v>45</v>
+        <v>1126</v>
       </c>
       <c r="G1041"/>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="B1042" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D1042"/>
+        <v>8</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1042">
+        <v>2006</v>
+      </c>
       <c r="E1042"/>
       <c r="F1042" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1042"/>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B1043" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1043"/>
+      <c r="D1043"/>
       <c r="E1043"/>
       <c r="F1043" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1043"/>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B1044" t="s">
-        <v>21</v>
+        <v>191</v>
       </c>
       <c r="C1044"/>
       <c r="D1044"/>
       <c r="E1044"/>
       <c r="F1044" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1044"/>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B1045" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D1045"/>
+        <v>8</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D1045">
+        <v>2008</v>
+      </c>
       <c r="E1045"/>
       <c r="F1045" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="G1045"/>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="B1046" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C1046"/>
       <c r="D1046"/>
       <c r="E1046"/>
       <c r="F1046" t="s">
-        <v>49</v>
+        <v>838</v>
       </c>
       <c r="G1046"/>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B1047" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C1047"/>
       <c r="D1047"/>
       <c r="E1047"/>
       <c r="F1047" t="s">
-        <v>49</v>
+        <v>169</v>
       </c>
       <c r="G1047"/>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="B1048" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1048" t="s">
-        <v>264</v>
+        <v>1134</v>
       </c>
       <c r="D1048">
-        <v>2018</v>
+        <v>2004</v>
       </c>
       <c r="E1048"/>
       <c r="F1048" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G1048"/>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" t="s">
         <v>1133</v>
       </c>
       <c r="B1049" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C1049"/>
+      <c r="D1049"/>
       <c r="E1049"/>
       <c r="F1049" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1049"/>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="B1050" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1050" t="s">
-        <v>70</v>
+        <v>1043</v>
       </c>
       <c r="D1050">
-        <v>1980</v>
+        <v>2001</v>
       </c>
       <c r="E1050"/>
       <c r="F1050" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1050"/>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="B1051" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C1051"/>
       <c r="D1051"/>
       <c r="E1051"/>
       <c r="F1051" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1051"/>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B1052" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1052"/>
+        <v>8</v>
+      </c>
+      <c r="C1052" t="s">
+        <v>805</v>
+      </c>
+      <c r="D1052">
+        <v>2003</v>
+      </c>
       <c r="E1052"/>
       <c r="F1052" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1052"/>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="B1053" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C1053"/>
+      <c r="D1053"/>
       <c r="E1053"/>
       <c r="F1053" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1053"/>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B1054" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C1054"/>
+      <c r="D1054"/>
       <c r="E1054"/>
       <c r="F1054" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G1054"/>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B1055" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C1055"/>
-      <c r="D1055">
-[...1 lines deleted...]
-      </c>
+      <c r="D1055"/>
       <c r="E1055"/>
       <c r="F1055" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1055"/>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B1056" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C1056"/>
       <c r="D1056"/>
       <c r="E1056"/>
       <c r="F1056" t="s">
-        <v>1026</v>
+        <v>66</v>
       </c>
       <c r="G1056"/>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B1057" t="s">
         <v>8</v>
       </c>
-      <c r="C1057"/>
+      <c r="C1057" t="s">
+        <v>275</v>
+      </c>
       <c r="D1057">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="E1057"/>
       <c r="F1057" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G1057"/>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B1058" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1058" t="s">
-        <v>70</v>
+        <v>275</v>
       </c>
       <c r="D1058">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="E1058"/>
       <c r="F1058" t="s">
-        <v>580</v>
+        <v>13</v>
       </c>
       <c r="G1058"/>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B1059" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1059"/>
+        <v>8</v>
+      </c>
+      <c r="C1059" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1059">
+        <v>1980</v>
+      </c>
       <c r="E1059"/>
       <c r="F1059" t="s">
-        <v>1143</v>
+        <v>66</v>
       </c>
       <c r="G1059"/>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="B1060" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1060"/>
       <c r="D1060"/>
       <c r="E1060"/>
       <c r="F1060" t="s">
-        <v>580</v>
+        <v>66</v>
       </c>
       <c r="G1060"/>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" t="s">
         <v>1144</v>
       </c>
       <c r="B1061" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1061"/>
       <c r="D1061"/>
       <c r="E1061"/>
       <c r="F1061" t="s">
-        <v>580</v>
+        <v>66</v>
       </c>
       <c r="G1061"/>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" t="s">
         <v>1145</v>
       </c>
       <c r="B1062" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1062"/>
+        <v>8</v>
+      </c>
+      <c r="C1062" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1062">
+        <v>1980</v>
+      </c>
       <c r="E1062"/>
       <c r="F1062" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1062"/>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" t="s">
         <v>1146</v>
       </c>
       <c r="B1063" t="s">
         <v>8</v>
       </c>
-      <c r="C1063"/>
+      <c r="C1063" t="s">
+        <v>23</v>
+      </c>
       <c r="D1063">
-        <v>1996</v>
+        <v>2018</v>
       </c>
       <c r="E1063"/>
       <c r="F1063" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1063"/>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" t="s">
         <v>1147</v>
       </c>
       <c r="B1064" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C1064"/>
-      <c r="D1064"/>
+      <c r="D1064">
+        <v>2018</v>
+      </c>
       <c r="E1064"/>
       <c r="F1064" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1064"/>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" t="s">
         <v>1148</v>
       </c>
       <c r="B1065" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C1065"/>
       <c r="D1065"/>
       <c r="E1065"/>
       <c r="F1065" t="s">
-        <v>9</v>
+        <v>1035</v>
       </c>
       <c r="G1065"/>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" t="s">
         <v>1149</v>
       </c>
       <c r="B1066" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1066"/>
-      <c r="D1066"/>
-      <c r="E1066"/>
+      <c r="D1066">
+        <v>1974</v>
+      </c>
+      <c r="E1066">
+        <v>2002</v>
+      </c>
       <c r="F1066" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1066"/>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" t="s">
         <v>1150</v>
       </c>
       <c r="B1067" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1067" t="s">
-        <v>1151</v>
+        <v>23</v>
       </c>
       <c r="D1067">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="E1067"/>
       <c r="F1067" t="s">
-        <v>9</v>
+        <v>590</v>
       </c>
       <c r="G1067"/>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" t="s">
-        <v>1152</v>
+        <v>1151</v>
       </c>
       <c r="B1068" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1068"/>
+      <c r="D1068"/>
       <c r="E1068"/>
       <c r="F1068" t="s">
-        <v>9</v>
+        <v>1152</v>
       </c>
       <c r="G1068"/>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="B1069" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C1069"/>
       <c r="D1069"/>
       <c r="E1069"/>
       <c r="F1069" t="s">
-        <v>9</v>
+        <v>590</v>
       </c>
       <c r="G1069"/>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B1070" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C1070"/>
       <c r="D1070"/>
       <c r="E1070"/>
       <c r="F1070" t="s">
-        <v>9</v>
+        <v>590</v>
       </c>
       <c r="G1070"/>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" t="s">
-        <v>1155</v>
+        <v>1154</v>
       </c>
       <c r="B1071" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1071"/>
+      <c r="D1071"/>
       <c r="E1071"/>
       <c r="F1071" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="G1071"/>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" t="s">
-        <v>1156</v>
+        <v>1155</v>
       </c>
       <c r="B1072" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1072"/>
       <c r="D1072">
-        <v>2018</v>
+        <v>1996</v>
       </c>
       <c r="E1072"/>
       <c r="F1072" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1072"/>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="B1073" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1073"/>
+      <c r="D1073"/>
       <c r="E1073"/>
       <c r="F1073" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1073"/>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="B1074" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C1074"/>
+      <c r="D1074"/>
       <c r="E1074"/>
       <c r="F1074" t="s">
-        <v>214</v>
+        <v>13</v>
       </c>
       <c r="G1074"/>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="B1075" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C1075"/>
       <c r="D1075"/>
       <c r="E1075"/>
       <c r="F1075" t="s">
-        <v>214</v>
+        <v>13</v>
       </c>
       <c r="G1075"/>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1076" t="s">
         <v>1160</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D1076">
         <v>2018</v>
       </c>
       <c r="E1076"/>
       <c r="F1076" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1076"/>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" t="s">
         <v>1161</v>
       </c>
       <c r="B1077" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1077" t="s">
-        <v>72</v>
+        <v>1162</v>
       </c>
       <c r="D1077">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="E1077"/>
       <c r="F1077" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1077"/>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B1078" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1078"/>
+      <c r="D1078"/>
       <c r="E1078"/>
       <c r="F1078" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1078"/>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="B1079" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="C1079"/>
       <c r="D1079"/>
       <c r="E1079"/>
       <c r="F1079" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1079"/>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" t="s">
         <v>1164</v>
       </c>
       <c r="B1080" t="s">
         <v>8</v>
       </c>
-      <c r="C1080"/>
+      <c r="C1080" t="s">
+        <v>18</v>
+      </c>
       <c r="D1080">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="E1080"/>
       <c r="F1080" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G1080"/>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" t="s">
         <v>1165</v>
       </c>
       <c r="B1081" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1081" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="D1081">
         <v>2018</v>
       </c>
       <c r="E1081"/>
       <c r="F1081" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1081"/>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" t="s">
         <v>1166</v>
       </c>
       <c r="B1082" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1082" t="s">
-        <v>1167</v>
+        <v>18</v>
       </c>
       <c r="D1082">
         <v>2018</v>
       </c>
       <c r="E1082"/>
       <c r="F1082" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1082"/>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" t="s">
-        <v>1168</v>
+        <v>1167</v>
       </c>
       <c r="B1083" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1083"/>
+        <v>8</v>
+      </c>
+      <c r="C1083" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1083">
+        <v>2018</v>
+      </c>
       <c r="E1083"/>
       <c r="F1083" t="s">
-        <v>9</v>
+        <v>225</v>
       </c>
       <c r="G1083"/>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="B1084" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1084"/>
       <c r="D1084"/>
       <c r="E1084"/>
       <c r="F1084" t="s">
-        <v>9</v>
+        <v>225</v>
       </c>
       <c r="G1084"/>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="B1085" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1085"/>
+        <v>8</v>
+      </c>
+      <c r="C1085" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1085">
+        <v>2018</v>
+      </c>
       <c r="E1085"/>
       <c r="F1085" t="s">
-        <v>1171</v>
+        <v>13</v>
       </c>
       <c r="G1085"/>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="B1086" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1086"/>
+        <v>8</v>
+      </c>
+      <c r="C1086" t="s">
+        <v>86</v>
+      </c>
+      <c r="D1086">
+        <v>2018</v>
+      </c>
       <c r="E1086"/>
       <c r="F1086" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1086"/>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="B1087" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D1087"/>
+        <v>8</v>
+      </c>
+      <c r="C1087" t="s">
+        <v>146</v>
+      </c>
+      <c r="D1087">
+        <v>2018</v>
+      </c>
       <c r="E1087"/>
       <c r="F1087" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1087"/>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="B1088" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1088"/>
       <c r="D1088"/>
       <c r="E1088"/>
       <c r="F1088" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1088"/>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="B1089" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C1089"/>
-      <c r="D1089"/>
+      <c r="D1089">
+        <v>2011</v>
+      </c>
       <c r="E1089"/>
       <c r="F1089" t="s">
         <v>13</v>
       </c>
       <c r="G1089"/>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="B1090" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D1090"/>
+        <v>8</v>
+      </c>
+      <c r="C1090" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1090">
+        <v>2018</v>
+      </c>
       <c r="E1090"/>
       <c r="F1090" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1090"/>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="B1091" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D1091"/>
+        <v>8</v>
+      </c>
+      <c r="C1091" t="s">
+        <v>15</v>
+      </c>
+      <c r="D1091">
+        <v>2018</v>
+      </c>
       <c r="E1091"/>
       <c r="F1091" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1091"/>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="B1092" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C1092"/>
       <c r="D1092"/>
       <c r="E1092"/>
       <c r="F1092" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1092"/>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="B1093" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C1093"/>
       <c r="D1093"/>
       <c r="E1093"/>
       <c r="F1093" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1093"/>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="B1094" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C1094"/>
       <c r="D1094"/>
       <c r="E1094"/>
       <c r="F1094" t="s">
-        <v>49</v>
+        <v>1179</v>
       </c>
       <c r="G1094"/>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="B1095" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C1095"/>
       <c r="D1095"/>
       <c r="E1095"/>
       <c r="F1095" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1095"/>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="B1096" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1096"/>
       <c r="D1096"/>
       <c r="E1096"/>
       <c r="F1096" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1096"/>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" t="s">
         <v>1182</v>
       </c>
       <c r="B1097" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1097"/>
+      <c r="D1097"/>
       <c r="E1097"/>
       <c r="F1097" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1097"/>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" t="s">
         <v>1183</v>
       </c>
       <c r="B1098" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C1098"/>
+      <c r="D1098"/>
       <c r="E1098"/>
       <c r="F1098" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1098"/>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" t="s">
-        <v>798</v>
+        <v>1184</v>
       </c>
       <c r="B1099" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C1099"/>
       <c r="D1099"/>
       <c r="E1099"/>
       <c r="F1099" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="G1099"/>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B1100" t="s">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="C1100"/>
       <c r="D1100"/>
       <c r="E1100"/>
       <c r="F1100" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1100"/>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B1101" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C1101"/>
       <c r="D1101"/>
       <c r="E1101"/>
       <c r="F1101" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1101"/>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="B1102" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1102"/>
+      <c r="D1102"/>
       <c r="E1102"/>
       <c r="F1102" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1102"/>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B1103" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C1103"/>
       <c r="D1103"/>
       <c r="E1103"/>
       <c r="F1103" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1103"/>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B1104" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1104"/>
+      <c r="D1104"/>
       <c r="E1104"/>
       <c r="F1104" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1104"/>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B1105" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1105"/>
-      <c r="D1105">
-[...1 lines deleted...]
-      </c>
+      <c r="D1105"/>
       <c r="E1105"/>
       <c r="F1105" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1105"/>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" t="s">
         <v>1190</v>
       </c>
       <c r="B1106" t="s">
         <v>8</v>
       </c>
-      <c r="C1106"/>
+      <c r="C1106" t="s">
+        <v>837</v>
+      </c>
       <c r="D1106">
-        <v>1998</v>
+        <v>2018</v>
       </c>
       <c r="E1106"/>
       <c r="F1106" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1106"/>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" t="s">
         <v>1191</v>
       </c>
       <c r="B1107" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1107" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="D1107">
         <v>2018</v>
       </c>
       <c r="E1107"/>
       <c r="F1107" t="s">
-        <v>158</v>
+        <v>13</v>
       </c>
       <c r="G1107"/>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" t="s">
-        <v>1192</v>
+        <v>807</v>
       </c>
       <c r="B1108" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1108"/>
+      <c r="D1108"/>
       <c r="E1108"/>
       <c r="F1108" t="s">
         <v>158</v>
       </c>
       <c r="G1108"/>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" t="s">
         <v>1192</v>
       </c>
       <c r="B1109" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C1109"/>
       <c r="D1109"/>
       <c r="E1109"/>
       <c r="F1109" t="s">
-        <v>158</v>
+        <v>13</v>
       </c>
       <c r="G1109"/>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" t="s">
-        <v>1165</v>
+        <v>1193</v>
       </c>
       <c r="B1110" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C1110"/>
       <c r="D1110"/>
       <c r="E1110"/>
       <c r="F1110" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1110"/>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="B1111" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1111"/>
+        <v>8</v>
+      </c>
+      <c r="C1111" t="s">
+        <v>21</v>
+      </c>
+      <c r="D1111">
+        <v>2018</v>
+      </c>
       <c r="E1111"/>
       <c r="F1111" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1111"/>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B1112" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C1112"/>
-      <c r="D1112">
-[...4 lines deleted...]
-      </c>
+      <c r="D1112"/>
+      <c r="E1112"/>
       <c r="F1112" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1112"/>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B1113" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D1113"/>
+        <v>8</v>
+      </c>
+      <c r="C1113" t="s">
+        <v>146</v>
+      </c>
+      <c r="D1113">
+        <v>2018</v>
+      </c>
       <c r="E1113"/>
       <c r="F1113" t="s">
-        <v>1196</v>
+        <v>13</v>
       </c>
       <c r="G1113"/>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" t="s">
         <v>1197</v>
       </c>
       <c r="B1114" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1114"/>
-      <c r="D1114"/>
+      <c r="D1114">
+        <v>1995</v>
+      </c>
       <c r="E1114"/>
       <c r="F1114" t="s">
-        <v>1196</v>
+        <v>13</v>
       </c>
       <c r="G1114"/>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" t="s">
         <v>1198</v>
       </c>
       <c r="B1115" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1115"/>
       <c r="D1115">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="E1115"/>
       <c r="F1115" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1115"/>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" t="s">
         <v>1199</v>
       </c>
       <c r="B1116" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1116"/>
+        <v>8</v>
+      </c>
+      <c r="C1116" t="s">
+        <v>837</v>
+      </c>
+      <c r="D1116">
+        <v>2018</v>
+      </c>
       <c r="E1116"/>
       <c r="F1116" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G1116"/>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" t="s">
         <v>1200</v>
       </c>
       <c r="B1117" t="s">
         <v>8</v>
       </c>
-      <c r="C1117"/>
+      <c r="C1117" t="s">
+        <v>23</v>
+      </c>
       <c r="D1117">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E1117"/>
       <c r="F1117" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G1117"/>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="B1118" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C1118"/>
       <c r="D1118"/>
       <c r="E1118"/>
       <c r="F1118" t="s">
-        <v>82</v>
+        <v>169</v>
       </c>
       <c r="G1118"/>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" t="s">
-        <v>1202</v>
+        <v>1174</v>
       </c>
       <c r="B1119" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C1119"/>
       <c r="D1119"/>
       <c r="E1119"/>
       <c r="F1119" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1119"/>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="B1120" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1120"/>
+      <c r="D1120"/>
       <c r="E1120"/>
       <c r="F1120" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1120"/>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="B1121" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1121"/>
       <c r="D1121">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E1121"/>
+        <v>1988</v>
+      </c>
+      <c r="E1121">
+        <v>2017</v>
+      </c>
       <c r="F1121" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1121"/>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="B1122" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1122"/>
+      <c r="D1122"/>
       <c r="E1122"/>
       <c r="F1122" t="s">
-        <v>49</v>
+        <v>1204</v>
       </c>
       <c r="G1122"/>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="B1123" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1123"/>
+      <c r="D1123"/>
       <c r="E1123"/>
       <c r="F1123" t="s">
-        <v>27</v>
+        <v>1204</v>
       </c>
       <c r="G1123"/>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="B1124" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1124" t="s">
-        <v>37</v>
+        <v>138</v>
       </c>
       <c r="D1124">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="E1124"/>
       <c r="F1124" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G1124"/>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="B1125" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1125"/>
+      <c r="D1125"/>
       <c r="E1125"/>
       <c r="F1125" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G1125"/>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="B1126" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1126"/>
       <c r="D1126">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E1126"/>
       <c r="F1126" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G1126"/>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="B1127" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1127"/>
       <c r="D1127"/>
       <c r="E1127"/>
       <c r="F1127" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G1127"/>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" t="s">
-        <v>1211</v>
+        <v>1210</v>
       </c>
       <c r="B1128" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1128"/>
       <c r="D1128"/>
       <c r="E1128"/>
       <c r="F1128" t="s">
-        <v>512</v>
+        <v>66</v>
       </c>
       <c r="G1128"/>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="B1129" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1129"/>
+        <v>8</v>
+      </c>
+      <c r="C1129" t="s">
+        <v>60</v>
+      </c>
+      <c r="D1129">
+        <v>2007</v>
+      </c>
       <c r="E1129"/>
       <c r="F1129" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G1129"/>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="B1130" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1130" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1130">
-        <v>2018</v>
+        <v>2001</v>
       </c>
       <c r="E1130"/>
       <c r="F1130" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="G1130"/>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" t="s">
-        <v>1214</v>
+        <v>1213</v>
       </c>
       <c r="B1131" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1131"/>
+        <v>8</v>
+      </c>
+      <c r="C1131" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1131">
+        <v>2018</v>
+      </c>
       <c r="E1131"/>
       <c r="F1131" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1131"/>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" t="s">
-        <v>1215</v>
+        <v>1214</v>
       </c>
       <c r="B1132" t="s">
         <v>8</v>
       </c>
-      <c r="C1132"/>
+      <c r="C1132" t="s">
+        <v>86</v>
+      </c>
       <c r="D1132">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="E1132"/>
       <c r="F1132" t="s">
-        <v>1196</v>
+        <v>46</v>
       </c>
       <c r="G1132"/>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="B1133" t="s">
         <v>8</v>
       </c>
-      <c r="C1133"/>
+      <c r="C1133" t="s">
+        <v>56</v>
+      </c>
       <c r="D1133">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="E1133"/>
       <c r="F1133" t="s">
-        <v>1196</v>
+        <v>46</v>
       </c>
       <c r="G1133"/>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="B1134" t="s">
         <v>8</v>
       </c>
-      <c r="C1134"/>
+      <c r="C1134" t="s">
+        <v>138</v>
+      </c>
       <c r="D1134">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="E1134"/>
       <c r="F1134" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G1134"/>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="B1135" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1135"/>
       <c r="D1135">
-        <v>1992</v>
+        <v>2018</v>
       </c>
       <c r="E1135"/>
       <c r="F1135" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="G1135"/>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
       <c r="B1136" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="C1136"/>
       <c r="D1136"/>
       <c r="E1136"/>
       <c r="F1136" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G1136"/>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="B1137" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1137"/>
       <c r="D1137"/>
       <c r="E1137"/>
       <c r="F1137" t="s">
-        <v>22</v>
+        <v>522</v>
       </c>
       <c r="G1137"/>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="B1138" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1138"/>
       <c r="D1138"/>
       <c r="E1138"/>
       <c r="F1138" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1138"/>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="B1139" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="D1139"/>
+        <v>8</v>
+      </c>
+      <c r="C1139" t="s">
+        <v>60</v>
+      </c>
+      <c r="D1139">
+        <v>2018</v>
+      </c>
       <c r="E1139"/>
       <c r="F1139" t="s">
-        <v>82</v>
+        <v>169</v>
       </c>
       <c r="G1139"/>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="B1140" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1140"/>
       <c r="D1140"/>
       <c r="E1140"/>
       <c r="F1140" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G1140"/>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="B1141" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1141"/>
-      <c r="D1141"/>
-      <c r="E1141"/>
+      <c r="D1141">
+        <v>1999</v>
+      </c>
+      <c r="E1141">
+        <v>2015</v>
+      </c>
       <c r="F1141" t="s">
-        <v>49</v>
+        <v>1204</v>
       </c>
       <c r="G1141"/>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="B1142" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1142"/>
       <c r="D1142">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="E1142"/>
+        <v>1999</v>
+      </c>
+      <c r="E1142">
+        <v>2015</v>
+      </c>
       <c r="F1142" t="s">
-        <v>49</v>
+        <v>1204</v>
       </c>
       <c r="G1142"/>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" t="s">
-        <v>1226</v>
+        <v>1225</v>
       </c>
       <c r="B1143" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1143"/>
-      <c r="D1143"/>
-      <c r="E1143"/>
+      <c r="D1143">
+        <v>1989</v>
+      </c>
+      <c r="E1143">
+        <v>2011</v>
+      </c>
       <c r="F1143" t="s">
-        <v>1227</v>
+        <v>66</v>
       </c>
       <c r="G1143"/>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" t="s">
-        <v>1137</v>
+        <v>1226</v>
       </c>
       <c r="B1144" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C1144"/>
-      <c r="D1144"/>
+      <c r="D1144">
+        <v>1992</v>
+      </c>
       <c r="E1144"/>
       <c r="F1144" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1144"/>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" t="s">
-        <v>564</v>
+        <v>1227</v>
       </c>
       <c r="B1145" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C1145"/>
       <c r="D1145"/>
       <c r="E1145"/>
       <c r="F1145" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1145"/>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" t="s">
         <v>1228</v>
       </c>
       <c r="B1146" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1146"/>
+      <c r="D1146"/>
       <c r="E1146"/>
       <c r="F1146" t="s">
-        <v>169</v>
+        <v>19</v>
       </c>
       <c r="G1146"/>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" t="s">
         <v>1229</v>
       </c>
       <c r="B1147" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1147"/>
+      <c r="D1147"/>
       <c r="E1147"/>
       <c r="F1147" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
       <c r="G1147"/>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" t="s">
         <v>1230</v>
       </c>
       <c r="B1148" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1148"/>
+      <c r="D1148"/>
       <c r="E1148"/>
       <c r="F1148" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G1148"/>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" t="s">
         <v>1231</v>
       </c>
       <c r="B1149" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1149"/>
+      <c r="D1149"/>
       <c r="E1149"/>
       <c r="F1149" t="s">
-        <v>27</v>
+        <v>158</v>
       </c>
       <c r="G1149"/>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" t="s">
         <v>1232</v>
       </c>
       <c r="B1150" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1150"/>
+      <c r="D1150"/>
       <c r="E1150"/>
       <c r="F1150" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1150"/>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" t="s">
         <v>1233</v>
       </c>
       <c r="B1151" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D1151"/>
+        <v>8</v>
+      </c>
+      <c r="C1151" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1151">
+        <v>2018</v>
+      </c>
       <c r="E1151"/>
       <c r="F1151" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1151"/>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" t="s">
         <v>1234</v>
       </c>
       <c r="B1152" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1152"/>
       <c r="D1152"/>
       <c r="E1152"/>
       <c r="F1152" t="s">
-        <v>9</v>
+        <v>1235</v>
       </c>
       <c r="G1152"/>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" t="s">
-        <v>1235</v>
+        <v>1146</v>
       </c>
       <c r="B1153" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C1153"/>
       <c r="D1153"/>
       <c r="E1153"/>
       <c r="F1153" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1153"/>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" t="s">
-        <v>1236</v>
+        <v>574</v>
       </c>
       <c r="B1154" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1154"/>
+      <c r="D1154"/>
       <c r="E1154"/>
       <c r="F1154" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1154"/>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="B1155" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1155" t="s">
-        <v>860</v>
+        <v>18</v>
       </c>
       <c r="D1155">
-        <v>1993</v>
+        <v>2018</v>
       </c>
       <c r="E1155"/>
       <c r="F1155" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="G1155"/>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="B1156" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="D1156"/>
+        <v>8</v>
+      </c>
+      <c r="C1156" t="s">
+        <v>18</v>
+      </c>
+      <c r="D1156">
+        <v>2018</v>
+      </c>
       <c r="E1156"/>
       <c r="F1156" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="G1156"/>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
       <c r="B1157" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1157" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D1157">
-        <v>1981</v>
+        <v>2018</v>
       </c>
       <c r="E1157"/>
       <c r="F1157" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G1157"/>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="B1158" t="s">
         <v>8</v>
       </c>
-      <c r="C1158"/>
+      <c r="C1158" t="s">
+        <v>40</v>
+      </c>
       <c r="D1158">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E1158"/>
       <c r="F1158" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G1158"/>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="B1159" t="s">
         <v>8</v>
       </c>
-      <c r="C1159"/>
+      <c r="C1159" t="s">
+        <v>18</v>
+      </c>
       <c r="D1159">
         <v>2018</v>
       </c>
       <c r="E1159"/>
       <c r="F1159" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
       <c r="G1159"/>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" t="s">
-        <v>1242</v>
+        <v>1241</v>
       </c>
       <c r="B1160" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1160"/>
-      <c r="D1160">
-[...1 lines deleted...]
-      </c>
+      <c r="D1160"/>
       <c r="E1160"/>
       <c r="F1160" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1160"/>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="B1161" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1161"/>
+      <c r="D1161"/>
       <c r="E1161"/>
       <c r="F1161" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G1161"/>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" t="s">
         <v>1243</v>
       </c>
       <c r="B1162" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="C1162"/>
       <c r="D1162"/>
       <c r="E1162"/>
       <c r="F1162" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G1162"/>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" t="s">
         <v>1244</v>
       </c>
       <c r="B1163" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1163" t="s">
-        <v>15</v>
+        <v>197</v>
       </c>
       <c r="D1163">
         <v>2018</v>
       </c>
       <c r="E1163"/>
       <c r="F1163" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1163"/>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" t="s">
         <v>1245</v>
       </c>
       <c r="B1164" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1164" t="s">
-        <v>70</v>
+        <v>869</v>
       </c>
       <c r="D1164">
-        <v>1983</v>
+        <v>1993</v>
       </c>
       <c r="E1164"/>
       <c r="F1164" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G1164"/>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B1165" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C1165"/>
       <c r="D1165"/>
       <c r="E1165"/>
       <c r="F1165" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G1165"/>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B1166" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1166" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="D1166">
-        <v>1998</v>
+        <v>1981</v>
       </c>
       <c r="E1166"/>
       <c r="F1166" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1166"/>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="B1167" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="C1167"/>
-      <c r="D1167"/>
+      <c r="D1167">
+        <v>2015</v>
+      </c>
       <c r="E1167"/>
       <c r="F1167" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1167"/>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="B1168" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1168"/>
       <c r="D1168">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E1168"/>
       <c r="F1168" t="s">
-        <v>49</v>
+        <v>180</v>
       </c>
       <c r="G1168"/>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="B1169" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1169"/>
-      <c r="D1169"/>
+      <c r="D1169">
+        <v>2018</v>
+      </c>
       <c r="E1169"/>
       <c r="F1169" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1169"/>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="B1170" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D1170"/>
+        <v>8</v>
+      </c>
+      <c r="C1170" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1170">
+        <v>2017</v>
+      </c>
       <c r="E1170"/>
       <c r="F1170" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="G1170"/>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="B1171" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1171"/>
+      <c r="D1171"/>
       <c r="E1171"/>
       <c r="F1171" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="G1171"/>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B1172" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1172" t="s">
-        <v>1252</v>
+        <v>36</v>
       </c>
       <c r="D1172">
-        <v>1993</v>
+        <v>2018</v>
       </c>
       <c r="E1172"/>
       <c r="F1172" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1172"/>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" t="s">
         <v>1253</v>
       </c>
       <c r="B1173" t="s">
         <v>8</v>
       </c>
-      <c r="C1173"/>
+      <c r="C1173" t="s">
+        <v>23</v>
+      </c>
       <c r="D1173">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1983</v>
+      </c>
+      <c r="E1173"/>
       <c r="F1173" t="s">
-        <v>1196</v>
+        <v>13</v>
       </c>
       <c r="G1173"/>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" t="s">
-        <v>1254</v>
+        <v>1253</v>
       </c>
       <c r="B1174" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C1174"/>
-      <c r="D1174">
-[...4 lines deleted...]
-      </c>
+      <c r="D1174"/>
+      <c r="E1174"/>
       <c r="F1174" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1174"/>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" t="s">
-        <v>1255</v>
+        <v>1254</v>
       </c>
       <c r="B1175" t="s">
         <v>8</v>
       </c>
-      <c r="C1175"/>
+      <c r="C1175" t="s">
+        <v>23</v>
+      </c>
       <c r="D1175">
-        <v>2018</v>
+        <v>1998</v>
       </c>
       <c r="E1175"/>
       <c r="F1175" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1175"/>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" t="s">
-        <v>1256</v>
+        <v>1254</v>
       </c>
       <c r="B1176" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1176"/>
+      <c r="D1176"/>
       <c r="E1176"/>
       <c r="F1176" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1176"/>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" t="s">
-        <v>1257</v>
+        <v>1255</v>
       </c>
       <c r="B1177" t="s">
         <v>8</v>
       </c>
-      <c r="C1177"/>
+      <c r="C1177" t="s">
+        <v>23</v>
+      </c>
       <c r="D1177">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E1177"/>
       <c r="F1177" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1177"/>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" t="s">
-        <v>1258</v>
+        <v>1256</v>
       </c>
       <c r="B1178" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="C1178"/>
       <c r="D1178"/>
       <c r="E1178"/>
       <c r="F1178" t="s">
-        <v>177</v>
+        <v>66</v>
       </c>
       <c r="G1178"/>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="B1179" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="C1179"/>
       <c r="D1179"/>
       <c r="E1179"/>
       <c r="F1179" t="s">
-        <v>177</v>
+        <v>66</v>
       </c>
       <c r="G1179"/>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" t="s">
         <v>1258</v>
       </c>
       <c r="B1180" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1180" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="D1180">
         <v>2017</v>
       </c>
       <c r="E1180"/>
       <c r="F1180" t="s">
-        <v>177</v>
+        <v>66</v>
       </c>
       <c r="G1180"/>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B1181" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1181" t="s">
         <v>1260</v>
       </c>
-      <c r="B1181" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1181">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="E1181"/>
       <c r="F1181" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1181"/>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" t="s">
-        <v>1262</v>
+        <v>1261</v>
       </c>
       <c r="B1182" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C1182"/>
-      <c r="D1182"/>
-      <c r="E1182"/>
+      <c r="D1182">
+        <v>1999</v>
+      </c>
+      <c r="E1182">
+        <v>2015</v>
+      </c>
       <c r="F1182" t="s">
-        <v>9</v>
+        <v>1204</v>
       </c>
       <c r="G1182"/>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" t="s">
-        <v>1263</v>
+        <v>1262</v>
       </c>
       <c r="B1183" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C1183"/>
-      <c r="D1183"/>
-      <c r="E1183"/>
+      <c r="D1183">
+        <v>1999</v>
+      </c>
+      <c r="E1183">
+        <v>2017</v>
+      </c>
       <c r="F1183" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1183"/>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" t="s">
-        <v>1264</v>
+        <v>1263</v>
       </c>
       <c r="B1184" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1184"/>
       <c r="D1184">
-        <v>1988</v>
+        <v>2018</v>
       </c>
       <c r="E1184"/>
       <c r="F1184" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1184"/>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" t="s">
-        <v>1265</v>
+        <v>1264</v>
       </c>
       <c r="B1185" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1185" t="s">
-        <v>186</v>
+        <v>36</v>
       </c>
       <c r="D1185">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E1185"/>
       <c r="F1185" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1185"/>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" t="s">
-        <v>1266</v>
+        <v>1265</v>
       </c>
       <c r="B1186" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="C1186"/>
-      <c r="D1186"/>
+      <c r="D1186">
+        <v>2012</v>
+      </c>
       <c r="E1186"/>
       <c r="F1186" t="s">
-        <v>981</v>
+        <v>66</v>
       </c>
       <c r="G1186"/>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="B1187" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1187"/>
-      <c r="D1187">
-[...4 lines deleted...]
-      </c>
+      <c r="D1187"/>
+      <c r="E1187"/>
       <c r="F1187" t="s">
-        <v>9</v>
+        <v>188</v>
       </c>
       <c r="G1187"/>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="B1188" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="C1188"/>
+      <c r="D1188"/>
       <c r="E1188"/>
       <c r="F1188" t="s">
-        <v>45</v>
+        <v>188</v>
       </c>
       <c r="G1188"/>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="B1189" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D1189"/>
+        <v>8</v>
+      </c>
+      <c r="C1189" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1189">
+        <v>2017</v>
+      </c>
       <c r="E1189"/>
       <c r="F1189" t="s">
-        <v>45</v>
+        <v>188</v>
       </c>
       <c r="G1189"/>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="B1190" t="s">
         <v>8</v>
       </c>
-      <c r="C1190"/>
+      <c r="C1190" t="s">
+        <v>1269</v>
+      </c>
       <c r="D1190">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E1190"/>
       <c r="F1190" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1190"/>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="B1191" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="C1191"/>
       <c r="D1191"/>
       <c r="E1191"/>
       <c r="F1191" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1191"/>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="B1192" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="C1192" t="s">
         <v>12</v>
       </c>
-      <c r="D1192">
-[...1 lines deleted...]
-      </c>
+      <c r="C1192"/>
+      <c r="D1192"/>
       <c r="E1192"/>
       <c r="F1192" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1192"/>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" t="s">
-        <v>1273</v>
+        <v>1272</v>
       </c>
       <c r="B1193" t="s">
         <v>8</v>
       </c>
-      <c r="C1193"/>
+      <c r="C1193" t="s">
+        <v>23</v>
+      </c>
       <c r="D1193">
-        <v>2018</v>
+        <v>1988</v>
       </c>
       <c r="E1193"/>
       <c r="F1193" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1193"/>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" t="s">
-        <v>1274</v>
+        <v>1273</v>
       </c>
       <c r="B1194" t="s">
         <v>8</v>
       </c>
-      <c r="C1194"/>
+      <c r="C1194" t="s">
+        <v>197</v>
+      </c>
       <c r="D1194">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E1194"/>
       <c r="F1194" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1194"/>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="B1195" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C1195"/>
-      <c r="D1195">
-[...1 lines deleted...]
-      </c>
+      <c r="D1195"/>
       <c r="E1195"/>
       <c r="F1195" t="s">
-        <v>169</v>
+        <v>990</v>
       </c>
       <c r="G1195"/>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" t="s">
-        <v>1276</v>
+        <v>1275</v>
       </c>
       <c r="B1196" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1196"/>
       <c r="D1196">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="E1196"/>
+        <v>1999</v>
+      </c>
+      <c r="E1196">
+        <v>2011</v>
+      </c>
       <c r="F1196" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G1196"/>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" t="s">
-        <v>1208</v>
+        <v>1276</v>
       </c>
       <c r="B1197" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="D1197"/>
+        <v>8</v>
+      </c>
+      <c r="C1197" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1197">
+        <v>2018</v>
+      </c>
       <c r="E1197"/>
       <c r="F1197" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G1197"/>
     </row>
     <row r="1198" spans="1:7">
       <c r="A1198" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="B1198" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1198"/>
       <c r="D1198"/>
       <c r="E1198"/>
       <c r="F1198" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1198"/>
     </row>
     <row r="1199" spans="1:7">
       <c r="A1199" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B1199" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1199"/>
       <c r="D1199">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="E1199"/>
       <c r="F1199" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1199"/>
     </row>
     <row r="1200" spans="1:7">
       <c r="A1200" t="s">
-        <v>524</v>
+        <v>1279</v>
       </c>
       <c r="B1200" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="C1200"/>
-      <c r="D1200">
-[...1 lines deleted...]
-      </c>
+      <c r="D1200"/>
       <c r="E1200"/>
       <c r="F1200" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1200"/>
     </row>
     <row r="1201" spans="1:7">
       <c r="A1201" t="s">
-        <v>1208</v>
+        <v>1280</v>
       </c>
       <c r="B1201" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1201" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="D1201">
         <v>2018</v>
       </c>
       <c r="E1201"/>
       <c r="F1201" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G1201"/>
     </row>
     <row r="1202" spans="1:7">
       <c r="A1202" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="B1202" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1202"/>
       <c r="D1202">
-        <v>1979</v>
+        <v>2018</v>
       </c>
       <c r="E1202"/>
       <c r="F1202" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1202"/>
     </row>
     <row r="1203" spans="1:7">
       <c r="A1203" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="B1203" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1203"/>
       <c r="D1203">
-        <v>1993</v>
+        <v>2017</v>
       </c>
       <c r="E1203"/>
       <c r="F1203" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1203"/>
     </row>
     <row r="1204" spans="1:7">
       <c r="A1204" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="B1204" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1204"/>
       <c r="D1204">
         <v>2017</v>
       </c>
       <c r="E1204"/>
       <c r="F1204" t="s">
-        <v>9</v>
+        <v>180</v>
       </c>
       <c r="G1204"/>
     </row>
     <row r="1205" spans="1:7">
       <c r="A1205" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="B1205" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1205"/>
       <c r="D1205">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E1205"/>
       <c r="F1205" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="G1205"/>
     </row>
     <row r="1206" spans="1:7">
       <c r="A1206" t="s">
-        <v>1282</v>
+        <v>1216</v>
       </c>
       <c r="B1206" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1206"/>
+      <c r="D1206"/>
       <c r="E1206"/>
       <c r="F1206" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G1206"/>
     </row>
     <row r="1207" spans="1:7">
       <c r="A1207" t="s">
-        <v>1283</v>
+        <v>1280</v>
       </c>
       <c r="B1207" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C1207"/>
+      <c r="D1207"/>
       <c r="E1207"/>
       <c r="F1207" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1207"/>
     </row>
     <row r="1208" spans="1:7">
       <c r="A1208" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="B1208" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1208" t="s">
-        <v>700</v>
+        <v>18</v>
       </c>
       <c r="D1208">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="E1208"/>
       <c r="F1208" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1208"/>
     </row>
     <row r="1209" spans="1:7">
       <c r="A1209" t="s">
-        <v>1285</v>
+        <v>534</v>
       </c>
       <c r="B1209" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="C1209"/>
       <c r="D1209">
-        <v>1999</v>
+        <v>2013</v>
       </c>
       <c r="E1209"/>
       <c r="F1209" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1209"/>
     </row>
     <row r="1210" spans="1:7">
       <c r="A1210" t="s">
-        <v>1286</v>
+        <v>1216</v>
       </c>
       <c r="B1210" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1210" t="s">
-        <v>1167</v>
+        <v>34</v>
       </c>
       <c r="D1210">
-        <v>2006</v>
+        <v>2018</v>
       </c>
       <c r="E1210"/>
       <c r="F1210" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G1210"/>
     </row>
     <row r="1211" spans="1:7">
       <c r="A1211" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="B1211" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1211" t="s">
-        <v>1288</v>
+        <v>50</v>
       </c>
       <c r="D1211">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E1211"/>
       <c r="F1211" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1211"/>
     </row>
     <row r="1212" spans="1:7">
       <c r="A1212" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="B1212" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1212" t="s">
-        <v>828</v>
+        <v>23</v>
       </c>
       <c r="D1212">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="E1212"/>
       <c r="F1212" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1212"/>
     </row>
     <row r="1213" spans="1:7">
       <c r="A1213" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="B1213" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1213" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1213">
-        <v>2006</v>
+        <v>1970</v>
       </c>
       <c r="E1213"/>
       <c r="F1213" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1213"/>
     </row>
     <row r="1214" spans="1:7">
       <c r="A1214" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="B1214" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1214" t="s">
-        <v>70</v>
+        <v>1290</v>
       </c>
       <c r="D1214">
-        <v>2008</v>
+        <v>1977</v>
       </c>
       <c r="E1214"/>
       <c r="F1214" t="s">
-        <v>580</v>
+        <v>13</v>
       </c>
       <c r="G1214"/>
     </row>
     <row r="1215" spans="1:7">
       <c r="A1215" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="B1215" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1215" t="s">
-        <v>273</v>
+        <v>40</v>
       </c>
       <c r="D1215">
-        <v>2017</v>
+        <v>1988</v>
       </c>
       <c r="E1215"/>
       <c r="F1215" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1215"/>
     </row>
     <row r="1216" spans="1:7">
       <c r="A1216" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="B1216" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1216" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="D1216">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="E1216"/>
       <c r="F1216" t="s">
-        <v>158</v>
+        <v>13</v>
       </c>
       <c r="G1216"/>
     </row>
     <row r="1217" spans="1:7">
       <c r="A1217" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="B1217" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1217" t="s">
-        <v>357</v>
+        <v>34</v>
       </c>
       <c r="D1217">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E1217"/>
       <c r="F1217" t="s">
-        <v>1295</v>
+        <v>13</v>
       </c>
       <c r="G1217"/>
     </row>
     <row r="1218" spans="1:7">
       <c r="A1218" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="B1218" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1218" t="s">
-        <v>860</v>
+        <v>1295</v>
       </c>
       <c r="D1218">
-        <v>2015</v>
+        <v>1988</v>
       </c>
       <c r="E1218"/>
       <c r="F1218" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="G1218"/>
     </row>
     <row r="1219" spans="1:7">
       <c r="A1219" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="B1219" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1219" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1219">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E1219"/>
       <c r="F1219" t="s">
-        <v>163</v>
+        <v>66</v>
       </c>
       <c r="G1219"/>
     </row>
     <row r="1220" spans="1:7">
       <c r="A1220" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="B1220" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1220" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="D1220">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="E1220"/>
       <c r="F1220" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1220"/>
     </row>
     <row r="1221" spans="1:7">
       <c r="A1221" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="B1221" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1221" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1221">
-        <v>1999</v>
+        <v>1976</v>
       </c>
       <c r="E1221"/>
       <c r="F1221" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1221"/>
     </row>
     <row r="1222" spans="1:7">
       <c r="A1222" t="s">
-        <v>1300</v>
+        <v>1299</v>
       </c>
       <c r="B1222" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1222" t="s">
-        <v>41</v>
+        <v>197</v>
       </c>
       <c r="D1222">
-        <v>1970</v>
+        <v>2009</v>
       </c>
       <c r="E1222"/>
       <c r="F1222" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1222"/>
     </row>
     <row r="1223" spans="1:7">
       <c r="A1223" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="B1223" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1223" t="s">
-        <v>1302</v>
+        <v>50</v>
       </c>
       <c r="D1223">
-        <v>1977</v>
+        <v>2005</v>
       </c>
       <c r="E1223"/>
       <c r="F1223" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1223"/>
     </row>
     <row r="1224" spans="1:7">
       <c r="A1224" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="B1224" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1224" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1224">
-        <v>1988</v>
+        <v>1964</v>
       </c>
       <c r="E1224"/>
       <c r="F1224" t="s">
-        <v>9</v>
+        <v>949</v>
       </c>
       <c r="G1224"/>
     </row>
     <row r="1225" spans="1:7">
       <c r="A1225" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="B1225" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1225" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1225">
-        <v>2017</v>
+        <v>1987</v>
       </c>
       <c r="E1225"/>
       <c r="F1225" t="s">
-        <v>9</v>
+        <v>89</v>
       </c>
       <c r="G1225"/>
     </row>
     <row r="1226" spans="1:7">
       <c r="A1226" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="B1226" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1226" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D1226">
-        <v>2011</v>
+        <v>1973</v>
       </c>
       <c r="E1226"/>
       <c r="F1226" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1226"/>
     </row>
     <row r="1227" spans="1:7">
       <c r="A1227" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="B1227" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1227" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D1227">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E1227"/>
       <c r="F1227" t="s">
-        <v>49</v>
+        <v>205</v>
       </c>
       <c r="G1227"/>
     </row>
     <row r="1228" spans="1:7">
       <c r="A1228" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="B1228" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1228" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1228">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E1228"/>
       <c r="F1228" t="s">
-        <v>49</v>
+        <v>186</v>
       </c>
       <c r="G1228"/>
     </row>
     <row r="1229" spans="1:7">
       <c r="A1229" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="B1229" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1229" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1229">
-        <v>2014</v>
+        <v>1977</v>
       </c>
       <c r="E1229"/>
       <c r="F1229" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1229"/>
     </row>
     <row r="1230" spans="1:7">
       <c r="A1230" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="B1230" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1230" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1230">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="E1230"/>
       <c r="F1230" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1230"/>
     </row>
     <row r="1231" spans="1:7">
       <c r="A1231" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="B1231" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1231" t="s">
-        <v>700</v>
+        <v>36</v>
       </c>
       <c r="D1231">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E1231"/>
       <c r="F1231" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1231"/>
     </row>
     <row r="1232" spans="1:7">
       <c r="A1232" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="B1232" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1232" t="s">
-        <v>70</v>
+        <v>183</v>
       </c>
       <c r="D1232">
-        <v>2004</v>
+        <v>1984</v>
       </c>
       <c r="E1232"/>
       <c r="F1232" t="s">
         <v>13</v>
       </c>
       <c r="G1232"/>
     </row>
     <row r="1233" spans="1:7">
       <c r="A1233" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="B1233" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1233" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="D1233">
-        <v>1982</v>
+        <v>1974</v>
       </c>
       <c r="E1233"/>
       <c r="F1233" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G1233"/>
     </row>
     <row r="1234" spans="1:7">
       <c r="A1234" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="B1234" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1234" t="s">
-        <v>70</v>
+        <v>837</v>
       </c>
       <c r="D1234">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E1234"/>
       <c r="F1234" t="s">
-        <v>981</v>
+        <v>13</v>
       </c>
       <c r="G1234"/>
     </row>
     <row r="1235" spans="1:7">
       <c r="A1235" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
       <c r="B1235" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1235" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1235">
-        <v>2002</v>
+        <v>1976</v>
       </c>
       <c r="E1235"/>
       <c r="F1235" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="G1235"/>
     </row>
     <row r="1236" spans="1:7">
       <c r="A1236" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="B1236" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1236" t="s">
-        <v>828</v>
+        <v>273</v>
       </c>
       <c r="D1236">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E1236"/>
       <c r="F1236" t="s">
-        <v>512</v>
+        <v>66</v>
       </c>
       <c r="G1236"/>
     </row>
     <row r="1237" spans="1:7">
       <c r="A1237" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="B1237" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1237" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="D1237">
-        <v>1977</v>
+        <v>2004</v>
       </c>
       <c r="E1237"/>
       <c r="F1237" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1237"/>
     </row>
     <row r="1238" spans="1:7">
       <c r="A1238" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="B1238" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1238" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="D1238">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="E1238"/>
       <c r="F1238" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1238"/>
     </row>
     <row r="1239" spans="1:7">
       <c r="A1239" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="B1239" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1239" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D1239">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="E1239"/>
       <c r="F1239" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G1239"/>
     </row>
     <row r="1240" spans="1:7">
       <c r="A1240" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="B1240" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1240" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="D1240">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="E1240"/>
       <c r="F1240" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1240"/>
     </row>
     <row r="1241" spans="1:7">
       <c r="A1241" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="B1241" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1241" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1241">
-        <v>1974</v>
+        <v>2016</v>
       </c>
       <c r="E1241"/>
       <c r="F1241" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G1241"/>
     </row>
     <row r="1242" spans="1:7">
       <c r="A1242" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="B1242" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1242" t="s">
-        <v>828</v>
+        <v>23</v>
       </c>
       <c r="D1242">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="E1242"/>
       <c r="F1242" t="s">
-        <v>9</v>
+        <v>453</v>
       </c>
       <c r="G1242"/>
     </row>
     <row r="1243" spans="1:7">
       <c r="A1243" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="B1243" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1243" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1243">
-        <v>1979</v>
+        <v>2009</v>
       </c>
       <c r="E1243"/>
       <c r="F1243" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G1243"/>
     </row>
     <row r="1244" spans="1:7">
       <c r="A1244" t="s">
-        <v>1323</v>
+        <v>1203</v>
       </c>
       <c r="B1244" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1244" t="s">
-        <v>357</v>
+        <v>146</v>
       </c>
       <c r="D1244">
-        <v>1972</v>
+        <v>2015</v>
       </c>
       <c r="E1244"/>
       <c r="F1244" t="s">
-        <v>49</v>
+        <v>1204</v>
       </c>
       <c r="G1244"/>
     </row>
     <row r="1245" spans="1:7">
       <c r="A1245" t="s">
-        <v>1324</v>
+        <v>1321</v>
       </c>
       <c r="B1245" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1245" t="s">
-        <v>1325</v>
+        <v>1295</v>
       </c>
       <c r="D1245">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="E1245"/>
       <c r="F1245" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1245"/>
     </row>
     <row r="1246" spans="1:7">
       <c r="A1246" t="s">
-        <v>1326</v>
+        <v>1322</v>
       </c>
       <c r="B1246" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1246" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1246">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="E1246"/>
       <c r="F1246" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1246"/>
     </row>
     <row r="1247" spans="1:7">
       <c r="A1247" t="s">
-        <v>1327</v>
+        <v>1323</v>
       </c>
       <c r="B1247" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1247" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="D1247">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E1247"/>
       <c r="F1247" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G1247"/>
     </row>
     <row r="1248" spans="1:7">
       <c r="A1248" t="s">
-        <v>1328</v>
+        <v>1324</v>
       </c>
       <c r="B1248" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1248" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="D1248">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="E1248"/>
       <c r="F1248" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1248"/>
     </row>
     <row r="1249" spans="1:7">
       <c r="A1249" t="s">
-        <v>1329</v>
+        <v>1325</v>
       </c>
       <c r="B1249" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1249" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1249">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="E1249"/>
       <c r="F1249" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1249"/>
     </row>
     <row r="1250" spans="1:7">
       <c r="A1250" t="s">
-        <v>1330</v>
+        <v>1326</v>
       </c>
       <c r="B1250" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1250" t="s">
-        <v>860</v>
+        <v>146</v>
       </c>
       <c r="D1250">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E1250"/>
       <c r="F1250" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G1250"/>
     </row>
     <row r="1251" spans="1:7">
       <c r="A1251" t="s">
-        <v>1331</v>
+        <v>1327</v>
       </c>
       <c r="B1251" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1251" t="s">
-        <v>41</v>
+        <v>1328</v>
       </c>
       <c r="D1251">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="E1251"/>
       <c r="F1251" t="s">
-        <v>358</v>
+        <v>13</v>
       </c>
       <c r="G1251"/>
     </row>
     <row r="1252" spans="1:7">
       <c r="A1252" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="B1252" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1252" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1252">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="E1252"/>
       <c r="F1252" t="s">
-        <v>543</v>
+        <v>66</v>
       </c>
       <c r="G1252"/>
     </row>
     <row r="1253" spans="1:7">
       <c r="A1253" t="s">
-        <v>1333</v>
+        <v>1330</v>
       </c>
       <c r="B1253" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1253" t="s">
-        <v>1334</v>
+        <v>241</v>
       </c>
       <c r="D1253">
-        <v>1980</v>
+        <v>2005</v>
       </c>
       <c r="E1253"/>
       <c r="F1253" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1253"/>
     </row>
     <row r="1254" spans="1:7">
       <c r="A1254" t="s">
-        <v>1335</v>
+        <v>1331</v>
       </c>
       <c r="B1254" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1254" t="s">
-        <v>70</v>
+        <v>864</v>
       </c>
       <c r="D1254">
-        <v>1994</v>
+        <v>1942</v>
       </c>
       <c r="E1254"/>
       <c r="F1254" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1254"/>
     </row>
     <row r="1255" spans="1:7">
       <c r="A1255" t="s">
-        <v>1336</v>
+        <v>1332</v>
       </c>
       <c r="B1255" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1255" t="s">
-        <v>135</v>
+        <v>837</v>
       </c>
       <c r="D1255">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="E1255"/>
       <c r="F1255" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1255"/>
     </row>
     <row r="1256" spans="1:7">
       <c r="A1256" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="B1256" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1256" t="s">
-        <v>357</v>
+        <v>40</v>
       </c>
       <c r="D1256">
-        <v>2014</v>
+        <v>1990</v>
       </c>
       <c r="E1256"/>
       <c r="F1256" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1256"/>
     </row>
     <row r="1257" spans="1:7">
       <c r="A1257" t="s">
-        <v>1338</v>
+        <v>1131</v>
       </c>
       <c r="B1257" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1257" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D1257">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E1257"/>
       <c r="F1257" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G1257"/>
     </row>
     <row r="1258" spans="1:7">
       <c r="A1258" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="B1258" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1258" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1258">
-        <v>2011</v>
+        <v>1992</v>
       </c>
       <c r="E1258"/>
       <c r="F1258" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1258"/>
     </row>
     <row r="1259" spans="1:7">
       <c r="A1259" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="B1259" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1259" t="s">
-        <v>1341</v>
+        <v>23</v>
       </c>
       <c r="D1259">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="E1259"/>
       <c r="F1259" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
       <c r="G1259"/>
     </row>
     <row r="1260" spans="1:7">
       <c r="A1260" t="s">
-        <v>1342</v>
+        <v>1336</v>
       </c>
       <c r="B1260" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1260" t="s">
-        <v>70</v>
+        <v>1337</v>
       </c>
       <c r="D1260">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="E1260"/>
       <c r="F1260" t="s">
-        <v>49</v>
+        <v>368</v>
       </c>
       <c r="G1260"/>
     </row>
     <row r="1261" spans="1:7">
       <c r="A1261" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="B1261" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1261" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1261">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="E1261"/>
       <c r="F1261" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G1261"/>
     </row>
     <row r="1262" spans="1:7">
       <c r="A1262" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="B1262" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1262" t="s">
-        <v>41</v>
+        <v>1340</v>
       </c>
       <c r="D1262">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E1262"/>
       <c r="F1262" t="s">
-        <v>49</v>
+        <v>1341</v>
       </c>
       <c r="G1262"/>
     </row>
     <row r="1263" spans="1:7">
       <c r="A1263" t="s">
-        <v>1345</v>
+        <v>1342</v>
       </c>
       <c r="B1263" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1263" t="s">
-        <v>828</v>
+        <v>50</v>
       </c>
       <c r="D1263">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="E1263"/>
       <c r="F1263" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1263"/>
     </row>
     <row r="1264" spans="1:7">
       <c r="A1264" t="s">
-        <v>1346</v>
+        <v>1343</v>
       </c>
       <c r="B1264" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1264" t="s">
-        <v>828</v>
+        <v>23</v>
       </c>
       <c r="D1264">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="E1264"/>
       <c r="F1264" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1264"/>
     </row>
     <row r="1265" spans="1:7">
       <c r="A1265" t="s">
-        <v>1291</v>
+        <v>1344</v>
       </c>
       <c r="B1265" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1265" t="s">
-        <v>135</v>
+        <v>36</v>
       </c>
       <c r="D1265">
-        <v>2008</v>
+        <v>1971</v>
       </c>
       <c r="E1265"/>
       <c r="F1265" t="s">
-        <v>580</v>
+        <v>13</v>
       </c>
       <c r="G1265"/>
     </row>
     <row r="1266" spans="1:7">
       <c r="A1266" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="B1266" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1266" t="s">
-        <v>230</v>
+        <v>60</v>
       </c>
       <c r="D1266">
-        <v>2008</v>
+        <v>1971</v>
       </c>
       <c r="E1266"/>
       <c r="F1266" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1266"/>
     </row>
     <row r="1267" spans="1:7">
       <c r="A1267" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="B1267" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1267" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1267">
-        <v>2011</v>
+        <v>1989</v>
       </c>
       <c r="E1267"/>
       <c r="F1267" t="s">
-        <v>158</v>
+        <v>13</v>
       </c>
       <c r="G1267"/>
     </row>
     <row r="1268" spans="1:7">
       <c r="A1268" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="B1268" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1268" t="s">
-        <v>700</v>
+        <v>146</v>
       </c>
       <c r="D1268">
-        <v>1994</v>
+        <v>2017</v>
       </c>
       <c r="E1268"/>
       <c r="F1268" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G1268"/>
     </row>
     <row r="1269" spans="1:7">
       <c r="A1269" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="B1269" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1269" t="s">
-        <v>31</v>
+        <v>1295</v>
       </c>
       <c r="D1269">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E1269"/>
       <c r="F1269" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1269"/>
     </row>
     <row r="1270" spans="1:7">
       <c r="A1270" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="B1270" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1270" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1270">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E1270"/>
       <c r="F1270" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1270"/>
     </row>
     <row r="1271" spans="1:7">
       <c r="A1271" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="B1271" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1271" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D1271">
-        <v>1971</v>
+        <v>2008</v>
       </c>
       <c r="E1271"/>
       <c r="F1271" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1271"/>
     </row>
     <row r="1272" spans="1:7">
       <c r="A1272" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="B1272" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1272" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1272">
-        <v>1971</v>
+        <v>2013</v>
       </c>
       <c r="E1272"/>
       <c r="F1272" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1272"/>
     </row>
     <row r="1273" spans="1:7">
       <c r="A1273" t="s">
-        <v>1309</v>
+        <v>1352</v>
       </c>
       <c r="B1273" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1273" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D1273">
-        <v>1989</v>
+        <v>1988</v>
       </c>
       <c r="E1273"/>
       <c r="F1273" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1273"/>
     </row>
     <row r="1274" spans="1:7">
       <c r="A1274" t="s">
-        <v>1354</v>
+        <v>1353</v>
       </c>
       <c r="B1274" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1274" t="s">
-        <v>135</v>
+        <v>197</v>
       </c>
       <c r="D1274">
-        <v>2017</v>
+        <v>2003</v>
       </c>
       <c r="E1274"/>
       <c r="F1274" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1274"/>
     </row>
     <row r="1275" spans="1:7">
       <c r="A1275" t="s">
-        <v>1355</v>
+        <v>1354</v>
       </c>
       <c r="B1275" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1275" t="s">
-        <v>1334</v>
+        <v>23</v>
       </c>
       <c r="D1275">
-        <v>2011</v>
+        <v>1972</v>
       </c>
       <c r="E1275"/>
       <c r="F1275" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1275"/>
     </row>
     <row r="1276" spans="1:7">
       <c r="A1276" t="s">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="B1276" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1276" t="s">
-        <v>31</v>
+        <v>837</v>
       </c>
       <c r="D1276">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E1276"/>
       <c r="F1276" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G1276"/>
     </row>
     <row r="1277" spans="1:7">
       <c r="A1277" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="B1277" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1277" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="D1277">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="E1277"/>
       <c r="F1277" t="s">
-        <v>49</v>
+        <v>186</v>
       </c>
       <c r="G1277"/>
     </row>
     <row r="1278" spans="1:7">
       <c r="A1278" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="B1278" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1278" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1278">
-        <v>2014</v>
+        <v>1978</v>
       </c>
       <c r="E1278"/>
       <c r="F1278" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1278"/>
     </row>
     <row r="1279" spans="1:7">
       <c r="A1279" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="B1279" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1279" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1279">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E1279"/>
       <c r="F1279" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1279"/>
     </row>
     <row r="1280" spans="1:7">
       <c r="A1280" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="B1280" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1280" t="s">
-        <v>700</v>
+        <v>60</v>
       </c>
       <c r="D1280">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="E1280"/>
       <c r="F1280" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1280"/>
     </row>
     <row r="1281" spans="1:7">
       <c r="A1281" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="B1281" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1281" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="D1281">
-        <v>1983</v>
+        <v>2007</v>
       </c>
       <c r="E1281"/>
       <c r="F1281" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1281"/>
     </row>
     <row r="1282" spans="1:7">
       <c r="A1282" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="B1282" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1282" t="s">
-        <v>357</v>
+        <v>52</v>
       </c>
       <c r="D1282">
-        <v>1980</v>
+        <v>1976</v>
       </c>
       <c r="E1282"/>
       <c r="F1282" t="s">
         <v>13</v>
       </c>
       <c r="G1282"/>
     </row>
     <row r="1283" spans="1:7">
       <c r="A1283" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="B1283" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1283" t="s">
-        <v>70</v>
+        <v>869</v>
       </c>
       <c r="D1283">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E1283"/>
       <c r="F1283" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="G1283"/>
     </row>
     <row r="1284" spans="1:7">
       <c r="A1284" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="B1284" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1284" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1284">
-        <v>2011</v>
+        <v>1976</v>
       </c>
       <c r="E1284"/>
       <c r="F1284" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="G1284"/>
     </row>
     <row r="1285" spans="1:7">
       <c r="A1285" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="B1285" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1285" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="D1285">
-        <v>1978</v>
+        <v>2015</v>
       </c>
       <c r="E1285"/>
       <c r="F1285" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1285"/>
     </row>
     <row r="1286" spans="1:7">
       <c r="A1286" t="s">
-        <v>1366</v>
+        <v>1365</v>
       </c>
       <c r="B1286" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1286" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1286">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="E1286"/>
       <c r="F1286" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1286"/>
     </row>
     <row r="1287" spans="1:7">
       <c r="A1287" t="s">
-        <v>1367</v>
+        <v>1366</v>
       </c>
       <c r="B1287" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1287" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1287">
         <v>2006</v>
       </c>
       <c r="E1287"/>
       <c r="F1287" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1287"/>
     </row>
     <row r="1288" spans="1:7">
       <c r="A1288" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="B1288" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1288" t="s">
-        <v>357</v>
+        <v>36</v>
       </c>
       <c r="D1288">
         <v>2007</v>
       </c>
       <c r="E1288"/>
       <c r="F1288" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G1288"/>
     </row>
     <row r="1289" spans="1:7">
       <c r="A1289" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="B1289" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1289" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D1289">
-        <v>1976</v>
+        <v>1993</v>
       </c>
       <c r="E1289"/>
       <c r="F1289" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1289"/>
     </row>
     <row r="1290" spans="1:7">
       <c r="A1290" t="s">
-        <v>1370</v>
+        <v>1369</v>
       </c>
       <c r="B1290" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1290" t="s">
-        <v>860</v>
+        <v>52</v>
       </c>
       <c r="D1290">
-        <v>2017</v>
+        <v>1970</v>
       </c>
       <c r="E1290"/>
       <c r="F1290" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G1290"/>
     </row>
     <row r="1291" spans="1:7">
       <c r="A1291" t="s">
-        <v>1371</v>
+        <v>1370</v>
       </c>
       <c r="B1291" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1291" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1291">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="E1291"/>
       <c r="F1291" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G1291"/>
     </row>
     <row r="1292" spans="1:7">
       <c r="A1292" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1292" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1292" t="s">
-        <v>19</v>
+        <v>1295</v>
       </c>
       <c r="D1292">
-        <v>1974</v>
+        <v>1988</v>
       </c>
       <c r="E1292"/>
       <c r="F1292" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1292"/>
     </row>
     <row r="1293" spans="1:7">
       <c r="A1293" t="s">
-        <v>1373</v>
+        <v>1372</v>
       </c>
       <c r="B1293" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1293" t="s">
-        <v>1325</v>
+        <v>23</v>
       </c>
       <c r="D1293">
-        <v>1977</v>
+        <v>1994</v>
       </c>
       <c r="E1293"/>
       <c r="F1293" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1293"/>
     </row>
     <row r="1294" spans="1:7">
       <c r="A1294" t="s">
-        <v>1374</v>
+        <v>1373</v>
       </c>
       <c r="B1294" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1294" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1294">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="E1294"/>
       <c r="F1294" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1294"/>
     </row>
     <row r="1295" spans="1:7">
       <c r="A1295" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
       <c r="B1295" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1295" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1295">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E1295"/>
       <c r="F1295" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G1295"/>
     </row>
     <row r="1296" spans="1:7">
       <c r="A1296" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
       <c r="B1296" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1296" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="D1296">
-        <v>1971</v>
+        <v>1996</v>
       </c>
       <c r="E1296"/>
       <c r="F1296" t="s">
-        <v>456</v>
+        <v>13</v>
       </c>
       <c r="G1296"/>
     </row>
     <row r="1297" spans="1:7">
       <c r="A1297" t="s">
-        <v>1198</v>
+        <v>1376</v>
       </c>
       <c r="B1297" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1297" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="D1297">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E1297"/>
       <c r="F1297" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1297"/>
     </row>
     <row r="1298" spans="1:7">
       <c r="A1298" t="s">
         <v>1377</v>
       </c>
       <c r="B1298" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1298" t="s">
-        <v>135</v>
+        <v>805</v>
       </c>
       <c r="D1298">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E1298"/>
       <c r="F1298" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1298"/>
     </row>
     <row r="1299" spans="1:7">
       <c r="A1299" t="s">
         <v>1378</v>
       </c>
       <c r="B1299" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1299" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1299">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="E1299"/>
       <c r="F1299" t="s">
-        <v>358</v>
+        <v>66</v>
       </c>
       <c r="G1299"/>
     </row>
     <row r="1300" spans="1:7">
       <c r="A1300" t="s">
         <v>1379</v>
       </c>
       <c r="B1300" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1300" t="s">
-        <v>357</v>
+        <v>15</v>
       </c>
       <c r="D1300">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="E1300"/>
       <c r="F1300" t="s">
-        <v>1380</v>
+        <v>66</v>
       </c>
       <c r="G1300"/>
     </row>
     <row r="1301" spans="1:7">
       <c r="A1301" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B1301" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1301" t="s">
         <v>1381</v>
       </c>
-      <c r="B1301" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1301">
-        <v>1988</v>
+        <v>1975</v>
       </c>
       <c r="E1301"/>
       <c r="F1301" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1301"/>
     </row>
     <row r="1302" spans="1:7">
       <c r="A1302" t="s">
         <v>1382</v>
       </c>
       <c r="B1302" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1302" t="s">
-        <v>70</v>
+        <v>837</v>
       </c>
       <c r="D1302">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="E1302"/>
       <c r="F1302" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1302"/>
     </row>
     <row r="1303" spans="1:7">
       <c r="A1303" t="s">
         <v>1383</v>
       </c>
       <c r="B1303" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1303" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1303">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="E1303"/>
       <c r="F1303" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1303"/>
     </row>
     <row r="1304" spans="1:7">
       <c r="A1304" t="s">
         <v>1384</v>
       </c>
       <c r="B1304" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1304" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D1304">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E1304"/>
       <c r="F1304" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G1304"/>
     </row>
     <row r="1305" spans="1:7">
       <c r="A1305" t="s">
         <v>1385</v>
       </c>
       <c r="B1305" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1305" t="s">
-        <v>357</v>
+        <v>23</v>
       </c>
       <c r="D1305">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E1305"/>
       <c r="F1305" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1305"/>
     </row>
     <row r="1306" spans="1:7">
       <c r="A1306" t="s">
         <v>1386</v>
       </c>
       <c r="B1306" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1306" t="s">
-        <v>135</v>
+        <v>1381</v>
       </c>
       <c r="D1306">
-        <v>2013</v>
+        <v>1966</v>
       </c>
       <c r="E1306"/>
       <c r="F1306" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G1306"/>
     </row>
     <row r="1307" spans="1:7">
       <c r="A1307" t="s">
         <v>1387</v>
       </c>
       <c r="B1307" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1307" t="s">
-        <v>796</v>
+        <v>1388</v>
       </c>
       <c r="D1307">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E1307"/>
       <c r="F1307" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1307"/>
     </row>
     <row r="1308" spans="1:7">
       <c r="A1308" t="s">
-        <v>675</v>
+        <v>1389</v>
       </c>
       <c r="B1308" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1308" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1308">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E1308"/>
       <c r="F1308" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1308"/>
     </row>
     <row r="1309" spans="1:7">
       <c r="A1309" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="B1309" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1309" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D1309">
-        <v>2006</v>
+        <v>1972</v>
       </c>
       <c r="E1309"/>
       <c r="F1309" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1309"/>
     </row>
     <row r="1310" spans="1:7">
       <c r="A1310" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="B1310" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1310" t="s">
-        <v>172</v>
+        <v>1381</v>
       </c>
       <c r="D1310">
-        <v>1982</v>
+        <v>1967</v>
       </c>
       <c r="E1310"/>
       <c r="F1310" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1310"/>
     </row>
     <row r="1311" spans="1:7">
       <c r="A1311" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="B1311" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1311" t="s">
-        <v>828</v>
+        <v>40</v>
       </c>
       <c r="D1311">
-        <v>2015</v>
+        <v>1991</v>
       </c>
       <c r="E1311"/>
       <c r="F1311" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1311"/>
     </row>
     <row r="1312" spans="1:7">
       <c r="A1312" t="s">
-        <v>1391</v>
+        <v>1347</v>
       </c>
       <c r="B1312" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1312" t="s">
-        <v>1392</v>
+        <v>43</v>
       </c>
       <c r="D1312">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="E1312"/>
       <c r="F1312" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1312"/>
     </row>
     <row r="1313" spans="1:7">
       <c r="A1313" t="s">
         <v>1393</v>
       </c>
       <c r="B1313" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1313" t="s">
-        <v>19</v>
+        <v>1295</v>
       </c>
       <c r="D1313">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E1313"/>
       <c r="F1313" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1313"/>
     </row>
     <row r="1314" spans="1:7">
       <c r="A1314" t="s">
         <v>1394</v>
       </c>
       <c r="B1314" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1314" t="s">
-        <v>828</v>
+        <v>50</v>
       </c>
       <c r="D1314">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="E1314"/>
       <c r="F1314" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="G1314"/>
     </row>
     <row r="1315" spans="1:7">
       <c r="A1315" t="s">
         <v>1395</v>
       </c>
       <c r="B1315" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1315" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1315">
         <v>2008</v>
       </c>
       <c r="E1315"/>
       <c r="F1315" t="s">
-        <v>1143</v>
+        <v>66</v>
       </c>
       <c r="G1315"/>
     </row>
     <row r="1316" spans="1:7">
       <c r="A1316" t="s">
         <v>1396</v>
       </c>
       <c r="B1316" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1316" t="s">
-        <v>1397</v>
+        <v>40</v>
       </c>
       <c r="D1316">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E1316"/>
       <c r="F1316" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1316"/>
     </row>
     <row r="1317" spans="1:7">
       <c r="A1317" t="s">
-        <v>1398</v>
+        <v>1346</v>
       </c>
       <c r="B1317" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1317" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1317">
-        <v>2000</v>
+        <v>1989</v>
       </c>
       <c r="E1317"/>
       <c r="F1317" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1317"/>
     </row>
     <row r="1318" spans="1:7">
       <c r="A1318" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="B1318" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1318" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D1318">
-        <v>1972</v>
+        <v>2017</v>
       </c>
       <c r="E1318"/>
       <c r="F1318" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1318"/>
     </row>
     <row r="1319" spans="1:7">
       <c r="A1319" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="B1319" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1319" t="s">
-        <v>1288</v>
+        <v>23</v>
       </c>
       <c r="D1319">
-        <v>1967</v>
+        <v>1981</v>
       </c>
       <c r="E1319"/>
       <c r="F1319" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1319"/>
     </row>
     <row r="1320" spans="1:7">
       <c r="A1320" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="B1320" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1320" t="s">
-        <v>19</v>
+        <v>1400</v>
       </c>
       <c r="D1320">
-        <v>1991</v>
+        <v>2017</v>
       </c>
       <c r="E1320"/>
       <c r="F1320" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1320"/>
     </row>
     <row r="1321" spans="1:7">
       <c r="A1321" t="s">
-        <v>1354</v>
+        <v>1401</v>
       </c>
       <c r="B1321" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1321" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D1321">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E1321"/>
       <c r="F1321" t="s">
-        <v>9</v>
+        <v>225</v>
       </c>
       <c r="G1321"/>
     </row>
     <row r="1322" spans="1:7">
       <c r="A1322" t="s">
         <v>1402</v>
       </c>
       <c r="B1322" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1322" t="s">
-        <v>1334</v>
+        <v>23</v>
       </c>
       <c r="D1322">
-        <v>2011</v>
+        <v>1980</v>
       </c>
       <c r="E1322"/>
       <c r="F1322" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1322"/>
     </row>
     <row r="1323" spans="1:7">
       <c r="A1323" t="s">
         <v>1403</v>
       </c>
       <c r="B1323" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1323" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D1323">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="E1323"/>
       <c r="F1323" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1323"/>
     </row>
     <row r="1324" spans="1:7">
       <c r="A1324" t="s">
         <v>1404</v>
       </c>
       <c r="B1324" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1324" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1324">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="E1324"/>
       <c r="F1324" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1324"/>
     </row>
     <row r="1325" spans="1:7">
       <c r="A1325" t="s">
         <v>1405</v>
       </c>
       <c r="B1325" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1325" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1325">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E1325"/>
       <c r="F1325" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1325"/>
     </row>
     <row r="1326" spans="1:7">
       <c r="A1326" t="s">
         <v>1406</v>
       </c>
       <c r="B1326" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1326" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="D1326">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E1326"/>
       <c r="F1326" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1326"/>
     </row>
     <row r="1327" spans="1:7">
       <c r="A1327" t="s">
         <v>1407</v>
       </c>
       <c r="B1327" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1327" t="s">
-        <v>186</v>
+        <v>869</v>
       </c>
       <c r="D1327">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E1327"/>
       <c r="F1327" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1327"/>
     </row>
     <row r="1328" spans="1:7">
       <c r="A1328" t="s">
         <v>1408</v>
       </c>
       <c r="B1328" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1328" t="s">
-        <v>1334</v>
+        <v>23</v>
       </c>
       <c r="D1328">
-        <v>1992</v>
+        <v>1979</v>
       </c>
       <c r="E1328"/>
       <c r="F1328" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1328"/>
     </row>
     <row r="1329" spans="1:7">
       <c r="A1329" t="s">
         <v>1409</v>
       </c>
       <c r="B1329" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1329" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D1329">
         <v>1972</v>
       </c>
       <c r="E1329"/>
       <c r="F1329" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G1329"/>
     </row>
     <row r="1330" spans="1:7">
       <c r="A1330" t="s">
         <v>1410</v>
       </c>
       <c r="B1330" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1330" t="s">
-        <v>41</v>
+        <v>1411</v>
       </c>
       <c r="D1330">
-        <v>2013</v>
+        <v>1975</v>
       </c>
       <c r="E1330"/>
       <c r="F1330" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G1330"/>
     </row>
     <row r="1331" spans="1:7">
       <c r="A1331" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B1331" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1331" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1331">
-        <v>1972</v>
+        <v>2011</v>
       </c>
       <c r="E1331"/>
       <c r="F1331" t="s">
-        <v>154</v>
+        <v>66</v>
       </c>
       <c r="G1331"/>
     </row>
     <row r="1332" spans="1:7">
       <c r="A1332" t="s">
-        <v>1195</v>
+        <v>1413</v>
       </c>
       <c r="B1332" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1332" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="D1332">
-        <v>2015</v>
+        <v>2008</v>
       </c>
       <c r="E1332"/>
       <c r="F1332" t="s">
-        <v>1196</v>
+        <v>46</v>
       </c>
       <c r="G1332"/>
     </row>
     <row r="1333" spans="1:7">
       <c r="A1333" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="B1333" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1333" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1333">
-        <v>1980</v>
+        <v>1997</v>
       </c>
       <c r="E1333"/>
       <c r="F1333" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1333"/>
     </row>
     <row r="1334" spans="1:7">
       <c r="A1334" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="B1334" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1334" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1334">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="E1334"/>
       <c r="F1334" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="G1334"/>
     </row>
     <row r="1335" spans="1:7">
       <c r="A1335" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="B1335" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1335" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1335">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E1335"/>
       <c r="F1335" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G1335"/>
     </row>
     <row r="1336" spans="1:7">
       <c r="A1336" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="B1336" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1336" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1336">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="E1336"/>
       <c r="F1336" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G1336"/>
     </row>
     <row r="1337" spans="1:7">
       <c r="A1337" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="B1337" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1337" t="s">
-        <v>135</v>
+        <v>1295</v>
       </c>
       <c r="D1337">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="E1337"/>
       <c r="F1337" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1337"/>
     </row>
     <row r="1338" spans="1:7">
       <c r="A1338" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B1338" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1338" t="s">
-        <v>860</v>
+        <v>837</v>
       </c>
       <c r="D1338">
-        <v>2017</v>
+        <v>1994</v>
       </c>
       <c r="E1338"/>
       <c r="F1338" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1338"/>
     </row>
     <row r="1339" spans="1:7">
       <c r="A1339" t="s">
-        <v>1389</v>
+        <v>1420</v>
       </c>
       <c r="B1339" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1339" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1339">
-        <v>1982</v>
+        <v>2017</v>
       </c>
       <c r="E1339"/>
       <c r="F1339" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1339"/>
     </row>
     <row r="1340" spans="1:7">
       <c r="A1340" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="B1340" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1340" t="s">
-        <v>230</v>
+        <v>60</v>
       </c>
       <c r="D1340">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="E1340"/>
       <c r="F1340" t="s">
-        <v>49</v>
+        <v>1422</v>
       </c>
       <c r="G1340"/>
     </row>
     <row r="1341" spans="1:7">
       <c r="A1341" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="B1341" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1341" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1341">
-        <v>1971</v>
+        <v>1969</v>
       </c>
       <c r="E1341"/>
       <c r="F1341" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1341"/>
     </row>
     <row r="1342" spans="1:7">
       <c r="A1342" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="B1342" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1342" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="D1342">
         <v>2015</v>
       </c>
       <c r="E1342"/>
       <c r="F1342" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1342"/>
     </row>
     <row r="1343" spans="1:7">
       <c r="A1343" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="B1343" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1343" t="s">
-        <v>41</v>
+        <v>805</v>
       </c>
       <c r="D1343">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="E1343"/>
       <c r="F1343" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G1343"/>
     </row>
     <row r="1344" spans="1:7">
       <c r="A1344" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="B1344" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1344" t="s">
-        <v>1392</v>
+        <v>23</v>
       </c>
       <c r="D1344">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E1344"/>
       <c r="F1344" t="s">
-        <v>456</v>
+        <v>66</v>
       </c>
       <c r="G1344"/>
     </row>
     <row r="1345" spans="1:7">
       <c r="A1345" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="B1345" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1345" t="s">
-        <v>1424</v>
+        <v>40</v>
       </c>
       <c r="D1345">
-        <v>1990</v>
+        <v>2006</v>
       </c>
       <c r="E1345"/>
       <c r="F1345" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1345"/>
     </row>
     <row r="1346" spans="1:7">
       <c r="A1346" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="B1346" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1346" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="D1346">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E1346"/>
       <c r="F1346" t="s">
-        <v>829</v>
+        <v>66</v>
       </c>
       <c r="G1346"/>
     </row>
     <row r="1347" spans="1:7">
       <c r="A1347" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="B1347" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1347" t="s">
-        <v>19</v>
+        <v>837</v>
       </c>
       <c r="D1347">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="E1347"/>
       <c r="F1347" t="s">
-        <v>358</v>
+        <v>66</v>
       </c>
       <c r="G1347"/>
     </row>
     <row r="1348" spans="1:7">
       <c r="A1348" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="B1348" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1348" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1348">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E1348"/>
       <c r="F1348" t="s">
-        <v>1428</v>
+        <v>10</v>
       </c>
       <c r="G1348"/>
     </row>
     <row r="1349" spans="1:7">
       <c r="A1349" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="B1349" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1349" t="s">
-        <v>1334</v>
+        <v>146</v>
       </c>
       <c r="D1349">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="E1349"/>
       <c r="F1349" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G1349"/>
     </row>
     <row r="1350" spans="1:7">
       <c r="A1350" t="s">
-        <v>1430</v>
+        <v>226</v>
       </c>
       <c r="B1350" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1350" t="s">
-        <v>828</v>
+        <v>23</v>
       </c>
       <c r="D1350">
-        <v>1994</v>
+        <v>2004</v>
       </c>
       <c r="E1350"/>
       <c r="F1350" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1350"/>
     </row>
     <row r="1351" spans="1:7">
       <c r="A1351" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B1351" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1351" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1351">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="E1351"/>
       <c r="F1351" t="s">
-        <v>9</v>
+        <v>506</v>
       </c>
       <c r="G1351"/>
     </row>
     <row r="1352" spans="1:7">
       <c r="A1352" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="B1352" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1352" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D1352">
-        <v>2014</v>
+        <v>1994</v>
       </c>
       <c r="E1352"/>
       <c r="F1352" t="s">
-        <v>1433</v>
+        <v>158</v>
       </c>
       <c r="G1352"/>
     </row>
     <row r="1353" spans="1:7">
       <c r="A1353" t="s">
         <v>1434</v>
       </c>
       <c r="B1353" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1353" t="s">
-        <v>41</v>
+        <v>1295</v>
       </c>
       <c r="D1353">
-        <v>1969</v>
+        <v>2009</v>
       </c>
       <c r="E1353"/>
       <c r="F1353" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1353"/>
     </row>
     <row r="1354" spans="1:7">
       <c r="A1354" t="s">
         <v>1435</v>
       </c>
       <c r="B1354" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1354" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1354">
-        <v>2015</v>
+        <v>2001</v>
       </c>
       <c r="E1354"/>
       <c r="F1354" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1354"/>
     </row>
     <row r="1355" spans="1:7">
       <c r="A1355" t="s">
         <v>1436</v>
       </c>
       <c r="B1355" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1355" t="s">
-        <v>796</v>
+        <v>275</v>
       </c>
       <c r="D1355">
-        <v>2004</v>
+        <v>1976</v>
       </c>
       <c r="E1355"/>
       <c r="F1355" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1355"/>
     </row>
     <row r="1356" spans="1:7">
       <c r="A1356" t="s">
-        <v>1376</v>
+        <v>1437</v>
       </c>
       <c r="B1356" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1356" t="s">
-        <v>12</v>
+        <v>1438</v>
       </c>
       <c r="D1356">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="E1356"/>
       <c r="F1356" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1356"/>
     </row>
     <row r="1357" spans="1:7">
       <c r="A1357" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="B1357" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1357" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1357">
-        <v>2005</v>
+        <v>1996</v>
       </c>
       <c r="E1357"/>
       <c r="F1357" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1357"/>
     </row>
     <row r="1358" spans="1:7">
       <c r="A1358" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="B1358" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1358" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1358">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E1358"/>
       <c r="F1358" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1358"/>
     </row>
     <row r="1359" spans="1:7">
       <c r="A1359" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="B1359" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1359" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D1359">
-        <v>1968</v>
+        <v>2002</v>
       </c>
       <c r="E1359"/>
       <c r="F1359" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1359"/>
     </row>
     <row r="1360" spans="1:7">
       <c r="A1360" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="B1360" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1360" t="s">
-        <v>828</v>
+        <v>50</v>
       </c>
       <c r="D1360">
-        <v>1991</v>
+        <v>2007</v>
       </c>
       <c r="E1360"/>
       <c r="F1360" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1360"/>
     </row>
     <row r="1361" spans="1:7">
       <c r="A1361" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="B1361" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1361" t="s">
-        <v>1442</v>
+        <v>23</v>
       </c>
       <c r="D1361">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="E1361"/>
       <c r="F1361" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1361"/>
     </row>
     <row r="1362" spans="1:7">
       <c r="A1362" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B1362" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1362" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1362">
-        <v>1984</v>
+        <v>2014</v>
       </c>
       <c r="E1362"/>
       <c r="F1362" t="s">
-        <v>1444</v>
+        <v>66</v>
       </c>
       <c r="G1362"/>
     </row>
     <row r="1363" spans="1:7">
       <c r="A1363" t="s">
         <v>1445</v>
       </c>
       <c r="B1363" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1363" t="s">
-        <v>135</v>
+        <v>40</v>
       </c>
       <c r="D1363">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="E1363"/>
       <c r="F1363" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1363"/>
     </row>
     <row r="1364" spans="1:7">
       <c r="A1364" t="s">
-        <v>1123</v>
+        <v>1446</v>
       </c>
       <c r="B1364" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1364" t="s">
-        <v>700</v>
+        <v>9</v>
       </c>
       <c r="D1364">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="E1364"/>
       <c r="F1364" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="G1364"/>
     </row>
     <row r="1365" spans="1:7">
       <c r="A1365" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="B1365" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1365" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1365">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="E1365"/>
       <c r="F1365" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="G1365"/>
     </row>
     <row r="1366" spans="1:7">
       <c r="A1366" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B1366" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1366" t="s">
-        <v>1334</v>
+        <v>34</v>
       </c>
       <c r="D1366">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E1366"/>
       <c r="F1366" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1366"/>
     </row>
     <row r="1367" spans="1:7">
       <c r="A1367" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B1367" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1367" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1367">
-        <v>2001</v>
+        <v>1981</v>
       </c>
       <c r="E1367"/>
       <c r="F1367" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1367"/>
     </row>
     <row r="1368" spans="1:7">
       <c r="A1368" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B1368" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1368" t="s">
-        <v>264</v>
+        <v>23</v>
       </c>
       <c r="D1368">
-        <v>1976</v>
+        <v>2011</v>
       </c>
       <c r="E1368"/>
       <c r="F1368" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1368"/>
     </row>
     <row r="1369" spans="1:7">
       <c r="A1369" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="B1369" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1369" t="s">
-        <v>1451</v>
+        <v>60</v>
       </c>
       <c r="D1369">
-        <v>1970</v>
+        <v>2007</v>
       </c>
       <c r="E1369"/>
       <c r="F1369" t="s">
-        <v>9</v>
+        <v>749</v>
       </c>
       <c r="G1369"/>
     </row>
     <row r="1370" spans="1:7">
       <c r="A1370" t="s">
         <v>1452</v>
       </c>
       <c r="B1370" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1370" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1370">
-        <v>1996</v>
+        <v>1960</v>
       </c>
       <c r="E1370"/>
       <c r="F1370" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1370"/>
     </row>
     <row r="1371" spans="1:7">
       <c r="A1371" t="s">
         <v>1453</v>
       </c>
       <c r="B1371" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1371" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="D1371">
-        <v>2017</v>
+        <v>1992</v>
       </c>
       <c r="E1371"/>
       <c r="F1371" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1371"/>
     </row>
     <row r="1372" spans="1:7">
       <c r="A1372" t="s">
         <v>1454</v>
       </c>
       <c r="B1372" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1372" t="s">
-        <v>12</v>
+        <v>805</v>
       </c>
       <c r="D1372">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E1372"/>
       <c r="F1372" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1372"/>
     </row>
     <row r="1373" spans="1:7">
       <c r="A1373" t="s">
         <v>1455</v>
       </c>
       <c r="B1373" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1373" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D1373">
-        <v>2011</v>
+        <v>1982</v>
       </c>
       <c r="E1373"/>
       <c r="F1373" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1373"/>
     </row>
     <row r="1374" spans="1:7">
       <c r="A1374" t="s">
         <v>1456</v>
       </c>
       <c r="B1374" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1374" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1374">
-        <v>2014</v>
+        <v>1974</v>
       </c>
       <c r="E1374"/>
       <c r="F1374" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1374"/>
     </row>
     <row r="1375" spans="1:7">
       <c r="A1375" t="s">
         <v>1457</v>
       </c>
       <c r="B1375" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1375" t="s">
-        <v>41</v>
+        <v>1411</v>
       </c>
       <c r="D1375">
-        <v>2015</v>
+        <v>1977</v>
       </c>
       <c r="E1375"/>
       <c r="F1375" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1375"/>
     </row>
     <row r="1376" spans="1:7">
       <c r="A1376" t="s">
         <v>1458</v>
       </c>
       <c r="B1376" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1376" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="D1376">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="E1376"/>
       <c r="F1376" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1376"/>
     </row>
     <row r="1377" spans="1:7">
       <c r="A1377" t="s">
         <v>1459</v>
       </c>
       <c r="B1377" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1377" t="s">
-        <v>860</v>
+        <v>23</v>
       </c>
       <c r="D1377">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="E1377"/>
       <c r="F1377" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G1377"/>
     </row>
     <row r="1378" spans="1:7">
       <c r="A1378" t="s">
         <v>1460</v>
       </c>
       <c r="B1378" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1378" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D1378">
-        <v>1992</v>
+        <v>2006</v>
       </c>
       <c r="E1378"/>
       <c r="F1378" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G1378"/>
     </row>
     <row r="1379" spans="1:7">
       <c r="A1379" t="s">
         <v>1461</v>
       </c>
       <c r="B1379" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1379" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1379">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="E1379"/>
       <c r="F1379" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G1379"/>
     </row>
     <row r="1380" spans="1:7">
       <c r="A1380" t="s">
-        <v>1116</v>
+        <v>1462</v>
       </c>
       <c r="B1380" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1380" t="s">
-        <v>70</v>
+        <v>1295</v>
       </c>
       <c r="D1380">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="E1380"/>
       <c r="F1380" t="s">
-        <v>1117</v>
+        <v>188</v>
       </c>
       <c r="G1380"/>
     </row>
     <row r="1381" spans="1:7">
       <c r="A1381" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B1381" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1381" t="s">
-        <v>1463</v>
+        <v>23</v>
       </c>
       <c r="D1381">
-        <v>2015</v>
+        <v>2001</v>
       </c>
       <c r="E1381"/>
       <c r="F1381" t="s">
-        <v>522</v>
+        <v>838</v>
       </c>
       <c r="G1381"/>
     </row>
     <row r="1382" spans="1:7">
       <c r="A1382" t="s">
-        <v>1195</v>
+        <v>1464</v>
       </c>
       <c r="B1382" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1382" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1382">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E1382"/>
       <c r="F1382" t="s">
-        <v>1196</v>
+        <v>1465</v>
       </c>
       <c r="G1382"/>
     </row>
     <row r="1383" spans="1:7">
       <c r="A1383" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="B1383" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1383" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1383">
-        <v>1981</v>
+        <v>1994</v>
       </c>
       <c r="E1383"/>
       <c r="F1383" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G1383"/>
     </row>
     <row r="1384" spans="1:7">
       <c r="A1384" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="B1384" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1384" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1384">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E1384"/>
       <c r="F1384" t="s">
-        <v>9</v>
+        <v>1468</v>
       </c>
       <c r="G1384"/>
     </row>
     <row r="1385" spans="1:7">
       <c r="A1385" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="B1385" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1385" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D1385">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E1385"/>
       <c r="F1385" t="s">
-        <v>740</v>
+        <v>13</v>
       </c>
       <c r="G1385"/>
     </row>
     <row r="1386" spans="1:7">
       <c r="A1386" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
       <c r="B1386" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1386" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D1386">
-        <v>1960</v>
+        <v>1995</v>
       </c>
       <c r="E1386"/>
       <c r="F1386" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1386"/>
     </row>
     <row r="1387" spans="1:7">
       <c r="A1387" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="B1387" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1387" t="s">
-        <v>135</v>
+        <v>284</v>
       </c>
       <c r="D1387">
-        <v>1992</v>
+        <v>1999</v>
       </c>
       <c r="E1387"/>
       <c r="F1387" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1387"/>
     </row>
     <row r="1388" spans="1:7">
       <c r="A1388" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="B1388" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1388" t="s">
-        <v>796</v>
+        <v>23</v>
       </c>
       <c r="D1388">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E1388"/>
       <c r="F1388" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1388"/>
     </row>
     <row r="1389" spans="1:7">
       <c r="A1389" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="B1389" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1389" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1389">
-        <v>1986</v>
+        <v>2002</v>
       </c>
       <c r="E1389"/>
       <c r="F1389" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1389"/>
     </row>
     <row r="1390" spans="1:7">
       <c r="A1390" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="B1390" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1390" t="s">
-        <v>230</v>
+        <v>146</v>
       </c>
       <c r="D1390">
-        <v>1989</v>
+        <v>2015</v>
       </c>
       <c r="E1390"/>
       <c r="F1390" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1390"/>
     </row>
     <row r="1391" spans="1:7">
       <c r="A1391" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="B1391" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1391" t="s">
-        <v>41</v>
+        <v>197</v>
       </c>
       <c r="D1391">
-        <v>1986</v>
+        <v>1997</v>
       </c>
       <c r="E1391"/>
       <c r="F1391" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1391"/>
     </row>
     <row r="1392" spans="1:7">
       <c r="A1392" t="s">
-        <v>66</v>
+        <v>685</v>
       </c>
       <c r="B1392" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1392" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1392">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="E1392"/>
       <c r="F1392" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1392"/>
     </row>
     <row r="1393" spans="1:7">
       <c r="A1393" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="B1393" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1393" t="s">
-        <v>1463</v>
+        <v>36</v>
       </c>
       <c r="D1393">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E1393"/>
       <c r="F1393" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G1393"/>
     </row>
     <row r="1394" spans="1:7">
       <c r="A1394" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="B1394" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1394" t="s">
-        <v>700</v>
+        <v>183</v>
       </c>
       <c r="D1394">
-        <v>2012</v>
+        <v>1982</v>
       </c>
       <c r="E1394"/>
       <c r="F1394" t="s">
-        <v>456</v>
+        <v>66</v>
       </c>
       <c r="G1394"/>
     </row>
     <row r="1395" spans="1:7">
       <c r="A1395" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="B1395" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1395" t="s">
-        <v>41</v>
+        <v>837</v>
       </c>
       <c r="D1395">
-        <v>1990</v>
+        <v>2015</v>
       </c>
       <c r="E1395"/>
       <c r="F1395" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1395"/>
     </row>
     <row r="1396" spans="1:7">
       <c r="A1396" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="B1396" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1396" t="s">
-        <v>135</v>
+        <v>837</v>
       </c>
       <c r="D1396">
-        <v>2017</v>
+        <v>1991</v>
       </c>
       <c r="E1396"/>
       <c r="F1396" t="s">
-        <v>829</v>
+        <v>10</v>
       </c>
       <c r="G1396"/>
     </row>
     <row r="1397" spans="1:7">
       <c r="A1397" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="B1397" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1397" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1397">
-        <v>1996</v>
+        <v>1983</v>
       </c>
       <c r="E1397"/>
       <c r="F1397" t="s">
-        <v>358</v>
+        <v>1035</v>
       </c>
       <c r="G1397"/>
     </row>
     <row r="1398" spans="1:7">
       <c r="A1398" t="s">
-        <v>1478</v>
+        <v>226</v>
       </c>
       <c r="B1398" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1398" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1398">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E1398"/>
       <c r="F1398" t="s">
-        <v>1479</v>
+        <v>115</v>
       </c>
       <c r="G1398"/>
     </row>
     <row r="1399" spans="1:7">
       <c r="A1399" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B1399" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1399" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D1399">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="E1399"/>
       <c r="F1399" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G1399"/>
     </row>
     <row r="1400" spans="1:7">
       <c r="A1400" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B1400" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1400" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="D1400">
-        <v>1995</v>
+        <v>1987</v>
       </c>
       <c r="E1400"/>
       <c r="F1400" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G1400"/>
     </row>
     <row r="1401" spans="1:7">
       <c r="A1401" t="s">
-        <v>1482</v>
+        <v>1293</v>
       </c>
       <c r="B1401" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1401" t="s">
-        <v>273</v>
+        <v>34</v>
       </c>
       <c r="D1401">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="E1401"/>
       <c r="F1401" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1401"/>
     </row>
     <row r="1402" spans="1:7">
       <c r="A1402" t="s">
         <v>1483</v>
       </c>
       <c r="B1402" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1402" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1402">
-        <v>2015</v>
+        <v>2002</v>
       </c>
       <c r="E1402"/>
       <c r="F1402" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1402"/>
     </row>
     <row r="1403" spans="1:7">
       <c r="A1403" t="s">
         <v>1484</v>
       </c>
       <c r="B1403" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1403" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1403">
-        <v>2002</v>
+        <v>1980</v>
       </c>
       <c r="E1403"/>
       <c r="F1403" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1403"/>
     </row>
     <row r="1404" spans="1:7">
       <c r="A1404" t="s">
         <v>1485</v>
       </c>
       <c r="B1404" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1404" t="s">
-        <v>135</v>
+        <v>183</v>
       </c>
       <c r="D1404">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="E1404"/>
       <c r="F1404" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1404"/>
     </row>
     <row r="1405" spans="1:7">
       <c r="A1405" t="s">
         <v>1486</v>
       </c>
       <c r="B1405" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1405" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="D1405">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E1405"/>
       <c r="F1405" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1405"/>
     </row>
     <row r="1406" spans="1:7">
       <c r="A1406" t="s">
-        <v>404</v>
+        <v>1487</v>
       </c>
       <c r="B1406" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1406" t="s">
-        <v>12</v>
+        <v>837</v>
       </c>
       <c r="D1406">
-        <v>1971</v>
+        <v>2003</v>
       </c>
       <c r="E1406"/>
       <c r="F1406" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1406"/>
     </row>
     <row r="1407" spans="1:7">
       <c r="A1407" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="B1407" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1407" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1407">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E1407"/>
       <c r="F1407" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1407"/>
     </row>
     <row r="1408" spans="1:7">
       <c r="A1408" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="B1408" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1408" t="s">
-        <v>357</v>
+        <v>34</v>
       </c>
       <c r="D1408">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E1408"/>
       <c r="F1408" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1408"/>
     </row>
     <row r="1409" spans="1:7">
       <c r="A1409" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B1409" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1409" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1409">
-        <v>1985</v>
+        <v>2012</v>
       </c>
       <c r="E1409"/>
       <c r="F1409" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1409"/>
     </row>
     <row r="1410" spans="1:7">
       <c r="A1410" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B1410" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1410" t="s">
-        <v>828</v>
+        <v>23</v>
       </c>
       <c r="D1410">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E1410"/>
       <c r="F1410" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1410"/>
     </row>
     <row r="1411" spans="1:7">
       <c r="A1411" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="B1411" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1411" t="s">
-        <v>700</v>
+        <v>40</v>
       </c>
       <c r="D1411">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E1411"/>
       <c r="F1411" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1411"/>
     </row>
     <row r="1412" spans="1:7">
       <c r="A1412" t="s">
-        <v>1178</v>
+        <v>1299</v>
       </c>
       <c r="B1412" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1412" t="s">
-        <v>1492</v>
+        <v>197</v>
       </c>
       <c r="D1412">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E1412"/>
       <c r="F1412" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1412"/>
     </row>
     <row r="1413" spans="1:7">
       <c r="A1413" t="s">
         <v>1493</v>
       </c>
       <c r="B1413" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1413" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1413">
-        <v>2001</v>
+        <v>1983</v>
       </c>
       <c r="E1413"/>
       <c r="F1413" t="s">
-        <v>194</v>
+        <v>10</v>
       </c>
       <c r="G1413"/>
     </row>
     <row r="1414" spans="1:7">
       <c r="A1414" t="s">
         <v>1494</v>
       </c>
       <c r="B1414" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1414" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1414">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="E1414"/>
       <c r="F1414" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="G1414"/>
     </row>
     <row r="1415" spans="1:7">
       <c r="A1415" t="s">
-        <v>1305</v>
+        <v>1495</v>
       </c>
       <c r="B1415" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1415" t="s">
-        <v>12</v>
+        <v>1295</v>
       </c>
       <c r="D1415">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="E1415"/>
       <c r="F1415" t="s">
-        <v>9</v>
+        <v>207</v>
       </c>
       <c r="G1415"/>
     </row>
     <row r="1416" spans="1:7">
       <c r="A1416" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="B1416" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1416" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1416">
-        <v>2002</v>
+        <v>2017</v>
       </c>
       <c r="E1416"/>
       <c r="F1416" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1416"/>
     </row>
     <row r="1417" spans="1:7">
       <c r="A1417" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="B1417" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1417" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1417">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="E1417"/>
       <c r="F1417" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1417"/>
     </row>
     <row r="1418" spans="1:7">
       <c r="A1418" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B1418" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1418" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="D1418">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E1418"/>
       <c r="F1418" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1418"/>
     </row>
     <row r="1419" spans="1:7">
       <c r="A1419" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="B1419" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1419" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1419">
-        <v>1996</v>
+        <v>2008</v>
       </c>
       <c r="E1419"/>
       <c r="F1419" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1419"/>
     </row>
     <row r="1420" spans="1:7">
       <c r="A1420" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B1420" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1420" t="s">
-        <v>828</v>
+        <v>60</v>
       </c>
       <c r="D1420">
-        <v>2003</v>
+        <v>1976</v>
       </c>
       <c r="E1420"/>
       <c r="F1420" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1420"/>
     </row>
     <row r="1421" spans="1:7">
       <c r="A1421" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="B1421" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1421" t="s">
-        <v>12</v>
+        <v>146</v>
       </c>
       <c r="D1421">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E1421"/>
       <c r="F1421" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1421"/>
     </row>
     <row r="1422" spans="1:7">
       <c r="A1422" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B1422" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1422" t="s">
-        <v>31</v>
+        <v>1503</v>
       </c>
       <c r="D1422">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E1422"/>
       <c r="F1422" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1422"/>
     </row>
     <row r="1423" spans="1:7">
       <c r="A1423" t="s">
-        <v>1502</v>
+        <v>1477</v>
       </c>
       <c r="B1423" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1423" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1423">
-        <v>2015</v>
+        <v>1982</v>
       </c>
       <c r="E1423"/>
       <c r="F1423" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1423"/>
     </row>
     <row r="1424" spans="1:7">
       <c r="A1424" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="B1424" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1424" t="s">
-        <v>41</v>
+        <v>241</v>
       </c>
       <c r="D1424">
-        <v>2016</v>
+        <v>1988</v>
       </c>
       <c r="E1424"/>
       <c r="F1424" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1424"/>
     </row>
     <row r="1425" spans="1:7">
       <c r="A1425" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="B1425" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1425" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1425">
-        <v>2005</v>
+        <v>1971</v>
       </c>
       <c r="E1425"/>
       <c r="F1425" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1425"/>
     </row>
     <row r="1426" spans="1:7">
       <c r="A1426" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B1426" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1426" t="s">
-        <v>700</v>
+        <v>146</v>
       </c>
       <c r="D1426">
-        <v>1988</v>
+        <v>2015</v>
       </c>
       <c r="E1426"/>
       <c r="F1426" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1426"/>
     </row>
     <row r="1427" spans="1:7">
       <c r="A1427" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="B1427" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1427" t="s">
-        <v>1507</v>
+        <v>60</v>
       </c>
       <c r="D1427">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E1427"/>
       <c r="F1427" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G1427"/>
     </row>
     <row r="1428" spans="1:7">
       <c r="A1428" t="s">
         <v>1508</v>
       </c>
       <c r="B1428" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1428" t="s">
-        <v>135</v>
+        <v>34</v>
       </c>
       <c r="D1428">
-        <v>1999</v>
+        <v>1971</v>
       </c>
       <c r="E1428"/>
       <c r="F1428" t="s">
-        <v>13</v>
+        <v>466</v>
       </c>
       <c r="G1428"/>
     </row>
     <row r="1429" spans="1:7">
       <c r="A1429" t="s">
-        <v>1509</v>
+        <v>1206</v>
       </c>
       <c r="B1429" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1429" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1429">
-        <v>1973</v>
+        <v>2016</v>
       </c>
       <c r="E1429"/>
       <c r="F1429" t="s">
-        <v>161</v>
+        <v>10</v>
       </c>
       <c r="G1429"/>
     </row>
     <row r="1430" spans="1:7">
       <c r="A1430" t="s">
-        <v>1510</v>
+        <v>1509</v>
       </c>
       <c r="B1430" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1430" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1430">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="E1430"/>
       <c r="F1430" t="s">
-        <v>53</v>
+        <v>838</v>
       </c>
       <c r="G1430"/>
     </row>
     <row r="1431" spans="1:7">
       <c r="A1431" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="B1431" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1431" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1431">
-        <v>1981</v>
+        <v>2009</v>
       </c>
       <c r="E1431"/>
       <c r="F1431" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G1431"/>
     </row>
     <row r="1432" spans="1:7">
       <c r="A1432" t="s">
-        <v>1512</v>
+        <v>1511</v>
       </c>
       <c r="B1432" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1432" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1432">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E1432"/>
       <c r="F1432" t="s">
-        <v>9</v>
+        <v>368</v>
       </c>
       <c r="G1432"/>
     </row>
     <row r="1433" spans="1:7">
       <c r="A1433" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
       <c r="B1433" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1433" t="s">
-        <v>41</v>
+        <v>284</v>
       </c>
       <c r="D1433">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E1433"/>
       <c r="F1433" t="s">
-        <v>9</v>
+        <v>1513</v>
       </c>
       <c r="G1433"/>
     </row>
     <row r="1434" spans="1:7">
       <c r="A1434" t="s">
         <v>1514</v>
       </c>
       <c r="B1434" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1434" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D1434">
-        <v>1976</v>
+        <v>1998</v>
       </c>
       <c r="E1434"/>
       <c r="F1434" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1434"/>
     </row>
     <row r="1435" spans="1:7">
       <c r="A1435" t="s">
         <v>1515</v>
       </c>
       <c r="B1435" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1435" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1435">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E1435"/>
       <c r="F1435" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1435"/>
     </row>
     <row r="1436" spans="1:7">
       <c r="A1436" t="s">
         <v>1516</v>
       </c>
       <c r="B1436" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1436" t="s">
-        <v>1517</v>
+        <v>275</v>
       </c>
       <c r="D1436">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E1436"/>
       <c r="F1436" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1436"/>
     </row>
     <row r="1437" spans="1:7">
       <c r="A1437" t="s">
-        <v>1518</v>
+        <v>1517</v>
       </c>
       <c r="B1437" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1437" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="D1437">
-        <v>1990</v>
+        <v>2016</v>
       </c>
       <c r="E1437"/>
       <c r="F1437" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1437"/>
     </row>
     <row r="1438" spans="1:7">
       <c r="A1438" t="s">
-        <v>1519</v>
+        <v>1518</v>
       </c>
       <c r="B1438" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1438" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1438">
-        <v>2000</v>
+        <v>1945</v>
       </c>
       <c r="E1438"/>
       <c r="F1438" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1438"/>
     </row>
     <row r="1439" spans="1:7">
       <c r="A1439" t="s">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="B1439" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1439" t="s">
-        <v>172</v>
+        <v>146</v>
       </c>
       <c r="D1439">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="E1439"/>
       <c r="F1439" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1439"/>
     </row>
     <row r="1440" spans="1:7">
       <c r="A1440" t="s">
-        <v>1521</v>
+        <v>1520</v>
       </c>
       <c r="B1440" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1440" t="s">
-        <v>33</v>
+        <v>1328</v>
       </c>
       <c r="D1440">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="E1440"/>
       <c r="F1440" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1440"/>
     </row>
     <row r="1441" spans="1:7">
       <c r="A1441" t="s">
-        <v>1522</v>
+        <v>1508</v>
       </c>
       <c r="B1441" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1441" t="s">
-        <v>135</v>
+        <v>34</v>
       </c>
       <c r="D1441">
-        <v>1995</v>
+        <v>1971</v>
       </c>
       <c r="E1441"/>
       <c r="F1441" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G1441"/>
     </row>
     <row r="1442" spans="1:7">
       <c r="A1442" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
       <c r="B1442" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1442" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1442">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="E1442"/>
       <c r="F1442" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1442"/>
     </row>
     <row r="1443" spans="1:7">
       <c r="A1443" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="B1443" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1443" t="s">
-        <v>828</v>
+        <v>60</v>
       </c>
       <c r="D1443">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E1443"/>
       <c r="F1443" t="s">
-        <v>829</v>
+        <v>66</v>
       </c>
       <c r="G1443"/>
     </row>
     <row r="1444" spans="1:7">
       <c r="A1444" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="B1444" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1444" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1444">
-        <v>1996</v>
+        <v>1968</v>
       </c>
       <c r="E1444"/>
       <c r="F1444" t="s">
-        <v>105</v>
+        <v>66</v>
       </c>
       <c r="G1444"/>
     </row>
     <row r="1445" spans="1:7">
       <c r="A1445" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="B1445" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1445" t="s">
-        <v>1392</v>
+        <v>837</v>
       </c>
       <c r="D1445">
-        <v>2013</v>
+        <v>1991</v>
       </c>
       <c r="E1445"/>
       <c r="F1445" t="s">
-        <v>358</v>
+        <v>66</v>
       </c>
       <c r="G1445"/>
     </row>
     <row r="1446" spans="1:7">
       <c r="A1446" t="s">
-        <v>1527</v>
+        <v>1525</v>
       </c>
       <c r="B1446" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1446" t="s">
-        <v>70</v>
+        <v>1337</v>
       </c>
       <c r="D1446">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E1446"/>
       <c r="F1446" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="G1446"/>
     </row>
     <row r="1447" spans="1:7">
       <c r="A1447" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="B1447" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1447" t="s">
-        <v>1529</v>
+        <v>34</v>
       </c>
       <c r="D1447">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E1447"/>
       <c r="F1447" t="s">
-        <v>1479</v>
+        <v>590</v>
       </c>
       <c r="G1447"/>
     </row>
     <row r="1448" spans="1:7">
       <c r="A1448" t="s">
-        <v>1530</v>
+        <v>1527</v>
       </c>
       <c r="B1448" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1448" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D1448">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="E1448"/>
       <c r="F1448" t="s">
-        <v>9</v>
+        <v>1035</v>
       </c>
       <c r="G1448"/>
     </row>
     <row r="1449" spans="1:7">
       <c r="A1449" t="s">
-        <v>1531</v>
+        <v>1528</v>
       </c>
       <c r="B1449" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1449" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1449">
-        <v>1995</v>
+        <v>2013</v>
       </c>
       <c r="E1449"/>
       <c r="F1449" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1449"/>
     </row>
     <row r="1450" spans="1:7">
       <c r="A1450" t="s">
-        <v>1532</v>
+        <v>1529</v>
       </c>
       <c r="B1450" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1450" t="s">
-        <v>264</v>
+        <v>146</v>
       </c>
       <c r="D1450">
-        <v>2006</v>
+        <v>1988</v>
       </c>
       <c r="E1450"/>
       <c r="F1450" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G1450"/>
     </row>
     <row r="1451" spans="1:7">
       <c r="A1451" t="s">
-        <v>1533</v>
+        <v>1530</v>
       </c>
       <c r="B1451" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1451" t="s">
-        <v>357</v>
+        <v>50</v>
       </c>
       <c r="D1451">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="E1451"/>
       <c r="F1451" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G1451"/>
     </row>
     <row r="1452" spans="1:7">
       <c r="A1452" t="s">
-        <v>1534</v>
+        <v>1531</v>
       </c>
       <c r="B1452" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1452" t="s">
-        <v>41</v>
+        <v>1295</v>
       </c>
       <c r="D1452">
-        <v>1945</v>
+        <v>2011</v>
       </c>
       <c r="E1452"/>
       <c r="F1452" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1452"/>
     </row>
     <row r="1453" spans="1:7">
       <c r="A1453" t="s">
-        <v>1535</v>
+        <v>1532</v>
       </c>
       <c r="B1453" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1453" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1453">
         <v>2003</v>
       </c>
       <c r="E1453"/>
       <c r="F1453" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1453"/>
     </row>
     <row r="1454" spans="1:7">
       <c r="A1454" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="B1454" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1454" t="s">
-        <v>1341</v>
+        <v>60</v>
       </c>
       <c r="D1454">
-        <v>1974</v>
+        <v>1988</v>
       </c>
       <c r="E1454"/>
       <c r="F1454" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1454"/>
     </row>
     <row r="1455" spans="1:7">
       <c r="A1455" t="s">
-        <v>1537</v>
+        <v>1534</v>
       </c>
       <c r="B1455" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1455" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D1455">
-        <v>1973</v>
+        <v>1970</v>
       </c>
       <c r="E1455"/>
       <c r="F1455" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1455"/>
     </row>
     <row r="1456" spans="1:7">
       <c r="A1456" t="s">
-        <v>1538</v>
+        <v>1535</v>
       </c>
       <c r="B1456" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1456" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1456">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="E1456"/>
       <c r="F1456" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1456"/>
     </row>
     <row r="1457" spans="1:7">
       <c r="A1457" t="s">
-        <v>1539</v>
+        <v>1536</v>
       </c>
       <c r="B1457" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1457" t="s">
-        <v>41</v>
+        <v>837</v>
       </c>
       <c r="D1457">
         <v>2009</v>
       </c>
       <c r="E1457"/>
       <c r="F1457" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1457"/>
     </row>
     <row r="1458" spans="1:7">
       <c r="A1458" t="s">
-        <v>1540</v>
+        <v>1537</v>
       </c>
       <c r="B1458" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1458" t="s">
-        <v>855</v>
+        <v>34</v>
       </c>
       <c r="D1458">
-        <v>1970</v>
+        <v>2011</v>
       </c>
       <c r="E1458"/>
       <c r="F1458" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1458"/>
     </row>
     <row r="1459" spans="1:7">
       <c r="A1459" t="s">
-        <v>1541</v>
+        <v>1538</v>
       </c>
       <c r="B1459" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1459" t="s">
-        <v>828</v>
+        <v>23</v>
       </c>
       <c r="D1459">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="E1459"/>
       <c r="F1459" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1459"/>
     </row>
     <row r="1460" spans="1:7">
       <c r="A1460" t="s">
-        <v>1542</v>
+        <v>1539</v>
       </c>
       <c r="B1460" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1460" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1460">
-        <v>1964</v>
+        <v>2015</v>
       </c>
       <c r="E1460"/>
       <c r="F1460" t="s">
-        <v>940</v>
+        <v>66</v>
       </c>
       <c r="G1460"/>
     </row>
     <row r="1461" spans="1:7">
       <c r="A1461" t="s">
-        <v>1543</v>
+        <v>1540</v>
       </c>
       <c r="B1461" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1461" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1461">
-        <v>1987</v>
+        <v>1995</v>
       </c>
       <c r="E1461"/>
       <c r="F1461" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="G1461"/>
     </row>
     <row r="1462" spans="1:7">
       <c r="A1462" t="s">
-        <v>1544</v>
+        <v>1541</v>
       </c>
       <c r="B1462" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1462" t="s">
-        <v>33</v>
+        <v>869</v>
       </c>
       <c r="D1462">
-        <v>1973</v>
+        <v>2004</v>
       </c>
       <c r="E1462"/>
       <c r="F1462" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1462"/>
     </row>
     <row r="1463" spans="1:7">
       <c r="A1463" t="s">
-        <v>1545</v>
+        <v>1542</v>
       </c>
       <c r="B1463" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1463" t="s">
-        <v>273</v>
+        <v>1295</v>
       </c>
       <c r="D1463">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="E1463"/>
       <c r="F1463" t="s">
-        <v>175</v>
+        <v>10</v>
       </c>
       <c r="G1463"/>
     </row>
     <row r="1464" spans="1:7">
       <c r="A1464" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
       <c r="B1464" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1464" t="s">
-        <v>1334</v>
+        <v>21</v>
       </c>
       <c r="D1464">
-        <v>2011</v>
+        <v>1980</v>
       </c>
       <c r="E1464"/>
       <c r="F1464" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1464"/>
     </row>
     <row r="1465" spans="1:7">
       <c r="A1465" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="B1465" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1465" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1465">
-        <v>2003</v>
+        <v>1984</v>
       </c>
       <c r="E1465"/>
       <c r="F1465" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1465"/>
     </row>
     <row r="1466" spans="1:7">
       <c r="A1466" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="B1466" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1466" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1466">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="E1466"/>
       <c r="F1466" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1466"/>
     </row>
     <row r="1467" spans="1:7">
       <c r="A1467" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="B1467" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1467" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1467">
-        <v>1970</v>
+        <v>2009</v>
       </c>
       <c r="E1467"/>
       <c r="F1467" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1467"/>
     </row>
     <row r="1468" spans="1:7">
       <c r="A1468" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="B1468" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1468" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1468">
-        <v>2002</v>
+        <v>1974</v>
       </c>
       <c r="E1468"/>
       <c r="F1468" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1468"/>
     </row>
     <row r="1469" spans="1:7">
       <c r="A1469" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
       <c r="B1469" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1469" t="s">
-        <v>828</v>
+        <v>43</v>
       </c>
       <c r="D1469">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="E1469"/>
       <c r="F1469" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1469"/>
     </row>
     <row r="1470" spans="1:7">
       <c r="A1470" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="B1470" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1470" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="D1470">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E1470"/>
       <c r="F1470" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1470"/>
     </row>
     <row r="1471" spans="1:7">
       <c r="A1471" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
       <c r="B1471" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1471" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1471">
-        <v>2016</v>
+        <v>1986</v>
       </c>
       <c r="E1471"/>
       <c r="F1471" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1471"/>
     </row>
     <row r="1472" spans="1:7">
       <c r="A1472" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
       <c r="B1472" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1472" t="s">
-        <v>1463</v>
+        <v>241</v>
       </c>
       <c r="D1472">
-        <v>2016</v>
+        <v>1989</v>
       </c>
       <c r="E1472"/>
       <c r="F1472" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1472"/>
     </row>
     <row r="1473" spans="1:7">
       <c r="A1473" t="s">
-        <v>1555</v>
+        <v>1552</v>
       </c>
       <c r="B1473" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1473" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1473">
-        <v>2013</v>
+        <v>1986</v>
       </c>
       <c r="E1473"/>
       <c r="F1473" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1473"/>
     </row>
     <row r="1474" spans="1:7">
       <c r="A1474" t="s">
-        <v>1556</v>
+        <v>81</v>
       </c>
       <c r="B1474" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1474" t="s">
-        <v>828</v>
+        <v>146</v>
       </c>
       <c r="D1474">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E1474"/>
       <c r="F1474" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1474"/>
     </row>
     <row r="1475" spans="1:7">
       <c r="A1475" t="s">
-        <v>1557</v>
+        <v>1553</v>
       </c>
       <c r="B1475" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1475" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1475">
-        <v>1976</v>
+        <v>2014</v>
       </c>
       <c r="E1475"/>
       <c r="F1475" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G1475"/>
     </row>
     <row r="1476" spans="1:7">
       <c r="A1476" t="s">
-        <v>1558</v>
+        <v>1554</v>
       </c>
       <c r="B1476" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1476" t="s">
-        <v>70</v>
+        <v>1337</v>
       </c>
       <c r="D1476">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="E1476"/>
       <c r="F1476" t="s">
-        <v>161</v>
+        <v>466</v>
       </c>
       <c r="G1476"/>
     </row>
     <row r="1477" spans="1:7">
       <c r="A1477" t="s">
-        <v>1559</v>
+        <v>1555</v>
       </c>
       <c r="B1477" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1477" t="s">
-        <v>70</v>
+        <v>1556</v>
       </c>
       <c r="D1477">
         <v>1990</v>
       </c>
       <c r="E1477"/>
       <c r="F1477" t="s">
-        <v>443</v>
+        <v>10</v>
       </c>
       <c r="G1477"/>
     </row>
     <row r="1478" spans="1:7">
       <c r="A1478" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="B1478" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1478" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1478">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E1478"/>
       <c r="F1478" t="s">
-        <v>53</v>
+        <v>838</v>
       </c>
       <c r="G1478"/>
     </row>
     <row r="1479" spans="1:7">
       <c r="A1479" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
       <c r="B1479" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1479" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="D1479">
-        <v>1984</v>
+        <v>2010</v>
       </c>
       <c r="E1479"/>
       <c r="F1479" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G1479"/>
     </row>
     <row r="1480" spans="1:7">
       <c r="A1480" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
       <c r="B1480" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1480" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1480">
-        <v>2014</v>
+        <v>1996</v>
       </c>
       <c r="E1480"/>
       <c r="F1480" t="s">
-        <v>9</v>
+        <v>368</v>
       </c>
       <c r="G1480"/>
     </row>
     <row r="1481" spans="1:7">
       <c r="A1481" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="B1481" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1481" t="s">
-        <v>41</v>
+        <v>1388</v>
       </c>
       <c r="D1481">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E1481"/>
       <c r="F1481" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1481"/>
     </row>
     <row r="1482" spans="1:7">
       <c r="A1482" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="B1482" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1482" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1482">
-        <v>1974</v>
+        <v>1996</v>
       </c>
       <c r="E1482"/>
       <c r="F1482" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1482"/>
     </row>
     <row r="1483" spans="1:7">
       <c r="A1483" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="B1483" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1483" t="s">
-        <v>24</v>
+        <v>273</v>
       </c>
       <c r="D1483">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="E1483"/>
       <c r="F1483" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1483"/>
     </row>
     <row r="1484" spans="1:7">
       <c r="A1484" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="B1484" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1484" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="D1484">
         <v>2016</v>
       </c>
       <c r="E1484"/>
       <c r="F1484" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1484"/>
     </row>
     <row r="1485" spans="1:7">
       <c r="A1485" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="B1485" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1485" t="s">
-        <v>70</v>
+        <v>864</v>
       </c>
       <c r="D1485">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E1485"/>
       <c r="F1485" t="s">
-        <v>756</v>
+        <v>13</v>
       </c>
       <c r="G1485"/>
     </row>
     <row r="1486" spans="1:7">
       <c r="A1486" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
       <c r="B1486" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1486" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1486">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="E1486"/>
       <c r="F1486" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1486"/>
     </row>
     <row r="1487" spans="1:7">
       <c r="A1487" t="s">
-        <v>1569</v>
+        <v>1566</v>
       </c>
       <c r="B1487" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1487" t="s">
-        <v>41</v>
+        <v>837</v>
       </c>
       <c r="D1487">
-        <v>1972</v>
+        <v>2017</v>
       </c>
       <c r="E1487"/>
       <c r="F1487" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1487"/>
     </row>
     <row r="1488" spans="1:7">
       <c r="A1488" t="s">
-        <v>1570</v>
+        <v>414</v>
       </c>
       <c r="B1488" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1488" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D1488">
-        <v>1974</v>
+        <v>1971</v>
       </c>
       <c r="E1488"/>
       <c r="F1488" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1488"/>
     </row>
     <row r="1489" spans="1:7">
       <c r="A1489" t="s">
-        <v>1571</v>
+        <v>1567</v>
       </c>
       <c r="B1489" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1489" t="s">
-        <v>796</v>
+        <v>23</v>
       </c>
       <c r="D1489">
-        <v>1996</v>
+        <v>2005</v>
       </c>
       <c r="E1489"/>
       <c r="F1489" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G1489"/>
     </row>
     <row r="1490" spans="1:7">
       <c r="A1490" t="s">
-        <v>1572</v>
+        <v>1568</v>
       </c>
       <c r="B1490" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1490" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D1490">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E1490"/>
       <c r="F1490" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1490"/>
     </row>
     <row r="1491" spans="1:7">
       <c r="A1491" t="s">
-        <v>1122</v>
+        <v>1569</v>
       </c>
       <c r="B1491" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1491" t="s">
-        <v>700</v>
+        <v>60</v>
       </c>
       <c r="D1491">
-        <v>2008</v>
+        <v>1985</v>
       </c>
       <c r="E1491"/>
       <c r="F1491" t="s">
-        <v>829</v>
+        <v>66</v>
       </c>
       <c r="G1491"/>
     </row>
     <row r="1492" spans="1:7">
       <c r="A1492" t="s">
-        <v>1573</v>
+        <v>1570</v>
       </c>
       <c r="B1492" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1492" t="s">
-        <v>70</v>
+        <v>837</v>
       </c>
       <c r="D1492">
-        <v>1992</v>
+        <v>2009</v>
       </c>
       <c r="E1492"/>
       <c r="F1492" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1492"/>
     </row>
     <row r="1493" spans="1:7">
       <c r="A1493" t="s">
-        <v>1574</v>
+        <v>1571</v>
       </c>
       <c r="B1493" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1493" t="s">
-        <v>1288</v>
+        <v>1572</v>
       </c>
       <c r="D1493">
-        <v>1966</v>
+        <v>2003</v>
       </c>
       <c r="E1493"/>
       <c r="F1493" t="s">
-        <v>147</v>
+        <v>10</v>
       </c>
       <c r="G1493"/>
     </row>
     <row r="1494" spans="1:7">
       <c r="A1494" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="B1494" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1494" t="s">
-        <v>1397</v>
+        <v>23</v>
       </c>
       <c r="D1494">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E1494"/>
       <c r="F1494" t="s">
-        <v>9</v>
+        <v>590</v>
       </c>
       <c r="G1494"/>
     </row>
     <row r="1495" spans="1:7">
       <c r="A1495" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="B1495" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1495" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="D1495">
-        <v>1996</v>
+        <v>2017</v>
       </c>
       <c r="E1495"/>
       <c r="F1495" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1495"/>
     </row>
     <row r="1496" spans="1:7">
       <c r="A1496" t="s">
-        <v>1577</v>
+        <v>1138</v>
       </c>
       <c r="B1496" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1496" t="s">
-        <v>262</v>
+        <v>146</v>
       </c>
       <c r="D1496">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="E1496"/>
       <c r="F1496" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G1496"/>
     </row>
     <row r="1497" spans="1:7">
       <c r="A1497" t="s">
-        <v>1578</v>
+        <v>1526</v>
       </c>
       <c r="B1497" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1497" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D1497">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="E1497"/>
       <c r="F1497" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G1497"/>
     </row>
     <row r="1498" spans="1:7">
       <c r="A1498" t="s">
-        <v>1579</v>
+        <v>1575</v>
       </c>
       <c r="B1498" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1498" t="s">
-        <v>855</v>
+        <v>34</v>
       </c>
       <c r="D1498">
-        <v>1995</v>
+        <v>2014</v>
       </c>
       <c r="E1498"/>
       <c r="F1498" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1498"/>
     </row>
     <row r="1499" spans="1:7">
       <c r="A1499" t="s">
-        <v>1580</v>
+        <v>1576</v>
       </c>
       <c r="B1499" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1499" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1499">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="E1499"/>
       <c r="F1499" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1499"/>
     </row>
     <row r="1500" spans="1:7">
       <c r="A1500" t="s">
-        <v>1581</v>
+        <v>1577</v>
       </c>
       <c r="B1500" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1500" t="s">
-        <v>828</v>
+        <v>60</v>
       </c>
       <c r="D1500">
-        <v>2017</v>
+        <v>1988</v>
       </c>
       <c r="E1500"/>
       <c r="F1500" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1500"/>
     </row>
     <row r="1501" spans="1:7">
       <c r="A1501" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="B1501" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1501" t="s">
-        <v>12</v>
+        <v>275</v>
       </c>
       <c r="D1501">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="E1501"/>
       <c r="F1501" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1501"/>
     </row>
     <row r="1502" spans="1:7">
       <c r="A1502" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="B1502" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1502" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1502">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E1502"/>
       <c r="F1502" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1502"/>
     </row>
     <row r="1503" spans="1:7">
       <c r="A1503" t="s">
-        <v>1584</v>
+        <v>1580</v>
       </c>
       <c r="B1503" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1503" t="s">
-        <v>70</v>
+        <v>837</v>
       </c>
       <c r="D1503">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E1503"/>
       <c r="F1503" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1503"/>
     </row>
     <row r="1504" spans="1:7">
       <c r="A1504" t="s">
-        <v>1585</v>
+        <v>1581</v>
       </c>
       <c r="B1504" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1504" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="D1504">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E1504"/>
       <c r="F1504" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1504"/>
     </row>
     <row r="1505" spans="1:7">
       <c r="A1505" t="s">
-        <v>1586</v>
+        <v>1582</v>
       </c>
       <c r="B1505" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1505" t="s">
-        <v>860</v>
+        <v>146</v>
       </c>
       <c r="D1505">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E1505"/>
       <c r="F1505" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1505"/>
     </row>
     <row r="1506" spans="1:7">
       <c r="A1506" t="s">
-        <v>404</v>
+        <v>1583</v>
       </c>
       <c r="B1506" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1506" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D1506">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E1506"/>
       <c r="F1506" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G1506"/>
     </row>
     <row r="1507" spans="1:7">
       <c r="A1507" t="s">
-        <v>1587</v>
+        <v>1584</v>
       </c>
       <c r="B1507" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1507" t="s">
-        <v>828</v>
+        <v>40</v>
       </c>
       <c r="D1507">
-        <v>1992</v>
+        <v>2005</v>
       </c>
       <c r="E1507"/>
       <c r="F1507" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1507"/>
     </row>
     <row r="1508" spans="1:7">
       <c r="A1508" t="s">
-        <v>1588</v>
+        <v>1585</v>
       </c>
       <c r="B1508" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1508" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="D1508">
-        <v>2008</v>
+        <v>1988</v>
       </c>
       <c r="E1508"/>
       <c r="F1508" t="s">
-        <v>214</v>
+        <v>66</v>
       </c>
       <c r="G1508"/>
     </row>
     <row r="1509" spans="1:7">
       <c r="A1509" t="s">
-        <v>1589</v>
+        <v>1586</v>
       </c>
       <c r="B1509" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1509" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="D1509">
-        <v>2014</v>
+        <v>1992</v>
       </c>
       <c r="E1509"/>
       <c r="F1509" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1509"/>
     </row>
     <row r="1510" spans="1:7">
       <c r="A1510" t="s">
-        <v>1590</v>
+        <v>1587</v>
       </c>
       <c r="B1510" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1510" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1510">
-        <v>2005</v>
+        <v>1972</v>
       </c>
       <c r="E1510"/>
       <c r="F1510" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1510"/>
     </row>
     <row r="1511" spans="1:7">
       <c r="A1511" t="s">
-        <v>1591</v>
+        <v>1588</v>
       </c>
       <c r="B1511" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1511" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1511">
-        <v>1988</v>
+        <v>1982</v>
       </c>
       <c r="E1511"/>
       <c r="F1511" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G1511"/>
     </row>
     <row r="1512" spans="1:7">
       <c r="A1512" t="s">
-        <v>1592</v>
+        <v>1589</v>
       </c>
       <c r="B1512" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1512" t="s">
-        <v>264</v>
+        <v>23</v>
       </c>
       <c r="D1512">
-        <v>1972</v>
+        <v>1988</v>
       </c>
       <c r="E1512"/>
       <c r="F1512" t="s">
-        <v>9</v>
+        <v>990</v>
       </c>
       <c r="G1512"/>
     </row>
     <row r="1513" spans="1:7">
       <c r="A1513" t="s">
-        <v>1593</v>
+        <v>1590</v>
       </c>
       <c r="B1513" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1513" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1513">
-        <v>2010</v>
+        <v>2006</v>
       </c>
       <c r="E1513"/>
       <c r="F1513" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="G1513"/>
     </row>
     <row r="1514" spans="1:7">
       <c r="A1514" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
       <c r="B1514" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1514" t="s">
-        <v>828</v>
+        <v>23</v>
       </c>
       <c r="D1514">
-        <v>2004</v>
+        <v>1984</v>
       </c>
       <c r="E1514"/>
       <c r="F1514" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1514"/>
     </row>
     <row r="1515" spans="1:7">
       <c r="A1515" t="s">
-        <v>1595</v>
+        <v>1592</v>
       </c>
       <c r="B1515" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1515" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D1515">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E1515"/>
       <c r="F1515" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1515"/>
     </row>
     <row r="1516" spans="1:7">
       <c r="A1516" t="s">
-        <v>1596</v>
+        <v>1593</v>
       </c>
       <c r="B1516" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1516" t="s">
-        <v>70</v>
+        <v>183</v>
       </c>
       <c r="D1516">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E1516"/>
       <c r="F1516" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1516"/>
     </row>
     <row r="1517" spans="1:7">
       <c r="A1517" t="s">
-        <v>1597</v>
+        <v>1594</v>
       </c>
       <c r="B1517" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1517" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1517">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E1517"/>
       <c r="F1517" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1517"/>
     </row>
     <row r="1518" spans="1:7">
       <c r="A1518" t="s">
-        <v>1598</v>
+        <v>1595</v>
       </c>
       <c r="B1518" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1518" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="D1518">
-        <v>2013</v>
+        <v>1995</v>
       </c>
       <c r="E1518"/>
       <c r="F1518" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1518"/>
     </row>
     <row r="1519" spans="1:7">
       <c r="A1519" t="s">
-        <v>1599</v>
+        <v>1596</v>
       </c>
       <c r="B1519" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1519" t="s">
-        <v>70</v>
+        <v>197</v>
       </c>
       <c r="D1519">
-        <v>1983</v>
+        <v>2002</v>
       </c>
       <c r="E1519"/>
       <c r="F1519" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1519"/>
     </row>
     <row r="1520" spans="1:7">
       <c r="A1520" t="s">
-        <v>1600</v>
+        <v>1597</v>
       </c>
       <c r="B1520" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1520" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D1520">
-        <v>1970</v>
+        <v>1990</v>
       </c>
       <c r="E1520"/>
       <c r="F1520" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="G1520"/>
     </row>
     <row r="1521" spans="1:7">
       <c r="A1521" t="s">
-        <v>1601</v>
+        <v>1598</v>
       </c>
       <c r="B1521" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1521" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1521">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="E1521"/>
       <c r="F1521" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="G1521"/>
     </row>
     <row r="1522" spans="1:7">
       <c r="A1522" t="s">
-        <v>1602</v>
+        <v>1599</v>
       </c>
       <c r="B1522" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1522" t="s">
-        <v>70</v>
+        <v>183</v>
       </c>
       <c r="D1522">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="E1522"/>
       <c r="F1522" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1522"/>
     </row>
     <row r="1523" spans="1:7">
       <c r="A1523" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="B1523" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1523" t="s">
-        <v>70</v>
+        <v>52</v>
       </c>
       <c r="D1523">
-        <v>2015</v>
+        <v>1971</v>
       </c>
       <c r="E1523"/>
       <c r="F1523" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1523"/>
     </row>
     <row r="1524" spans="1:7">
       <c r="A1524" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
       <c r="B1524" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1524" t="s">
-        <v>172</v>
+        <v>1602</v>
       </c>
       <c r="D1524">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="E1524"/>
       <c r="F1524" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="G1524"/>
     </row>
     <row r="1525" spans="1:7">
       <c r="A1525" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="B1525" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1525" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D1525">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="E1525"/>
       <c r="F1525" t="s">
-        <v>9</v>
+        <v>466</v>
       </c>
       <c r="G1525"/>
     </row>
     <row r="1526" spans="1:7">
       <c r="A1526" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="B1526" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1526" t="s">
-        <v>135</v>
+        <v>60</v>
       </c>
       <c r="D1526">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="E1526"/>
       <c r="F1526" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1526"/>
     </row>
     <row r="1527" spans="1:7">
       <c r="A1527" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="B1527" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1527" t="s">
-        <v>186</v>
+        <v>60</v>
       </c>
       <c r="D1527">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E1527"/>
       <c r="F1527" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G1527"/>
     </row>
     <row r="1528" spans="1:7">
       <c r="A1528" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="B1528" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1528" t="s">
-        <v>70</v>
+        <v>869</v>
       </c>
       <c r="D1528">
-        <v>1992</v>
+        <v>2009</v>
       </c>
       <c r="E1528"/>
       <c r="F1528" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G1528"/>
     </row>
     <row r="1529" spans="1:7">
       <c r="A1529" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="B1529" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1529" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1529">
         <v>2002</v>
       </c>
       <c r="E1529"/>
       <c r="F1529" t="s">
-        <v>49</v>
+        <v>368</v>
       </c>
       <c r="G1529"/>
     </row>
     <row r="1530" spans="1:7">
       <c r="A1530" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
       <c r="B1530" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1530" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1530">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E1530"/>
       <c r="F1530" t="s">
-        <v>49</v>
+        <v>1609</v>
       </c>
       <c r="G1530"/>
     </row>
     <row r="1531" spans="1:7">
       <c r="A1531" t="s">
-        <v>1553</v>
+        <v>1484</v>
       </c>
       <c r="B1531" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1531" t="s">
-        <v>135</v>
+        <v>60</v>
       </c>
       <c r="D1531">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="E1531"/>
       <c r="F1531" t="s">
-        <v>49</v>
+        <v>1610</v>
       </c>
       <c r="G1531"/>
     </row>
     <row r="1532" spans="1:7">
       <c r="A1532" t="s">
         <v>1611</v>
       </c>
       <c r="B1532" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1532" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="D1532">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E1532"/>
       <c r="F1532" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1532"/>
     </row>
     <row r="1533" spans="1:7">
       <c r="A1533" t="s">
         <v>1612</v>
       </c>
       <c r="B1533" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1533" t="s">
-        <v>700</v>
+        <v>50</v>
       </c>
       <c r="D1533">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E1533"/>
       <c r="F1533" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1533"/>
     </row>
     <row r="1534" spans="1:7">
       <c r="A1534" t="s">
         <v>1613</v>
       </c>
       <c r="B1534" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1534" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="D1534">
-        <v>1992</v>
+        <v>2013</v>
       </c>
       <c r="E1534"/>
       <c r="F1534" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1534"/>
     </row>
     <row r="1535" spans="1:7">
       <c r="A1535" t="s">
         <v>1614</v>
       </c>
       <c r="B1535" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1535" t="s">
-        <v>70</v>
+        <v>183</v>
       </c>
       <c r="D1535">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="E1535"/>
       <c r="F1535" t="s">
-        <v>496</v>
+        <v>13</v>
       </c>
       <c r="G1535"/>
     </row>
     <row r="1536" spans="1:7">
       <c r="A1536" t="s">
         <v>1615</v>
       </c>
       <c r="B1536" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1536" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1536">
-        <v>1994</v>
+        <v>1967</v>
       </c>
       <c r="E1536"/>
       <c r="F1536" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G1536"/>
     </row>
     <row r="1537" spans="1:7">
       <c r="A1537" t="s">
         <v>1616</v>
       </c>
       <c r="B1537" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1537" t="s">
-        <v>12</v>
+        <v>146</v>
       </c>
       <c r="D1537">
-        <v>1987</v>
+        <v>1980</v>
       </c>
       <c r="E1537"/>
       <c r="F1537" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G1537"/>
     </row>
     <row r="1538" spans="1:7">
       <c r="A1538" t="s">
         <v>1617</v>
       </c>
       <c r="B1538" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1538" t="s">
-        <v>31</v>
+        <v>146</v>
       </c>
       <c r="D1538">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="E1538"/>
       <c r="F1538" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1538"/>
     </row>
     <row r="1539" spans="1:7">
       <c r="A1539" t="s">
         <v>1618</v>
       </c>
       <c r="B1539" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1539" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D1539">
-        <v>1996</v>
+        <v>1973</v>
       </c>
       <c r="E1539"/>
       <c r="F1539" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1539"/>
     </row>
     <row r="1540" spans="1:7">
       <c r="A1540" t="s">
         <v>1619</v>
       </c>
       <c r="B1540" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1540" t="s">
-        <v>273</v>
+        <v>23</v>
       </c>
       <c r="D1540">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E1540"/>
       <c r="F1540" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1540"/>
     </row>
     <row r="1541" spans="1:7">
       <c r="A1541" t="s">
         <v>1620</v>
       </c>
       <c r="B1541" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1541" t="s">
-        <v>172</v>
+        <v>60</v>
       </c>
       <c r="D1541">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E1541"/>
       <c r="F1541" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1541"/>
     </row>
     <row r="1542" spans="1:7">
       <c r="A1542" t="s">
         <v>1621</v>
       </c>
       <c r="B1542" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1542" t="s">
-        <v>41</v>
+        <v>864</v>
       </c>
       <c r="D1542">
-        <v>1967</v>
+        <v>1970</v>
       </c>
       <c r="E1542"/>
       <c r="F1542" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1542"/>
     </row>
     <row r="1543" spans="1:7">
       <c r="A1543" t="s">
         <v>1622</v>
       </c>
       <c r="B1543" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1543" t="s">
-        <v>135</v>
+        <v>837</v>
       </c>
       <c r="D1543">
-        <v>1980</v>
+        <v>2016</v>
       </c>
       <c r="E1543"/>
       <c r="F1543" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1543"/>
     </row>
     <row r="1544" spans="1:7">
       <c r="A1544" t="s">
         <v>1623</v>
       </c>
       <c r="B1544" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1544" t="s">
-        <v>135</v>
+        <v>9</v>
       </c>
       <c r="D1544">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="E1544"/>
       <c r="F1544" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1544"/>
     </row>
     <row r="1545" spans="1:7">
       <c r="A1545" t="s">
-        <v>1624</v>
+        <v>1573</v>
       </c>
       <c r="B1545" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1545" t="s">
-        <v>12</v>
+        <v>146</v>
       </c>
       <c r="D1545">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="E1545"/>
       <c r="F1545" t="s">
-        <v>49</v>
+        <v>590</v>
       </c>
       <c r="G1545"/>
     </row>
     <row r="1546" spans="1:7">
       <c r="A1546" t="s">
-        <v>1625</v>
+        <v>1624</v>
       </c>
       <c r="B1546" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1546" t="s">
-        <v>70</v>
+        <v>241</v>
       </c>
       <c r="D1546">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E1546"/>
       <c r="F1546" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G1546"/>
     </row>
     <row r="1547" spans="1:7">
       <c r="A1547" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
       <c r="B1547" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1547" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D1547">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E1547"/>
       <c r="F1547" t="s">
-        <v>49</v>
+        <v>169</v>
       </c>
       <c r="G1547"/>
     </row>
     <row r="1548" spans="1:7">
       <c r="A1548" t="s">
-        <v>1627</v>
+        <v>1626</v>
       </c>
       <c r="B1548" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1548" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D1548">
-        <v>1968</v>
+        <v>2000</v>
       </c>
       <c r="E1548"/>
       <c r="F1548" t="s">
-        <v>49</v>
+        <v>1627</v>
       </c>
       <c r="G1548"/>
     </row>
     <row r="1549" spans="1:7">
       <c r="A1549" t="s">
         <v>1628</v>
       </c>
       <c r="B1549" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1549" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="D1549">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E1549"/>
       <c r="F1549" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G1549"/>
     </row>
     <row r="1550" spans="1:7">
       <c r="A1550" t="s">
         <v>1629</v>
       </c>
       <c r="B1550" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1550" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="D1550">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E1550"/>
       <c r="F1550" t="s">
-        <v>13</v>
+        <v>174</v>
       </c>
       <c r="G1550"/>
     </row>
     <row r="1551" spans="1:7">
       <c r="A1551" t="s">
         <v>1630</v>
       </c>
       <c r="B1551" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1551" t="s">
-        <v>1631</v>
+        <v>23</v>
       </c>
       <c r="D1551">
-        <v>2017</v>
+        <v>1964</v>
       </c>
       <c r="E1551"/>
       <c r="F1551" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1551"/>
     </row>
     <row r="1552" spans="1:7">
       <c r="A1552" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="B1552" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1552" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1552">
-        <v>1964</v>
+        <v>2005</v>
       </c>
       <c r="E1552"/>
       <c r="F1552" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1552"/>
     </row>
     <row r="1553" spans="1:7">
       <c r="A1553" t="s">
-        <v>1633</v>
+        <v>1632</v>
       </c>
       <c r="B1553" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1553" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="D1553">
-        <v>2005</v>
+        <v>1990</v>
       </c>
       <c r="E1553"/>
       <c r="F1553" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1553"/>
     </row>
     <row r="1554" spans="1:7">
       <c r="A1554" t="s">
-        <v>1634</v>
+        <v>1633</v>
       </c>
       <c r="B1554" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1554" t="s">
-        <v>357</v>
+        <v>60</v>
       </c>
       <c r="D1554">
-        <v>1990</v>
+        <v>1988</v>
       </c>
       <c r="E1554"/>
       <c r="F1554" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1554"/>
     </row>
     <row r="1555" spans="1:7">
       <c r="A1555" t="s">
-        <v>1635</v>
+        <v>1634</v>
       </c>
       <c r="B1555" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1555" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D1555">
-        <v>1988</v>
+        <v>2013</v>
       </c>
       <c r="E1555"/>
       <c r="F1555" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1555"/>
     </row>
     <row r="1556" spans="1:7">
       <c r="A1556" t="s">
-        <v>1636</v>
+        <v>828</v>
       </c>
       <c r="B1556" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1556" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1556">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E1556"/>
       <c r="F1556" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1556"/>
     </row>
     <row r="1557" spans="1:7">
       <c r="A1557" t="s">
-        <v>819</v>
+        <v>1635</v>
       </c>
       <c r="B1557" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1557" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="D1557">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E1557"/>
       <c r="F1557" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1557"/>
     </row>
     <row r="1558" spans="1:7">
       <c r="A1558" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="B1558" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1558" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1558">
-        <v>1970</v>
+        <v>2016</v>
       </c>
       <c r="E1558"/>
       <c r="F1558" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1558"/>
     </row>
     <row r="1559" spans="1:7">
       <c r="A1559" t="s">
-        <v>1638</v>
+        <v>1637</v>
       </c>
       <c r="B1559" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1559" t="s">
-        <v>70</v>
+        <v>1602</v>
       </c>
       <c r="D1559">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="E1559"/>
       <c r="F1559" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1559"/>
     </row>
     <row r="1560" spans="1:7">
       <c r="A1560" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="B1560" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1560" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D1560">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="E1560"/>
       <c r="F1560" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1560"/>
     </row>
     <row r="1561" spans="1:7">
       <c r="A1561" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="B1561" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1561" t="s">
-        <v>135</v>
+        <v>837</v>
       </c>
       <c r="D1561">
-        <v>1988</v>
+        <v>2016</v>
       </c>
       <c r="E1561"/>
       <c r="F1561" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1561"/>
     </row>
     <row r="1562" spans="1:7">
       <c r="A1562" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B1562" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1562" t="s">
         <v>1641</v>
       </c>
-      <c r="B1562" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1562">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E1562"/>
       <c r="F1562" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G1562"/>
     </row>
     <row r="1563" spans="1:7">
       <c r="A1563" t="s">
         <v>1642</v>
       </c>
       <c r="B1563" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1563" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D1563">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="E1563"/>
       <c r="F1563" t="s">
-        <v>829</v>
+        <v>28</v>
       </c>
       <c r="G1563"/>
     </row>
     <row r="1564" spans="1:7">
       <c r="A1564" t="s">
         <v>1643</v>
       </c>
       <c r="B1564" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1564" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1564">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="E1564"/>
       <c r="F1564" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="G1564"/>
     </row>
     <row r="1565" spans="1:7">
       <c r="A1565" t="s">
         <v>1644</v>
       </c>
       <c r="B1565" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1565" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1565">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="E1565"/>
       <c r="F1565" t="s">
-        <v>1645</v>
+        <v>165</v>
       </c>
       <c r="G1565"/>
     </row>
     <row r="1566" spans="1:7">
       <c r="A1566" t="s">
-        <v>1646</v>
+        <v>1645</v>
       </c>
       <c r="B1566" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1566" t="s">
-        <v>1334</v>
+        <v>837</v>
       </c>
       <c r="D1566">
-        <v>1972</v>
+        <v>2007</v>
       </c>
       <c r="E1566"/>
       <c r="F1566" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="G1566"/>
     </row>
     <row r="1567" spans="1:7">
       <c r="A1567" t="s">
-        <v>1647</v>
+        <v>1646</v>
       </c>
       <c r="B1567" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1567" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1567">
         <v>1990</v>
       </c>
       <c r="E1567"/>
       <c r="F1567" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1567"/>
     </row>
     <row r="1568" spans="1:7">
       <c r="A1568" t="s">
-        <v>1623</v>
+        <v>1617</v>
       </c>
       <c r="B1568" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1568" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1568">
         <v>2015</v>
       </c>
       <c r="E1568"/>
       <c r="F1568" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1568"/>
     </row>
     <row r="1569" spans="1:7">
       <c r="A1569" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="B1569" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1569" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1569">
         <v>2012</v>
       </c>
       <c r="E1569"/>
       <c r="F1569" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1569"/>
     </row>
     <row r="1570" spans="1:7">
       <c r="A1570" t="s">
-        <v>1649</v>
+        <v>1648</v>
       </c>
       <c r="B1570" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1570" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1570">
         <v>1975</v>
       </c>
       <c r="E1570"/>
       <c r="F1570" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1570"/>
     </row>
     <row r="1571" spans="1:7">
       <c r="A1571" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
       <c r="B1571" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1571" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="D1571">
         <v>1996</v>
       </c>
       <c r="E1571"/>
       <c r="F1571" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1571"/>
     </row>
     <row r="1572" spans="1:7">
       <c r="A1572" t="s">
-        <v>1651</v>
+        <v>1650</v>
       </c>
       <c r="B1572" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1572" t="s">
-        <v>700</v>
+        <v>9</v>
       </c>
       <c r="D1572">
         <v>2002</v>
       </c>
       <c r="E1572"/>
       <c r="F1572" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1572"/>
     </row>
     <row r="1573" spans="1:7">
       <c r="A1573" t="s">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="B1573" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1573" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1573">
         <v>1992</v>
       </c>
       <c r="E1573"/>
       <c r="F1573" t="s">
-        <v>49</v>
+        <v>765</v>
       </c>
       <c r="G1573"/>
     </row>
     <row r="1574" spans="1:7">
       <c r="A1574" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="B1574" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1574" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="D1574">
         <v>2002</v>
       </c>
       <c r="E1574"/>
       <c r="F1574" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1574"/>
     </row>
     <row r="1575" spans="1:7">
       <c r="A1575" t="s">
-        <v>1654</v>
+        <v>1653</v>
       </c>
       <c r="B1575" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1575" t="s">
-        <v>1288</v>
+        <v>60</v>
       </c>
       <c r="D1575">
-        <v>1962</v>
+        <v>1972</v>
       </c>
       <c r="E1575"/>
       <c r="F1575" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1575"/>
     </row>
     <row r="1576" spans="1:7">
       <c r="A1576" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="B1576" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1576" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="D1576">
-        <v>2016</v>
+        <v>1974</v>
       </c>
       <c r="E1576"/>
       <c r="F1576" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1576"/>
     </row>
     <row r="1577" spans="1:7">
       <c r="A1577" t="s">
-        <v>1656</v>
+        <v>1655</v>
       </c>
       <c r="B1577" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1577" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1577">
-        <v>1973</v>
+        <v>1995</v>
       </c>
       <c r="E1577"/>
       <c r="F1577" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G1577"/>
     </row>
     <row r="1578" spans="1:7">
       <c r="A1578" t="s">
-        <v>1657</v>
+        <v>1656</v>
       </c>
       <c r="B1578" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1578" t="s">
-        <v>135</v>
+        <v>60</v>
       </c>
       <c r="D1578">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E1578"/>
       <c r="F1578" t="s">
-        <v>829</v>
+        <v>10</v>
       </c>
       <c r="G1578"/>
     </row>
     <row r="1579" spans="1:7">
       <c r="A1579" t="s">
-        <v>215</v>
+        <v>1657</v>
       </c>
       <c r="B1579" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1579" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="D1579">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E1579"/>
       <c r="F1579" t="s">
-        <v>103</v>
+        <v>838</v>
       </c>
       <c r="G1579"/>
     </row>
     <row r="1580" spans="1:7">
       <c r="A1580" t="s">
         <v>1658</v>
       </c>
       <c r="B1580" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1580" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1580">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="E1580"/>
       <c r="F1580" t="s">
-        <v>147</v>
+        <v>368</v>
       </c>
       <c r="G1580"/>
     </row>
     <row r="1581" spans="1:7">
       <c r="A1581" t="s">
         <v>1659</v>
       </c>
       <c r="B1581" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1581" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="D1581">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="E1581"/>
       <c r="F1581" t="s">
-        <v>163</v>
+        <v>553</v>
       </c>
       <c r="G1581"/>
     </row>
     <row r="1582" spans="1:7">
       <c r="A1582" t="s">
         <v>1660</v>
       </c>
       <c r="B1582" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1582" t="s">
-        <v>12</v>
+        <v>1295</v>
       </c>
       <c r="D1582">
-        <v>2002</v>
+        <v>1972</v>
       </c>
       <c r="E1582"/>
       <c r="F1582" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1582"/>
     </row>
     <row r="1583" spans="1:7">
       <c r="A1583" t="s">
         <v>1661</v>
       </c>
       <c r="B1583" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1583" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1583">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="E1583"/>
       <c r="F1583" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1583"/>
     </row>
     <row r="1584" spans="1:7">
       <c r="A1584" t="s">
         <v>1662</v>
       </c>
       <c r="B1584" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1584" t="s">
-        <v>262</v>
+        <v>23</v>
       </c>
       <c r="D1584">
-        <v>2015</v>
+        <v>1998</v>
       </c>
       <c r="E1584"/>
       <c r="F1584" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1584"/>
     </row>
     <row r="1585" spans="1:7">
       <c r="A1585" t="s">
         <v>1663</v>
       </c>
       <c r="B1585" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1585" t="s">
-        <v>41</v>
+        <v>273</v>
       </c>
       <c r="D1585">
-        <v>1972</v>
+        <v>2015</v>
       </c>
       <c r="E1585"/>
       <c r="F1585" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1585"/>
     </row>
     <row r="1586" spans="1:7">
       <c r="A1586" t="s">
         <v>1664</v>
       </c>
       <c r="B1586" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1586" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1586">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="E1586"/>
       <c r="F1586" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1586"/>
     </row>
     <row r="1587" spans="1:7">
       <c r="A1587" t="s">
         <v>1665</v>
       </c>
       <c r="B1587" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1587" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D1587">
-        <v>2016</v>
+        <v>1964</v>
       </c>
       <c r="E1587"/>
       <c r="F1587" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1587"/>
     </row>
     <row r="1588" spans="1:7">
       <c r="A1588" t="s">
-        <v>1603</v>
+        <v>1666</v>
       </c>
       <c r="B1588" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1588" t="s">
-        <v>135</v>
+        <v>43</v>
       </c>
       <c r="D1588">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E1588"/>
       <c r="F1588" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1588"/>
     </row>
     <row r="1589" spans="1:7">
       <c r="A1589" t="s">
-        <v>1666</v>
+        <v>1592</v>
       </c>
       <c r="B1589" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1589" t="s">
-        <v>12</v>
+        <v>146</v>
       </c>
       <c r="D1589">
-        <v>1985</v>
+        <v>2015</v>
       </c>
       <c r="E1589"/>
       <c r="F1589" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1589"/>
     </row>
     <row r="1590" spans="1:7">
       <c r="A1590" t="s">
         <v>1667</v>
       </c>
       <c r="B1590" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1590" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1590">
-        <v>2006</v>
+        <v>1974</v>
       </c>
       <c r="E1590"/>
       <c r="F1590" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1590"/>
     </row>
     <row r="1591" spans="1:7">
       <c r="A1591" t="s">
         <v>1668</v>
       </c>
       <c r="B1591" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1591" t="s">
-        <v>230</v>
+        <v>23</v>
       </c>
       <c r="D1591">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E1591"/>
       <c r="F1591" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1591"/>
     </row>
     <row r="1592" spans="1:7">
       <c r="A1592" t="s">
         <v>1669</v>
       </c>
       <c r="B1592" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1592" t="s">
-        <v>357</v>
+        <v>23</v>
       </c>
       <c r="D1592">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="E1592"/>
       <c r="F1592" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1592"/>
     </row>
     <row r="1593" spans="1:7">
       <c r="A1593" t="s">
         <v>1670</v>
       </c>
       <c r="B1593" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1593" t="s">
-        <v>860</v>
+        <v>60</v>
       </c>
       <c r="D1593">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E1593"/>
       <c r="F1593" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1593"/>
     </row>
     <row r="1594" spans="1:7">
       <c r="A1594" t="s">
         <v>1671</v>
       </c>
       <c r="B1594" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1594" t="s">
-        <v>70</v>
+        <v>869</v>
       </c>
       <c r="D1594">
-        <v>1972</v>
+        <v>2017</v>
       </c>
       <c r="E1594"/>
       <c r="F1594" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G1594"/>
     </row>
     <row r="1595" spans="1:7">
       <c r="A1595" t="s">
         <v>1672</v>
       </c>
       <c r="B1595" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1595" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="D1595">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="E1595"/>
       <c r="F1595" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="G1595"/>
     </row>
     <row r="1596" spans="1:7">
       <c r="A1596" t="s">
         <v>1673</v>
       </c>
       <c r="B1596" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1596" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1596">
-        <v>1964</v>
+        <v>2011</v>
       </c>
       <c r="E1596"/>
       <c r="F1596" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G1596"/>
     </row>
     <row r="1597" spans="1:7">
       <c r="A1597" t="s">
         <v>1674</v>
       </c>
       <c r="B1597" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1597" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="D1597">
-        <v>2006</v>
+        <v>1994</v>
       </c>
       <c r="E1597"/>
       <c r="F1597" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G1597"/>
     </row>
     <row r="1598" spans="1:7">
       <c r="A1598" t="s">
         <v>1675</v>
       </c>
       <c r="B1598" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1598" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1598">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="E1598"/>
       <c r="F1598" t="s">
-        <v>9</v>
+        <v>174</v>
       </c>
       <c r="G1598"/>
     </row>
     <row r="1599" spans="1:7">
       <c r="A1599" t="s">
         <v>1676</v>
       </c>
       <c r="B1599" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1599" t="s">
-        <v>172</v>
+        <v>23</v>
       </c>
       <c r="D1599">
-        <v>1922</v>
+        <v>1964</v>
       </c>
       <c r="E1599"/>
       <c r="F1599" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1599"/>
     </row>
     <row r="1600" spans="1:7">
       <c r="A1600" t="s">
         <v>1677</v>
       </c>
       <c r="B1600" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1600" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1600">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="E1600"/>
       <c r="F1600" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1600"/>
     </row>
     <row r="1601" spans="1:7">
       <c r="A1601" t="s">
         <v>1678</v>
       </c>
       <c r="B1601" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1601" t="s">
-        <v>828</v>
+        <v>60</v>
       </c>
       <c r="D1601">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="E1601"/>
       <c r="F1601" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1601"/>
     </row>
     <row r="1602" spans="1:7">
       <c r="A1602" t="s">
         <v>1679</v>
       </c>
       <c r="B1602" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1602" t="s">
-        <v>70</v>
+        <v>183</v>
       </c>
       <c r="D1602">
-        <v>1972</v>
+        <v>1922</v>
       </c>
       <c r="E1602"/>
       <c r="F1602" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1602"/>
     </row>
     <row r="1603" spans="1:7">
       <c r="A1603" t="s">
         <v>1680</v>
       </c>
       <c r="B1603" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1603" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1603">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E1603"/>
       <c r="F1603" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1603"/>
     </row>
     <row r="1604" spans="1:7">
       <c r="A1604" t="s">
         <v>1681</v>
       </c>
       <c r="B1604" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1604" t="s">
-        <v>41</v>
+        <v>837</v>
       </c>
       <c r="D1604">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E1604"/>
       <c r="F1604" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1604"/>
     </row>
     <row r="1605" spans="1:7">
       <c r="A1605" t="s">
         <v>1682</v>
       </c>
       <c r="B1605" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1605" t="s">
-        <v>135</v>
+        <v>34</v>
       </c>
       <c r="D1605">
-        <v>1988</v>
+        <v>2017</v>
       </c>
       <c r="E1605"/>
       <c r="F1605" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1605"/>
     </row>
     <row r="1606" spans="1:7">
       <c r="A1606" t="s">
         <v>1683</v>
       </c>
       <c r="B1606" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1606" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D1606">
-        <v>1995</v>
+        <v>2016</v>
       </c>
       <c r="E1606"/>
       <c r="F1606" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G1606"/>
     </row>
     <row r="1607" spans="1:7">
       <c r="A1607" t="s">
         <v>1684</v>
       </c>
       <c r="B1607" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1607" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1607">
-        <v>1992</v>
+        <v>2016</v>
       </c>
       <c r="E1607"/>
       <c r="F1607" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1607"/>
     </row>
     <row r="1608" spans="1:7">
       <c r="A1608" t="s">
         <v>1685</v>
       </c>
       <c r="B1608" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1608" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1608">
-        <v>2001</v>
+        <v>2013</v>
       </c>
       <c r="E1608"/>
       <c r="F1608" t="s">
-        <v>829</v>
+        <v>66</v>
       </c>
       <c r="G1608"/>
     </row>
     <row r="1609" spans="1:7">
       <c r="A1609" t="s">
         <v>1686</v>
       </c>
       <c r="B1609" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1609" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1609">
-        <v>1992</v>
+        <v>1976</v>
       </c>
       <c r="E1609"/>
       <c r="F1609" t="s">
-        <v>1687</v>
+        <v>10</v>
       </c>
       <c r="G1609"/>
     </row>
     <row r="1610" spans="1:7">
       <c r="A1610" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="B1610" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1610" t="s">
-        <v>19</v>
+        <v>146</v>
       </c>
       <c r="D1610">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="E1610"/>
       <c r="F1610" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G1610"/>
     </row>
     <row r="1611" spans="1:7">
       <c r="A1611" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="B1611" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1611" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1611">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E1611"/>
       <c r="F1611" t="s">
-        <v>358</v>
+        <v>61</v>
       </c>
       <c r="G1611"/>
     </row>
     <row r="1612" spans="1:7">
       <c r="A1612" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
       <c r="B1612" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1612" t="s">
-        <v>273</v>
+        <v>23</v>
       </c>
       <c r="D1612">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E1612"/>
       <c r="F1612" t="s">
-        <v>1691</v>
+        <v>165</v>
       </c>
       <c r="G1612"/>
     </row>
     <row r="1613" spans="1:7">
       <c r="A1613" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="B1613" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1613" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D1613">
-        <v>1976</v>
+        <v>1992</v>
       </c>
       <c r="E1613"/>
       <c r="F1613" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1613"/>
     </row>
     <row r="1614" spans="1:7">
       <c r="A1614" t="s">
-        <v>1693</v>
+        <v>1474</v>
       </c>
       <c r="B1614" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1614" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1614">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="E1614"/>
       <c r="F1614" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1614"/>
     </row>
     <row r="1615" spans="1:7">
       <c r="A1615" t="s">
-        <v>1485</v>
+        <v>1691</v>
       </c>
       <c r="B1615" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1615" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1615">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="E1615"/>
       <c r="F1615" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1615"/>
     </row>
     <row r="1616" spans="1:7">
       <c r="A1616" t="s">
-        <v>1694</v>
+        <v>1692</v>
       </c>
       <c r="B1616" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1616" t="s">
-        <v>41</v>
+        <v>1693</v>
       </c>
       <c r="D1616">
-        <v>2012</v>
+        <v>1960</v>
       </c>
       <c r="E1616"/>
       <c r="F1616" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1616"/>
     </row>
     <row r="1617" spans="1:7">
       <c r="A1617" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="B1617" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1617" t="s">
-        <v>1696</v>
+        <v>146</v>
       </c>
       <c r="D1617">
-        <v>1960</v>
+        <v>2001</v>
       </c>
       <c r="E1617"/>
       <c r="F1617" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1617"/>
     </row>
     <row r="1618" spans="1:7">
       <c r="A1618" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="B1618" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1618" t="s">
-        <v>135</v>
+        <v>1043</v>
       </c>
       <c r="D1618">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="E1618"/>
       <c r="F1618" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1618"/>
     </row>
     <row r="1619" spans="1:7">
       <c r="A1619" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
       <c r="B1619" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1619" t="s">
-        <v>1034</v>
+        <v>23</v>
       </c>
       <c r="D1619">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E1619"/>
       <c r="F1619" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1619"/>
     </row>
     <row r="1620" spans="1:7">
       <c r="A1620" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="B1620" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1620" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1620">
-        <v>1993</v>
+        <v>2002</v>
       </c>
       <c r="E1620"/>
       <c r="F1620" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1620"/>
     </row>
     <row r="1621" spans="1:7">
       <c r="A1621" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="B1621" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1621" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1621">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E1621"/>
       <c r="F1621" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1621"/>
     </row>
     <row r="1622" spans="1:7">
       <c r="A1622" t="s">
-        <v>1701</v>
+        <v>1636</v>
       </c>
       <c r="B1622" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1622" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1622">
-        <v>1990</v>
+        <v>2016</v>
       </c>
       <c r="E1622"/>
       <c r="F1622" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1622"/>
     </row>
     <row r="1623" spans="1:7">
       <c r="A1623" t="s">
-        <v>1702</v>
+        <v>1699</v>
       </c>
       <c r="B1623" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1623" t="s">
-        <v>37</v>
+        <v>805</v>
       </c>
       <c r="D1623">
-        <v>2017</v>
+        <v>1996</v>
       </c>
       <c r="E1623"/>
       <c r="F1623" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G1623"/>
     </row>
     <row r="1624" spans="1:7">
       <c r="A1624" t="s">
-        <v>1703</v>
+        <v>1700</v>
       </c>
       <c r="B1624" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1624" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D1624">
-        <v>1990</v>
+        <v>2006</v>
       </c>
       <c r="E1624"/>
       <c r="F1624" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G1624"/>
     </row>
     <row r="1625" spans="1:7">
       <c r="A1625" t="s">
-        <v>1704</v>
+        <v>1701</v>
       </c>
       <c r="B1625" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1625" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="D1625">
-        <v>1983</v>
+        <v>2017</v>
       </c>
       <c r="E1625"/>
       <c r="F1625" t="s">
-        <v>1026</v>
+        <v>838</v>
       </c>
       <c r="G1625"/>
     </row>
     <row r="1626" spans="1:7">
       <c r="A1626" t="s">
-        <v>215</v>
+        <v>1702</v>
       </c>
       <c r="B1626" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1626" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1626">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="E1626"/>
       <c r="F1626" t="s">
-        <v>103</v>
+        <v>368</v>
       </c>
       <c r="G1626"/>
     </row>
     <row r="1627" spans="1:7">
       <c r="A1627" t="s">
-        <v>1705</v>
+        <v>1703</v>
       </c>
       <c r="B1627" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1627" t="s">
-        <v>135</v>
+        <v>21</v>
       </c>
       <c r="D1627">
-        <v>1988</v>
+        <v>2010</v>
       </c>
       <c r="E1627"/>
       <c r="F1627" t="s">
-        <v>147</v>
+        <v>1704</v>
       </c>
       <c r="G1627"/>
     </row>
     <row r="1628" spans="1:7">
       <c r="A1628" t="s">
-        <v>1706</v>
+        <v>1705</v>
       </c>
       <c r="B1628" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1628" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="D1628">
-        <v>2008</v>
+        <v>1976</v>
       </c>
       <c r="E1628"/>
       <c r="F1628" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G1628"/>
     </row>
     <row r="1629" spans="1:7">
       <c r="A1629" t="s">
-        <v>1707</v>
+        <v>1706</v>
       </c>
       <c r="B1629" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1629" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="D1629">
         <v>2003</v>
       </c>
       <c r="E1629"/>
       <c r="F1629" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1629"/>
     </row>
     <row r="1630" spans="1:7">
       <c r="A1630" t="s">
-        <v>1708</v>
+        <v>1707</v>
       </c>
       <c r="B1630" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1630" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1630">
         <v>1998</v>
       </c>
       <c r="E1630"/>
       <c r="F1630" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1630"/>
     </row>
     <row r="1631" spans="1:7">
       <c r="A1631" t="s">
-        <v>1709</v>
+        <v>1708</v>
       </c>
       <c r="B1631" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1631" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="D1631">
         <v>2015</v>
       </c>
       <c r="E1631"/>
       <c r="F1631" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1631"/>
     </row>
     <row r="1632" spans="1:7">
       <c r="A1632" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="B1632" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1632" t="s">
-        <v>357</v>
+        <v>21</v>
       </c>
       <c r="D1632">
         <v>1994</v>
       </c>
       <c r="E1632"/>
       <c r="F1632" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1632"/>
     </row>
     <row r="1633" spans="1:7">
       <c r="A1633" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="B1633" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1633" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="D1633">
         <v>1978</v>
       </c>
       <c r="E1633"/>
       <c r="F1633" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1633"/>
     </row>
     <row r="1634" spans="1:7">
       <c r="A1634" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="B1634" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1634" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="D1634">
         <v>2016</v>
       </c>
       <c r="E1634"/>
       <c r="F1634" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1634"/>
     </row>
     <row r="1635" spans="1:7">
       <c r="A1635" t="s">
-        <v>1712</v>
+        <v>1711</v>
       </c>
       <c r="B1635" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1635" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="D1635">
         <v>2003</v>
       </c>
       <c r="E1635"/>
       <c r="F1635" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1635"/>
     </row>
     <row r="1636" spans="1:7">
       <c r="A1636" t="s">
-        <v>1713</v>
+        <v>1712</v>
       </c>
       <c r="B1636" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1636" t="s">
-        <v>1334</v>
+        <v>34</v>
       </c>
       <c r="D1636">
-        <v>1988</v>
+        <v>1980</v>
       </c>
       <c r="E1636"/>
       <c r="F1636" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1636"/>
     </row>
     <row r="1637" spans="1:7">
       <c r="A1637" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
       <c r="B1637" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1637" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1637">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E1637"/>
       <c r="F1637" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1637"/>
     </row>
     <row r="1638" spans="1:7">
       <c r="A1638" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
       <c r="B1638" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1638" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D1638">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E1638"/>
       <c r="F1638" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1638"/>
     </row>
     <row r="1639" spans="1:7">
       <c r="A1639" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="B1639" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1639" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1639">
-        <v>1976</v>
+        <v>1968</v>
       </c>
       <c r="E1639"/>
       <c r="F1639" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1639"/>
     </row>
     <row r="1640" spans="1:7">
       <c r="A1640" t="s">
-        <v>1407</v>
+        <v>1716</v>
       </c>
       <c r="B1640" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1640" t="s">
-        <v>186</v>
+        <v>869</v>
       </c>
       <c r="D1640">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="E1640"/>
       <c r="F1640" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1640"/>
     </row>
     <row r="1641" spans="1:7">
       <c r="A1641" t="s">
         <v>1717</v>
       </c>
       <c r="B1641" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1641" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1641">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="E1641"/>
       <c r="F1641" t="s">
-        <v>13</v>
+        <v>1718</v>
       </c>
       <c r="G1641"/>
     </row>
     <row r="1642" spans="1:7">
       <c r="A1642" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="B1642" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1642" t="s">
-        <v>1334</v>
+        <v>146</v>
       </c>
       <c r="D1642">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E1642"/>
       <c r="F1642" t="s">
-        <v>196</v>
+        <v>115</v>
       </c>
       <c r="G1642"/>
     </row>
     <row r="1643" spans="1:7">
       <c r="A1643" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="B1643" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1643" t="s">
-        <v>12</v>
+        <v>837</v>
       </c>
       <c r="D1643">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E1643"/>
       <c r="F1643" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="G1643"/>
     </row>
     <row r="1644" spans="1:7">
       <c r="A1644" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="B1644" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1644" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1644">
-        <v>1964</v>
+        <v>2008</v>
       </c>
       <c r="E1644"/>
       <c r="F1644" t="s">
-        <v>9</v>
+        <v>1152</v>
       </c>
       <c r="G1644"/>
     </row>
     <row r="1645" spans="1:7">
       <c r="A1645" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B1645" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1645" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1645">
-        <v>2007</v>
+        <v>1964</v>
       </c>
       <c r="E1645"/>
       <c r="F1645" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1645"/>
     </row>
     <row r="1646" spans="1:7">
       <c r="A1646" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="B1646" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1646" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1646">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E1646"/>
       <c r="F1646" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1646"/>
     </row>
     <row r="1647" spans="1:7">
       <c r="A1647" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="B1647" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1647" t="s">
-        <v>357</v>
+        <v>60</v>
       </c>
       <c r="D1647">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="E1647"/>
       <c r="F1647" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1647"/>
     </row>
     <row r="1648" spans="1:7">
       <c r="A1648" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="B1648" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1648" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D1648">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E1648"/>
       <c r="F1648" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1648"/>
     </row>
     <row r="1649" spans="1:7">
       <c r="A1649" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="B1649" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1649" t="s">
-        <v>828</v>
+        <v>40</v>
       </c>
       <c r="D1649">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E1649"/>
       <c r="F1649" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1649"/>
     </row>
     <row r="1650" spans="1:7">
       <c r="A1650" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="B1650" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1650" t="s">
-        <v>70</v>
+        <v>837</v>
       </c>
       <c r="D1650">
-        <v>1976</v>
+        <v>2009</v>
       </c>
       <c r="E1650"/>
       <c r="F1650" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1650"/>
     </row>
     <row r="1651" spans="1:7">
       <c r="A1651" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="B1651" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1651" t="s">
-        <v>262</v>
+        <v>23</v>
       </c>
       <c r="D1651">
-        <v>2005</v>
+        <v>1970</v>
       </c>
       <c r="E1651"/>
       <c r="F1651" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1651"/>
     </row>
     <row r="1652" spans="1:7">
       <c r="A1652" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="B1652" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1652" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D1652">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="E1652"/>
       <c r="F1652" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1652"/>
     </row>
     <row r="1653" spans="1:7">
       <c r="A1653" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="B1653" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1653" t="s">
-        <v>135</v>
+        <v>60</v>
       </c>
       <c r="D1653">
-        <v>1998</v>
+        <v>2016</v>
       </c>
       <c r="E1653"/>
       <c r="F1653" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1653"/>
     </row>
     <row r="1654" spans="1:7">
       <c r="A1654" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="B1654" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1654" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="D1654">
-        <v>2007</v>
+        <v>1988</v>
       </c>
       <c r="E1654"/>
       <c r="F1654" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
       <c r="G1654"/>
     </row>
     <row r="1655" spans="1:7">
       <c r="A1655" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="B1655" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1655" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1655">
-        <v>1993</v>
+        <v>1983</v>
       </c>
       <c r="E1655"/>
       <c r="F1655" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="G1655"/>
     </row>
     <row r="1656" spans="1:7">
       <c r="A1656" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="B1656" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1656" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D1656">
-        <v>2001</v>
+        <v>1972</v>
       </c>
       <c r="E1656"/>
       <c r="F1656" t="s">
-        <v>38</v>
+        <v>165</v>
       </c>
       <c r="G1656"/>
     </row>
     <row r="1657" spans="1:7">
       <c r="A1657" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B1657" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1657" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1657">
-        <v>2011</v>
+        <v>1993</v>
       </c>
       <c r="E1657"/>
       <c r="F1657" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1657"/>
     </row>
     <row r="1658" spans="1:7">
       <c r="A1658" t="s">
-        <v>1734</v>
+        <v>1666</v>
       </c>
       <c r="B1658" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1658" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1658">
-        <v>2009</v>
+        <v>2016</v>
       </c>
       <c r="E1658"/>
       <c r="F1658" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G1658"/>
     </row>
     <row r="1659" spans="1:7">
       <c r="A1659" t="s">
         <v>1735</v>
       </c>
       <c r="B1659" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1659" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="D1659">
-        <v>1996</v>
+        <v>2013</v>
       </c>
       <c r="E1659"/>
       <c r="F1659" t="s">
-        <v>358</v>
+        <v>13</v>
       </c>
       <c r="G1659"/>
     </row>
     <row r="1660" spans="1:7">
       <c r="A1660" t="s">
         <v>1736</v>
       </c>
       <c r="B1660" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1660" t="s">
-        <v>1334</v>
+        <v>21</v>
       </c>
       <c r="D1660">
-        <v>1976</v>
+        <v>2001</v>
       </c>
       <c r="E1660"/>
       <c r="F1660" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1660"/>
     </row>
     <row r="1661" spans="1:7">
       <c r="A1661" t="s">
         <v>1737</v>
       </c>
       <c r="B1661" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1661" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="D1661">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="E1661"/>
       <c r="F1661" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1661"/>
     </row>
     <row r="1662" spans="1:7">
       <c r="A1662" t="s">
-        <v>1665</v>
+        <v>1475</v>
       </c>
       <c r="B1662" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1662" t="s">
-        <v>70</v>
+        <v>197</v>
       </c>
       <c r="D1662">
-        <v>2016</v>
+        <v>1997</v>
       </c>
       <c r="E1662"/>
       <c r="F1662" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1662"/>
     </row>
     <row r="1663" spans="1:7">
       <c r="A1663" t="s">
         <v>1738</v>
       </c>
       <c r="B1663" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1663" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1663">
-        <v>2013</v>
+        <v>1992</v>
       </c>
       <c r="E1663"/>
       <c r="F1663" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1663"/>
     </row>
     <row r="1664" spans="1:7">
       <c r="A1664" t="s">
         <v>1739</v>
       </c>
       <c r="B1664" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1664" t="s">
-        <v>357</v>
+        <v>36</v>
       </c>
       <c r="D1664">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="E1664"/>
       <c r="F1664" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1664"/>
     </row>
     <row r="1665" spans="1:7">
       <c r="A1665" t="s">
         <v>1740</v>
       </c>
       <c r="B1665" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1665" t="s">
-        <v>135</v>
+        <v>1381</v>
       </c>
       <c r="D1665">
-        <v>2004</v>
+        <v>1962</v>
       </c>
       <c r="E1665"/>
       <c r="F1665" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1665"/>
     </row>
     <row r="1666" spans="1:7">
       <c r="A1666" t="s">
-        <v>1486</v>
+        <v>1741</v>
       </c>
       <c r="B1666" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1666" t="s">
-        <v>186</v>
+        <v>146</v>
       </c>
       <c r="D1666">
-        <v>1997</v>
+        <v>2016</v>
       </c>
       <c r="E1666"/>
       <c r="F1666" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1666"/>
     </row>
     <row r="1667" spans="1:7">
       <c r="A1667" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="B1667" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1667" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1667">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="E1667"/>
       <c r="F1667" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1667"/>
     </row>
     <row r="1668" spans="1:7">
       <c r="A1668" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="B1668" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1668" t="s">
-        <v>230</v>
+        <v>146</v>
       </c>
       <c r="D1668">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E1668"/>
       <c r="F1668" t="s">
-        <v>49</v>
+        <v>838</v>
       </c>
       <c r="G1668"/>
     </row>
     <row r="1669" spans="1:7">
       <c r="A1669" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="B1669" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1669" t="s">
-        <v>855</v>
+        <v>40</v>
       </c>
       <c r="D1669">
-        <v>1942</v>
+        <v>1996</v>
       </c>
       <c r="E1669"/>
       <c r="F1669" t="s">
-        <v>49</v>
+        <v>368</v>
       </c>
       <c r="G1669"/>
     </row>
     <row r="1670" spans="1:7">
       <c r="A1670" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="B1670" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1670" t="s">
-        <v>828</v>
+        <v>1295</v>
       </c>
       <c r="D1670">
-        <v>2013</v>
+        <v>1976</v>
       </c>
       <c r="E1670"/>
       <c r="F1670" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1670"/>
     </row>
     <row r="1671" spans="1:7">
       <c r="A1671" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B1671" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1671" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="D1671">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E1671"/>
       <c r="F1671" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1671"/>
     </row>
     <row r="1672" spans="1:7">
       <c r="A1672" t="s">
-        <v>1706</v>
+        <v>1747</v>
       </c>
       <c r="B1672" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1672" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="D1672">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="E1672"/>
       <c r="F1672" t="s">
-        <v>580</v>
+        <v>13</v>
       </c>
       <c r="G1672"/>
     </row>
     <row r="1673" spans="1:7">
       <c r="A1673" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="B1673" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1673" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="D1673">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E1673"/>
       <c r="F1673" t="s">
-        <v>1026</v>
+        <v>13</v>
       </c>
       <c r="G1673"/>
     </row>
     <row r="1674" spans="1:7">
       <c r="A1674" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="B1674" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1674" t="s">
-        <v>70</v>
+        <v>183</v>
       </c>
       <c r="D1674">
-        <v>2013</v>
+        <v>1968</v>
       </c>
       <c r="E1674"/>
       <c r="F1674" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1674"/>
     </row>
     <row r="1675" spans="1:7">
       <c r="A1675" t="s">
-        <v>1129</v>
+        <v>1750</v>
       </c>
       <c r="B1675" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1675" t="s">
-        <v>135</v>
+        <v>40</v>
       </c>
       <c r="D1675">
-        <v>1994</v>
+        <v>1988</v>
       </c>
       <c r="E1675"/>
       <c r="F1675" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G1675"/>
     </row>
     <row r="1676" spans="1:7">
       <c r="A1676" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1676" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1676" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1676">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E1676"/>
       <c r="F1676" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="G1676"/>
     </row>
     <row r="1677" spans="1:7">
       <c r="A1677" t="s">
-        <v>1749</v>
+        <v>1549</v>
       </c>
       <c r="B1677" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1677" t="s">
-        <v>31</v>
+        <v>1162</v>
       </c>
       <c r="D1677">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E1677"/>
       <c r="F1677" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1677"/>
     </row>
     <row r="1678" spans="1:7">
       <c r="A1678" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="B1678" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1678" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D1678">
-        <v>1998</v>
+        <v>1985</v>
       </c>
       <c r="E1678"/>
       <c r="F1678" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1678"/>
     </row>
     <row r="1679" spans="1:7">
       <c r="A1679" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="B1679" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1679" t="s">
-        <v>273</v>
+        <v>23</v>
       </c>
       <c r="D1679">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="E1679"/>
       <c r="F1679" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1679"/>
     </row>
     <row r="1680" spans="1:7">
       <c r="A1680" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="B1680" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1680" t="s">
-        <v>172</v>
+        <v>241</v>
       </c>
       <c r="D1680">
-        <v>1968</v>
+        <v>2011</v>
       </c>
       <c r="E1680"/>
       <c r="F1680" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1680"/>
     </row>
     <row r="1681" spans="1:7">
       <c r="A1681" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="B1681" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1681" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D1681">
-        <v>1988</v>
+        <v>1972</v>
       </c>
       <c r="E1681"/>
       <c r="F1681" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1681"/>
     </row>
     <row r="1682" spans="1:7">
       <c r="A1682" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="B1682" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1682" t="s">
-        <v>135</v>
+        <v>869</v>
       </c>
       <c r="D1682">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="E1682"/>
       <c r="F1682" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1682"/>
     </row>
     <row r="1683" spans="1:7">
       <c r="A1683" t="s">
-        <v>1566</v>
+        <v>414</v>
       </c>
       <c r="B1683" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1683" t="s">
-        <v>1153</v>
+        <v>34</v>
       </c>
       <c r="D1683">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="E1683"/>
       <c r="F1683" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1683"/>
     </row>
     <row r="1684" spans="1:7">
       <c r="A1684" t="s">
-        <v>1755</v>
+        <v>1186</v>
       </c>
       <c r="B1684" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1684" t="s">
-        <v>12</v>
+        <v>1757</v>
       </c>
       <c r="D1684">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="E1684"/>
       <c r="F1684" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G1684"/>
     </row>
     <row r="1685" spans="1:7">
       <c r="A1685" t="s">
-        <v>1756</v>
+        <v>1132</v>
       </c>
       <c r="B1685" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1685" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="D1685">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="E1685"/>
       <c r="F1685" t="s">
-        <v>49</v>
+        <v>169</v>
       </c>
       <c r="G1685"/>
     </row>
     <row r="1686" spans="1:7">
       <c r="A1686" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B1686" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1686" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1686">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="E1686"/>
       <c r="F1686" t="s">
-        <v>49</v>
+        <v>186</v>
       </c>
       <c r="G1686"/>
     </row>
     <row r="1687" spans="1:7">
       <c r="A1687" t="s">
-        <v>1758</v>
+        <v>227</v>
       </c>
       <c r="B1687" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1687" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D1687">
-        <v>1988</v>
+        <v>1971</v>
       </c>
       <c r="E1687"/>
       <c r="F1687" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1687"/>
     </row>
     <row r="1688" spans="1:7">
       <c r="A1688" t="s">
         <v>1759</v>
       </c>
       <c r="B1688" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1688" t="s">
-        <v>186</v>
+        <v>23</v>
       </c>
       <c r="D1688">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E1688"/>
       <c r="F1688" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1688"/>
     </row>
     <row r="1689" spans="1:7">
       <c r="A1689" t="s">
         <v>1760</v>
       </c>
       <c r="B1689" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1689" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1689">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="E1689"/>
       <c r="F1689" t="s">
         <v>13</v>
       </c>
       <c r="G1689"/>
     </row>
     <row r="1690" spans="1:7">
       <c r="A1690" t="s">
         <v>1761</v>
       </c>
       <c r="B1690" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1690" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="D1690">
-        <v>2006</v>
+        <v>1929</v>
       </c>
       <c r="E1690"/>
       <c r="F1690" t="s">
-        <v>512</v>
+        <v>13</v>
       </c>
       <c r="G1690"/>
     </row>
     <row r="1691" spans="1:7">
       <c r="A1691" t="s">
-        <v>216</v>
+        <v>457</v>
       </c>
       <c r="B1691" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1691" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="D1691">
-        <v>1971</v>
+        <v>2016</v>
       </c>
       <c r="E1691"/>
       <c r="F1691" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1691"/>
     </row>
     <row r="1692" spans="1:7">
       <c r="A1692" t="s">
         <v>1762</v>
       </c>
       <c r="B1692" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1692" t="s">
-        <v>70</v>
+        <v>1337</v>
       </c>
       <c r="D1692">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="E1692"/>
       <c r="F1692" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1692"/>
     </row>
     <row r="1693" spans="1:7">
       <c r="A1693" t="s">
         <v>1763</v>
       </c>
       <c r="B1693" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1693" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1693">
-        <v>2002</v>
+        <v>1972</v>
       </c>
       <c r="E1693"/>
       <c r="F1693" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1693"/>
     </row>
     <row r="1694" spans="1:7">
       <c r="A1694" t="s">
         <v>1764</v>
       </c>
       <c r="B1694" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1694" t="s">
-        <v>1167</v>
+        <v>23</v>
       </c>
       <c r="D1694">
-        <v>1929</v>
+        <v>2017</v>
       </c>
       <c r="E1694"/>
       <c r="F1694" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1694"/>
     </row>
     <row r="1695" spans="1:7">
       <c r="A1695" t="s">
-        <v>447</v>
+        <v>1765</v>
       </c>
       <c r="B1695" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1695" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D1695">
-        <v>2016</v>
+        <v>2003</v>
       </c>
       <c r="E1695"/>
       <c r="F1695" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1695"/>
     </row>
     <row r="1696" spans="1:7">
       <c r="A1696" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B1696" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1696" t="s">
-        <v>1392</v>
+        <v>146</v>
       </c>
       <c r="D1696">
-        <v>2016</v>
+        <v>1988</v>
       </c>
       <c r="E1696"/>
       <c r="F1696" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1696"/>
     </row>
     <row r="1697" spans="1:7">
       <c r="A1697" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="B1697" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1697" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1697">
-        <v>1976</v>
+        <v>1989</v>
       </c>
       <c r="E1697"/>
       <c r="F1697" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1697"/>
     </row>
     <row r="1698" spans="1:7">
       <c r="A1698" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="B1698" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1698" t="s">
-        <v>273</v>
+        <v>23</v>
       </c>
       <c r="D1698">
-        <v>2015</v>
+        <v>1973</v>
       </c>
       <c r="E1698"/>
       <c r="F1698" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="G1698"/>
     </row>
     <row r="1699" spans="1:7">
       <c r="A1699" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B1699" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1699" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1699">
-        <v>2013</v>
+        <v>1993</v>
       </c>
       <c r="E1699"/>
       <c r="F1699" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G1699"/>
     </row>
     <row r="1700" spans="1:7">
       <c r="A1700" t="s">
-        <v>1769</v>
+        <v>1125</v>
       </c>
       <c r="B1700" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1700" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="D1700">
         <v>2006</v>
       </c>
       <c r="E1700"/>
       <c r="F1700" t="s">
-        <v>49</v>
+        <v>1126</v>
       </c>
       <c r="G1700"/>
     </row>
     <row r="1701" spans="1:7">
       <c r="A1701" t="s">
         <v>1770</v>
       </c>
       <c r="B1701" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1701" t="s">
-        <v>70</v>
+        <v>1602</v>
       </c>
       <c r="D1701">
-        <v>2008</v>
+        <v>2015</v>
       </c>
       <c r="E1701"/>
       <c r="F1701" t="s">
-        <v>27</v>
+        <v>532</v>
       </c>
       <c r="G1701"/>
     </row>
     <row r="1702" spans="1:7">
       <c r="A1702" t="s">
-        <v>1771</v>
+        <v>1203</v>
       </c>
       <c r="B1702" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1702" t="s">
-        <v>70</v>
+        <v>138</v>
       </c>
       <c r="D1702">
-        <v>1997</v>
+        <v>2015</v>
       </c>
       <c r="E1702"/>
       <c r="F1702" t="s">
-        <v>45</v>
+        <v>1204</v>
       </c>
       <c r="G1702"/>
     </row>
     <row r="1703" spans="1:7">
       <c r="A1703" t="s">
-        <v>1772</v>
+        <v>1771</v>
       </c>
       <c r="B1703" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1703" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D1703">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="E1703"/>
       <c r="F1703" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G1703"/>
     </row>
     <row r="1704" spans="1:7">
       <c r="A1704" t="s">
-        <v>1773</v>
+        <v>1772</v>
       </c>
       <c r="B1704" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1704" t="s">
-        <v>1334</v>
+        <v>23</v>
       </c>
       <c r="D1704">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="E1704"/>
       <c r="F1704" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G1704"/>
     </row>
     <row r="1705" spans="1:7">
       <c r="A1705" t="s">
-        <v>1774</v>
+        <v>1773</v>
       </c>
       <c r="B1705" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1705" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D1705">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E1705"/>
       <c r="F1705" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1705"/>
     </row>
     <row r="1706" spans="1:7">
       <c r="A1706" t="s">
-        <v>1775</v>
+        <v>1774</v>
       </c>
       <c r="B1706" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1706" t="s">
-        <v>135</v>
+        <v>60</v>
       </c>
       <c r="D1706">
-        <v>2010</v>
+        <v>1968</v>
       </c>
       <c r="E1706"/>
       <c r="F1706" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G1706"/>
     </row>
     <row r="1707" spans="1:7">
       <c r="A1707" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="B1707" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1707" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="D1707">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E1707"/>
       <c r="F1707" t="s">
-        <v>358</v>
+        <v>13</v>
       </c>
       <c r="G1707"/>
     </row>
     <row r="1708" spans="1:7">
       <c r="A1708" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="B1708" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1708" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D1708">
-        <v>2001</v>
+        <v>2015</v>
       </c>
       <c r="E1708"/>
       <c r="F1708" t="s">
-        <v>1778</v>
+        <v>13</v>
       </c>
       <c r="G1708"/>
     </row>
     <row r="1709" spans="1:7">
       <c r="A1709" t="s">
-        <v>1496</v>
+        <v>1777</v>
       </c>
       <c r="B1709" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C1709" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="D1709">
-        <v>2010</v>
+        <v>1993</v>
       </c>
       <c r="E1709"/>
       <c r="F1709" t="s">
-        <v>1779</v>
+        <v>66</v>
       </c>
       <c r="G1709"/>
     </row>
     <row r="1710" spans="1:7">
       <c r="A1710" t="s">
-        <v>1780</v>
+        <v>1778</v>
       </c>
       <c r="B1710" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1710"/>
+        <v>8</v>
+      </c>
+      <c r="C1710" t="s">
+        <v>60</v>
+      </c>
+      <c r="D1710">
+        <v>2003</v>
+      </c>
       <c r="E1710"/>
       <c r="F1710" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1710"/>
     </row>
     <row r="1711" spans="1:7">
       <c r="A1711" t="s">
-        <v>1781</v>
+        <v>1779</v>
       </c>
       <c r="B1711" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1711"/>
+        <v>8</v>
+      </c>
+      <c r="C1711" t="s">
+        <v>60</v>
+      </c>
+      <c r="D1711">
+        <v>1990</v>
+      </c>
       <c r="E1711"/>
       <c r="F1711" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1711"/>
     </row>
     <row r="1712" spans="1:7">
       <c r="A1712" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
       <c r="B1712" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1712"/>
+        <v>8</v>
+      </c>
+      <c r="C1712" t="s">
+        <v>56</v>
+      </c>
+      <c r="D1712">
+        <v>2017</v>
+      </c>
       <c r="E1712"/>
       <c r="F1712" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1712"/>
     </row>
     <row r="1713" spans="1:7">
       <c r="A1713" t="s">
-        <v>1783</v>
+        <v>1781</v>
       </c>
       <c r="B1713" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1713"/>
+        <v>8</v>
+      </c>
+      <c r="C1713" t="s">
+        <v>60</v>
+      </c>
+      <c r="D1713">
+        <v>1973</v>
+      </c>
       <c r="E1713"/>
       <c r="F1713" t="s">
-        <v>1380</v>
+        <v>10</v>
       </c>
       <c r="G1713"/>
     </row>
     <row r="1714" spans="1:7">
       <c r="A1714" t="s">
-        <v>1784</v>
+        <v>1782</v>
       </c>
       <c r="B1714" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1714"/>
+        <v>8</v>
+      </c>
+      <c r="C1714" t="s">
+        <v>837</v>
+      </c>
+      <c r="D1714">
+        <v>2009</v>
+      </c>
       <c r="E1714"/>
       <c r="F1714" t="s">
-        <v>49</v>
+        <v>838</v>
       </c>
       <c r="G1714"/>
     </row>
     <row r="1715" spans="1:7">
       <c r="A1715" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="B1715" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1715"/>
+        <v>8</v>
+      </c>
+      <c r="C1715" t="s">
+        <v>146</v>
+      </c>
+      <c r="D1715">
+        <v>1996</v>
+      </c>
       <c r="E1715"/>
       <c r="F1715" t="s">
-        <v>9</v>
+        <v>368</v>
       </c>
       <c r="G1715"/>
     </row>
     <row r="1716" spans="1:7">
       <c r="A1716" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
       <c r="B1716" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1716"/>
+        <v>8</v>
+      </c>
+      <c r="C1716" t="s">
+        <v>146</v>
+      </c>
+      <c r="D1716">
+        <v>2002</v>
+      </c>
       <c r="E1716"/>
       <c r="F1716" t="s">
-        <v>49</v>
+        <v>1341</v>
       </c>
       <c r="G1716"/>
     </row>
     <row r="1717" spans="1:7">
       <c r="A1717" t="s">
-        <v>1787</v>
+        <v>1785</v>
       </c>
       <c r="B1717" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1717"/>
+        <v>8</v>
+      </c>
+      <c r="C1717" t="s">
+        <v>23</v>
+      </c>
+      <c r="D1717">
+        <v>2007</v>
+      </c>
       <c r="E1717"/>
       <c r="F1717" t="s">
-        <v>9</v>
+        <v>1786</v>
       </c>
       <c r="G1717"/>
     </row>
     <row r="1718" spans="1:7">
       <c r="A1718" t="s">
-        <v>1788</v>
+        <v>1787</v>
       </c>
       <c r="B1718" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-      <c r="D1718"/>
+        <v>8</v>
+      </c>
+      <c r="C1718" t="s">
+        <v>34</v>
+      </c>
+      <c r="D1718">
+        <v>1979</v>
+      </c>
       <c r="E1718"/>
       <c r="F1718" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G1718"/>
     </row>
     <row r="1719" spans="1:7">
       <c r="A1719" t="s">
-        <v>1789</v>
+        <v>1788</v>
       </c>
       <c r="B1719" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C1719"/>
       <c r="D1719"/>
       <c r="E1719"/>
       <c r="F1719" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1719"/>
     </row>
     <row r="1720" spans="1:7">
       <c r="A1720" t="s">
-        <v>1790</v>
+        <v>1789</v>
       </c>
       <c r="B1720" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C1720"/>
       <c r="D1720"/>
       <c r="E1720"/>
       <c r="F1720" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1720"/>
     </row>
     <row r="1721" spans="1:7">
       <c r="A1721" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="B1721" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C1721"/>
       <c r="D1721"/>
       <c r="E1721"/>
       <c r="F1721" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1721"/>
     </row>
     <row r="1722" spans="1:7">
       <c r="A1722" t="s">
-        <v>1792</v>
+        <v>1791</v>
       </c>
       <c r="B1722" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C1722"/>
       <c r="D1722"/>
       <c r="E1722"/>
       <c r="F1722" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1722"/>
     </row>
     <row r="1723" spans="1:7">
       <c r="A1723" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="B1723" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C1723"/>
       <c r="D1723"/>
       <c r="E1723"/>
       <c r="F1723" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1723"/>
     </row>
     <row r="1724" spans="1:7">
       <c r="A1724" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="B1724" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C1724"/>
       <c r="D1724"/>
       <c r="E1724"/>
       <c r="F1724" t="s">
-        <v>1778</v>
+        <v>66</v>
       </c>
       <c r="G1724"/>
     </row>
     <row r="1725" spans="1:7">
       <c r="A1725" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="B1725" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="C1725"/>
       <c r="D1725"/>
       <c r="E1725"/>
       <c r="F1725" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1725"/>
     </row>
     <row r="1726" spans="1:7">
       <c r="A1726" t="s">
-        <v>1750</v>
+        <v>1795</v>
       </c>
       <c r="B1726" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1726"/>
       <c r="D1726"/>
       <c r="E1726"/>
       <c r="F1726" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1726"/>
     </row>
     <row r="1727" spans="1:7">
       <c r="A1727" t="s">
         <v>1796</v>
       </c>
       <c r="B1727" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1727"/>
       <c r="D1727"/>
       <c r="E1727"/>
       <c r="F1727" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1727"/>
     </row>
     <row r="1728" spans="1:7">
       <c r="A1728" t="s">
-        <v>404</v>
+        <v>1797</v>
       </c>
       <c r="B1728" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1728"/>
       <c r="D1728"/>
       <c r="E1728"/>
       <c r="F1728" t="s">
         <v>13</v>
       </c>
       <c r="G1728"/>
     </row>
     <row r="1729" spans="1:7">
       <c r="A1729" t="s">
-        <v>1589</v>
+        <v>1798</v>
       </c>
       <c r="B1729" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1729"/>
       <c r="D1729"/>
       <c r="E1729"/>
       <c r="F1729" t="s">
-        <v>9</v>
+        <v>1609</v>
       </c>
       <c r="G1729"/>
     </row>
     <row r="1730" spans="1:7">
       <c r="A1730" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="B1730" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1730"/>
       <c r="D1730"/>
       <c r="E1730"/>
       <c r="F1730" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1730"/>
     </row>
     <row r="1731" spans="1:7">
       <c r="A1731" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="B1731" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1731"/>
       <c r="D1731"/>
       <c r="E1731"/>
       <c r="F1731" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1731"/>
     </row>
     <row r="1732" spans="1:7">
       <c r="A1732" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="B1732" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1732"/>
       <c r="D1732"/>
       <c r="E1732"/>
       <c r="F1732" t="s">
-        <v>161</v>
+        <v>1704</v>
       </c>
       <c r="G1732"/>
     </row>
     <row r="1733" spans="1:7">
       <c r="A1733" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="B1733" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1733"/>
       <c r="D1733"/>
       <c r="E1733"/>
       <c r="F1733" t="s">
-        <v>53</v>
+        <v>172</v>
       </c>
       <c r="G1733"/>
     </row>
     <row r="1734" spans="1:7">
       <c r="A1734" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="B1734" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C1734"/>
       <c r="D1734"/>
       <c r="E1734"/>
       <c r="F1734" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1734"/>
     </row>
     <row r="1735" spans="1:7">
       <c r="A1735" t="s">
-        <v>404</v>
+        <v>1777</v>
       </c>
       <c r="B1735" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1735"/>
       <c r="D1735"/>
       <c r="E1735"/>
       <c r="F1735" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1735"/>
     </row>
     <row r="1736" spans="1:7">
       <c r="A1736" t="s">
-        <v>1512</v>
+        <v>1414</v>
       </c>
       <c r="B1736" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1736"/>
       <c r="D1736"/>
       <c r="E1736"/>
       <c r="F1736" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1736"/>
     </row>
     <row r="1737" spans="1:7">
       <c r="A1737" t="s">
-        <v>1376</v>
+        <v>1575</v>
       </c>
       <c r="B1737" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1737"/>
       <c r="D1737"/>
       <c r="E1737"/>
       <c r="F1737" t="s">
-        <v>456</v>
+        <v>13</v>
       </c>
       <c r="G1737"/>
     </row>
     <row r="1738" spans="1:7">
       <c r="A1738" t="s">
-        <v>1573</v>
+        <v>1804</v>
       </c>
       <c r="B1738" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1738"/>
       <c r="D1738"/>
       <c r="E1738"/>
       <c r="F1738" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1738"/>
     </row>
     <row r="1739" spans="1:7">
       <c r="A1739" t="s">
-        <v>1299</v>
+        <v>1805</v>
       </c>
       <c r="B1739" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1739"/>
       <c r="D1739"/>
       <c r="E1739"/>
       <c r="F1739" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1739"/>
     </row>
     <row r="1740" spans="1:7">
       <c r="A1740" t="s">
-        <v>1322</v>
+        <v>122</v>
       </c>
       <c r="B1740" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1740"/>
       <c r="D1740"/>
       <c r="E1740"/>
       <c r="F1740" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="G1740"/>
     </row>
     <row r="1741" spans="1:7">
       <c r="A1741" t="s">
-        <v>1671</v>
+        <v>1509</v>
       </c>
       <c r="B1741" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1741"/>
       <c r="D1741"/>
       <c r="E1741"/>
       <c r="F1741" t="s">
-        <v>13</v>
+        <v>838</v>
       </c>
       <c r="G1741"/>
     </row>
     <row r="1742" spans="1:7">
       <c r="A1742" t="s">
-        <v>1446</v>
+        <v>1806</v>
       </c>
       <c r="B1742" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1742"/>
       <c r="D1742"/>
       <c r="E1742"/>
       <c r="F1742" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G1742"/>
     </row>
     <row r="1743" spans="1:7">
       <c r="A1743" t="s">
-        <v>1395</v>
+        <v>1763</v>
       </c>
       <c r="B1743" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1743"/>
       <c r="D1743"/>
       <c r="E1743"/>
       <c r="F1743" t="s">
-        <v>1143</v>
+        <v>66</v>
       </c>
       <c r="G1743"/>
     </row>
     <row r="1744" spans="1:7">
       <c r="A1744" t="s">
-        <v>1632</v>
+        <v>1287</v>
       </c>
       <c r="B1744" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1744"/>
       <c r="D1744"/>
       <c r="E1744"/>
       <c r="F1744" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1744"/>
     </row>
     <row r="1745" spans="1:7">
       <c r="A1745" t="s">
-        <v>1562</v>
+        <v>1329</v>
       </c>
       <c r="B1745" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1745"/>
       <c r="D1745"/>
       <c r="E1745"/>
       <c r="F1745" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1745"/>
     </row>
     <row r="1746" spans="1:7">
       <c r="A1746" t="s">
-        <v>1342</v>
+        <v>1460</v>
       </c>
       <c r="B1746" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1746"/>
       <c r="D1746"/>
       <c r="E1746"/>
       <c r="F1746" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1746"/>
     </row>
     <row r="1747" spans="1:7">
       <c r="A1747" t="s">
-        <v>1558</v>
+        <v>1401</v>
       </c>
       <c r="B1747" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1747"/>
       <c r="D1747"/>
       <c r="E1747"/>
       <c r="F1747" t="s">
-        <v>161</v>
+        <v>225</v>
       </c>
       <c r="G1747"/>
     </row>
     <row r="1748" spans="1:7">
       <c r="A1748" t="s">
-        <v>1802</v>
+        <v>1630</v>
       </c>
       <c r="B1748" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1748"/>
       <c r="D1748"/>
       <c r="E1748"/>
       <c r="F1748" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G1748"/>
     </row>
     <row r="1749" spans="1:7">
       <c r="A1749" t="s">
-        <v>1803</v>
+        <v>1545</v>
       </c>
       <c r="B1749" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1749"/>
       <c r="D1749"/>
       <c r="E1749"/>
       <c r="F1749" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1749"/>
     </row>
     <row r="1750" spans="1:7">
       <c r="A1750" t="s">
-        <v>1537</v>
+        <v>1807</v>
       </c>
       <c r="B1750" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1750"/>
       <c r="D1750"/>
       <c r="E1750"/>
       <c r="F1750" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1750"/>
     </row>
     <row r="1751" spans="1:7">
       <c r="A1751" t="s">
-        <v>1404</v>
+        <v>1808</v>
       </c>
       <c r="B1751" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1751"/>
       <c r="D1751"/>
       <c r="E1751"/>
       <c r="F1751" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1751"/>
     </row>
     <row r="1752" spans="1:7">
       <c r="A1752" t="s">
-        <v>1613</v>
+        <v>1461</v>
       </c>
       <c r="B1752" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1752"/>
       <c r="D1752"/>
       <c r="E1752"/>
       <c r="F1752" t="s">
-        <v>103</v>
+        <v>57</v>
       </c>
       <c r="G1752"/>
     </row>
     <row r="1753" spans="1:7">
       <c r="A1753" t="s">
-        <v>1278</v>
+        <v>1557</v>
       </c>
       <c r="B1753" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1753"/>
       <c r="D1753"/>
       <c r="E1753"/>
       <c r="F1753" t="s">
-        <v>9</v>
+        <v>838</v>
       </c>
       <c r="G1753"/>
     </row>
     <row r="1754" spans="1:7">
       <c r="A1754" t="s">
-        <v>1351</v>
+        <v>1809</v>
       </c>
       <c r="B1754" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1754"/>
       <c r="D1754"/>
       <c r="E1754"/>
       <c r="F1754" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1754"/>
     </row>
     <row r="1755" spans="1:7">
       <c r="A1755" t="s">
-        <v>1371</v>
+        <v>1810</v>
       </c>
       <c r="B1755" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1755"/>
       <c r="D1755"/>
       <c r="E1755"/>
       <c r="F1755" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1755"/>
     </row>
     <row r="1756" spans="1:7">
       <c r="A1756" t="s">
-        <v>1361</v>
+        <v>1811</v>
       </c>
       <c r="B1756" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1756"/>
       <c r="D1756"/>
       <c r="E1756"/>
       <c r="F1756" t="s">
-        <v>45</v>
+        <v>1035</v>
       </c>
       <c r="G1756"/>
     </row>
     <row r="1757" spans="1:7">
       <c r="A1757" t="s">
-        <v>1717</v>
+        <v>1432</v>
       </c>
       <c r="B1757" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1757"/>
       <c r="D1757"/>
       <c r="E1757"/>
       <c r="F1757" t="s">
-        <v>13</v>
+        <v>506</v>
       </c>
       <c r="G1757"/>
     </row>
     <row r="1758" spans="1:7">
       <c r="A1758" t="s">
-        <v>1443</v>
+        <v>1482</v>
       </c>
       <c r="B1758" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1758"/>
       <c r="D1758"/>
       <c r="E1758"/>
       <c r="F1758" t="s">
-        <v>1444</v>
+        <v>174</v>
       </c>
       <c r="G1758"/>
     </row>
     <row r="1759" spans="1:7">
       <c r="A1759" t="s">
-        <v>1494</v>
+        <v>1343</v>
       </c>
       <c r="B1759" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1759"/>
       <c r="D1759"/>
       <c r="E1759"/>
       <c r="F1759" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="G1759"/>
     </row>
     <row r="1760" spans="1:7">
       <c r="A1760" t="s">
-        <v>1673</v>
+        <v>1812</v>
       </c>
       <c r="B1760" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1760"/>
       <c r="D1760"/>
       <c r="E1760"/>
       <c r="F1760" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1760"/>
     </row>
     <row r="1761" spans="1:7">
       <c r="A1761" t="s">
-        <v>1804</v>
+        <v>1206</v>
       </c>
       <c r="B1761" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1761"/>
       <c r="D1761"/>
       <c r="E1761"/>
       <c r="F1761" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1761"/>
     </row>
     <row r="1762" spans="1:7">
       <c r="A1762" t="s">
-        <v>675</v>
+        <v>1813</v>
       </c>
       <c r="B1762" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1762"/>
       <c r="D1762"/>
       <c r="E1762"/>
       <c r="F1762" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="G1762"/>
     </row>
     <row r="1763" spans="1:7">
       <c r="A1763" t="s">
-        <v>1805</v>
+        <v>1676</v>
       </c>
       <c r="B1763" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1763"/>
       <c r="D1763"/>
       <c r="E1763"/>
       <c r="F1763" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G1763"/>
     </row>
     <row r="1764" spans="1:7">
       <c r="A1764" t="s">
-        <v>1806</v>
+        <v>1814</v>
       </c>
       <c r="B1764" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1764"/>
       <c r="D1764"/>
       <c r="E1764"/>
       <c r="F1764" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G1764"/>
     </row>
     <row r="1765" spans="1:7">
       <c r="A1765" t="s">
-        <v>1462</v>
+        <v>414</v>
       </c>
       <c r="B1765" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1765"/>
       <c r="D1765"/>
       <c r="E1765"/>
       <c r="F1765" t="s">
-        <v>522</v>
+        <v>66</v>
       </c>
       <c r="G1765"/>
     </row>
     <row r="1766" spans="1:7">
       <c r="A1766" t="s">
-        <v>1647</v>
+        <v>1498</v>
       </c>
       <c r="B1766" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1766"/>
       <c r="D1766"/>
       <c r="E1766"/>
       <c r="F1766" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1766"/>
     </row>
     <row r="1767" spans="1:7">
       <c r="A1767" t="s">
-        <v>1807</v>
+        <v>1464</v>
       </c>
       <c r="B1767" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1767"/>
       <c r="D1767"/>
       <c r="E1767"/>
       <c r="F1767" t="s">
-        <v>49</v>
+        <v>1465</v>
       </c>
       <c r="G1767"/>
     </row>
     <row r="1768" spans="1:7">
       <c r="A1768" t="s">
-        <v>1456</v>
+        <v>1815</v>
       </c>
       <c r="B1768" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1768"/>
       <c r="D1768"/>
       <c r="E1768"/>
       <c r="F1768" t="s">
-        <v>49</v>
+        <v>368</v>
       </c>
       <c r="G1768"/>
     </row>
     <row r="1769" spans="1:7">
       <c r="A1769" t="s">
-        <v>215</v>
+        <v>1816</v>
       </c>
       <c r="B1769" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1769"/>
       <c r="D1769"/>
       <c r="E1769"/>
       <c r="F1769" t="s">
-        <v>103</v>
+        <v>445</v>
       </c>
       <c r="G1769"/>
     </row>
     <row r="1770" spans="1:7">
       <c r="A1770" t="s">
-        <v>1333</v>
+        <v>1467</v>
       </c>
       <c r="B1770" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1770"/>
       <c r="D1770"/>
       <c r="E1770"/>
       <c r="F1770" t="s">
-        <v>9</v>
+        <v>1468</v>
       </c>
       <c r="G1770"/>
     </row>
     <row r="1771" spans="1:7">
       <c r="A1771" t="s">
-        <v>1398</v>
+        <v>1646</v>
       </c>
       <c r="B1771" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1771"/>
       <c r="D1771"/>
       <c r="E1771"/>
       <c r="F1771" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1771"/>
     </row>
     <row r="1772" spans="1:7">
       <c r="A1772" t="s">
-        <v>1389</v>
+        <v>1408</v>
       </c>
       <c r="B1772" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1772"/>
       <c r="D1772"/>
       <c r="E1772"/>
       <c r="F1772" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1772"/>
     </row>
     <row r="1773" spans="1:7">
       <c r="A1773" t="s">
-        <v>1808</v>
+        <v>1817</v>
       </c>
       <c r="B1773" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1773"/>
       <c r="D1773"/>
       <c r="E1773"/>
       <c r="F1773" t="s">
-        <v>45</v>
+        <v>590</v>
       </c>
       <c r="G1773"/>
     </row>
     <row r="1774" spans="1:7">
       <c r="A1774" t="s">
-        <v>1311</v>
+        <v>1527</v>
       </c>
       <c r="B1774" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1774"/>
       <c r="D1774"/>
       <c r="E1774"/>
       <c r="F1774" t="s">
-        <v>13</v>
+        <v>1035</v>
       </c>
       <c r="G1774"/>
     </row>
     <row r="1775" spans="1:7">
       <c r="A1775" t="s">
-        <v>1493</v>
+        <v>1818</v>
       </c>
       <c r="B1775" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1775"/>
       <c r="D1775"/>
       <c r="E1775"/>
       <c r="F1775" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="G1775"/>
     </row>
     <row r="1776" spans="1:7">
       <c r="A1776" t="s">
-        <v>1809</v>
+        <v>1787</v>
       </c>
       <c r="B1776" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1776"/>
       <c r="D1776"/>
       <c r="E1776"/>
       <c r="F1776" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1776"/>
     </row>
     <row r="1777" spans="1:7">
       <c r="A1777" t="s">
-        <v>1665</v>
+        <v>1389</v>
       </c>
       <c r="B1777" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1777"/>
       <c r="D1777"/>
       <c r="E1777"/>
       <c r="F1777" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1777"/>
     </row>
     <row r="1778" spans="1:7">
       <c r="A1778" t="s">
-        <v>1810</v>
+        <v>1426</v>
       </c>
       <c r="B1778" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1778"/>
       <c r="D1778"/>
       <c r="E1778"/>
       <c r="F1778" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1778"/>
     </row>
     <row r="1779" spans="1:7">
       <c r="A1779" t="s">
-        <v>1642</v>
+        <v>1495</v>
       </c>
       <c r="B1779" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1779"/>
       <c r="D1779"/>
       <c r="E1779"/>
       <c r="F1779" t="s">
-        <v>829</v>
+        <v>207</v>
       </c>
       <c r="G1779"/>
     </row>
     <row r="1780" spans="1:7">
       <c r="A1780" t="s">
-        <v>1643</v>
+        <v>1819</v>
       </c>
       <c r="B1780" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1780"/>
       <c r="D1780"/>
       <c r="E1780"/>
       <c r="F1780" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G1780"/>
     </row>
     <row r="1781" spans="1:7">
       <c r="A1781" t="s">
-        <v>1811</v>
+        <v>1666</v>
       </c>
       <c r="B1781" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1781"/>
       <c r="D1781"/>
       <c r="E1781"/>
       <c r="F1781" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1781"/>
     </row>
     <row r="1782" spans="1:7">
       <c r="A1782" t="s">
-        <v>1624</v>
+        <v>1618</v>
       </c>
       <c r="B1782" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1782"/>
       <c r="D1782"/>
       <c r="E1782"/>
       <c r="F1782" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1782"/>
     </row>
     <row r="1783" spans="1:7">
       <c r="A1783" t="s">
-        <v>1812</v>
+        <v>1490</v>
       </c>
       <c r="B1783" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1783"/>
       <c r="D1783"/>
       <c r="E1783"/>
       <c r="F1783" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1783"/>
     </row>
     <row r="1784" spans="1:7">
       <c r="A1784" t="s">
-        <v>1813</v>
+        <v>1508</v>
       </c>
       <c r="B1784" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1784"/>
       <c r="D1784"/>
       <c r="E1784"/>
       <c r="F1784" t="s">
-        <v>103</v>
+        <v>466</v>
       </c>
       <c r="G1784"/>
     </row>
     <row r="1785" spans="1:7">
       <c r="A1785" t="s">
-        <v>1525</v>
+        <v>1820</v>
       </c>
       <c r="B1785" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1785"/>
       <c r="D1785"/>
       <c r="E1785"/>
       <c r="F1785" t="s">
-        <v>105</v>
+        <v>368</v>
       </c>
       <c r="G1785"/>
     </row>
     <row r="1786" spans="1:7">
       <c r="A1786" t="s">
-        <v>1527</v>
+        <v>1821</v>
       </c>
       <c r="B1786" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1786"/>
       <c r="D1786"/>
       <c r="E1786"/>
       <c r="F1786" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G1786"/>
     </row>
     <row r="1787" spans="1:7">
       <c r="A1787" t="s">
-        <v>1416</v>
+        <v>1455</v>
       </c>
       <c r="B1787" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1787"/>
       <c r="D1787"/>
       <c r="E1787"/>
       <c r="F1787" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1787"/>
     </row>
     <row r="1788" spans="1:7">
       <c r="A1788" t="s">
-        <v>1448</v>
+        <v>414</v>
       </c>
       <c r="B1788" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1788"/>
       <c r="D1788"/>
       <c r="E1788"/>
       <c r="F1788" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1788"/>
     </row>
     <row r="1789" spans="1:7">
       <c r="A1789" t="s">
-        <v>1470</v>
+        <v>1573</v>
       </c>
       <c r="B1789" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1789"/>
       <c r="D1789"/>
       <c r="E1789"/>
       <c r="F1789" t="s">
-        <v>49</v>
+        <v>590</v>
       </c>
       <c r="G1789"/>
     </row>
     <row r="1790" spans="1:7">
       <c r="A1790" t="s">
-        <v>1599</v>
+        <v>1406</v>
       </c>
       <c r="B1790" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1790"/>
       <c r="D1790"/>
       <c r="E1790"/>
       <c r="F1790" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1790"/>
     </row>
     <row r="1791" spans="1:7">
       <c r="A1791" t="s">
-        <v>1814</v>
+        <v>1435</v>
       </c>
       <c r="B1791" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1791"/>
       <c r="D1791"/>
       <c r="E1791"/>
       <c r="F1791" t="s">
         <v>13</v>
       </c>
       <c r="G1791"/>
     </row>
     <row r="1792" spans="1:7">
       <c r="A1792" t="s">
-        <v>1542</v>
+        <v>685</v>
       </c>
       <c r="B1792" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1792"/>
       <c r="D1792"/>
       <c r="E1792"/>
       <c r="F1792" t="s">
-        <v>940</v>
+        <v>66</v>
       </c>
       <c r="G1792"/>
     </row>
     <row r="1793" spans="1:7">
       <c r="A1793" t="s">
-        <v>1543</v>
+        <v>1768</v>
       </c>
       <c r="B1793" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1793"/>
       <c r="D1793"/>
       <c r="E1793"/>
       <c r="F1793" t="s">
-        <v>75</v>
+        <v>172</v>
       </c>
       <c r="G1793"/>
     </row>
     <row r="1794" spans="1:7">
       <c r="A1794" t="s">
-        <v>216</v>
+        <v>1588</v>
       </c>
       <c r="B1794" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1794"/>
       <c r="D1794"/>
       <c r="E1794"/>
       <c r="F1794" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G1794"/>
     </row>
     <row r="1795" spans="1:7">
       <c r="A1795" t="s">
-        <v>1280</v>
+        <v>1590</v>
       </c>
       <c r="B1795" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1795"/>
       <c r="D1795"/>
       <c r="E1795"/>
       <c r="F1795" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="G1795"/>
     </row>
     <row r="1796" spans="1:7">
       <c r="A1796" t="s">
-        <v>1538</v>
+        <v>227</v>
       </c>
       <c r="B1796" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1796"/>
       <c r="D1796"/>
       <c r="E1796"/>
       <c r="F1796" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1796"/>
     </row>
     <row r="1797" spans="1:7">
       <c r="A1797" t="s">
-        <v>1815</v>
+        <v>1772</v>
       </c>
       <c r="B1797" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1797"/>
       <c r="D1797"/>
       <c r="E1797"/>
       <c r="F1797" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1797"/>
     </row>
     <row r="1798" spans="1:7">
       <c r="A1798" t="s">
-        <v>1559</v>
+        <v>1822</v>
       </c>
       <c r="B1798" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1798"/>
       <c r="D1798"/>
       <c r="E1798"/>
       <c r="F1798" t="s">
-        <v>443</v>
+        <v>66</v>
       </c>
       <c r="G1798"/>
     </row>
     <row r="1799" spans="1:7">
       <c r="A1799" t="s">
-        <v>1737</v>
+        <v>1538</v>
       </c>
       <c r="B1799" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1799"/>
       <c r="D1799"/>
       <c r="E1799"/>
       <c r="F1799" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1799"/>
     </row>
     <row r="1800" spans="1:7">
       <c r="A1800" t="s">
-        <v>48</v>
+        <v>1367</v>
       </c>
       <c r="B1800" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1800"/>
       <c r="D1800"/>
       <c r="E1800"/>
       <c r="F1800" t="s">
-        <v>49</v>
+        <v>180</v>
       </c>
       <c r="G1800"/>
     </row>
     <row r="1801" spans="1:7">
       <c r="A1801" t="s">
-        <v>1596</v>
+        <v>1734</v>
       </c>
       <c r="B1801" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1801"/>
       <c r="D1801"/>
       <c r="E1801"/>
       <c r="F1801" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1801"/>
     </row>
     <row r="1802" spans="1:7">
       <c r="A1802" t="s">
-        <v>1816</v>
+        <v>1477</v>
       </c>
       <c r="B1802" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1802"/>
       <c r="D1802"/>
       <c r="E1802"/>
       <c r="F1802" t="s">
-        <v>103</v>
+        <v>66</v>
       </c>
       <c r="G1802"/>
     </row>
     <row r="1803" spans="1:7">
       <c r="A1803" t="s">
-        <v>1616</v>
+        <v>1493</v>
       </c>
       <c r="B1803" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1803"/>
       <c r="D1803"/>
       <c r="E1803"/>
       <c r="F1803" t="s">
-        <v>163</v>
+        <v>10</v>
       </c>
       <c r="G1803"/>
     </row>
     <row r="1804" spans="1:7">
       <c r="A1804" t="s">
-        <v>1429</v>
+        <v>1354</v>
       </c>
       <c r="B1804" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1804"/>
       <c r="D1804"/>
       <c r="E1804"/>
       <c r="F1804" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1804"/>
     </row>
     <row r="1805" spans="1:7">
       <c r="A1805" t="s">
-        <v>1817</v>
+        <v>1625</v>
       </c>
       <c r="B1805" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1805"/>
       <c r="D1805"/>
       <c r="E1805"/>
       <c r="F1805" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G1805"/>
     </row>
     <row r="1806" spans="1:7">
       <c r="A1806" t="s">
-        <v>1818</v>
+        <v>1418</v>
       </c>
       <c r="B1806" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1806"/>
       <c r="D1806"/>
       <c r="E1806"/>
       <c r="F1806" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1806"/>
     </row>
     <row r="1807" spans="1:7">
       <c r="A1807" t="s">
-        <v>1641</v>
+        <v>1823</v>
       </c>
       <c r="B1807" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1807"/>
       <c r="D1807"/>
       <c r="E1807"/>
       <c r="F1807" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1807"/>
     </row>
     <row r="1808" spans="1:7">
       <c r="A1808" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="B1808" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1808"/>
       <c r="D1808"/>
       <c r="E1808"/>
       <c r="F1808" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G1808"/>
     </row>
     <row r="1809" spans="1:7">
       <c r="A1809" t="s">
-        <v>1588</v>
+        <v>1483</v>
       </c>
       <c r="B1809" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1809"/>
       <c r="D1809"/>
       <c r="E1809"/>
       <c r="F1809" t="s">
-        <v>214</v>
+        <v>172</v>
       </c>
       <c r="G1809"/>
     </row>
     <row r="1810" spans="1:7">
       <c r="A1810" t="s">
-        <v>1316</v>
+        <v>1643</v>
       </c>
       <c r="B1810" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1810"/>
       <c r="D1810"/>
       <c r="E1810"/>
       <c r="F1810" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G1810"/>
     </row>
     <row r="1811" spans="1:7">
       <c r="A1811" t="s">
-        <v>1431</v>
+        <v>1825</v>
       </c>
       <c r="B1811" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1811"/>
       <c r="D1811"/>
       <c r="E1811"/>
       <c r="F1811" t="s">
-        <v>9</v>
+        <v>165</v>
       </c>
       <c r="G1811"/>
     </row>
     <row r="1812" spans="1:7">
       <c r="A1812" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="B1812" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1812"/>
       <c r="D1812"/>
       <c r="E1812"/>
       <c r="F1812" t="s">
-        <v>49</v>
+        <v>522</v>
       </c>
       <c r="G1812"/>
     </row>
     <row r="1813" spans="1:7">
       <c r="A1813" t="s">
-        <v>1683</v>
+        <v>1306</v>
       </c>
       <c r="B1813" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1813"/>
       <c r="D1813"/>
       <c r="E1813"/>
       <c r="F1813" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G1813"/>
     </row>
     <row r="1814" spans="1:7">
       <c r="A1814" t="s">
-        <v>1733</v>
+        <v>1420</v>
       </c>
       <c r="B1814" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1814"/>
       <c r="D1814"/>
       <c r="E1814"/>
       <c r="F1814" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1814"/>
     </row>
     <row r="1815" spans="1:7">
       <c r="A1815" t="s">
-        <v>1821</v>
+        <v>1712</v>
       </c>
       <c r="B1815" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1815"/>
       <c r="D1815"/>
       <c r="E1815"/>
       <c r="F1815" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1815"/>
     </row>
     <row r="1816" spans="1:7">
       <c r="A1816" t="s">
-        <v>1713</v>
+        <v>1827</v>
       </c>
       <c r="B1816" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1816"/>
       <c r="D1816"/>
       <c r="E1816"/>
       <c r="F1816" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1816"/>
     </row>
     <row r="1817" spans="1:7">
       <c r="A1817" t="s">
-        <v>1638</v>
+        <v>1828</v>
       </c>
       <c r="B1817" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1817"/>
       <c r="D1817"/>
       <c r="E1817"/>
       <c r="F1817" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1817"/>
     </row>
     <row r="1818" spans="1:7">
       <c r="A1818" t="s">
-        <v>1614</v>
+        <v>1550</v>
       </c>
       <c r="B1818" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1818"/>
       <c r="D1818"/>
       <c r="E1818"/>
       <c r="F1818" t="s">
-        <v>496</v>
+        <v>66</v>
       </c>
       <c r="G1818"/>
     </row>
     <row r="1819" spans="1:7">
       <c r="A1819" t="s">
-        <v>1822</v>
+        <v>1829</v>
       </c>
       <c r="B1819" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1819"/>
       <c r="D1819"/>
       <c r="E1819"/>
       <c r="F1819" t="s">
-        <v>163</v>
+        <v>10</v>
       </c>
       <c r="G1819"/>
     </row>
     <row r="1820" spans="1:7">
       <c r="A1820" t="s">
-        <v>1480</v>
+        <v>1398</v>
       </c>
       <c r="B1820" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1820"/>
       <c r="D1820"/>
       <c r="E1820"/>
       <c r="F1820" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1820"/>
     </row>
     <row r="1821" spans="1:7">
       <c r="A1821" t="s">
-        <v>1633</v>
+        <v>1673</v>
       </c>
       <c r="B1821" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1821"/>
       <c r="D1821"/>
       <c r="E1821"/>
       <c r="F1821" t="s">
-        <v>9</v>
+        <v>169</v>
       </c>
       <c r="G1821"/>
     </row>
     <row r="1822" spans="1:7">
       <c r="A1822" t="s">
-        <v>1567</v>
+        <v>1759</v>
       </c>
       <c r="B1822" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1822"/>
       <c r="D1822"/>
       <c r="E1822"/>
       <c r="F1822" t="s">
-        <v>756</v>
+        <v>1627</v>
       </c>
       <c r="G1822"/>
     </row>
     <row r="1823" spans="1:7">
       <c r="A1823" t="s">
-        <v>1684</v>
+        <v>1469</v>
       </c>
       <c r="B1823" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1823"/>
       <c r="D1823"/>
       <c r="E1823"/>
       <c r="F1823" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1823"/>
     </row>
     <row r="1824" spans="1:7">
       <c r="A1824" t="s">
-        <v>1823</v>
+        <v>1631</v>
       </c>
       <c r="B1824" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1824"/>
       <c r="D1824"/>
       <c r="E1824"/>
       <c r="F1824" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G1824"/>
     </row>
     <row r="1825" spans="1:7">
       <c r="A1825" t="s">
-        <v>1824</v>
+        <v>1619</v>
       </c>
       <c r="B1825" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1825"/>
       <c r="D1825"/>
       <c r="E1825"/>
       <c r="F1825" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1825"/>
     </row>
     <row r="1826" spans="1:7">
       <c r="A1826" t="s">
-        <v>1825</v>
+        <v>1830</v>
       </c>
       <c r="B1826" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1826"/>
       <c r="D1826"/>
       <c r="E1826"/>
       <c r="F1826" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G1826"/>
     </row>
     <row r="1827" spans="1:7">
       <c r="A1827" t="s">
-        <v>1625</v>
+        <v>1831</v>
       </c>
       <c r="B1827" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1827"/>
       <c r="D1827"/>
       <c r="E1827"/>
       <c r="F1827" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="G1827"/>
     </row>
     <row r="1828" spans="1:7">
       <c r="A1828" t="s">
-        <v>1826</v>
+        <v>1689</v>
       </c>
       <c r="B1828" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1828"/>
       <c r="D1828"/>
       <c r="E1828"/>
       <c r="F1828" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
       <c r="G1828"/>
     </row>
     <row r="1829" spans="1:7">
       <c r="A1829" t="s">
-        <v>1774</v>
+        <v>1832</v>
       </c>
       <c r="B1829" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1829"/>
       <c r="D1829"/>
       <c r="E1829"/>
       <c r="F1829" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1829"/>
     </row>
     <row r="1830" spans="1:7">
       <c r="A1830" t="s">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="B1830" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1830"/>
       <c r="D1830"/>
       <c r="E1830"/>
       <c r="F1830" t="s">
-        <v>358</v>
+        <v>13</v>
       </c>
       <c r="G1830"/>
     </row>
     <row r="1831" spans="1:7">
       <c r="A1831" t="s">
-        <v>1828</v>
+        <v>26</v>
       </c>
       <c r="B1831" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1831"/>
       <c r="D1831"/>
       <c r="E1831"/>
       <c r="F1831" t="s">
-        <v>435</v>
+        <v>66</v>
       </c>
       <c r="G1831"/>
     </row>
     <row r="1832" spans="1:7">
       <c r="A1832" t="s">
-        <v>1644</v>
+        <v>1683</v>
       </c>
       <c r="B1832" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1832"/>
       <c r="D1832"/>
       <c r="E1832"/>
       <c r="F1832" t="s">
-        <v>1645</v>
+        <v>66</v>
       </c>
       <c r="G1832"/>
     </row>
     <row r="1833" spans="1:7">
       <c r="A1833" t="s">
-        <v>1382</v>
+        <v>1334</v>
       </c>
       <c r="B1833" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1833"/>
       <c r="D1833"/>
       <c r="E1833"/>
       <c r="F1833" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1833"/>
     </row>
     <row r="1834" spans="1:7">
       <c r="A1834" t="s">
-        <v>1755</v>
+        <v>1372</v>
       </c>
       <c r="B1834" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1834"/>
       <c r="D1834"/>
       <c r="E1834"/>
       <c r="F1834" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1834"/>
     </row>
     <row r="1835" spans="1:7">
       <c r="A1835" t="s">
-        <v>1680</v>
+        <v>1834</v>
       </c>
       <c r="B1835" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1835"/>
       <c r="D1835"/>
       <c r="E1835"/>
       <c r="F1835" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1835"/>
     </row>
     <row r="1836" spans="1:7">
       <c r="A1836" t="s">
-        <v>1829</v>
+        <v>1732</v>
       </c>
       <c r="B1836" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1836"/>
       <c r="D1836"/>
       <c r="E1836"/>
       <c r="F1836" t="s">
-        <v>1026</v>
+        <v>10</v>
       </c>
       <c r="G1836"/>
     </row>
     <row r="1837" spans="1:7">
       <c r="A1837" t="s">
-        <v>1088</v>
+        <v>1494</v>
       </c>
       <c r="B1837" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1837"/>
       <c r="D1837"/>
       <c r="E1837"/>
       <c r="F1837" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1837"/>
     </row>
     <row r="1838" spans="1:7">
       <c r="A1838" t="s">
-        <v>1830</v>
+        <v>1097</v>
       </c>
       <c r="B1838" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1838"/>
       <c r="D1838"/>
       <c r="E1838"/>
       <c r="F1838" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1838"/>
     </row>
     <row r="1839" spans="1:7">
       <c r="A1839" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="B1839" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1839"/>
       <c r="D1839"/>
       <c r="E1839"/>
       <c r="F1839" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1839"/>
     </row>
     <row r="1840" spans="1:7">
       <c r="A1840" t="s">
-        <v>1731</v>
+        <v>1836</v>
       </c>
       <c r="B1840" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1840"/>
       <c r="D1840"/>
       <c r="E1840"/>
       <c r="F1840" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1840"/>
     </row>
     <row r="1841" spans="1:7">
       <c r="A1841" t="s">
-        <v>1832</v>
+        <v>1318</v>
       </c>
       <c r="B1841" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1841"/>
       <c r="D1841"/>
       <c r="E1841"/>
       <c r="F1841" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G1841"/>
     </row>
     <row r="1842" spans="1:7">
       <c r="A1842" t="s">
-        <v>1604</v>
+        <v>1837</v>
       </c>
       <c r="B1842" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1842"/>
       <c r="D1842"/>
       <c r="E1842"/>
       <c r="F1842" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G1842"/>
     </row>
     <row r="1843" spans="1:7">
       <c r="A1843" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="B1843" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1843"/>
       <c r="D1843"/>
       <c r="E1843"/>
       <c r="F1843" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1843"/>
     </row>
     <row r="1844" spans="1:7">
       <c r="A1844" t="s">
-        <v>1327</v>
+        <v>1593</v>
       </c>
       <c r="B1844" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1844"/>
       <c r="D1844"/>
       <c r="E1844"/>
       <c r="F1844" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G1844"/>
     </row>
     <row r="1845" spans="1:7">
       <c r="A1845" t="s">
-        <v>111</v>
+        <v>1294</v>
       </c>
       <c r="B1845" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1845"/>
       <c r="D1845"/>
       <c r="E1845"/>
       <c r="F1845" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="G1845"/>
     </row>
     <row r="1846" spans="1:7">
       <c r="A1846" t="s">
-        <v>1686</v>
+        <v>1729</v>
       </c>
       <c r="B1846" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1846"/>
       <c r="D1846"/>
       <c r="E1846"/>
       <c r="F1846" t="s">
-        <v>1687</v>
+        <v>66</v>
       </c>
       <c r="G1846"/>
     </row>
     <row r="1847" spans="1:7">
       <c r="A1847" t="s">
-        <v>1834</v>
+        <v>1385</v>
       </c>
       <c r="B1847" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1847"/>
       <c r="D1847"/>
       <c r="E1847"/>
       <c r="F1847" t="s">
-        <v>358</v>
+        <v>115</v>
       </c>
       <c r="G1847"/>
     </row>
     <row r="1848" spans="1:7">
       <c r="A1848" t="s">
-        <v>1531</v>
+        <v>1515</v>
       </c>
       <c r="B1848" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1848"/>
       <c r="D1848"/>
       <c r="E1848"/>
       <c r="F1848" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1848"/>
     </row>
     <row r="1849" spans="1:7">
       <c r="A1849" t="s">
-        <v>1835</v>
+        <v>1651</v>
       </c>
       <c r="B1849" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1849"/>
       <c r="D1849"/>
       <c r="E1849"/>
       <c r="F1849" t="s">
-        <v>49</v>
+        <v>765</v>
       </c>
       <c r="G1849"/>
     </row>
     <row r="1850" spans="1:7">
       <c r="A1850" t="s">
-        <v>1584</v>
+        <v>1767</v>
       </c>
       <c r="B1850" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1850"/>
       <c r="D1850"/>
       <c r="E1850"/>
       <c r="F1850" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1850"/>
     </row>
     <row r="1851" spans="1:7">
       <c r="A1851" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="B1851" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1851"/>
       <c r="D1851"/>
       <c r="E1851"/>
       <c r="F1851" t="s">
-        <v>580</v>
+        <v>28</v>
       </c>
       <c r="G1851"/>
     </row>
     <row r="1852" spans="1:7">
       <c r="A1852" t="s">
-        <v>1746</v>
+        <v>1717</v>
       </c>
       <c r="B1852" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1852"/>
       <c r="D1852"/>
       <c r="E1852"/>
       <c r="F1852" t="s">
-        <v>1026</v>
+        <v>1718</v>
       </c>
       <c r="G1852"/>
     </row>
     <row r="1853" spans="1:7">
       <c r="A1853" t="s">
-        <v>1707</v>
+        <v>1758</v>
       </c>
       <c r="B1853" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1853"/>
       <c r="D1853"/>
       <c r="E1853"/>
       <c r="F1853" t="s">
-        <v>9</v>
+        <v>186</v>
       </c>
       <c r="G1853"/>
     </row>
     <row r="1854" spans="1:7">
       <c r="A1854" t="s">
-        <v>1366</v>
+        <v>1721</v>
       </c>
       <c r="B1854" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1854"/>
       <c r="D1854"/>
       <c r="E1854"/>
       <c r="F1854" t="s">
-        <v>9</v>
+        <v>1152</v>
       </c>
       <c r="G1854"/>
     </row>
     <row r="1855" spans="1:7">
       <c r="A1855" t="s">
-        <v>1652</v>
+        <v>1706</v>
       </c>
       <c r="B1855" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1855"/>
       <c r="D1855"/>
       <c r="E1855"/>
       <c r="F1855" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1855"/>
     </row>
     <row r="1856" spans="1:7">
       <c r="A1856" t="s">
-        <v>1771</v>
+        <v>1358</v>
       </c>
       <c r="B1856" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1856"/>
       <c r="D1856"/>
       <c r="E1856"/>
       <c r="F1856" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1856"/>
     </row>
     <row r="1857" spans="1:7">
       <c r="A1857" t="s">
-        <v>1718</v>
+        <v>1713</v>
       </c>
       <c r="B1857" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1857"/>
       <c r="D1857"/>
       <c r="E1857"/>
       <c r="F1857" t="s">
-        <v>196</v>
+        <v>66</v>
       </c>
       <c r="G1857"/>
     </row>
     <row r="1858" spans="1:7">
       <c r="A1858" t="s">
-        <v>1761</v>
+        <v>1316</v>
       </c>
       <c r="B1858" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1858"/>
       <c r="D1858"/>
       <c r="E1858"/>
       <c r="F1858" t="s">
-        <v>512</v>
+        <v>46</v>
       </c>
       <c r="G1858"/>
     </row>
     <row r="1859" spans="1:7">
       <c r="A1859" t="s">
-        <v>1464</v>
+        <v>1840</v>
       </c>
       <c r="B1859" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1859"/>
       <c r="D1859"/>
       <c r="E1859"/>
       <c r="F1859" t="s">
-        <v>9</v>
+        <v>172</v>
       </c>
       <c r="G1859"/>
     </row>
     <row r="1860" spans="1:7">
       <c r="A1860" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="B1860" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1860"/>
       <c r="D1860"/>
       <c r="E1860"/>
       <c r="F1860" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G1860"/>
     </row>
     <row r="1861" spans="1:7">
       <c r="A1861" t="s">
-        <v>1714</v>
+        <v>1449</v>
       </c>
       <c r="B1861" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1861"/>
       <c r="D1861"/>
       <c r="E1861"/>
       <c r="F1861" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1861"/>
     </row>
     <row r="1862" spans="1:7">
       <c r="A1862" t="s">
-        <v>1772</v>
+        <v>1842</v>
       </c>
       <c r="B1862" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1862"/>
       <c r="D1862"/>
       <c r="E1862"/>
       <c r="F1862" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G1862"/>
     </row>
     <row r="1863" spans="1:7">
       <c r="A1863" t="s">
-        <v>1730</v>
+        <v>1349</v>
       </c>
       <c r="B1863" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1863"/>
       <c r="D1863"/>
       <c r="E1863"/>
       <c r="F1863" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="G1863"/>
     </row>
     <row r="1864" spans="1:7">
       <c r="A1864" t="s">
-        <v>1838</v>
+        <v>1764</v>
       </c>
       <c r="B1864" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1864"/>
       <c r="D1864"/>
       <c r="E1864"/>
       <c r="F1864" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1864"/>
     </row>
     <row r="1865" spans="1:7">
       <c r="A1865" t="s">
-        <v>1595</v>
+        <v>226</v>
       </c>
       <c r="B1865" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1865"/>
       <c r="D1865"/>
       <c r="E1865"/>
       <c r="F1865" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="G1865"/>
     </row>
     <row r="1866" spans="1:7">
       <c r="A1866" t="s">
-        <v>1291</v>
+        <v>1843</v>
       </c>
       <c r="B1866" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1866"/>
       <c r="D1866"/>
       <c r="E1866"/>
       <c r="F1866" t="s">
-        <v>580</v>
+        <v>13</v>
       </c>
       <c r="G1866"/>
     </row>
     <row r="1867" spans="1:7">
       <c r="A1867" t="s">
-        <v>1293</v>
+        <v>1844</v>
       </c>
       <c r="B1867" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1867"/>
       <c r="D1867"/>
       <c r="E1867"/>
       <c r="F1867" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="G1867"/>
     </row>
     <row r="1868" spans="1:7">
       <c r="A1868" t="s">
-        <v>1447</v>
+        <v>1317</v>
       </c>
       <c r="B1868" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1868"/>
       <c r="D1868"/>
       <c r="E1868"/>
       <c r="F1868" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G1868"/>
     </row>
     <row r="1869" spans="1:7">
       <c r="A1869" t="s">
-        <v>1413</v>
+        <v>1845</v>
       </c>
       <c r="B1869" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1869"/>
       <c r="D1869"/>
       <c r="E1869"/>
       <c r="F1869" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1869"/>
     </row>
     <row r="1870" spans="1:7">
       <c r="A1870" t="s">
-        <v>1699</v>
+        <v>1305</v>
       </c>
       <c r="B1870" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1870"/>
       <c r="D1870"/>
       <c r="E1870"/>
       <c r="F1870" t="s">
-        <v>49</v>
+        <v>186</v>
       </c>
       <c r="G1870"/>
     </row>
     <row r="1871" spans="1:7">
       <c r="A1871" t="s">
-        <v>1328</v>
+        <v>1434</v>
       </c>
       <c r="B1871" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1871"/>
       <c r="D1871"/>
       <c r="E1871"/>
       <c r="F1871" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="G1871"/>
     </row>
     <row r="1872" spans="1:7">
       <c r="A1872" t="s">
-        <v>1509</v>
+        <v>1403</v>
       </c>
       <c r="B1872" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1872"/>
       <c r="D1872"/>
       <c r="E1872"/>
       <c r="F1872" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="G1872"/>
     </row>
     <row r="1873" spans="1:7">
       <c r="A1873" t="s">
-        <v>1312</v>
+        <v>1846</v>
       </c>
       <c r="B1873" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1873"/>
       <c r="D1873"/>
       <c r="E1873"/>
       <c r="F1873" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="G1873"/>
     </row>
     <row r="1874" spans="1:7">
       <c r="A1874" t="s">
-        <v>1839</v>
+        <v>1847</v>
       </c>
       <c r="B1874" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1874"/>
       <c r="D1874"/>
       <c r="E1874"/>
       <c r="F1874" t="s">
-        <v>154</v>
+        <v>46</v>
       </c>
       <c r="G1874"/>
     </row>
     <row r="1875" spans="1:7">
       <c r="A1875" t="s">
-        <v>1840</v>
+        <v>1416</v>
       </c>
       <c r="B1875" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1875"/>
       <c r="D1875"/>
       <c r="E1875"/>
       <c r="F1875" t="s">
-        <v>512</v>
+        <v>838</v>
       </c>
       <c r="G1875"/>
     </row>
     <row r="1876" spans="1:7">
       <c r="A1876" t="s">
-        <v>1511</v>
+        <v>1417</v>
       </c>
       <c r="B1876" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1876"/>
       <c r="D1876"/>
       <c r="E1876"/>
       <c r="F1876" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G1876"/>
     </row>
     <row r="1877" spans="1:7">
       <c r="A1877" t="s">
-        <v>1841</v>
+        <v>1770</v>
       </c>
       <c r="B1877" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1877"/>
       <c r="D1877"/>
       <c r="E1877"/>
       <c r="F1877" t="s">
-        <v>9</v>
+        <v>532</v>
       </c>
       <c r="G1877"/>
     </row>
     <row r="1878" spans="1:7">
       <c r="A1878" t="s">
-        <v>1842</v>
+        <v>1497</v>
       </c>
       <c r="B1878" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1878"/>
       <c r="D1878"/>
       <c r="E1878"/>
       <c r="F1878" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1878"/>
     </row>
     <row r="1879" spans="1:7">
       <c r="A1879" t="s">
-        <v>1708</v>
+        <v>1848</v>
       </c>
       <c r="B1879" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1879"/>
       <c r="D1879"/>
       <c r="E1879"/>
       <c r="F1879" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1879"/>
     </row>
     <row r="1880" spans="1:7">
       <c r="A1880" t="s">
-        <v>1679</v>
+        <v>1849</v>
       </c>
       <c r="B1880" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1880"/>
       <c r="D1880"/>
       <c r="E1880"/>
       <c r="F1880" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1880"/>
     </row>
     <row r="1881" spans="1:7">
       <c r="A1881" t="s">
-        <v>1348</v>
+        <v>1669</v>
       </c>
       <c r="B1881" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1881"/>
       <c r="D1881"/>
       <c r="E1881"/>
       <c r="F1881" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
       <c r="G1881"/>
     </row>
     <row r="1882" spans="1:7">
       <c r="A1882" t="s">
-        <v>1762</v>
+        <v>1850</v>
       </c>
       <c r="B1882" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1882"/>
       <c r="D1882"/>
       <c r="E1882"/>
       <c r="F1882" t="s">
-        <v>1295</v>
+        <v>115</v>
       </c>
       <c r="G1882"/>
     </row>
     <row r="1883" spans="1:7">
       <c r="A1883" t="s">
-        <v>1843</v>
+        <v>1707</v>
       </c>
       <c r="B1883" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1883"/>
       <c r="D1883"/>
       <c r="E1883"/>
       <c r="F1883" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1883"/>
     </row>
     <row r="1884" spans="1:7">
       <c r="A1884" t="s">
-        <v>1465</v>
+        <v>1738</v>
       </c>
       <c r="B1884" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1884"/>
       <c r="D1884"/>
       <c r="E1884"/>
       <c r="F1884" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1884"/>
     </row>
     <row r="1885" spans="1:7">
       <c r="A1885" t="s">
-        <v>1741</v>
+        <v>1368</v>
       </c>
       <c r="B1885" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1885"/>
       <c r="D1885"/>
       <c r="E1885"/>
       <c r="F1885" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1885"/>
     </row>
     <row r="1886" spans="1:7">
       <c r="A1886" t="s">
-        <v>1198</v>
+        <v>1301</v>
       </c>
       <c r="B1886" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1886"/>
       <c r="D1886"/>
       <c r="E1886"/>
       <c r="F1886" t="s">
-        <v>45</v>
+        <v>949</v>
       </c>
       <c r="G1886"/>
     </row>
     <row r="1887" spans="1:7">
       <c r="A1887" t="s">
-        <v>1495</v>
+        <v>1302</v>
       </c>
       <c r="B1887" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1887"/>
       <c r="D1887"/>
       <c r="E1887"/>
       <c r="F1887" t="s">
-        <v>161</v>
+        <v>89</v>
       </c>
       <c r="G1887"/>
     </row>
     <row r="1888" spans="1:7">
       <c r="A1888" t="s">
-        <v>1363</v>
+        <v>1304</v>
       </c>
       <c r="B1888" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1888"/>
       <c r="D1888"/>
       <c r="E1888"/>
       <c r="F1888" t="s">
-        <v>42</v>
+        <v>205</v>
       </c>
       <c r="G1888"/>
     </row>
     <row r="1889" spans="1:7">
       <c r="A1889" t="s">
-        <v>1364</v>
+        <v>1851</v>
       </c>
       <c r="B1889" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1889"/>
       <c r="D1889"/>
       <c r="E1889"/>
       <c r="F1889" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="G1889"/>
     </row>
     <row r="1890" spans="1:7">
       <c r="A1890" t="s">
-        <v>1561</v>
+        <v>1450</v>
       </c>
       <c r="B1890" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1890"/>
       <c r="D1890"/>
       <c r="E1890"/>
       <c r="F1890" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1890"/>
     </row>
     <row r="1891" spans="1:7">
       <c r="A1891" t="s">
-        <v>1844</v>
+        <v>1296</v>
       </c>
       <c r="B1891" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1891"/>
       <c r="D1891"/>
       <c r="E1891"/>
       <c r="F1891" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1891"/>
     </row>
     <row r="1892" spans="1:7">
       <c r="A1892" t="s">
-        <v>1845</v>
+        <v>1459</v>
       </c>
       <c r="B1892" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1892"/>
       <c r="D1892"/>
       <c r="E1892"/>
       <c r="F1892" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G1892"/>
     </row>
     <row r="1893" spans="1:7">
       <c r="A1893" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="B1893" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="C1893"/>
       <c r="D1893"/>
       <c r="E1893"/>
       <c r="F1893" t="s">
-        <v>49</v>
+        <v>838</v>
       </c>
       <c r="G1893"/>
     </row>
     <row r="1894" spans="1:7">
       <c r="A1894" t="s">
-        <v>1847</v>
+        <v>1319</v>
       </c>
       <c r="B1894" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1894"/>
-      <c r="D1894">
-[...1 lines deleted...]
-      </c>
+      <c r="D1894"/>
       <c r="E1894"/>
       <c r="F1894" t="s">
-        <v>9</v>
+        <v>453</v>
       </c>
       <c r="G1894"/>
     </row>
     <row r="1895" spans="1:7">
       <c r="A1895" t="s">
-        <v>1848</v>
+        <v>1544</v>
       </c>
       <c r="B1895" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1895"/>
-      <c r="D1895">
-[...1 lines deleted...]
-      </c>
+      <c r="D1895"/>
       <c r="E1895"/>
       <c r="F1895" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1895"/>
     </row>
     <row r="1896" spans="1:7">
       <c r="A1896" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="B1896" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1896"/>
-      <c r="D1896">
-[...4 lines deleted...]
-      </c>
+      <c r="D1896"/>
+      <c r="E1896"/>
       <c r="F1896" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1896"/>
     </row>
     <row r="1897" spans="1:7">
       <c r="A1897" t="s">
-        <v>1850</v>
+        <v>1682</v>
       </c>
       <c r="B1897" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1897"/>
-      <c r="D1897">
-[...1 lines deleted...]
-      </c>
+      <c r="D1897"/>
       <c r="E1897"/>
       <c r="F1897" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G1897"/>
     </row>
     <row r="1898" spans="1:7">
       <c r="A1898" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="B1898" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1898"/>
-      <c r="D1898">
-[...1 lines deleted...]
-      </c>
+      <c r="D1898"/>
       <c r="E1898"/>
       <c r="F1898" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1898"/>
     </row>
     <row r="1899" spans="1:7">
       <c r="A1899" t="s">
-        <v>1852</v>
+        <v>1335</v>
       </c>
       <c r="B1899" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1899"/>
-      <c r="D1899">
-[...1 lines deleted...]
-      </c>
+      <c r="D1899"/>
       <c r="E1899"/>
       <c r="F1899" t="s">
-        <v>49</v>
+        <v>117</v>
       </c>
       <c r="G1899"/>
     </row>
     <row r="1900" spans="1:7">
       <c r="A1900" t="s">
-        <v>1853</v>
+        <v>1338</v>
       </c>
       <c r="B1900" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1900"/>
-      <c r="D1900">
-[...1 lines deleted...]
-      </c>
+      <c r="D1900"/>
       <c r="E1900"/>
       <c r="F1900" t="s">
-        <v>9</v>
+        <v>158</v>
       </c>
       <c r="G1900"/>
     </row>
     <row r="1901" spans="1:7">
       <c r="A1901" t="s">
-        <v>1854</v>
+        <v>1747</v>
       </c>
       <c r="B1901" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C1901"/>
-      <c r="D1901">
-[...1 lines deleted...]
-      </c>
+      <c r="D1901"/>
       <c r="E1901"/>
       <c r="F1901" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1901"/>
     </row>
     <row r="1902" spans="1:7">
       <c r="A1902" t="s">
         <v>1855</v>
       </c>
       <c r="B1902" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1902"/>
       <c r="D1902">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E1902"/>
+        <v>1987</v>
+      </c>
+      <c r="E1902">
+        <v>1988</v>
+      </c>
       <c r="F1902" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1902"/>
     </row>
     <row r="1903" spans="1:7">
       <c r="A1903" t="s">
         <v>1856</v>
       </c>
       <c r="B1903" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1903"/>
       <c r="D1903">
-        <v>2002</v>
+        <v>1976</v>
       </c>
       <c r="E1903"/>
       <c r="F1903" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1903"/>
     </row>
     <row r="1904" spans="1:7">
       <c r="A1904" t="s">
         <v>1857</v>
       </c>
       <c r="B1904" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1904"/>
       <c r="D1904">
-        <v>1971</v>
+        <v>1980</v>
       </c>
       <c r="E1904"/>
       <c r="F1904" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1904"/>
     </row>
     <row r="1905" spans="1:7">
       <c r="A1905" t="s">
         <v>1858</v>
       </c>
       <c r="B1905" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1905"/>
       <c r="D1905">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E1905"/>
       <c r="F1905" t="s">
-        <v>614</v>
+        <v>654</v>
       </c>
       <c r="G1905"/>
     </row>
     <row r="1906" spans="1:7">
       <c r="A1906" t="s">
-        <v>1859</v>
+        <v>960</v>
       </c>
       <c r="B1906" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1906"/>
       <c r="D1906">
-        <v>1975</v>
+        <v>2007</v>
       </c>
       <c r="E1906"/>
       <c r="F1906" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1906"/>
     </row>
     <row r="1907" spans="1:7">
       <c r="A1907" t="s">
-        <v>1860</v>
+        <v>1859</v>
       </c>
       <c r="B1907" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1907"/>
       <c r="D1907">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E1907"/>
       <c r="F1907" t="s">
-        <v>1861</v>
+        <v>28</v>
       </c>
       <c r="G1907"/>
     </row>
     <row r="1908" spans="1:7">
       <c r="A1908" t="s">
-        <v>1862</v>
+        <v>1860</v>
       </c>
       <c r="B1908" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1908"/>
       <c r="D1908">
-        <v>1971</v>
+        <v>2008</v>
       </c>
       <c r="E1908"/>
       <c r="F1908" t="s">
-        <v>644</v>
+        <v>1035</v>
       </c>
       <c r="G1908"/>
     </row>
     <row r="1909" spans="1:7">
       <c r="A1909" t="s">
-        <v>1863</v>
+        <v>1861</v>
       </c>
       <c r="B1909" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1909"/>
       <c r="D1909">
-        <v>2015</v>
+        <v>1993</v>
       </c>
       <c r="E1909"/>
       <c r="F1909" t="s">
-        <v>1196</v>
+        <v>16</v>
       </c>
       <c r="G1909"/>
     </row>
     <row r="1910" spans="1:7">
       <c r="A1910" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="B1910" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1910"/>
       <c r="D1910">
-        <v>2009</v>
+        <v>1964</v>
       </c>
       <c r="E1910"/>
       <c r="F1910" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1910"/>
     </row>
     <row r="1911" spans="1:7">
       <c r="A1911" t="s">
-        <v>1865</v>
+        <v>1863</v>
       </c>
       <c r="B1911" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1911"/>
       <c r="D1911">
-        <v>1993</v>
-[...1 lines deleted...]
-      <c r="E1911"/>
+        <v>2009</v>
+      </c>
+      <c r="E1911">
+        <v>2014</v>
+      </c>
       <c r="F1911" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="G1911"/>
     </row>
     <row r="1912" spans="1:7">
       <c r="A1912" t="s">
-        <v>1866</v>
+        <v>1864</v>
       </c>
       <c r="B1912" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1912"/>
       <c r="D1912">
         <v>1971</v>
       </c>
       <c r="E1912"/>
       <c r="F1912" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1912"/>
     </row>
     <row r="1913" spans="1:7">
       <c r="A1913" t="s">
-        <v>69</v>
+        <v>1865</v>
       </c>
       <c r="B1913" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1913"/>
       <c r="D1913">
-        <v>1972</v>
+        <v>1977</v>
       </c>
       <c r="E1913"/>
       <c r="F1913" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1913"/>
     </row>
     <row r="1914" spans="1:7">
       <c r="A1914" t="s">
-        <v>1867</v>
+        <v>1866</v>
       </c>
       <c r="B1914" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1914"/>
       <c r="D1914">
-        <v>1981</v>
+        <v>2008</v>
       </c>
       <c r="E1914"/>
       <c r="F1914" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1914"/>
     </row>
     <row r="1915" spans="1:7">
       <c r="A1915" t="s">
-        <v>1868</v>
+        <v>1867</v>
       </c>
       <c r="B1915" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1915"/>
       <c r="D1915">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="E1915"/>
+        <v>1983</v>
+      </c>
+      <c r="E1915">
+        <v>1985</v>
+      </c>
       <c r="F1915" t="s">
-        <v>49</v>
+        <v>1868</v>
       </c>
       <c r="G1915"/>
     </row>
     <row r="1916" spans="1:7">
       <c r="A1916" t="s">
         <v>1869</v>
       </c>
       <c r="B1916" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1916"/>
       <c r="D1916">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E1916"/>
+        <v>1975</v>
+      </c>
+      <c r="E1916">
+        <v>1980</v>
+      </c>
       <c r="F1916" t="s">
-        <v>644</v>
+        <v>28</v>
       </c>
       <c r="G1916"/>
     </row>
     <row r="1917" spans="1:7">
       <c r="A1917" t="s">
         <v>1870</v>
       </c>
       <c r="B1917" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1917"/>
       <c r="D1917">
-        <v>2008</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E1917">
+        <v>2007</v>
+      </c>
+      <c r="F1917"/>
       <c r="G1917"/>
     </row>
     <row r="1918" spans="1:7">
       <c r="A1918" t="s">
         <v>1871</v>
       </c>
       <c r="B1918" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1918"/>
       <c r="D1918">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="E1918"/>
       <c r="F1918" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1918"/>
     </row>
     <row r="1919" spans="1:7">
       <c r="A1919" t="s">
         <v>1872</v>
       </c>
       <c r="B1919" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1919"/>
       <c r="D1919">
-        <v>1995</v>
+        <v>1971</v>
       </c>
       <c r="E1919"/>
       <c r="F1919" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="G1919"/>
     </row>
     <row r="1920" spans="1:7">
       <c r="A1920" t="s">
         <v>1873</v>
       </c>
       <c r="B1920" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1920"/>
       <c r="D1920">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E1920"/>
       <c r="F1920" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1920"/>
     </row>
     <row r="1921" spans="1:7">
       <c r="A1921" t="s">
         <v>1874</v>
       </c>
       <c r="B1921" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1921"/>
       <c r="D1921">
-        <v>1971</v>
+        <v>1988</v>
       </c>
       <c r="E1921"/>
       <c r="F1921" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1921"/>
     </row>
     <row r="1922" spans="1:7">
       <c r="A1922" t="s">
         <v>1875</v>
       </c>
       <c r="B1922" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1922"/>
       <c r="D1922">
-        <v>1974</v>
-[...1 lines deleted...]
-      <c r="E1922">
         <v>1975</v>
       </c>
+      <c r="E1922"/>
       <c r="F1922" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1922"/>
     </row>
     <row r="1923" spans="1:7">
       <c r="A1923" t="s">
         <v>1876</v>
       </c>
       <c r="B1923" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1923"/>
       <c r="D1923">
-        <v>1992</v>
+        <v>2009</v>
       </c>
       <c r="E1923"/>
       <c r="F1923" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1923"/>
     </row>
     <row r="1924" spans="1:7">
       <c r="A1924" t="s">
-        <v>1257</v>
+        <v>1877</v>
       </c>
       <c r="B1924" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1924"/>
       <c r="D1924">
-        <v>1991</v>
+        <v>1971</v>
       </c>
       <c r="E1924"/>
       <c r="F1924" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1924"/>
     </row>
     <row r="1925" spans="1:7">
       <c r="A1925" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="B1925" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1925"/>
       <c r="D1925">
-        <v>1971</v>
+        <v>1992</v>
       </c>
       <c r="E1925"/>
       <c r="F1925" t="s">
-        <v>644</v>
+        <v>10</v>
       </c>
       <c r="G1925"/>
     </row>
     <row r="1926" spans="1:7">
       <c r="A1926" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="B1926" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1926"/>
       <c r="D1926">
-        <v>2009</v>
+        <v>2001</v>
       </c>
       <c r="E1926"/>
       <c r="F1926" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="G1926"/>
     </row>
     <row r="1927" spans="1:7">
       <c r="A1927" t="s">
-        <v>1879</v>
+        <v>1530</v>
       </c>
       <c r="B1927" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1927"/>
       <c r="D1927">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E1927"/>
-      <c r="F1927" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F1927"/>
       <c r="G1927"/>
     </row>
     <row r="1928" spans="1:7">
       <c r="A1928" t="s">
         <v>1880</v>
       </c>
       <c r="B1928" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1928"/>
       <c r="D1928">
-        <v>1971</v>
+        <v>2011</v>
       </c>
       <c r="E1928"/>
       <c r="F1928" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1928"/>
     </row>
     <row r="1929" spans="1:7">
       <c r="A1929" t="s">
         <v>1881</v>
       </c>
       <c r="B1929" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1929"/>
       <c r="D1929">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E1929"/>
       <c r="F1929" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1929"/>
     </row>
     <row r="1930" spans="1:7">
       <c r="A1930" t="s">
         <v>1882</v>
       </c>
       <c r="B1930" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1930"/>
       <c r="D1930">
-        <v>1996</v>
-[...1 lines deleted...]
-      <c r="E1930"/>
+        <v>1989</v>
+      </c>
+      <c r="E1930">
+        <v>1999</v>
+      </c>
       <c r="F1930" t="s">
-        <v>9</v>
+        <v>1883</v>
       </c>
       <c r="G1930"/>
     </row>
     <row r="1931" spans="1:7">
       <c r="A1931" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="B1931" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1931"/>
       <c r="D1931">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E1931"/>
+        <v>1973</v>
+      </c>
+      <c r="E1931">
+        <v>1975</v>
+      </c>
       <c r="F1931" t="s">
-        <v>49</v>
+        <v>1885</v>
       </c>
       <c r="G1931"/>
     </row>
     <row r="1932" spans="1:7">
       <c r="A1932" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="B1932" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1932"/>
       <c r="D1932">
-        <v>1995</v>
+        <v>1981</v>
       </c>
       <c r="E1932"/>
       <c r="F1932" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G1932"/>
     </row>
     <row r="1933" spans="1:7">
       <c r="A1933" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="B1933" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1933"/>
       <c r="D1933">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E1933"/>
       <c r="F1933" t="s">
-        <v>644</v>
+        <v>94</v>
       </c>
       <c r="G1933"/>
     </row>
     <row r="1934" spans="1:7">
       <c r="A1934" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="B1934" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1934"/>
       <c r="D1934">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E1934"/>
       <c r="F1934" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1934"/>
     </row>
     <row r="1935" spans="1:7">
       <c r="A1935" t="s">
-        <v>1887</v>
+        <v>84</v>
       </c>
       <c r="B1935" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1935"/>
       <c r="D1935">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E1935"/>
       <c r="F1935" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1935"/>
     </row>
     <row r="1936" spans="1:7">
       <c r="A1936" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="B1936" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1936"/>
       <c r="D1936">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E1936"/>
       <c r="F1936" t="s">
-        <v>9</v>
+        <v>624</v>
       </c>
       <c r="G1936"/>
     </row>
     <row r="1937" spans="1:7">
       <c r="A1937" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="B1937" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1937"/>
       <c r="D1937">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E1937"/>
+        <v>1974</v>
+      </c>
+      <c r="E1937">
+        <v>2006</v>
+      </c>
       <c r="F1937" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="G1937"/>
     </row>
     <row r="1938" spans="1:7">
       <c r="A1938" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="B1938" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1938"/>
       <c r="D1938">
-        <v>1999</v>
+        <v>1991</v>
       </c>
       <c r="E1938">
-        <v>2004</v>
+        <v>2017</v>
       </c>
       <c r="F1938" t="s">
-        <v>887</v>
+        <v>66</v>
       </c>
       <c r="G1938"/>
     </row>
     <row r="1939" spans="1:7">
       <c r="A1939" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="B1939" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1939"/>
       <c r="D1939">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="E1939"/>
       <c r="F1939" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1939"/>
     </row>
     <row r="1940" spans="1:7">
       <c r="A1940" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="B1940" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1940"/>
       <c r="D1940">
-        <v>1971</v>
+        <v>1998</v>
       </c>
       <c r="E1940"/>
       <c r="F1940" t="s">
-        <v>644</v>
+        <v>66</v>
       </c>
       <c r="G1940"/>
     </row>
     <row r="1941" spans="1:7">
       <c r="A1941" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="B1941" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1941"/>
       <c r="D1941">
         <v>1971</v>
       </c>
-      <c r="E1941">
-[...1 lines deleted...]
-      </c>
+      <c r="E1941"/>
       <c r="F1941" t="s">
-        <v>9</v>
+        <v>654</v>
       </c>
       <c r="G1941"/>
     </row>
     <row r="1942" spans="1:7">
       <c r="A1942" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="B1942" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1942"/>
       <c r="D1942">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E1942"/>
       <c r="F1942" t="s">
-        <v>1026</v>
+        <v>24</v>
       </c>
       <c r="G1942"/>
     </row>
     <row r="1943" spans="1:7">
       <c r="A1943" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="B1943" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1943"/>
       <c r="D1943">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F1943"/>
+        <v>1992</v>
+      </c>
+      <c r="E1943"/>
+      <c r="F1943" t="s">
+        <v>13</v>
+      </c>
       <c r="G1943"/>
     </row>
     <row r="1944" spans="1:7">
       <c r="A1944" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="B1944" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1944"/>
       <c r="D1944">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="E1944"/>
       <c r="F1944" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1944"/>
     </row>
     <row r="1945" spans="1:7">
       <c r="A1945" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="B1945" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1945"/>
       <c r="D1945">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="E1945"/>
+        <v>1974</v>
+      </c>
+      <c r="E1945">
+        <v>1975</v>
+      </c>
       <c r="F1945" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1945"/>
     </row>
     <row r="1946" spans="1:7">
       <c r="A1946" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="B1946" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1946"/>
       <c r="D1946">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="E1946"/>
+        <v>2004</v>
+      </c>
+      <c r="E1946">
+        <v>2005</v>
+      </c>
       <c r="F1946" t="s">
-        <v>9</v>
+        <v>1900</v>
       </c>
       <c r="G1946"/>
     </row>
     <row r="1947" spans="1:7">
       <c r="A1947" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="B1947" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1947"/>
       <c r="D1947">
-        <v>2009</v>
+        <v>1971</v>
       </c>
       <c r="E1947"/>
       <c r="F1947" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1947"/>
     </row>
     <row r="1948" spans="1:7">
       <c r="A1948" t="s">
-        <v>1900</v>
+        <v>1265</v>
       </c>
       <c r="B1948" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1948"/>
       <c r="D1948">
-        <v>1972</v>
+        <v>1991</v>
       </c>
       <c r="E1948"/>
       <c r="F1948" t="s">
-        <v>644</v>
+        <v>66</v>
       </c>
       <c r="G1948"/>
     </row>
     <row r="1949" spans="1:7">
       <c r="A1949" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="B1949" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1949"/>
       <c r="D1949">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E1949"/>
       <c r="F1949" t="s">
-        <v>80</v>
+        <v>654</v>
       </c>
       <c r="G1949"/>
     </row>
     <row r="1950" spans="1:7">
       <c r="A1950" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="B1950" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1950"/>
       <c r="D1950">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="E1950"/>
       <c r="F1950" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G1950"/>
     </row>
     <row r="1951" spans="1:7">
       <c r="A1951" t="s">
-        <v>1659</v>
+        <v>1904</v>
       </c>
       <c r="B1951" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1951"/>
       <c r="D1951">
-        <v>2007</v>
+        <v>1996</v>
       </c>
       <c r="E1951"/>
-      <c r="F1951"/>
+      <c r="F1951" t="s">
+        <v>13</v>
+      </c>
       <c r="G1951"/>
     </row>
     <row r="1952" spans="1:7">
       <c r="A1952" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="B1952" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1952"/>
       <c r="D1952">
-        <v>1972</v>
+        <v>2002</v>
       </c>
       <c r="E1952"/>
       <c r="F1952" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1952"/>
     </row>
     <row r="1953" spans="1:7">
       <c r="A1953" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="B1953" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1953"/>
       <c r="D1953">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="E1953"/>
       <c r="F1953" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1953"/>
     </row>
     <row r="1954" spans="1:7">
       <c r="A1954" t="s">
-        <v>1396</v>
+        <v>1907</v>
       </c>
       <c r="B1954" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1954"/>
       <c r="D1954">
-        <v>1996</v>
+        <v>1974</v>
       </c>
       <c r="E1954">
-        <v>2008</v>
+        <v>1975</v>
       </c>
       <c r="F1954" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1954"/>
     </row>
     <row r="1955" spans="1:7">
       <c r="A1955" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="B1955" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1955"/>
       <c r="D1955">
-        <v>2011</v>
+        <v>1972</v>
       </c>
       <c r="E1955"/>
       <c r="F1955" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1955"/>
     </row>
     <row r="1956" spans="1:7">
       <c r="A1956" t="s">
-        <v>1906</v>
+        <v>1909</v>
       </c>
       <c r="B1956" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1956"/>
       <c r="D1956">
-        <v>1972</v>
+        <v>2011</v>
       </c>
       <c r="E1956"/>
       <c r="F1956" t="s">
-        <v>644</v>
+        <v>66</v>
       </c>
       <c r="G1956"/>
     </row>
     <row r="1957" spans="1:7">
       <c r="A1957" t="s">
-        <v>1907</v>
+        <v>1910</v>
       </c>
       <c r="B1957" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1957"/>
       <c r="D1957">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E1957"/>
       <c r="F1957" t="s">
-        <v>9</v>
+        <v>654</v>
       </c>
       <c r="G1957"/>
     </row>
     <row r="1958" spans="1:7">
       <c r="A1958" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="B1958" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1958"/>
       <c r="D1958">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E1958"/>
+        <v>1999</v>
+      </c>
+      <c r="E1958">
+        <v>2004</v>
+      </c>
       <c r="F1958" t="s">
-        <v>13</v>
+        <v>896</v>
       </c>
       <c r="G1958"/>
     </row>
     <row r="1959" spans="1:7">
       <c r="A1959" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="B1959" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1959"/>
       <c r="D1959">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E1959"/>
       <c r="F1959" t="s">
-        <v>87</v>
+        <v>253</v>
       </c>
       <c r="G1959"/>
     </row>
     <row r="1960" spans="1:7">
       <c r="A1960" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="B1960" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1960"/>
       <c r="D1960">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E1960"/>
+        <v>1971</v>
+      </c>
+      <c r="E1960">
+        <v>2017</v>
+      </c>
       <c r="F1960" t="s">
-        <v>1911</v>
+        <v>13</v>
       </c>
       <c r="G1960"/>
     </row>
     <row r="1961" spans="1:7">
       <c r="A1961" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="B1961" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1961"/>
       <c r="D1961">
-        <v>1985</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E1961"/>
       <c r="F1961" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1961"/>
     </row>
     <row r="1962" spans="1:7">
       <c r="A1962" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="B1962" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1962"/>
       <c r="D1962">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E1962"/>
       <c r="F1962" t="s">
-        <v>1914</v>
+        <v>13</v>
       </c>
       <c r="G1962"/>
     </row>
     <row r="1963" spans="1:7">
       <c r="A1963" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="B1963" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1963"/>
       <c r="D1963">
-        <v>1977</v>
+        <v>1975</v>
       </c>
       <c r="E1963"/>
       <c r="F1963" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1963"/>
     </row>
     <row r="1964" spans="1:7">
       <c r="A1964" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="B1964" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1964"/>
       <c r="D1964">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E1964"/>
       <c r="F1964" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G1964"/>
     </row>
     <row r="1965" spans="1:7">
       <c r="A1965" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="B1965" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1965"/>
       <c r="D1965">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E1965"/>
       <c r="F1965" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="G1965"/>
     </row>
     <row r="1966" spans="1:7">
       <c r="A1966" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="B1966" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1966"/>
       <c r="D1966">
-        <v>1971</v>
+        <v>2002</v>
       </c>
       <c r="E1966"/>
       <c r="F1966" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1966"/>
     </row>
     <row r="1967" spans="1:7">
       <c r="A1967" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="B1967" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1967"/>
       <c r="D1967">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E1967"/>
       <c r="F1967" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1967"/>
     </row>
     <row r="1968" spans="1:7">
       <c r="A1968" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="B1968" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1968"/>
       <c r="D1968">
-        <v>1975</v>
-[...1 lines deleted...]
-      <c r="E1968">
         <v>1980</v>
       </c>
+      <c r="E1968"/>
       <c r="F1968" t="s">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="G1968"/>
     </row>
     <row r="1969" spans="1:7">
       <c r="A1969" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="B1969" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1969"/>
       <c r="D1969">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E1969"/>
       <c r="F1969" t="s">
-        <v>1922</v>
+        <v>13</v>
       </c>
       <c r="G1969"/>
     </row>
     <row r="1970" spans="1:7">
       <c r="A1970" t="s">
         <v>1923</v>
       </c>
       <c r="B1970" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1970"/>
       <c r="D1970">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="E1970"/>
       <c r="F1970" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1970"/>
     </row>
     <row r="1971" spans="1:7">
       <c r="A1971" t="s">
         <v>1924</v>
       </c>
       <c r="B1971" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1971"/>
       <c r="D1971">
-        <v>1987</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E1971"/>
       <c r="F1971" t="s">
-        <v>49</v>
+        <v>654</v>
       </c>
       <c r="G1971"/>
     </row>
     <row r="1972" spans="1:7">
       <c r="A1972" t="s">
         <v>1925</v>
       </c>
       <c r="B1972" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1972"/>
       <c r="D1972">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="E1972"/>
       <c r="F1972" t="s">
-        <v>53</v>
+        <v>838</v>
       </c>
       <c r="G1972"/>
     </row>
     <row r="1973" spans="1:7">
       <c r="A1973" t="s">
-        <v>1926</v>
+        <v>1387</v>
       </c>
       <c r="B1973" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1973"/>
       <c r="D1973">
-        <v>1991</v>
-[...1 lines deleted...]
-      <c r="E1973"/>
+        <v>1996</v>
+      </c>
+      <c r="E1973">
+        <v>2008</v>
+      </c>
       <c r="F1973" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1973"/>
     </row>
     <row r="1974" spans="1:7">
       <c r="A1974" t="s">
-        <v>1927</v>
+        <v>1787</v>
       </c>
       <c r="B1974" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1974"/>
       <c r="D1974">
-        <v>1980</v>
+        <v>1979</v>
       </c>
       <c r="E1974"/>
       <c r="F1974" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G1974"/>
     </row>
     <row r="1975" spans="1:7">
       <c r="A1975" t="s">
-        <v>1928</v>
+        <v>1926</v>
       </c>
       <c r="B1975" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1975"/>
       <c r="D1975">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E1975"/>
       <c r="F1975" t="s">
-        <v>242</v>
+        <v>13</v>
       </c>
       <c r="G1975"/>
     </row>
     <row r="1976" spans="1:7">
       <c r="A1976" t="s">
-        <v>1278</v>
+        <v>1927</v>
       </c>
       <c r="B1976" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1976"/>
       <c r="D1976">
-        <v>1979</v>
-[...1 lines deleted...]
-      <c r="E1976"/>
+        <v>1980</v>
+      </c>
+      <c r="E1976">
+        <v>2012</v>
+      </c>
       <c r="F1976" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
       <c r="G1976"/>
     </row>
     <row r="1977" spans="1:7">
       <c r="A1977" t="s">
-        <v>1929</v>
+        <v>1928</v>
       </c>
       <c r="B1977" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1977"/>
       <c r="D1977">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E1977"/>
       <c r="F1977" t="s">
-        <v>9</v>
+        <v>1929</v>
       </c>
       <c r="G1977"/>
     </row>
     <row r="1978" spans="1:7">
       <c r="A1978" t="s">
         <v>1930</v>
       </c>
       <c r="B1978" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1978"/>
       <c r="D1978">
         <v>2011</v>
       </c>
       <c r="E1978"/>
       <c r="F1978" t="s">
-        <v>1931</v>
+        <v>66</v>
       </c>
       <c r="G1978"/>
     </row>
     <row r="1979" spans="1:7">
       <c r="A1979" t="s">
-        <v>1932</v>
+        <v>1931</v>
       </c>
       <c r="B1979" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1979"/>
       <c r="D1979">
-        <v>1983</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E1979"/>
       <c r="F1979" t="s">
-        <v>1933</v>
+        <v>654</v>
       </c>
       <c r="G1979"/>
     </row>
     <row r="1980" spans="1:7">
       <c r="A1980" t="s">
-        <v>1934</v>
+        <v>1932</v>
       </c>
       <c r="B1980" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1980"/>
       <c r="D1980">
-        <v>2001</v>
+        <v>2015</v>
       </c>
       <c r="E1980"/>
       <c r="F1980" t="s">
-        <v>13</v>
+        <v>1204</v>
       </c>
       <c r="G1980"/>
     </row>
     <row r="1981" spans="1:7">
       <c r="A1981" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="B1981" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1981"/>
       <c r="D1981">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="E1981"/>
       <c r="F1981" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1981"/>
     </row>
     <row r="1982" spans="1:7">
       <c r="A1982" t="s">
-        <v>1936</v>
+        <v>1934</v>
       </c>
       <c r="B1982" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1982"/>
       <c r="D1982">
-        <v>1971</v>
+        <v>1995</v>
       </c>
       <c r="E1982"/>
       <c r="F1982" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
       <c r="G1982"/>
     </row>
     <row r="1983" spans="1:7">
       <c r="A1983" t="s">
-        <v>1937</v>
+        <v>1935</v>
       </c>
       <c r="B1983" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1983"/>
       <c r="D1983">
-        <v>2009</v>
+        <v>1973</v>
       </c>
       <c r="E1983"/>
       <c r="F1983" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G1983"/>
     </row>
     <row r="1984" spans="1:7">
       <c r="A1984" t="s">
-        <v>951</v>
+        <v>1936</v>
       </c>
       <c r="B1984" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1984"/>
       <c r="D1984">
-        <v>2007</v>
+        <v>1971</v>
       </c>
       <c r="E1984"/>
       <c r="F1984" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1984"/>
     </row>
     <row r="1985" spans="1:7">
       <c r="A1985" t="s">
-        <v>1938</v>
+        <v>1937</v>
       </c>
       <c r="B1985" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="C1985"/>
       <c r="D1985">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E1985"/>
       <c r="F1985" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G1985"/>
     </row>
     <row r="1986" spans="1:7">
       <c r="A1986" t="s">
-        <v>1939</v>
+        <v>1938</v>
       </c>
       <c r="B1986" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1986"/>
-      <c r="D1986"/>
-      <c r="E1986"/>
+      <c r="D1986">
+        <v>1985</v>
+      </c>
+      <c r="E1986">
+        <v>1987</v>
+      </c>
       <c r="F1986" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="G1986"/>
     </row>
     <row r="1987" spans="1:7">
       <c r="A1987" t="s">
-        <v>1940</v>
+        <v>1939</v>
       </c>
       <c r="B1987" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1987"/>
-      <c r="D1987"/>
+      <c r="D1987">
+        <v>1972</v>
+      </c>
       <c r="E1987"/>
       <c r="F1987" t="s">
-        <v>829</v>
+        <v>13</v>
       </c>
       <c r="G1987"/>
     </row>
     <row r="1988" spans="1:7">
       <c r="A1988" t="s">
-        <v>1941</v>
+        <v>1940</v>
       </c>
       <c r="B1988" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1988"/>
-      <c r="D1988"/>
+      <c r="D1988">
+        <v>2011</v>
+      </c>
       <c r="E1988"/>
       <c r="F1988" t="s">
-        <v>829</v>
+        <v>66</v>
       </c>
       <c r="G1988"/>
     </row>
     <row r="1989" spans="1:7">
       <c r="A1989" t="s">
-        <v>1942</v>
+        <v>1941</v>
       </c>
       <c r="B1989" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1989"/>
-      <c r="D1989"/>
+      <c r="D1989">
+        <v>1972</v>
+      </c>
       <c r="E1989"/>
       <c r="F1989" t="s">
-        <v>163</v>
+        <v>654</v>
       </c>
       <c r="G1989"/>
     </row>
     <row r="1990" spans="1:7">
       <c r="A1990" t="s">
-        <v>1943</v>
+        <v>1942</v>
       </c>
       <c r="B1990" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1990"/>
-      <c r="D1990"/>
+      <c r="D1990">
+        <v>1991</v>
+      </c>
       <c r="E1990"/>
       <c r="F1990" t="s">
-        <v>214</v>
+        <v>13</v>
       </c>
       <c r="G1990"/>
     </row>
     <row r="1991" spans="1:7">
       <c r="A1991" t="s">
-        <v>1944</v>
+        <v>1943</v>
       </c>
       <c r="B1991" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1991"/>
-      <c r="D1991"/>
+      <c r="D1991">
+        <v>1992</v>
+      </c>
       <c r="E1991"/>
       <c r="F1991" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G1991"/>
     </row>
     <row r="1992" spans="1:7">
       <c r="A1992" t="s">
-        <v>1945</v>
+        <v>1944</v>
       </c>
       <c r="B1992" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1992"/>
-      <c r="D1992"/>
+      <c r="D1992">
+        <v>1971</v>
+      </c>
       <c r="E1992"/>
       <c r="F1992" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G1992"/>
     </row>
     <row r="1993" spans="1:7">
       <c r="A1993" t="s">
-        <v>1946</v>
+        <v>1945</v>
       </c>
       <c r="B1993" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C1993"/>
-      <c r="D1993"/>
+      <c r="D1993">
+        <v>2011</v>
+      </c>
       <c r="E1993"/>
       <c r="F1993" t="s">
-        <v>49</v>
+        <v>1946</v>
       </c>
       <c r="G1993"/>
     </row>
     <row r="1994" spans="1:7">
       <c r="A1994" t="s">
         <v>1947</v>
       </c>
       <c r="B1994" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1994"/>
       <c r="D1994"/>
       <c r="E1994"/>
       <c r="F1994" t="s">
-        <v>158</v>
+        <v>225</v>
       </c>
       <c r="G1994"/>
     </row>
     <row r="1995" spans="1:7">
       <c r="A1995" t="s">
         <v>1948</v>
       </c>
       <c r="B1995" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1995"/>
       <c r="D1995"/>
       <c r="E1995"/>
       <c r="F1995" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="G1995"/>
     </row>
     <row r="1996" spans="1:7">
       <c r="A1996" t="s">
         <v>1949</v>
       </c>
       <c r="B1996" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1996"/>
       <c r="D1996"/>
       <c r="E1996"/>
       <c r="F1996" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="G1996"/>
     </row>
     <row r="1997" spans="1:7">
       <c r="A1997" t="s">
         <v>1950</v>
       </c>
       <c r="B1997" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1997"/>
       <c r="D1997"/>
       <c r="E1997"/>
       <c r="F1997" t="s">
-        <v>45</v>
+        <v>174</v>
       </c>
       <c r="G1997"/>
     </row>
     <row r="1998" spans="1:7">
       <c r="A1998" t="s">
         <v>1951</v>
       </c>
       <c r="B1998" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1998"/>
       <c r="D1998"/>
       <c r="E1998"/>
       <c r="F1998" t="s">
-        <v>1295</v>
+        <v>66</v>
       </c>
       <c r="G1998"/>
     </row>
     <row r="1999" spans="1:7">
       <c r="A1999" t="s">
         <v>1952</v>
       </c>
       <c r="B1999" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C1999"/>
       <c r="D1999"/>
       <c r="E1999"/>
       <c r="F1999" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="G1999"/>
     </row>
     <row r="2000" spans="1:7">
       <c r="A2000" t="s">
         <v>1953</v>
       </c>
       <c r="B2000" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="C2000"/>
       <c r="D2000"/>
       <c r="E2000"/>
       <c r="F2000" t="s">
-        <v>49</v>
+        <v>169</v>
       </c>
       <c r="G2000"/>
+    </row>
+    <row r="2001" spans="1:7">
+      <c r="A2001" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B2001" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2001"/>
+      <c r="D2001"/>
+      <c r="E2001"/>
+      <c r="F2001" t="s">
+        <v>115</v>
+      </c>
+      <c r="G2001"/>
+    </row>
+    <row r="2002" spans="1:7">
+      <c r="A2002" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B2002" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2002"/>
+      <c r="D2002"/>
+      <c r="E2002"/>
+      <c r="F2002" t="s">
+        <v>1627</v>
+      </c>
+      <c r="G2002"/>
+    </row>
+    <row r="2003" spans="1:7">
+      <c r="A2003" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B2003" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2003"/>
+      <c r="D2003"/>
+      <c r="E2003"/>
+      <c r="F2003" t="s">
+        <v>46</v>
+      </c>
+      <c r="G2003"/>
+    </row>
+    <row r="2004" spans="1:7">
+      <c r="A2004" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B2004" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2004"/>
+      <c r="D2004"/>
+      <c r="E2004"/>
+      <c r="F2004" t="s">
+        <v>838</v>
+      </c>
+      <c r="G2004"/>
+    </row>
+    <row r="2005" spans="1:7">
+      <c r="A2005" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B2005" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2005"/>
+      <c r="D2005"/>
+      <c r="E2005"/>
+      <c r="F2005" t="s">
+        <v>838</v>
+      </c>
+      <c r="G2005"/>
+    </row>
+    <row r="2006" spans="1:7">
+      <c r="A2006" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B2006" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2006"/>
+      <c r="D2006"/>
+      <c r="E2006"/>
+      <c r="F2006" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2006"/>
+    </row>
+    <row r="2007" spans="1:7">
+      <c r="A2007" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B2007" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2007"/>
+      <c r="D2007"/>
+      <c r="E2007"/>
+      <c r="F2007" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2007"/>
+    </row>
+    <row r="2008" spans="1:7">
+      <c r="A2008" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B2008" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2008"/>
+      <c r="D2008"/>
+      <c r="E2008"/>
+      <c r="F2008" t="s">
+        <v>66</v>
+      </c>
+      <c r="G2008"/>
+    </row>
+    <row r="2009" spans="1:7">
+      <c r="A2009" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B2009" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2009"/>
+      <c r="D2009"/>
+      <c r="E2009"/>
+      <c r="F2009" t="s">
+        <v>66</v>
+      </c>
+      <c r="G2009"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">