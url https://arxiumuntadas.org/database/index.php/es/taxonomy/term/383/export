--- v0 (2025-10-09)
+++ v1 (2025-11-19)
@@ -137,102 +137,102 @@
   <si>
     <t>Muntadas: tres proyecciones</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación [Torre Colpatria, Bogotá]</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Proyectos: El Arte público y los Medios. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
     <t>Cali</t>
   </si>
   <si>
     <t>La metodología del proyecto. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Cinema Expandido. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
+    <t>Muntadas en Latinoamérica</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Caldas</t>
+  </si>
+  <si>
+    <t>Muntadas : Información &gt;&gt; Espacio &gt;&gt; Control</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
     <t>Intersecciones</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Arte y Percepción</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Formas De La Memoria. Colección de Arte del Banco de la República</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>En Exhibición: Muntadas</t>
   </si>
   <si>
-    <t>Folleto</t>
-[...1 lines deleted...]
-  <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
-    <t>Muntadas en Latinoamérica</t>
-[...1 lines deleted...]
-  <si>
     <t>Manizales</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...5 lines deleted...]
-    <t>Muntadas : Información &gt;&gt; Espacio &gt;&gt; Control</t>
+    <t>La memoria del otro</t>
   </si>
   <si>
     <t>Exposiciones. 7º Festival Internacional de Cine de Cali</t>
-  </si>
-[...1 lines deleted...]
-    <t>La memoria del otro</t>
   </si>
   <si>
     <t>Colombia is Doing Well</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Stadium X [Intersecciones]</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -898,292 +898,292 @@
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>36</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>38</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>42</v>
       </c>
       <c r="D21">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D22">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D23">
-        <v>2015</v>
+        <v>1999</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D24">
-        <v>2017</v>
+        <v>2005</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D25">
         <v>2015</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>38</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D26">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D27">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D28">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="D29">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="B30" t="s">
         <v>22</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>22</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>58</v>
       </c>
       <c r="B32" t="s">
         <v>22</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>1999</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>60</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>1999</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35"/>
       <c r="D35">
         <v>1999</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36"/>
       <c r="D36">
         <v>1999</v>
       </c>