--- v1 (2025-11-19)
+++ v2 (2025-12-10)
@@ -89,150 +89,150 @@
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>Alex Brahim</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Reunión Artística Grancolombiana - Homenaje a Antonio Caro</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Abriendo fronteras</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
-    <t>Casa de Moneda</t>
+    <t>Casa de Moneda de Colombia</t>
   </si>
   <si>
     <t>Conrado Uribe</t>
   </si>
   <si>
     <t>Medellín</t>
   </si>
   <si>
     <t>El Puente Lab</t>
   </si>
   <si>
     <t>Muntadas : Information &gt;&gt; Space &gt;&gt; Control, Museo de Antioquía [Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Antioquia</t>
   </si>
   <si>
     <t>Arte dos</t>
   </si>
   <si>
     <t>Muntadas: tres proyecciones</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación [Torre Colpatria, Bogotá]</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Proyectos: El Arte público y los Medios. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
     <t>Cali</t>
   </si>
   <si>
     <t>La metodología del proyecto. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Cinema Expandido. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
+    <t>Intersecciones</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Arte y Percepción</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>7º Festival Internacional de Cine de Cali</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Formas De La Memoria. Colección de Arte del Banco de la República</t>
+  </si>
+  <si>
+    <t>Catálogo Colección</t>
+  </si>
+  <si>
+    <t>En Exhibición: Muntadas</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
     <t>Muntadas en Latinoamérica</t>
   </si>
   <si>
+    <t>Manizales</t>
+  </si>
+  <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Muntadas : Información &gt;&gt; Espacio &gt;&gt; Control</t>
   </si>
   <si>
-    <t>Folleto</t>
-[...32 lines deleted...]
-    <t>Manizales</t>
+    <t>Exposiciones. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>La memoria del otro</t>
-  </si>
-[...1 lines deleted...]
-    <t>Exposiciones. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Colombia is Doing Well</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Stadium X [Intersecciones]</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -898,292 +898,292 @@
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>36</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>38</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>42</v>
       </c>
       <c r="D21">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
         <v>44</v>
       </c>
-      <c r="B22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>46</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23">
-        <v>1999</v>
+        <v>2015</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>47</v>
+      </c>
+      <c r="B24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" t="s">
         <v>48</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D25">
         <v>2015</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>38</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D26">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D27">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>52</v>
+      </c>
+      <c r="B28" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" t="s">
         <v>54</v>
       </c>
-      <c r="B28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D28">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D29">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="B30" t="s">
         <v>22</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="B31" t="s">
         <v>22</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>58</v>
       </c>
       <c r="B32" t="s">
         <v>22</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>1999</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>60</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>1999</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35"/>
       <c r="D35">
         <v>1999</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36"/>
       <c r="D36">
         <v>1999</v>
       </c>