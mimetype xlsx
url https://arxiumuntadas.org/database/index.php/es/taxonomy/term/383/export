--- v3 (2025-12-13)
+++ v4 (2026-01-19)
@@ -140,111 +140,111 @@
   <si>
     <t>Atención: La percepción requiere participación [Torre Colpatria, Bogotá]</t>
   </si>
   <si>
     <t>Atención: La percepción requiere participación. Intervención sobre la fachada de la Torre Colpatria de Bogotá</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Proyectos: El Arte público y los Medios. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
     <t>Cali</t>
   </si>
   <si>
     <t>La metodología del proyecto. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Cinema Expandido. 7º Festival Internacional de Cine de Cali.</t>
   </si>
   <si>
     <t>Muntadas en Latinoamérica</t>
   </si>
   <si>
+    <t>Manizales</t>
+  </si>
+  <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Caldas</t>
   </si>
   <si>
     <t>Muntadas : Información &gt;&gt; Espacio &gt;&gt; Control</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Intersecciones</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Arte y Percepción</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Formas De La Memoria. Colección de Arte del Banco de la República</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>En Exhibición: Muntadas</t>
   </si>
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
-    <t>Manizales</t>
-[...1 lines deleted...]
-  <si>
     <t>La memoria del otro</t>
   </si>
   <si>
     <t>Exposiciones. 7º Festival Internacional de Cine de Cali</t>
   </si>
   <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
     <t>Colombia is Doing Well</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Stadium X [Intersecciones]</t>
-  </si>
-[...1 lines deleted...]
-    <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -895,341 +895,341 @@
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>36</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>38</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="D21">
         <v>2009</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D22">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>46</v>
       </c>
-      <c r="B23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>47</v>
+      </c>
+      <c r="B24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" t="s">
         <v>48</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>10</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
         <v>50</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" t="s">
         <v>52</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>53</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>54</v>
       </c>
-      <c r="B27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D28">
         <v>2015</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>38</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="D29">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B30" t="s">
         <v>22</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>10</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
         <v>22</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>10</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>58</v>
       </c>
       <c r="B32" t="s">
         <v>22</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>38</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>1999</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34"/>
       <c r="D34">
         <v>1999</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1999</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E35">
+        <v>2007</v>
+      </c>
+      <c r="F35"/>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36"/>
       <c r="D36">
         <v>1999</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>62</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F37"/>
+        <v>1999</v>
+      </c>
+      <c r="E37"/>
+      <c r="F37" t="s">
+        <v>10</v>
+      </c>
       <c r="G37"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>