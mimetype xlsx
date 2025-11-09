--- v0 (2025-10-09)
+++ v1 (2025-11-09)
@@ -476,207 +476,207 @@
   <si>
     <t>Casa Cidade Mundo. A beleza possível - Arte e cultura para uma arquitetura social no Brasil. Módulo I</t>
   </si>
   <si>
     <t>Select. Extremismo. Arte e Cultura Contemporânea. Invierno 2017. Edição 35.</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>...Baixa a bola!</t>
   </si>
   <si>
+    <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
+  </si>
+  <si>
+    <t>Futebol, mídia e violencia. Para quem?</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>16ª Bienal de São Paulo. Guia</t>
+  </si>
+  <si>
+    <t>Silencios y Sussurros</t>
+  </si>
+  <si>
+    <t>Muntadas: Projeto através da América Latina: Nov. 75 - Fev. 76</t>
+  </si>
+  <si>
+    <t>Novos Mundos Novos</t>
+  </si>
+  <si>
+    <t>Recife</t>
+  </si>
+  <si>
+    <t>situ/ação: vídeo de viagem</t>
+  </si>
+  <si>
+    <t>Muntadas : Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
+  </si>
+  <si>
+    <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Concinnitas Revista do Instituto de artes da UERJ. Ano 10 - Vol. 1 - N. 14 - Junho 2009</t>
+  </si>
+  <si>
+    <t>Centro Cultural da Espanha_SP : fevereiro/11</t>
+  </si>
+  <si>
+    <t>Máquina e Imaginário</t>
+  </si>
+  <si>
+    <t>Arte Total. 40 years Galeria Luisa Strina</t>
+  </si>
+  <si>
+    <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
+  </si>
+  <si>
     <t>Sobre Academia</t>
   </si>
   <si>
     <t>Conferencia</t>
   </si>
   <si>
     <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
   </si>
   <si>
     <t>Cidade Imaginada / Imagined City</t>
   </si>
   <si>
     <t>[Zonas Liminares] : Workshop com Antoni Muntadas : São Carlos. Brasil 2010</t>
   </si>
   <si>
     <t>Taller</t>
   </si>
   <si>
     <t>Um ponto de ironia</t>
   </si>
   <si>
     <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
   </si>
   <si>
     <t>Exposicão : [Zonas Liminares] : Trabalhos de Workshop com ANTONI MUNTADAS : São Carlos. Brasil 2010/2011</t>
   </si>
   <si>
     <t>Destino dos objetos</t>
   </si>
   <si>
     <t>Walter Zanini. Escrituras críticas</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>ARS. Revista do Programa de pos-graduacao em artes visualis. Ano 6 / N. 11 / 2008 : Intervenções</t>
   </si>
   <si>
     <t>Revista, Taller</t>
   </si>
   <si>
     <t>Aberturas utópicas. Singularidades da arte política nos anos 70</t>
   </si>
   <si>
-    <t>Tesis doctoral</t>
-[...1 lines deleted...]
-  <si>
     <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
     <t>"Os espacos respiran, escutam e falam"</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...1 lines deleted...]
-  <si>
     <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
   </si>
   <si>
     <t>NÃO EXISTEM DOIS ELEFANTES IGUAIS</t>
   </si>
   <si>
-    <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
-[...43 lines deleted...]
-  <si>
     <t>Luisa Strina</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
+    <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
+  </si>
+  <si>
+    <t>Cercas</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Atenção</t>
+  </si>
+  <si>
+    <t>Reflexões sobre a morte</t>
+  </si>
+  <si>
+    <t>Cidade Museu</t>
+  </si>
+  <si>
+    <t>Palavras: Sala de imprensa</t>
+  </si>
+  <si>
     <t>Brasil… Tudo bem, Tudo bom!</t>
   </si>
   <si>
     <t>The Last Ten Minutes I</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Quarto do fundo / Back Room</t>
   </si>
   <si>
     <t>On Translation: Comemorações Urbanas</t>
-  </si>
-[...19 lines deleted...]
-    <t>Palavras: Sala de imprensa</t>
   </si>
   <si>
     <t>Fundação Vera Chaves Barcellos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -3145,935 +3145,935 @@
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>153</v>
       </c>
       <c r="B131" t="s">
         <v>30</v>
       </c>
       <c r="C131"/>
       <c r="D131">
         <v>2014</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>154</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>155</v>
+        <v>12</v>
       </c>
       <c r="D132">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
+        <v>155</v>
+      </c>
+      <c r="B133" t="s">
+        <v>8</v>
+      </c>
+      <c r="C133" t="s">
         <v>156</v>
       </c>
-      <c r="B133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D133">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>157</v>
       </c>
       <c r="B134" t="s">
         <v>8</v>
       </c>
       <c r="C134" t="s">
         <v>57</v>
       </c>
       <c r="D134">
-        <v>1994</v>
+        <v>1981</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>158</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
       <c r="D135">
         <v>2010</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D136">
-        <v>2011</v>
+        <v>1975</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
         <v>57</v>
       </c>
       <c r="D137">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>10</v>
+        <v>161</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>162</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="D138">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>163</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D139">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>164</v>
       </c>
       <c r="B140" t="s">
         <v>8</v>
       </c>
       <c r="C140" t="s">
         <v>165</v>
       </c>
       <c r="D140">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>10</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>166</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
-        <v>167</v>
+        <v>67</v>
       </c>
       <c r="D141">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>169</v>
+        <v>33</v>
       </c>
       <c r="D142">
         <v>2011</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B143" t="s">
         <v>8</v>
       </c>
       <c r="C143" t="s">
-        <v>171</v>
+        <v>67</v>
       </c>
       <c r="D143">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>173</v>
+        <v>44</v>
       </c>
       <c r="D144">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
         <v>67</v>
       </c>
       <c r="D145">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>10</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>33</v>
+        <v>172</v>
       </c>
       <c r="D146">
-        <v>2008</v>
+        <v>2017</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="D147">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
         <v>10</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B148" t="s">
         <v>8</v>
       </c>
       <c r="C148" t="s">
-        <v>173</v>
+        <v>57</v>
       </c>
       <c r="D148">
-        <v>2014</v>
+        <v>1994</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>57</v>
+        <v>176</v>
       </c>
       <c r="D149">
-        <v>1981</v>
+        <v>2010</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
         <v>10</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D150">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>142</v>
+        <v>74</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="D151">
-        <v>1975</v>
+        <v>2008</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>57</v>
+        <v>176</v>
       </c>
       <c r="D152">
         <v>2010</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>182</v>
+        <v>10</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
         <v>57</v>
       </c>
       <c r="D153">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>33</v>
+        <v>182</v>
       </c>
       <c r="D154">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
         <v>10</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="D155">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>10</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>67</v>
+        <v>165</v>
       </c>
       <c r="D156">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
+        <v>186</v>
+      </c>
+      <c r="B157" t="s">
+        <v>8</v>
+      </c>
+      <c r="C157" t="s">
         <v>187</v>
       </c>
-      <c r="B157" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D157">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
         <v>10</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>188</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>67</v>
+        <v>156</v>
       </c>
       <c r="D158">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>189</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="D159">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
         <v>10</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>190</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="D160">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>191</v>
       </c>
       <c r="B161" t="s">
         <v>61</v>
       </c>
       <c r="C161"/>
       <c r="D161"/>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B162" t="s">
         <v>36</v>
       </c>
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>74</v>
+        <v>161</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B163" t="s">
         <v>36</v>
       </c>
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>192</v>
+        <v>174</v>
       </c>
       <c r="B164" t="s">
         <v>36</v>
       </c>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B165" t="s">
         <v>36</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B166" t="s">
         <v>36</v>
       </c>
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166" t="s">
         <v>10</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="B167" t="s">
         <v>36</v>
       </c>
       <c r="C167"/>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>182</v>
+        <v>10</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B168" t="s">
         <v>36</v>
       </c>
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>157</v>
+        <v>178</v>
       </c>
       <c r="B169" t="s">
         <v>36</v>
       </c>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>193</v>
       </c>
       <c r="B170" t="s">
         <v>30</v>
       </c>
       <c r="C170"/>
       <c r="D170">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>194</v>
       </c>
       <c r="B171" t="s">
         <v>30</v>
       </c>
       <c r="C171"/>
       <c r="D171">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E171"/>
       <c r="F171" t="s">
         <v>195</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>196</v>
       </c>
       <c r="B172" t="s">
         <v>30</v>
       </c>
       <c r="C172"/>
       <c r="D172">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E172"/>
       <c r="F172" t="s">
-        <v>197</v>
+        <v>10</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B173" t="s">
         <v>30</v>
       </c>
       <c r="C173"/>
       <c r="D173">
-        <v>1987</v>
+        <v>2002</v>
       </c>
       <c r="E173"/>
       <c r="F173" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B174" t="s">
         <v>30</v>
       </c>
       <c r="C174"/>
       <c r="D174">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E174"/>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B175" t="s">
         <v>30</v>
       </c>
       <c r="C175"/>
       <c r="D175">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E175"/>
+        <v>1991</v>
+      </c>
+      <c r="E175">
+        <v>1994</v>
+      </c>
       <c r="F175" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B176" t="s">
         <v>30</v>
       </c>
       <c r="C176"/>
       <c r="D176">
-        <v>2008</v>
+        <v>1992</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>195</v>
+        <v>10</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B177" t="s">
         <v>30</v>
       </c>
       <c r="C177"/>
       <c r="D177">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
         <v>10</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B178" t="s">
         <v>30</v>
       </c>
       <c r="C178"/>
       <c r="D178">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="E178"/>
+        <v>1975</v>
+      </c>
+      <c r="E178">
+        <v>1976</v>
+      </c>
       <c r="F178" t="s">
-        <v>74</v>
+        <v>195</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B179" t="s">
         <v>30</v>
       </c>
       <c r="C179"/>
       <c r="D179">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E179"/>
+        <v>1975</v>
+      </c>
+      <c r="E179">
+        <v>1976</v>
+      </c>
       <c r="F179" t="s">
-        <v>10</v>
+        <v>204</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>205</v>
       </c>
       <c r="B180" t="s">
         <v>30</v>
       </c>
       <c r="C180"/>
       <c r="D180">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="E180"/>
       <c r="F180" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>206</v>
       </c>
       <c r="B181" t="s">
         <v>30</v>
       </c>
       <c r="C181"/>
       <c r="D181">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E181"/>
+        <v>1998</v>
+      </c>
+      <c r="E181">
+        <v>2002</v>
+      </c>
       <c r="F181" t="s">
         <v>10</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>207</v>
       </c>
       <c r="B182" t="s">
         <v>22</v>
       </c>
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182" t="s">
         <v>74</v>
       </c>
       <c r="G182"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>