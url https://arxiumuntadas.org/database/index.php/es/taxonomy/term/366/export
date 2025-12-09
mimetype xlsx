--- v1 (2025-11-09)
+++ v2 (2025-12-09)
@@ -476,207 +476,207 @@
   <si>
     <t>Casa Cidade Mundo. A beleza possível - Arte e cultura para uma arquitetura social no Brasil. Módulo I</t>
   </si>
   <si>
     <t>Select. Extremismo. Arte e Cultura Contemporânea. Invierno 2017. Edição 35.</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Para Quem?</t>
   </si>
   <si>
     <t>Complicado</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
     <t>Ordeal of Picasso's heirs. The New York Times Magazine. April 20th, 1980</t>
   </si>
   <si>
     <t>...Baixa a bola!</t>
   </si>
   <si>
+    <t>situ/ação: vídeo de viagem</t>
+  </si>
+  <si>
+    <t>Muntadas : Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
+  </si>
+  <si>
+    <t>On subjectivity: estratégia de tradução e activação de arquivos</t>
+  </si>
+  <si>
+    <t>Tesis doctoral</t>
+  </si>
+  <si>
+    <t>Concinnitas Revista do Instituto de artes da UERJ. Ano 10 - Vol. 1 - N. 14 - Junho 2009</t>
+  </si>
+  <si>
+    <t>Centro Cultural da Espanha_SP : fevereiro/11</t>
+  </si>
+  <si>
+    <t>Máquina e Imaginário</t>
+  </si>
+  <si>
+    <t>Arte Total. 40 years Galeria Luisa Strina</t>
+  </si>
+  <si>
+    <t>Galáxia. Revista Transdisciplinar de comumicaçao, semiótica, cultura nº4</t>
+  </si>
+  <si>
+    <t>Sobre Academia</t>
+  </si>
+  <si>
+    <t>Conferencia</t>
+  </si>
+  <si>
+    <t>ARS Revista do de departamento de artes plásticas ano 3 / n. 6 / 2005</t>
+  </si>
+  <si>
+    <t>Cidade Imaginada / Imagined City</t>
+  </si>
+  <si>
+    <t>[Zonas Liminares] : Workshop com Antoni Muntadas : São Carlos. Brasil 2010</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>Um ponto de ironia</t>
+  </si>
+  <si>
+    <t>Cinema Sim. Narrativas e projeçoes: visível e o invisivel</t>
+  </si>
+  <si>
+    <t>Exposicão : [Zonas Liminares] : Trabalhos de Workshop com ANTONI MUNTADAS : São Carlos. Brasil 2010/2011</t>
+  </si>
+  <si>
+    <t>Destino dos objetos</t>
+  </si>
+  <si>
+    <t>Walter Zanini. Escrituras críticas</t>
+  </si>
+  <si>
+    <t>Compilación</t>
+  </si>
+  <si>
+    <t>ARS. Revista do Programa de pos-graduacao em artes visualis. Ano 6 / N. 11 / 2008 : Intervenções</t>
+  </si>
+  <si>
+    <t>Revista, Taller</t>
+  </si>
+  <si>
+    <t>Aberturas utópicas. Singularidades da arte política nos anos 70</t>
+  </si>
+  <si>
+    <t>Cidade de muros. Crime, segregação e cidadania em São Paulo</t>
+  </si>
+  <si>
+    <t>Investigación</t>
+  </si>
+  <si>
+    <t>"Os espacos respiran, escutam e falam"</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Conceitualismo do Sul / Conceptualismo del Sur</t>
+  </si>
+  <si>
+    <t>NÃO EXISTEM DOIS ELEFANTES IGUAIS</t>
+  </si>
+  <si>
     <t>Muntadas. Informação &gt;&gt; Espaço &gt;&gt; Controle</t>
   </si>
   <si>
     <t>Futebol, mídia e violencia. Para quem?</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...1 lines deleted...]
-  <si>
     <t>16ª Bienal de São Paulo. Guia</t>
   </si>
   <si>
     <t>Silencios y Sussurros</t>
   </si>
   <si>
     <t>Muntadas: Projeto através da América Latina: Nov. 75 - Fev. 76</t>
   </si>
   <si>
     <t>Novos Mundos Novos</t>
   </si>
   <si>
     <t>Recife</t>
   </si>
   <si>
-    <t>situ/ação: vídeo de viagem</t>
-[...85 lines deleted...]
-  <si>
     <t>Luisa Strina</t>
   </si>
   <si>
     <t>16ª Bienal de São Paulo</t>
   </si>
   <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Atenção</t>
+  </si>
+  <si>
+    <t>Reflexões sobre a morte</t>
+  </si>
+  <si>
+    <t>Cidade Museu</t>
+  </si>
+  <si>
+    <t>Palavras: Sala de imprensa</t>
+  </si>
+  <si>
+    <t>Brasil… Tudo bem, Tudo bom!</t>
+  </si>
+  <si>
+    <t>The Last Ten Minutes I</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Quarto do fundo / Back Room</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas</t>
+  </si>
+  <si>
     <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
   </si>
   <si>
     <t>Cercas</t>
-  </si>
-[...34 lines deleted...]
-    <t>On Translation: Comemorações Urbanas</t>
   </si>
   <si>
     <t>Fundação Vera Chaves Barcellos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -3145,937 +3145,937 @@
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>153</v>
       </c>
       <c r="B131" t="s">
         <v>30</v>
       </c>
       <c r="C131"/>
       <c r="D131">
         <v>2014</v>
       </c>
       <c r="E131"/>
       <c r="F131" t="s">
         <v>10</v>
       </c>
       <c r="G131"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>154</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="D132">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
         <v>10</v>
       </c>
       <c r="G132"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>155</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
-        <v>156</v>
+        <v>33</v>
       </c>
       <c r="D133">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E133"/>
       <c r="F133" t="s">
         <v>10</v>
       </c>
       <c r="G133"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
+        <v>156</v>
+      </c>
+      <c r="B134" t="s">
+        <v>8</v>
+      </c>
+      <c r="C134" t="s">
         <v>157</v>
       </c>
-      <c r="B134" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D134">
-        <v>1981</v>
+        <v>2012</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
         <v>10</v>
       </c>
       <c r="G134"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>158</v>
       </c>
       <c r="B135" t="s">
         <v>8</v>
       </c>
       <c r="C135" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="D135">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>142</v>
+        <v>63</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>159</v>
       </c>
       <c r="B136" t="s">
         <v>8</v>
       </c>
       <c r="C136" t="s">
         <v>33</v>
       </c>
       <c r="D136">
-        <v>1975</v>
+        <v>2011</v>
       </c>
       <c r="E136"/>
       <c r="F136" t="s">
         <v>10</v>
       </c>
       <c r="G136"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>160</v>
       </c>
       <c r="B137" t="s">
         <v>8</v>
       </c>
       <c r="C137" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D137">
-        <v>2010</v>
+        <v>1993</v>
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
-        <v>161</v>
+        <v>10</v>
       </c>
       <c r="G137"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B138" t="s">
         <v>8</v>
       </c>
       <c r="C138" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="D138">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
         <v>10</v>
       </c>
       <c r="G138"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B139" t="s">
         <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="D139">
-        <v>2011</v>
+        <v>2002</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
         <v>10</v>
       </c>
       <c r="G139"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
+        <v>163</v>
+      </c>
+      <c r="B140" t="s">
+        <v>8</v>
+      </c>
+      <c r="C140" t="s">
         <v>164</v>
       </c>
-      <c r="B140" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D140">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>10</v>
       </c>
       <c r="G140"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B141" t="s">
         <v>8</v>
       </c>
       <c r="C141" t="s">
         <v>67</v>
       </c>
       <c r="D141">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G141"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B142" t="s">
         <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="D142">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="G142"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
+        <v>167</v>
+      </c>
+      <c r="B143" t="s">
+        <v>8</v>
+      </c>
+      <c r="C143" t="s">
         <v>168</v>
       </c>
-      <c r="B143" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D143">
-        <v>1993</v>
+        <v>2010</v>
       </c>
       <c r="E143"/>
       <c r="F143" t="s">
         <v>10</v>
       </c>
       <c r="G143"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>169</v>
       </c>
       <c r="B144" t="s">
         <v>8</v>
       </c>
       <c r="C144" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D144">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G144"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>170</v>
       </c>
       <c r="B145" t="s">
         <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="D145">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>10</v>
       </c>
       <c r="G145"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>171</v>
       </c>
       <c r="B146" t="s">
         <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D146">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>10</v>
       </c>
       <c r="G146"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B147" t="s">
         <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="D147">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G147"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
+        <v>173</v>
+      </c>
+      <c r="B148" t="s">
+        <v>8</v>
+      </c>
+      <c r="C148" t="s">
         <v>174</v>
       </c>
-      <c r="B148" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D148">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G148"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>175</v>
       </c>
       <c r="B149" t="s">
         <v>8</v>
       </c>
       <c r="C149" t="s">
         <v>176</v>
       </c>
       <c r="D149">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
         <v>10</v>
       </c>
       <c r="G149"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>177</v>
       </c>
       <c r="B150" t="s">
         <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>57</v>
+        <v>157</v>
       </c>
       <c r="D150">
         <v>2011</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
         <v>74</v>
       </c>
       <c r="G150"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>178</v>
       </c>
       <c r="B151" t="s">
         <v>8</v>
       </c>
       <c r="C151" t="s">
-        <v>57</v>
+        <v>179</v>
       </c>
       <c r="D151">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
         <v>10</v>
       </c>
       <c r="G151"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B152" t="s">
         <v>8</v>
       </c>
       <c r="C152" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="D152">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G152"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B153" t="s">
         <v>8</v>
       </c>
       <c r="C153" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D153">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G153"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B154" t="s">
         <v>8</v>
       </c>
       <c r="C154" t="s">
-        <v>182</v>
+        <v>33</v>
       </c>
       <c r="D154">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="G154"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B155" t="s">
         <v>8</v>
       </c>
       <c r="C155" t="s">
-        <v>184</v>
+        <v>12</v>
       </c>
       <c r="D155">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
         <v>10</v>
       </c>
       <c r="G155"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>185</v>
       </c>
       <c r="B156" t="s">
         <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>165</v>
+        <v>181</v>
       </c>
       <c r="D156">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G156"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>186</v>
       </c>
       <c r="B157" t="s">
         <v>8</v>
       </c>
       <c r="C157" t="s">
-        <v>187</v>
+        <v>57</v>
       </c>
       <c r="D157">
-        <v>2000</v>
+        <v>1981</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
         <v>10</v>
       </c>
       <c r="G157"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B158" t="s">
         <v>8</v>
       </c>
       <c r="C158" t="s">
-        <v>156</v>
+        <v>44</v>
       </c>
       <c r="D158">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>74</v>
+        <v>142</v>
       </c>
       <c r="G158"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B159" t="s">
         <v>8</v>
       </c>
       <c r="C159" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="D159">
-        <v>2009</v>
+        <v>1975</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
         <v>10</v>
       </c>
       <c r="G159"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B160" t="s">
         <v>8</v>
       </c>
       <c r="C160" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="D160">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>74</v>
+        <v>190</v>
       </c>
       <c r="G160"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>191</v>
       </c>
       <c r="B161" t="s">
         <v>61</v>
       </c>
       <c r="C161"/>
       <c r="D161"/>
       <c r="E161"/>
       <c r="F161" t="s">
         <v>10</v>
       </c>
       <c r="G161"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="B162" t="s">
         <v>36</v>
       </c>
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162" t="s">
-        <v>161</v>
+        <v>74</v>
       </c>
       <c r="G162"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="B163" t="s">
         <v>36</v>
       </c>
       <c r="C163"/>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="G163"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B164" t="s">
         <v>36</v>
       </c>
       <c r="C164"/>
       <c r="D164"/>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="G164"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="B165" t="s">
         <v>36</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="G165"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>154</v>
+        <v>192</v>
       </c>
       <c r="B166" t="s">
         <v>36</v>
       </c>
       <c r="C166"/>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166" t="s">
         <v>10</v>
       </c>
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>192</v>
+        <v>154</v>
       </c>
       <c r="B167" t="s">
         <v>36</v>
       </c>
       <c r="C167"/>
       <c r="D167"/>
       <c r="E167"/>
       <c r="F167" t="s">
         <v>10</v>
       </c>
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B168" t="s">
         <v>36</v>
       </c>
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168" t="s">
         <v>10</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="B169" t="s">
         <v>36</v>
       </c>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169" t="s">
-        <v>10</v>
+        <v>190</v>
       </c>
       <c r="G169"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>193</v>
       </c>
       <c r="B170" t="s">
         <v>30</v>
       </c>
       <c r="C170"/>
       <c r="D170">
         <v>2011</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
         <v>10</v>
       </c>
       <c r="G170"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>194</v>
       </c>
       <c r="B171" t="s">
         <v>30</v>
       </c>
       <c r="C171"/>
       <c r="D171">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
-        <v>195</v>
+        <v>74</v>
       </c>
       <c r="G171"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B172" t="s">
         <v>30</v>
       </c>
       <c r="C172"/>
       <c r="D172">
-        <v>2011</v>
+        <v>1973</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
         <v>10</v>
       </c>
       <c r="G172"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B173" t="s">
         <v>30</v>
       </c>
       <c r="C173"/>
       <c r="D173">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="E173"/>
+        <v>1991</v>
+      </c>
+      <c r="E173">
+        <v>1994</v>
+      </c>
       <c r="F173" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="G173"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B174" t="s">
         <v>30</v>
       </c>
       <c r="C174"/>
       <c r="D174">
-        <v>1973</v>
+        <v>1992</v>
       </c>
       <c r="E174"/>
       <c r="F174" t="s">
         <v>10</v>
       </c>
       <c r="G174"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B175" t="s">
         <v>30</v>
       </c>
       <c r="C175"/>
       <c r="D175">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="E175"/>
       <c r="F175" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="G175"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B176" t="s">
         <v>30</v>
       </c>
       <c r="C176"/>
       <c r="D176">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E176"/>
+        <v>1975</v>
+      </c>
+      <c r="E176">
+        <v>1976</v>
+      </c>
       <c r="F176" t="s">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="G176"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>201</v>
       </c>
       <c r="B177" t="s">
         <v>30</v>
       </c>
       <c r="C177"/>
       <c r="D177">
-        <v>1999</v>
-[...1 lines deleted...]
-      <c r="E177"/>
+        <v>1975</v>
+      </c>
+      <c r="E177">
+        <v>1976</v>
+      </c>
       <c r="F177" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="G177"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B178" t="s">
         <v>30</v>
       </c>
       <c r="C178"/>
       <c r="D178">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="E178"/>
       <c r="F178" t="s">
-        <v>195</v>
+        <v>10</v>
       </c>
       <c r="G178"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B179" t="s">
         <v>30</v>
       </c>
       <c r="C179"/>
       <c r="D179">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="E179">
-        <v>1976</v>
+        <v>2002</v>
       </c>
       <c r="F179" t="s">
-        <v>204</v>
+        <v>10</v>
       </c>
       <c r="G179"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>205</v>
       </c>
       <c r="B180" t="s">
         <v>30</v>
       </c>
       <c r="C180"/>
       <c r="D180">
-        <v>1987</v>
+        <v>2011</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
         <v>10</v>
       </c>
       <c r="G180"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>206</v>
       </c>
       <c r="B181" t="s">
         <v>30</v>
       </c>
       <c r="C181"/>
       <c r="D181">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E181"/>
       <c r="F181" t="s">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="G181"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>207</v>
       </c>
       <c r="B182" t="s">
         <v>22</v>
       </c>
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182" t="s">
         <v>74</v>
       </c>
       <c r="G182"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>