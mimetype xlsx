--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -158,84 +158,84 @@
   <si>
     <t>Los vértigos del infinito: Babel en la era de lo global [Dossier abstracts]</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Perdidos en la ciudad. La vida urbana en las colecciones del IVAM</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Barres de color (Una selección retrospectiva de vídeo catalán)</t>
   </si>
   <si>
     <t>cneai= publications 1997-2017</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Pantin</t>
   </si>
   <si>
+    <t>Fragments</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Entrevista</t>
+  </si>
+  <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Gulf, Kuwait &amp; Doha : Spring 2014</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Tokio : Spring 2012</t>
   </si>
   <si>
     <t>Compilación, Taller</t>
   </si>
   <si>
     <t>Universidad Complutense de Madrid. Cursos de Verano “Hacia una nueva comunicación” “El cambio tecnológico”</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Salon des Refusés. Progetti di public art mai realizzati //Public art projects never realized</t>
   </si>
   <si>
     <t>Sigue la encuesta</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas: hacia una estrategia de los medios</t>
-  </si>
-[...4 lines deleted...]
-    <t>Entrevista</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -877,181 +877,181 @@
         <v>45</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17">
         <v>2017</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>47</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>48</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="D18">
-        <v>2014</v>
+        <v>1996</v>
       </c>
       <c r="E18"/>
-      <c r="F18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F18"/>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>50</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D19">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="E19"/>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
         <v>35</v>
       </c>
       <c r="D20">
-        <v>1988</v>
+        <v>2014</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" t="s">
+        <v>8</v>
+      </c>
+      <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21">
-        <v>2003</v>
+        <v>2012</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>55</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
+        <v>35</v>
+      </c>
+      <c r="D22">
+        <v>1988</v>
+      </c>
+      <c r="E22"/>
+      <c r="F22" t="s">
         <v>56</v>
       </c>
-      <c r="D22">
-[...3 lines deleted...]
-      <c r="F22"/>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>57</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="D23">
-        <v>1976</v>
+        <v>2003</v>
       </c>
       <c r="E23"/>
-      <c r="F23"/>
+      <c r="F23" t="s">
+        <v>36</v>
+      </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>58</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="D24">
-        <v>1996</v>
+        <v>1970</v>
       </c>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>59</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="D25">
-        <v>2002</v>
+        <v>1976</v>
       </c>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>