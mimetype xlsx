--- v1 (2025-10-29)
+++ v2 (2025-12-08)
@@ -158,84 +158,84 @@
   <si>
     <t>Los vértigos del infinito: Babel en la era de lo global [Dossier abstracts]</t>
   </si>
   <si>
     <t>Compilación</t>
   </si>
   <si>
     <t>Perdidos en la ciudad. La vida urbana en las colecciones del IVAM</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Barres de color (Una selección retrospectiva de vídeo catalán)</t>
   </si>
   <si>
     <t>cneai= publications 1997-2017</t>
   </si>
   <si>
     <t>Catálogo Colección</t>
   </si>
   <si>
     <t>Pantin</t>
   </si>
   <si>
+    <t>Salon des Refusés. Progetti di public art mai realizzati //Public art projects never realized</t>
+  </si>
+  <si>
+    <t>Sigue la encuesta</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Muntadas: hacia una estrategia de los medios</t>
+  </si>
+  <si>
     <t>Fragments</t>
   </si>
   <si>
-    <t>Entrevista / Conversación</t>
-[...1 lines deleted...]
-  <si>
     <t>Entrevista</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Gulf, Kuwait &amp; Doha : Spring 2014</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>4.367 / 4.368 Studio Seminar in public Art : Dialogues in Public Space: Spatial Cultural Identity : Field Trip Tokio : Spring 2012</t>
   </si>
   <si>
     <t>Compilación, Taller</t>
   </si>
   <si>
     <t>Universidad Complutense de Madrid. Cursos de Verano “Hacia una nueva comunicación” “El cambio tecnológico”</t>
   </si>
   <si>
     <t>Madrid</t>
-  </si>
-[...7 lines deleted...]
-    <t>Muntadas: hacia una estrategia de los medios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -877,184 +877,184 @@
         <v>45</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17">
         <v>2017</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>47</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>48</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>11</v>
       </c>
       <c r="D18">
-        <v>1996</v>
+        <v>2003</v>
       </c>
       <c r="E18"/>
-      <c r="F18"/>
+      <c r="F18" t="s">
+        <v>36</v>
+      </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" t="s">
+        <v>8</v>
+      </c>
+      <c r="C19" t="s">
         <v>50</v>
       </c>
-      <c r="B19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19">
-        <v>2002</v>
+        <v>1970</v>
       </c>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>51</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D20">
-        <v>2014</v>
+        <v>1976</v>
       </c>
       <c r="E20"/>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F20"/>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D21">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="E21"/>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="D22">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E22"/>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F22"/>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="D23">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D24">
-        <v>1970</v>
+        <v>2012</v>
       </c>
       <c r="E24"/>
-      <c r="F24"/>
+      <c r="F24" t="s">
+        <v>55</v>
+      </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
+        <v>35</v>
+      </c>
+      <c r="D25">
+        <v>1988</v>
+      </c>
+      <c r="E25"/>
+      <c r="F25" t="s">
         <v>59</v>
       </c>
-      <c r="B25" t="s">
-[...9 lines deleted...]
-      <c r="F25"/>
       <c r="G25"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>