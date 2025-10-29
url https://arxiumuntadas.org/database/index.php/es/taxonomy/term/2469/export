--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -104,87 +104,87 @@
   <si>
     <t>Otros materiales de difusión</t>
   </si>
   <si>
     <t>Sevilla</t>
   </si>
   <si>
     <t>Tech Talk Vol. 28, Nº 37</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Call me Helio</t>
   </si>
   <si>
     <t>Brasil</t>
   </si>
   <si>
     <t>Locked / Closed [Periódico]</t>
   </si>
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
+    <t>Stadium IX : Muntadas</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
+    <t>Marseille: Mythes et Stéréotypes : Un projet sur l'espace public d'Antoni Muntadas développé à Marseille</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
     <t>Muntadas. On Translation: Le Public</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
     <t>Muntadas: On Translation: El tren urbano</t>
   </si>
   <si>
     <t>Otros materiales de difusión, Publicación de Artista</t>
   </si>
   <si>
     <t>San Juan</t>
   </si>
   <si>
     <t>Muntadas: Proyectos urbanos (2002/2005) …hacia Sevilla 2008</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Página/12 20 años. MUNTADAS STADIUM XIII</t>
   </si>
   <si>
     <t>Buenos Aires</t>
-  </si>
-[...10 lines deleted...]
-    <t>Marsella</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -690,146 +690,146 @@
         <v>8</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10">
         <v>2021</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>29</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>30</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D12">
-        <v>2005</v>
+        <v>1995</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D13">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" t="s">
         <v>37</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>39</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="D15">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16">
-        <v>1995</v>
+        <v>2007</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>42</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>