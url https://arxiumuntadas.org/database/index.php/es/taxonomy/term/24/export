--- v0 (2025-10-09)
+++ v1 (2025-11-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Instalación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Life Is Editing</t>
   </si>
   <si>
@@ -194,261 +194,264 @@
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Contexto</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>...Quien la hace la paga...Que cada uno aguante su vela...</t>
   </si>
   <si>
     <t>...Baixa a bola!</t>
   </si>
   <si>
+    <t>Dos Colors</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Ville Musée?</t>
+  </si>
+  <si>
+    <t>Marsella</t>
+  </si>
+  <si>
+    <t>Ciutat Museu [MACBA, 2002]</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>Wet and Dry</t>
+  </si>
+  <si>
+    <t>Espacio / Situación</t>
+  </si>
+  <si>
+    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand</t>
+  </si>
+  <si>
+    <t>haute CULTURE I</t>
+  </si>
+  <si>
+    <t>Montpellier, Valencia</t>
+  </si>
+  <si>
+    <t>En tiempos de crisis</t>
+  </si>
+  <si>
+    <t>Handel</t>
+  </si>
+  <si>
+    <t>On Translation: The Edition</t>
+  </si>
+  <si>
+    <t>Between the Frames: The Forum</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Fragments</t>
+  </si>
+  <si>
+    <t>Cidade Museu</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Exposición [Madrid]</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
+  </si>
+  <si>
+    <t>China, Seúl, Japón</t>
+  </si>
+  <si>
+    <t>The File Room</t>
+  </si>
+  <si>
+    <t>Ithaca (NY)</t>
+  </si>
+  <si>
+    <t>Cámara Subsensorial</t>
+  </si>
+  <si>
+    <t>On Translation: Die Sammlung</t>
+  </si>
+  <si>
+    <t>Dortmund, Stuttgart</t>
+  </si>
+  <si>
+    <t>Monumento Genérico</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Cartographies</t>
+  </si>
+  <si>
+    <t>ICI/Maintenant</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
+  </si>
+  <si>
+    <t>Ciudad Museo [Buenos Aires, 2007]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Smelling Areas</t>
+  </si>
+  <si>
+    <t>Blackboard Dialog: Redefining Asian Protocols</t>
+  </si>
+  <si>
+    <t>Tokio, Seúl, Beijing</t>
+  </si>
+  <si>
+    <t>On Translation: The Pavilion</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Ciudad Museo  [Madrid, 2011]</t>
+  </si>
+  <si>
+    <t>Museumstadt</t>
+  </si>
+  <si>
+    <t>Brujas</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Sevilla, Valencia</t>
+  </si>
+  <si>
+    <t>Over Censuur</t>
+  </si>
+  <si>
+    <t>Países Bajos</t>
+  </si>
+  <si>
+    <t>N / S / E / O</t>
+  </si>
+  <si>
+    <t>The Construction of Fear</t>
+  </si>
+  <si>
+    <t>Ville Musée</t>
+  </si>
+  <si>
+    <t>Exhibition [Nueva York]</t>
+  </si>
+  <si>
+    <t>Portrait</t>
+  </si>
+  <si>
+    <t>On Subjectivity</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Home, Where is Home?</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
+  </si>
+  <si>
+    <t>Carteras sin Ministro</t>
+  </si>
+  <si>
+    <t>La Siesta / The Nap / Het Dutje</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Two Landscapes</t>
+  </si>
+  <si>
+    <t>Dayton (OH)</t>
+  </si>
+  <si>
+    <t>Mirar Ver Percibir</t>
+  </si>
+  <si>
     <t>Intervenções: A propósito do público e do privado</t>
   </si>
   <si>
     <t>Porto / Oporto</t>
   </si>
   <si>
     <t>Diálogo [Instalación]</t>
   </si>
   <si>
     <t>City Museum?</t>
-  </si>
-[...199 lines deleted...]
-    <t>Mirar Ver Percibir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1339,923 +1342,925 @@
       <c r="A33" t="s">
         <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>2014</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>56</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1992</v>
+        <v>1979</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1980</v>
+        <v>1973</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>64</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>65</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1979</v>
+        <v>2002</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>10</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>66</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1973</v>
+        <v>1998</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>67</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1992</v>
+        <v>1981</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>2002</v>
+        <v>1975</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1998</v>
+        <v>1992</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1981</v>
-[...1 lines deleted...]
-      <c r="E42"/>
+        <v>2002</v>
+      </c>
+      <c r="E42">
+        <v>2008</v>
+      </c>
       <c r="F42" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1975</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>1983</v>
+      </c>
+      <c r="E43">
+        <v>1985</v>
+      </c>
       <c r="F43" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>73</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1992</v>
+        <v>2009</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>74</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>2002</v>
-[...6 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E45"/>
+      <c r="F45"/>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>75</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1983</v>
-[...6 lines deleted...]
-      </c>
+        <v>2000</v>
+      </c>
+      <c r="E46"/>
+      <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="E47"/>
+        <v>1983</v>
+      </c>
+      <c r="E47">
+        <v>1993</v>
+      </c>
       <c r="F47" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="E48"/>
-      <c r="F48"/>
+      <c r="F48" t="s">
+        <v>49</v>
+      </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>2000</v>
-[...2 lines deleted...]
-      <c r="F49"/>
+        <v>1991</v>
+      </c>
+      <c r="E49">
+        <v>1994</v>
+      </c>
+      <c r="F49" t="s">
+        <v>79</v>
+      </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>80</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1983</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E50"/>
       <c r="F50" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="E51"/>
+        <v>1998</v>
+      </c>
+      <c r="E51">
+        <v>2005</v>
+      </c>
       <c r="F51" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1991</v>
+        <v>1985</v>
       </c>
       <c r="E52">
-        <v>1994</v>
+        <v>1987</v>
       </c>
       <c r="F52" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E53"/>
+        <v>2006</v>
+      </c>
+      <c r="E53">
+        <v>2014</v>
+      </c>
       <c r="F53" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="E54"/>
       <c r="F54" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1985</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E55"/>
       <c r="F55" t="s">
         <v>29</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
+        <v>2003</v>
+      </c>
+      <c r="E56">
         <v>2006</v>
       </c>
-      <c r="E56">
-[...1 lines deleted...]
-      </c>
       <c r="F56" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1994</v>
-[...1 lines deleted...]
-      <c r="E57"/>
+        <v>1987</v>
+      </c>
+      <c r="E57">
+        <v>1988</v>
+      </c>
       <c r="F57" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>93</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1971</v>
+        <v>2014</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>94</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2003</v>
-[...6 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="E59"/>
+      <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1987</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E60"/>
       <c r="F60" t="s">
         <v>29</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>98</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1994</v>
-[...2 lines deleted...]
-      <c r="F62"/>
+        <v>1972</v>
+      </c>
+      <c r="E62">
+        <v>1974</v>
+      </c>
+      <c r="F62" t="s">
+        <v>62</v>
+      </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>99</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E63"/>
+        <v>2014</v>
+      </c>
+      <c r="E63">
+        <v>2018</v>
+      </c>
       <c r="F63" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>2007</v>
+        <v>1995</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E65">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="F65" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2014</v>
-[...4 lines deleted...]
-      <c r="F66"/>
+        <v>2011</v>
+      </c>
+      <c r="E66"/>
+      <c r="F66" t="s">
+        <v>29</v>
+      </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
         <v>1973</v>
       </c>
-      <c r="E68">
-[...1 lines deleted...]
-      </c>
+      <c r="E68"/>
       <c r="F68" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>1991</v>
+        <v>1976</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1973</v>
+        <v>2008</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1994</v>
+        <v>1991</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>114</v>
+        <v>36</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>115</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1976</v>
+        <v>1987</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>116</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2008</v>
+        <v>1994</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>117</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1991</v>
+        <v>1978</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>36</v>
+        <v>118</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1987</v>
+        <v>2011</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>64</v>
+        <v>121</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1978</v>
+        <v>2011</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>121</v>
+        <v>29</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2011</v>
+        <v>1995</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>56</v>
+        <v>124</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1990</v>
-[...1 lines deleted...]
-      <c r="E80"/>
+        <v>1978</v>
+      </c>
+      <c r="E80">
+        <v>1979</v>
+      </c>
       <c r="F80" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1978</v>
-[...3 lines deleted...]
-      </c>
+        <v>1980</v>
+      </c>
+      <c r="E83"/>
       <c r="F83" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2009</v>
+        <v>1995</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="G84"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>