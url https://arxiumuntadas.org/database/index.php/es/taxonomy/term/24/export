--- v1 (2025-11-07)
+++ v2 (2025-12-18)
@@ -194,59 +194,149 @@
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Contexto</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>...Quien la hace la paga...Que cada uno aguante su vela...</t>
   </si>
   <si>
     <t>...Baixa a bola!</t>
   </si>
   <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Ciudad Museo  [Madrid, 2011]</t>
+  </si>
+  <si>
+    <t>Museumstadt</t>
+  </si>
+  <si>
+    <t>Brujas</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Sevilla, Valencia</t>
+  </si>
+  <si>
+    <t>Over Censuur</t>
+  </si>
+  <si>
+    <t>Países Bajos</t>
+  </si>
+  <si>
+    <t>N / S / E / O</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>The Construction of Fear</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Ville Musée</t>
+  </si>
+  <si>
+    <t>Exhibition [Nueva York]</t>
+  </si>
+  <si>
+    <t>Portrait</t>
+  </si>
+  <si>
+    <t>On Subjectivity</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
+    <t>Alphaville e outros</t>
+  </si>
+  <si>
+    <t>Home, Where is Home?</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
+  </si>
+  <si>
+    <t>Carteras sin Ministro</t>
+  </si>
+  <si>
+    <t>La Siesta / The Nap / Het Dutje</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Two Landscapes</t>
+  </si>
+  <si>
+    <t>Dayton (OH)</t>
+  </si>
+  <si>
+    <t>Mirar Ver Percibir</t>
+  </si>
+  <si>
+    <t>Intervenções: A propósito do público e do privado</t>
+  </si>
+  <si>
+    <t>Porto / Oporto</t>
+  </si>
+  <si>
+    <t>Diálogo [Instalación]</t>
+  </si>
+  <si>
+    <t>City Museum?</t>
+  </si>
+  <si>
     <t>Dos Colors</t>
   </si>
   <si>
     <t>Tactile Box</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>Ville Musée?</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>Ciutat Museu [MACBA, 2002]</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación I</t>
   </si>
   <si>
     <t>Wet and Dry</t>
   </si>
   <si>
     <t>Espacio / Situación</t>
   </si>
   <si>
     <t>Ciutat Museu [Galería del Àngels, 1992]</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand</t>
   </si>
   <si>
     <t>haute CULTURE I</t>
@@ -263,53 +353,50 @@
   <si>
     <t>On Translation: The Edition</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Asian Protocols: Fragments</t>
   </si>
   <si>
     <t>Cidade Museu</t>
   </si>
   <si>
     <t>Brasilia</t>
   </si>
   <si>
     <t>Columna de Materiales</t>
   </si>
   <si>
     <t>Vilanova de la Roca</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación II</t>
   </si>
   <si>
-    <t>Venecia</t>
-[...1 lines deleted...]
-  <si>
     <t>Exposición [Madrid]</t>
   </si>
   <si>
     <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
     <t>The File Room</t>
   </si>
   <si>
     <t>Ithaca (NY)</t>
   </si>
   <si>
     <t>Cámara Subsensorial</t>
   </si>
   <si>
     <t>On Translation: Die Sammlung</t>
   </si>
   <si>
     <t>Dortmund, Stuttgart</t>
   </si>
   <si>
     <t>Monumento Genérico</t>
@@ -321,137 +408,50 @@
     <t>ICI/Maintenant</t>
   </si>
   <si>
     <t>Espacio (Acción-Interacción)</t>
   </si>
   <si>
     <t>Ciudad Museo [Buenos Aires, 2007]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>Smelling Areas</t>
   </si>
   <si>
     <t>Blackboard Dialog: Redefining Asian Protocols</t>
   </si>
   <si>
     <t>Tokio, Seúl, Beijing</t>
   </si>
   <si>
     <t>On Translation: The Pavilion</t>
   </si>
   <si>
     <t>Helsinki</t>
-  </si>
-[...85 lines deleted...]
-    <t>City Museum?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1342,925 +1342,925 @@
       <c r="A33" t="s">
         <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>2014</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>56</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1979</v>
-[...1 lines deleted...]
-      <c r="E34"/>
+        <v>1973</v>
+      </c>
+      <c r="E34">
+        <v>1975</v>
+      </c>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1973</v>
+        <v>2011</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>64</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>65</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>2002</v>
+        <v>1973</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1981</v>
+        <v>1976</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1975</v>
+        <v>2008</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>1987</v>
+      </c>
+      <c r="E42"/>
       <c r="F42" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1983</v>
-[...3 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="E43"/>
       <c r="F43" t="s">
         <v>72</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>2009</v>
+        <v>1978</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E45"/>
-      <c r="F45"/>
+      <c r="F45" t="s">
+        <v>56</v>
+      </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="E46"/>
-      <c r="F46"/>
+      <c r="F46" t="s">
+        <v>80</v>
+      </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1983</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E47"/>
       <c r="F47" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>2014</v>
+        <v>1995</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1991</v>
+        <v>1978</v>
       </c>
       <c r="E49">
-        <v>1994</v>
+        <v>1979</v>
       </c>
       <c r="F49" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1971</v>
+        <v>2009</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>81</v>
+        <v>10</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E51"/>
       <c r="F51" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1985</v>
-[...3 lines deleted...]
-      </c>
+        <v>1980</v>
+      </c>
+      <c r="E52"/>
       <c r="F52" t="s">
         <v>29</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="E53"/>
       <c r="F53" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1994</v>
+        <v>1979</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E56"/>
       <c r="F56" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1987</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E57"/>
       <c r="F57" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2014</v>
+        <v>1998</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1994</v>
+        <v>1981</v>
       </c>
       <c r="E59"/>
-      <c r="F59"/>
+      <c r="F59" t="s">
+        <v>72</v>
+      </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>29</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2007</v>
+        <v>1992</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1972</v>
+        <v>2002</v>
       </c>
       <c r="E62">
-        <v>1974</v>
+        <v>2008</v>
       </c>
       <c r="F62" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2014</v>
+        <v>1983</v>
       </c>
       <c r="E63">
-        <v>2018</v>
+        <v>1985</v>
       </c>
       <c r="F63" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1995</v>
+        <v>2009</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1973</v>
-[...6 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E65"/>
+      <c r="F65"/>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>105</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="E66"/>
-      <c r="F66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>106</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1991</v>
-[...1 lines deleted...]
-      <c r="E67"/>
+        <v>1983</v>
+      </c>
+      <c r="E67">
+        <v>1993</v>
+      </c>
       <c r="F67" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1973</v>
+        <v>2014</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>109</v>
+        <v>49</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
+        <v>1991</v>
+      </c>
+      <c r="E69">
         <v>1994</v>
       </c>
-      <c r="E69"/>
       <c r="F69" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>1976</v>
+        <v>1971</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>83</v>
+        <v>111</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="E71"/>
+        <v>1998</v>
+      </c>
+      <c r="E71">
+        <v>2005</v>
+      </c>
       <c r="F71" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1991</v>
-[...1 lines deleted...]
-      <c r="E72"/>
+        <v>1985</v>
+      </c>
+      <c r="E72">
+        <v>1987</v>
+      </c>
       <c r="F72" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1987</v>
-[...1 lines deleted...]
-      <c r="E73"/>
+        <v>2006</v>
+      </c>
+      <c r="E73">
+        <v>2014</v>
+      </c>
       <c r="F73" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>116</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
         <v>1994</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1978</v>
+        <v>1971</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>119</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E76"/>
+        <v>2003</v>
+      </c>
+      <c r="E76">
+        <v>2006</v>
+      </c>
       <c r="F76" t="s">
-        <v>56</v>
+        <v>120</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1990</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>1987</v>
+      </c>
+      <c r="E77">
+        <v>1988</v>
+      </c>
       <c r="F77" t="s">
-        <v>121</v>
+        <v>29</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>122</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>123</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E79"/>
-      <c r="F79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F79"/>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1978</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E80"/>
       <c r="F80" t="s">
-        <v>126</v>
+        <v>29</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>10</v>
+        <v>126</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E82"/>
+        <v>1972</v>
+      </c>
+      <c r="E82">
+        <v>1974</v>
+      </c>
       <c r="F82" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="E83"/>
+        <v>2014</v>
+      </c>
+      <c r="E83">
+        <v>2018</v>
+      </c>
       <c r="F83" t="s">
-        <v>29</v>
+        <v>129</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
         <v>1995</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="G84"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>