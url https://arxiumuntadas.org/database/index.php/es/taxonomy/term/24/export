--- v2 (2025-12-18)
+++ v3 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Instalación" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Life Is Editing</t>
   </si>
   <si>
@@ -194,264 +194,270 @@
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Contexto</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Palabras, Palabras... [Lona]</t>
   </si>
   <si>
     <t>...Quien la hace la paga...Que cada uno aguante su vela...</t>
   </si>
   <si>
     <t>...Baixa a bola!</t>
   </si>
   <si>
+    <t>Monumento Genérico</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
+  </si>
+  <si>
+    <t>China, Seúl, Japón</t>
+  </si>
+  <si>
+    <t>Free Trade?</t>
+  </si>
+  <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
+    <t>On Translation: Die Sammlung</t>
+  </si>
+  <si>
+    <t>Dortmund, Stuttgart</t>
+  </si>
+  <si>
+    <t>Smelling Areas</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Asian Protocols: Cartographies</t>
+  </si>
+  <si>
+    <t>ICI/Maintenant</t>
+  </si>
+  <si>
+    <t>N / S / E / O</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Ciudad Museo [Buenos Aires, 2007]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Museumstadt [Brujas, 1991]</t>
+  </si>
+  <si>
+    <t>Brujas</t>
+  </si>
+  <si>
+    <t>Blackboard Dialog: Redefining Asian Protocols</t>
+  </si>
+  <si>
+    <t>Tokio, Seúl, Beijing</t>
+  </si>
+  <si>
+    <t>On Translation: The Pavilion</t>
+  </si>
+  <si>
+    <t>Helsinki</t>
+  </si>
+  <si>
+    <t>On Subjectivity</t>
+  </si>
+  <si>
+    <t>Cambridge (MA)</t>
+  </si>
+  <si>
     <t>Ciudad Museo  [Madrid, 2011]</t>
   </si>
   <si>
-    <t>Museumstadt</t>
-[...2 lines deleted...]
-    <t>Brujas</t>
+    <t>Ville Musée [París, 1991]</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>Sevilla, Valencia</t>
   </si>
   <si>
     <t>Over Censuur</t>
   </si>
   <si>
     <t>Países Bajos</t>
   </si>
   <si>
-    <t>N / S / E / O</t>
-[...2 lines deleted...]
-    <t>Venecia</t>
+    <t>Two Landscapes</t>
+  </si>
+  <si>
+    <t>Dayton (OH)</t>
   </si>
   <si>
     <t>The Construction of Fear</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...2 lines deleted...]
-    <t>Ville Musée</t>
+    <t>Home, Where is Home?</t>
+  </si>
+  <si>
+    <t>Newcastle</t>
   </si>
   <si>
     <t>Exhibition [Nueva York]</t>
   </si>
   <si>
     <t>Portrait</t>
   </si>
   <si>
-    <t>On Subjectivity</t>
-[...2 lines deleted...]
-    <t>Cambridge (MA)</t>
+    <t>Dos Colors</t>
   </si>
   <si>
     <t>Alphaville e outros</t>
   </si>
   <si>
-    <t>Home, Where is Home?</t>
-[...2 lines deleted...]
-    <t>Newcastle</t>
+    <t>Intervenções: A propósito do público e do privado</t>
+  </si>
+  <si>
+    <t>Porto / Oporto</t>
   </si>
   <si>
     <t>Carteras sin Ministro</t>
   </si>
   <si>
     <t>La Siesta / The Nap / Het Dutje</t>
   </si>
   <si>
     <t>Amsterdam</t>
   </si>
   <si>
-    <t>Two Landscapes</t>
-[...2 lines deleted...]
-    <t>Dayton (OH)</t>
+    <t>Wet and Dry</t>
   </si>
   <si>
     <t>Mirar Ver Percibir</t>
   </si>
   <si>
-    <t>Intervenções: A propósito do público e do privado</t>
-[...2 lines deleted...]
-    <t>Porto / Oporto</t>
+    <t>Ville Musée? [Marsella, 1991]</t>
+  </si>
+  <si>
+    <t>Marsella</t>
   </si>
   <si>
     <t>Diálogo [Instalación]</t>
   </si>
   <si>
-    <t>City Museum?</t>
-[...2 lines deleted...]
-    <t>Dos Colors</t>
+    <t>City Museum? [New York, 1995]</t>
+  </si>
+  <si>
+    <t>haute CULTURE I</t>
+  </si>
+  <si>
+    <t>Montpellier, Valencia</t>
   </si>
   <si>
     <t>Tactile Box</t>
   </si>
   <si>
-    <t>Ville Musée?</t>
-[...2 lines deleted...]
-    <t>Marsella</t>
+    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
   </si>
   <si>
     <t>Ciutat Museu [MACBA, 2002]</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación I</t>
   </si>
   <si>
-    <t>Wet and Dry</t>
+    <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Espacio / Situación</t>
   </si>
   <si>
-    <t>Ciutat Museu [Galería del Àngels, 1992]</t>
+    <t>Handel</t>
+  </si>
+  <si>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand</t>
   </si>
   <si>
-    <t>haute CULTURE I</t>
-[...2 lines deleted...]
-    <t>Montpellier, Valencia</t>
+    <t>Exposición [Madrid]</t>
   </si>
   <si>
     <t>En tiempos de crisis</t>
   </si>
   <si>
-    <t>Handel</t>
+    <t>Cidade Museu [Brasilia, 1991]</t>
+  </si>
+  <si>
+    <t>Brasilia</t>
+  </si>
+  <si>
+    <t>Cámara Subsensorial</t>
   </si>
   <si>
     <t>On Translation: The Edition</t>
   </si>
   <si>
-    <t>Between the Frames: The Forum</t>
+    <t>Natures Mortes Génériques</t>
   </si>
   <si>
     <t>Asian Protocols: Fragments</t>
   </si>
   <si>
-    <t>Cidade Museu</t>
-[...8 lines deleted...]
-    <t>Vilanova de la Roca</t>
+    <t>The File Room</t>
+  </si>
+  <si>
+    <t>Ithaca (NY)</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación II</t>
-  </si>
-[...55 lines deleted...]
-    <t>Helsinki</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -751,51 +757,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G84"/>
+  <dimension ref="A1:G86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="82" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="113" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1342,927 +1348,961 @@
       <c r="A33" t="s">
         <v>59</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>2014</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>56</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>60</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1973</v>
+        <v>1987</v>
       </c>
       <c r="E34">
-        <v>1975</v>
+        <v>1988</v>
       </c>
       <c r="F34" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E35"/>
+        <v>2006</v>
+      </c>
+      <c r="E35">
+        <v>2014</v>
+      </c>
       <c r="F35" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>63</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="E36"/>
-      <c r="F36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1973</v>
       </c>
-      <c r="E37"/>
+      <c r="E37">
+        <v>1975</v>
+      </c>
       <c r="F37" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1994</v>
-[...1 lines deleted...]
-      <c r="E38"/>
+        <v>2003</v>
+      </c>
+      <c r="E38">
+        <v>2006</v>
+      </c>
       <c r="F38" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1976</v>
-[...1 lines deleted...]
-      <c r="E39"/>
+        <v>1972</v>
+      </c>
+      <c r="E39">
+        <v>1974</v>
+      </c>
       <c r="F39" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="E41"/>
-      <c r="F41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1987</v>
+        <v>1976</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1994</v>
+        <v>2007</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>76</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1978</v>
+        <v>1991</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
         <v>77</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>2014</v>
+      </c>
+      <c r="E45">
+        <v>2018</v>
+      </c>
       <c r="F45" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>2011</v>
+        <v>1978</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1978</v>
-[...3 lines deleted...]
-      </c>
+        <v>1991</v>
+      </c>
+      <c r="E49"/>
       <c r="F49" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>2009</v>
+        <v>1973</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>10</v>
+        <v>87</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="E52"/>
+        <v>1978</v>
+      </c>
+      <c r="E52">
+        <v>1979</v>
+      </c>
       <c r="F52" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1995</v>
+        <v>2008</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1973</v>
+        <v>1987</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2002</v>
+        <v>1979</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>10</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>29</v>
+        <v>56</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1981</v>
+        <v>1992</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1975</v>
+        <v>2011</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>29</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>10</v>
+        <v>103</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>1981</v>
+      </c>
+      <c r="E62"/>
       <c r="F62" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1983</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="E63"/>
       <c r="F63" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>2009</v>
+        <v>1992</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>29</v>
+        <v>107</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1992</v>
+        <v>1980</v>
       </c>
       <c r="E65"/>
-      <c r="F65"/>
+      <c r="F65" t="s">
+        <v>29</v>
+      </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="E66"/>
-      <c r="F66"/>
+      <c r="F66" t="s">
+        <v>69</v>
+      </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
         <v>1983</v>
       </c>
       <c r="E67">
-        <v>1993</v>
+        <v>1985</v>
       </c>
       <c r="F67" t="s">
-        <v>12</v>
+        <v>111</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2014</v>
+        <v>1973</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E69"/>
       <c r="F69" t="s">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>1971</v>
+        <v>2002</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>111</v>
+        <v>10</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
         <v>1998</v>
       </c>
-      <c r="E71">
-[...1 lines deleted...]
-      </c>
+      <c r="E71"/>
       <c r="F71" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1985</v>
+        <v>1983</v>
       </c>
       <c r="E72">
-        <v>1987</v>
+        <v>1993</v>
       </c>
       <c r="F72" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>1975</v>
+      </c>
+      <c r="E73"/>
       <c r="F73" t="s">
-        <v>115</v>
+        <v>29</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1994</v>
+        <v>1992</v>
       </c>
       <c r="E74"/>
-      <c r="F74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
         <v>1971</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E76">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="F76" t="s">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
+        <v>1985</v>
+      </c>
+      <c r="E77">
         <v>1987</v>
-      </c>
-[...1 lines deleted...]
-        <v>1988</v>
       </c>
       <c r="F77" t="s">
         <v>29</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
+        <v>1991</v>
+      </c>
+      <c r="E79">
         <v>1994</v>
       </c>
-      <c r="E79"/>
-      <c r="F79"/>
+      <c r="F79" t="s">
+        <v>125</v>
+      </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
         <v>1971</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>29</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="E81"/>
-      <c r="F81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F81"/>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1972</v>
+        <v>1987</v>
       </c>
       <c r="E82">
-        <v>1974</v>
+        <v>1988</v>
       </c>
       <c r="F82" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
         <v>2014</v>
       </c>
-      <c r="E83">
-[...1 lines deleted...]
-      </c>
+      <c r="E83"/>
       <c r="F83" t="s">
-        <v>129</v>
+        <v>49</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>130</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1995</v>
+        <v>1994</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>131</v>
       </c>
       <c r="G84"/>
+    </row>
+    <row r="85" spans="1:7">
+      <c r="A85" t="s">
+        <v>132</v>
+      </c>
+      <c r="B85" t="s">
+        <v>8</v>
+      </c>
+      <c r="C85"/>
+      <c r="D85">
+        <v>1971</v>
+      </c>
+      <c r="E85"/>
+      <c r="F85" t="s">
+        <v>29</v>
+      </c>
+      <c r="G85"/>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86" t="s">
+        <v>133</v>
+      </c>
+      <c r="B86" t="s">
+        <v>8</v>
+      </c>
+      <c r="C86"/>
+      <c r="D86">
+        <v>1998</v>
+      </c>
+      <c r="E86">
+        <v>2005</v>
+      </c>
+      <c r="F86" t="s">
+        <v>73</v>
+      </c>
+      <c r="G86"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">