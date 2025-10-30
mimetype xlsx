--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -44,105 +44,105 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Mots: La salle de conference de presse</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
+    <t>Arlés</t>
+  </si>
+  <si>
+    <t>Words: The Press Conference Room [1991]</t>
+  </si>
+  <si>
+    <t>Indianapolis (IN)</t>
+  </si>
+  <si>
+    <t>Palavras: A sala de conferencia de imprensa</t>
+  </si>
+  <si>
+    <t>Lisboa</t>
+  </si>
+  <si>
+    <t>Palavras: Sala de imprensa</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Wörter: Der Pressekonferenzraum</t>
+  </si>
+  <si>
+    <t>Munich</t>
+  </si>
+  <si>
+    <t>Worte: Die Pressekonferenz</t>
+  </si>
+  <si>
+    <t>Innsbruck</t>
+  </si>
+  <si>
     <t>Verbas: A sala de prensa</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
   </si>
   <si>
     <t>Palabras: la conferencia de prensa</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>The Press Conference Room-La conferencia de prensa</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Words: The Press Conference Room [1993]</t>
   </si>
   <si>
     <t>Sydney</t>
-  </si>
-[...31 lines deleted...]
-    <t>Innsbruck</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -503,198 +503,198 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2">
         <v>1991</v>
       </c>
       <c r="E2">
         <v>1992</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
-        <v>2004</v>
+        <v>1991</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E5"/>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1992</v>
+        <v>2004</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E11"/>
+        <v>1991</v>
+      </c>
+      <c r="E11">
+        <v>2017</v>
+      </c>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
         <v>1993</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>