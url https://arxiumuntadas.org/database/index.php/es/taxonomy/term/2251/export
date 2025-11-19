--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -44,105 +44,105 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Mots: La salle de conference de presse</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
+    <t>Palabras: la conferencia de prensa</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t>The Press Conference Room-La conferencia de prensa</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Words: The Press Conference Room [1993]</t>
+  </si>
+  <si>
+    <t>Sydney</t>
+  </si>
+  <si>
     <t>Arlés</t>
   </si>
   <si>
     <t>Words: The Press Conference Room [1991]</t>
   </si>
   <si>
     <t>Indianapolis (IN)</t>
   </si>
   <si>
     <t>Palavras: A sala de conferencia de imprensa</t>
   </si>
   <si>
     <t>Lisboa</t>
   </si>
   <si>
     <t>Palavras: Sala de imprensa</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Wörter: Der Pressekonferenzraum</t>
   </si>
   <si>
     <t>Munich</t>
   </si>
   <si>
     <t>Worte: Die Pressekonferenz</t>
   </si>
   <si>
     <t>Innsbruck</t>
   </si>
   <si>
     <t>Verbas: A sala de prensa</t>
   </si>
   <si>
     <t>Santiago de Compostela</t>
-  </si>
-[...16 lines deleted...]
-    <t>Sydney</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -503,213 +503,213 @@
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2">
         <v>1991</v>
       </c>
       <c r="E2">
         <v>1992</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
         <v>1991</v>
       </c>
-      <c r="E4"/>
+      <c r="E4">
+        <v>2017</v>
+      </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1993</v>
+        <v>1992</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1995</v>
+        <v>1992</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>2004</v>
+        <v>1992</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1993</v>
+      </c>
+      <c r="E11"/>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>