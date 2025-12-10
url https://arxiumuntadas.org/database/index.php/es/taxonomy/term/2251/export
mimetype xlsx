--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -44,105 +44,105 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Mots: La salle de conference de presse</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
+    <t>Words: The Press Conference Room [1993]</t>
+  </si>
+  <si>
+    <t>Sydney</t>
+  </si>
+  <si>
+    <t>Arlés</t>
+  </si>
+  <si>
+    <t>Words: The Press Conference Room [1991]</t>
+  </si>
+  <si>
+    <t>Indianapolis (IN)</t>
+  </si>
+  <si>
+    <t>Palavras: A sala de conferencia de imprensa</t>
+  </si>
+  <si>
+    <t>Lisboa</t>
+  </si>
+  <si>
+    <t>Palavras: Sala de imprensa</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Wörter: Der Pressekonferenzraum</t>
+  </si>
+  <si>
+    <t>Munich</t>
+  </si>
+  <si>
+    <t>Worte: Die Pressekonferenz</t>
+  </si>
+  <si>
+    <t>Innsbruck</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de prensa</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
     <t>Palabras: la conferencia de prensa</t>
   </si>
   <si>
     <t>Ciudad de México</t>
   </si>
   <si>
     <t>The Press Conference Room-La conferencia de prensa</t>
   </si>
   <si>
     <t>Madrid</t>
-  </si>
-[...43 lines deleted...]
-    <t>Santiago de Compostela</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -510,208 +510,208 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2">
         <v>1991</v>
       </c>
       <c r="E2">
         <v>1992</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1997</v>
+      </c>
+      <c r="E4"/>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
         <v>1992</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E12"/>
+        <v>1991</v>
+      </c>
+      <c r="E12">
+        <v>2017</v>
+      </c>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>