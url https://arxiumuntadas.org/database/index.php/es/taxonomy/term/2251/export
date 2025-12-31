--- v3 (2025-12-10)
+++ v4 (2025-12-31)
@@ -44,105 +44,105 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Mots: La salle de conference de presse</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Montréal</t>
   </si>
   <si>
+    <t>Words: The Press Conference Room [1991]</t>
+  </si>
+  <si>
+    <t>Indianapolis (IN)</t>
+  </si>
+  <si>
+    <t>Palavras: A sala de conferencia de imprensa</t>
+  </si>
+  <si>
+    <t>Lisboa</t>
+  </si>
+  <si>
+    <t>Palavras: Sala de imprensa</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>Wörter: Der Pressekonferenzraum</t>
+  </si>
+  <si>
+    <t>Munich</t>
+  </si>
+  <si>
+    <t>Worte: Die Pressekonferenz</t>
+  </si>
+  <si>
+    <t>Innsbruck</t>
+  </si>
+  <si>
+    <t>Verbas: A sala de prensa</t>
+  </si>
+  <si>
+    <t>Santiago de Compostela</t>
+  </si>
+  <si>
+    <t>Palabras: la conferencia de prensa</t>
+  </si>
+  <si>
+    <t>Ciudad de México</t>
+  </si>
+  <si>
+    <t>The Press Conference Room-La conferencia de prensa</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
     <t>Words: The Press Conference Room [1993]</t>
   </si>
   <si>
     <t>Sydney</t>
   </si>
   <si>
     <t>Arlés</t>
-  </si>
-[...46 lines deleted...]
-    <t>Madrid</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -510,208 +510,208 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2">
         <v>1991</v>
       </c>
       <c r="E2">
         <v>1992</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
         <v>1992</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1992</v>
+        <v>1995</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1995</v>
-[...1 lines deleted...]
-      <c r="E10"/>
+        <v>1991</v>
+      </c>
+      <c r="E10">
+        <v>2017</v>
+      </c>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1997</v>
+      </c>
+      <c r="E12"/>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>