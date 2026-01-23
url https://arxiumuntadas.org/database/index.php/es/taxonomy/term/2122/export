--- v0 (2025-10-09)
+++ v1 (2026-01-23)
@@ -83,66 +83,66 @@
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Periódico</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Congreso Internacional de Comunicación Humana</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>V Universitat Catalana d'Estiu</t>
   </si>
   <si>
     <t>Prada de Conflent / Prades</t>
   </si>
   <si>
     <t>Guggenheim Childrens Program</t>
   </si>
   <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>Stadia / Furniture / Audience</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
     <t>Sensorial Way</t>
   </si>
   <si>
     <t>Arts Awareness II</t>
-  </si>
-[...10 lines deleted...]
-    <t>Tactile Box</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -612,104 +612,104 @@
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
         <v>1973</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>9</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E9"/>
+        <v>1973</v>
+      </c>
+      <c r="E9">
+        <v>1974</v>
+      </c>
       <c r="F9" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1973</v>
+        <v>1990</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>9</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>1973</v>
       </c>
-      <c r="E11">
-[...1 lines deleted...]
-      </c>
+      <c r="E11"/>
       <c r="F11" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1990</v>
+        <v>1972</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>1973</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>9</v>
       </c>
       <c r="G13"/>
     </row>
   </sheetData>