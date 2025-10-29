--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -92,69 +92,69 @@
   <si>
     <t>Recycling / The Israel Museum [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Jerusalén</t>
   </si>
   <si>
     <t>Art/Video Confrontation [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>X Annual Avant-garde Festival [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Miró 80 [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
     <t>French Window - Galerie des Locataires [Arte ⇆ Vida]</t>
   </si>
   <si>
+    <t>Arte ⇄ Vida [Wallpaper]</t>
+  </si>
+  <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
-  </si>
-[...1 lines deleted...]
-    <t>Arte ⇄ Vida [Wallpaper]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -675,109 +675,109 @@
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>1973</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1973</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E12"/>
+      <c r="F12"/>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
+        <v>1973</v>
+      </c>
+      <c r="E13">
         <v>1975</v>
       </c>
-      <c r="E13">
-[...1 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1974</v>
-[...1 lines deleted...]
-      <c r="E14"/>
+        <v>1975</v>
+      </c>
+      <c r="E14">
+        <v>1976</v>
+      </c>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>2011</v>
+        <v>1974</v>
       </c>
       <c r="E15"/>
-      <c r="F15"/>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
       <c r="G15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>