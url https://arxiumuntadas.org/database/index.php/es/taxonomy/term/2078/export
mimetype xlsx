--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -101,87 +101,87 @@
   <si>
     <t>Art noticiari [Serra d'Or; Junio de 1973]</t>
   </si>
   <si>
     <t>Exposicions</t>
   </si>
   <si>
     <t>Informació d'Art Concepte</t>
   </si>
   <si>
     <t>Banyoles</t>
   </si>
   <si>
     <t>Guggenheim Childrens Program</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>DUFT, SMELL, OLOR, … Multiple representations of the olfactory in contemporary art</t>
   </si>
   <si>
+    <t>About 405 East 13 Street</t>
+  </si>
+  <si>
+    <t>Experiencia 2</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>Escala subsensorial</t>
+  </si>
+  <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>Propuesta Mori's Form</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Informació d'Art Concepte 1973 a Banyoles</t>
   </si>
   <si>
     <t>Arts Awareness II</t>
   </si>
   <si>
     <t>Smelling Areas</t>
   </si>
   <si>
     <t>Acciones Subsensoriales 1</t>
   </si>
   <si>
     <t>On Translation: Paper BP/MVDR</t>
-  </si>
-[...10 lines deleted...]
-    <t>Escala subsensorial</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -706,227 +706,227 @@
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>26</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>27</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>26</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1972</v>
       </c>
-      <c r="E16">
-[...1 lines deleted...]
-      </c>
+      <c r="E16"/>
       <c r="F16" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>26</v>
       </c>
       <c r="C17"/>
       <c r="D17">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>26</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>2009</v>
+        <v>1973</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>26</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>1973</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>27</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E20"/>
+        <v>1972</v>
+      </c>
+      <c r="E20">
+        <v>1974</v>
+      </c>
       <c r="F20" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>26</v>
       </c>
       <c r="C21"/>
       <c r="D21">
         <v>1971</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>1972</v>
+        <v>2009</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="G22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>