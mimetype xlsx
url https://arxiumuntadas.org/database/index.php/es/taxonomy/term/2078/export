--- v1 (2025-10-29)
+++ v2 (2025-12-08)
@@ -101,87 +101,87 @@
   <si>
     <t>Art noticiari [Serra d'Or; Junio de 1973]</t>
   </si>
   <si>
     <t>Exposicions</t>
   </si>
   <si>
     <t>Informació d'Art Concepte</t>
   </si>
   <si>
     <t>Banyoles</t>
   </si>
   <si>
     <t>Guggenheim Childrens Program</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>DUFT, SMELL, OLOR, … Multiple representations of the olfactory in contemporary art</t>
   </si>
   <si>
+    <t>On Translation: Paper BP/MVDR</t>
+  </si>
+  <si>
     <t>About 405 East 13 Street</t>
   </si>
   <si>
     <t>Experiencia 2</t>
   </si>
   <si>
     <t>Vilanova de la Roca</t>
   </si>
   <si>
     <t>Experiencia 4</t>
   </si>
   <si>
     <t>Escala subsensorial</t>
   </si>
   <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
     <t>Propuesta Mori's Form</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Informació d'Art Concepte 1973 a Banyoles</t>
   </si>
   <si>
     <t>Arts Awareness II</t>
   </si>
   <si>
     <t>Smelling Areas</t>
   </si>
   <si>
     <t>Acciones Subsensoriales 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>On Translation: Paper BP/MVDR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -706,227 +706,227 @@
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1973</v>
+        <v>2009</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>26</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14"/>
       <c r="D14">
         <v>1971</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>26</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>26</v>
       </c>
       <c r="C16"/>
       <c r="D16">
         <v>1972</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>26</v>
       </c>
       <c r="C17"/>
       <c r="D17">
         <v>1972</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>26</v>
       </c>
       <c r="C18"/>
       <c r="D18">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>26</v>
       </c>
       <c r="C19"/>
       <c r="D19">
         <v>1973</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20"/>
       <c r="D20">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E20"/>
       <c r="F20" t="s">
         <v>27</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>40</v>
       </c>
       <c r="B21" t="s">
         <v>26</v>
       </c>
       <c r="C21"/>
       <c r="D21">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E21"/>
+        <v>1972</v>
+      </c>
+      <c r="E21">
+        <v>1974</v>
+      </c>
       <c r="F21" t="s">
         <v>27</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>41</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="C22"/>
       <c r="D22">
-        <v>2009</v>
+        <v>1971</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="G22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>