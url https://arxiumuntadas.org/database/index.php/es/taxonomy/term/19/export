--- v0 (2025-10-08)
+++ v1 (2025-12-05)
@@ -170,228 +170,228 @@
   <si>
     <t>The Close-Up series - Time [Tiempo]</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>TARGUE de la serie Protocolli Veneziani II</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>Architektur / Räume / Gesten</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>Quejas</t>
+  </si>
+  <si>
+    <t>La Paloma</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>Pintar es fácil</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Buenos Aires</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Reconeixement d'un espai</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Acciones liberadoras. Serie Acciones Nº 3</t>
+  </si>
+  <si>
+    <t>Otra necesidad</t>
+  </si>
+  <si>
+    <t>Histoires du Couteau</t>
+  </si>
+  <si>
+    <t>Thiers</t>
+  </si>
+  <si>
+    <t>Mano - Pelota - Pared</t>
+  </si>
+  <si>
+    <t>CEE / Heysel Diptyque</t>
+  </si>
+  <si>
+    <t>Stadia / Furniture / Audience</t>
+  </si>
+  <si>
+    <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>Pou/Ull</t>
+  </si>
+  <si>
+    <t>Cercas</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>M.D.</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Budapest</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>On Translation: Il telefonino</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Reflexões sobre a morte</t>
+  </si>
+  <si>
+    <t>Diálogo [Caja de Luz]</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions: les imatges</t>
+  </si>
+  <si>
     <t>On Translation: The Symbol</t>
   </si>
   <si>
     <t>Localización Bolsas</t>
   </si>
   <si>
     <t>On Translation: Stand By: Moscow</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Washington</t>
   </si>
   <si>
     <t>Washington DC</t>
   </si>
   <si>
     <t>On Translation: Stand By I</t>
   </si>
   <si>
     <t>West - Side</t>
   </si>
   <si>
     <t>Cuide la Pintura</t>
   </si>
   <si>
     <t>Presión</t>
   </si>
   <si>
     <t>On Translation: Stand By II</t>
   </si>
   <si>
     <t>Sensorial Way</t>
   </si>
   <si>
     <t>On Translation: El Tren Urbano</t>
   </si>
   <si>
     <t>San Juan</t>
-  </si>
-[...136 lines deleted...]
-    <t>On Translation: Celebracions: les imatges</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1266,795 +1266,795 @@
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>2009</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>36</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>2002</v>
+        <v>1991</v>
       </c>
       <c r="E34"/>
-      <c r="F34"/>
+      <c r="F34" t="s">
+        <v>53</v>
+      </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>1972</v>
+        <v>2007</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>2011</v>
+        <v>1972</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>56</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1982</v>
+        <v>2013</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>2005</v>
+        <v>1985</v>
       </c>
       <c r="E38"/>
-      <c r="F38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F38"/>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1972</v>
+        <v>2007</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>60</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>2007</v>
+        <v>1972</v>
       </c>
       <c r="E40"/>
-      <c r="F40"/>
+      <c r="F40" t="s">
+        <v>61</v>
+      </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
         <v>1973</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
         <v>22</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>2006</v>
+        <v>1992</v>
       </c>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>1972</v>
+        <v>2006</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>2005</v>
+        <v>1972</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="E45"/>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F45"/>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>68</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>2007</v>
+        <v>1990</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>69</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1972</v>
+        <v>2008</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>2013</v>
+        <v>1972</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1985</v>
-[...1 lines deleted...]
-      <c r="E49"/>
+        <v>1998</v>
+      </c>
+      <c r="E49">
+        <v>2007</v>
+      </c>
       <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>2007</v>
+        <v>1993</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1972</v>
+        <v>2008</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>76</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
         <v>1973</v>
       </c>
-      <c r="E52"/>
+      <c r="E52">
+        <v>1975</v>
+      </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="E53"/>
+        <v>1998</v>
+      </c>
+      <c r="E53">
+        <v>2007</v>
+      </c>
       <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2006</v>
+        <v>1996</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1972</v>
+        <v>2010</v>
       </c>
       <c r="E55"/>
-      <c r="F55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1988</v>
-[...2 lines deleted...]
-      <c r="F56"/>
+        <v>1973</v>
+      </c>
+      <c r="E56">
+        <v>1974</v>
+      </c>
+      <c r="F56" t="s">
+        <v>83</v>
+      </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>1972</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>86</v>
+        <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E60"/>
       <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1993</v>
+        <v>1973</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="E63"/>
       <c r="F63" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F64"/>
+        <v>1972</v>
+      </c>
+      <c r="E64"/>
+      <c r="F64" t="s">
+        <v>9</v>
+      </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1996</v>
+        <v>1973</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2010</v>
-[...2 lines deleted...]
-      <c r="F66"/>
+        <v>1980</v>
+      </c>
+      <c r="E66">
+        <v>2012</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1973</v>
+        <v>2009</v>
       </c>
       <c r="E67">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="F67" t="s">
-        <v>97</v>
+        <v>9</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>98</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E68"/>
-      <c r="F68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1998</v>
+        <v>1972</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>1972</v>
+        <v>2011</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>102</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>2008</v>
+        <v>1982</v>
       </c>
       <c r="E71"/>
-      <c r="F71"/>
+      <c r="F71" t="s">
+        <v>103</v>
+      </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1973</v>
+        <v>2005</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>105</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2007</v>
+        <v>1972</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>106</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E74"/>
-      <c r="F74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1973</v>
+        <v>2006</v>
       </c>
       <c r="E76"/>
-      <c r="F76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E77"/>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E78"/>
       <c r="F78" t="s">
-        <v>9</v>
+        <v>111</v>
       </c>
       <c r="G78"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>