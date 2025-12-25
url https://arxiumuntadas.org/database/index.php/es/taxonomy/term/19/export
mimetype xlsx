--- v1 (2025-12-05)
+++ v2 (2025-12-25)
@@ -170,228 +170,228 @@
   <si>
     <t>The Close-Up series - Time [Tiempo]</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>TARGUE de la serie Protocolli Veneziani II</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>Otra necesidad</t>
+  </si>
+  <si>
+    <t>Histoires du Couteau</t>
+  </si>
+  <si>
+    <t>Thiers</t>
+  </si>
+  <si>
+    <t>Mano - Pelota - Pared</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>CEE / Heysel Diptyque</t>
+  </si>
+  <si>
+    <t>Stadia / Furniture / Audience</t>
+  </si>
+  <si>
+    <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
+  </si>
+  <si>
+    <t>Santander</t>
+  </si>
+  <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Double Exposure: Lisboa - Bogotá</t>
+  </si>
+  <si>
+    <t>Pou/Ull</t>
+  </si>
+  <si>
+    <t>Cercas</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Double Exposure: Budapest - Almería</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>Double Exposure: TK-SL</t>
+  </si>
+  <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>M.D.</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Budapest</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>Double Exposure: Venecia - New York</t>
+  </si>
+  <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>On Translation: Il telefonino</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Reflexões sobre a morte</t>
+  </si>
+  <si>
+    <t>Diálogo [Caja de Luz]</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions: les imatges</t>
+  </si>
+  <si>
+    <t>On Translation: The Symbol</t>
+  </si>
+  <si>
+    <t>Localización Bolsas</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Washington</t>
+  </si>
+  <si>
+    <t>Washington DC</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>West - Side</t>
+  </si>
+  <si>
+    <t>Cuide la Pintura</t>
+  </si>
+  <si>
+    <t>Presión</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
+    <t>Sensorial Way</t>
+  </si>
+  <si>
+    <t>On Translation: El Tren Urbano</t>
+  </si>
+  <si>
+    <t>San Juan</t>
+  </si>
+  <si>
     <t>Architektur / Räume / Gesten</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>Quejas</t>
   </si>
   <si>
     <t>La Paloma</t>
   </si>
   <si>
     <t>Protocolli Veneziani I</t>
   </si>
   <si>
     <t>Pintar es fácil</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Buenos Aires</t>
   </si>
   <si>
-    <t>Buenos Aires</t>
-[...1 lines deleted...]
-  <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>Acciones liberadoras. Serie Acciones Nº 3</t>
-  </si>
-[...145 lines deleted...]
-    <t>San Juan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1266,795 +1266,795 @@
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>2009</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>36</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="E34"/>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F34"/>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>55</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
         <v>1972</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>2013</v>
+        <v>1988</v>
       </c>
       <c r="E37"/>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F37"/>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="E38"/>
-      <c r="F38"/>
+      <c r="F38" t="s">
+        <v>22</v>
+      </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
         <v>1972</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1973</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E41">
+        <v>2007</v>
+      </c>
+      <c r="F41"/>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="E42"/>
-      <c r="F42"/>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>66</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E44"/>
+        <v>1973</v>
+      </c>
+      <c r="E44">
+        <v>1975</v>
+      </c>
       <c r="F44" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1988</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>1998</v>
+      </c>
+      <c r="E45">
+        <v>2007</v>
+      </c>
       <c r="F45"/>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="E47"/>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E48"/>
+        <v>1973</v>
+      </c>
+      <c r="E48">
+        <v>1974</v>
+      </c>
       <c r="F48" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F49"/>
+        <v>2005</v>
+      </c>
+      <c r="E49"/>
+      <c r="F49" t="s">
+        <v>9</v>
+      </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2008</v>
+        <v>1972</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1973</v>
-[...6 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E52"/>
+      <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F53"/>
+        <v>1973</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53" t="s">
+        <v>80</v>
+      </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1996</v>
+        <v>2007</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="E55"/>
-      <c r="F55"/>
+      <c r="F55" t="s">
+        <v>84</v>
+      </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E56"/>
       <c r="F56" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2005</v>
+        <v>1973</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="E58"/>
+        <v>1980</v>
+      </c>
+      <c r="E58">
+        <v>2012</v>
+      </c>
       <c r="F58" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E59"/>
+        <v>2009</v>
+      </c>
+      <c r="E59">
+        <v>2014</v>
+      </c>
       <c r="F59" t="s">
         <v>9</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E60"/>
       <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>91</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2001</v>
+        <v>1982</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1972</v>
+        <v>2005</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>1980</v>
-[...6 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E66"/>
+      <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E67"/>
       <c r="F67" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
         <v>1972</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>22</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1982</v>
+        <v>1991</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
         <v>1972</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E74"/>
-      <c r="F74"/>
+      <c r="F74" t="s">
+        <v>48</v>
+      </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1973</v>
+        <v>1985</v>
       </c>
       <c r="E75"/>
-      <c r="F75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F75"/>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E76"/>
-      <c r="F76"/>
+      <c r="F76" t="s">
+        <v>82</v>
+      </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
         <v>1972</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>56</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2005</v>
+        <v>1973</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>111</v>
+        <v>22</v>
       </c>
       <c r="G78"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>