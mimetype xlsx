--- v2 (2025-12-25)
+++ v3 (2026-02-03)
@@ -170,65 +170,86 @@
   <si>
     <t>The Close-Up series - Time [Tiempo]</t>
   </si>
   <si>
     <t>Morgen Toiletten</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>TARGUE de la serie Protocolli Veneziani II</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Roma</t>
   </si>
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>La Paloma</t>
+  </si>
+  <si>
+    <t>Protocolli Veneziani I</t>
+  </si>
+  <si>
+    <t>Pintar es fácil</t>
+  </si>
+  <si>
+    <t>Media Sites / Media Monuments: Buenos Aires</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Reconeixement d'un espai</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Acciones liberadoras. Serie Acciones Nº 3</t>
+  </si>
+  <si>
     <t>Otra necesidad</t>
   </si>
   <si>
     <t>Histoires du Couteau</t>
   </si>
   <si>
     <t>Thiers</t>
   </si>
   <si>
     <t>Mano - Pelota - Pared</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>CEE / Heysel Diptyque</t>
   </si>
   <si>
     <t>Stadia / Furniture / Audience</t>
   </si>
   <si>
     <t>Situation # 7 / # 10 / # 13 / # 17 / # 21 / # 25 / # 31</t>
   </si>
   <si>
     <t>Santander</t>
   </si>
   <si>
     <t>Propuesta Mori's Form</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
     <t>Double Exposure: Lisboa - Bogotá</t>
   </si>
   <si>
     <t>Pou/Ull</t>
   </si>
   <si>
     <t>Cercas</t>
@@ -260,53 +281,50 @@
   <si>
     <t>M.D.</t>
   </si>
   <si>
     <t>Media Sites / Media Monuments: Budapest</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>Experiencia 5 (Comunicación táctil)</t>
   </si>
   <si>
     <t>Double Exposure: Venecia - New York</t>
   </si>
   <si>
     <t>Mensaje</t>
   </si>
   <si>
     <t>Olhos de Água</t>
   </si>
   <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
-    <t>Buenos Aires</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Il telefonino</t>
   </si>
   <si>
     <t>Torino</t>
   </si>
   <si>
     <t>Poema táctil</t>
   </si>
   <si>
     <t>Reflexões sobre a morte</t>
   </si>
   <si>
     <t>Diálogo [Caja de Luz]</t>
   </si>
   <si>
     <t>On Translation: Celebracions: les imatges</t>
   </si>
   <si>
     <t>On Translation: The Symbol</t>
   </si>
   <si>
     <t>Localización Bolsas</t>
   </si>
   <si>
     <t>On Translation: Stand By: Moscow</t>
@@ -330,68 +348,50 @@
     <t>Cuide la Pintura</t>
   </si>
   <si>
     <t>Presión</t>
   </si>
   <si>
     <t>On Translation: Stand By II</t>
   </si>
   <si>
     <t>Sensorial Way</t>
   </si>
   <si>
     <t>On Translation: El Tren Urbano</t>
   </si>
   <si>
     <t>San Juan</t>
   </si>
   <si>
     <t>Architektur / Räume / Gesten</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>Quejas</t>
-  </si>
-[...16 lines deleted...]
-    <t>Acciones liberadoras. Serie Acciones Nº 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1266,795 +1266,795 @@
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33"/>
       <c r="D33">
         <v>2009</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>36</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>52</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34"/>
       <c r="D34">
-        <v>1992</v>
+        <v>1972</v>
       </c>
       <c r="E34"/>
-      <c r="F34"/>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>53</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35"/>
       <c r="D35">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36"/>
       <c r="D36">
-        <v>1972</v>
+        <v>1985</v>
       </c>
       <c r="E36"/>
-      <c r="F36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F36"/>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
-        <v>1988</v>
+        <v>2007</v>
       </c>
       <c r="E37"/>
-      <c r="F37"/>
+      <c r="F37" t="s">
+        <v>56</v>
+      </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1990</v>
+        <v>1972</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>59</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>2008</v>
+        <v>1973</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1972</v>
+        <v>1992</v>
       </c>
       <c r="E40"/>
-      <c r="F40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F40"/>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F41"/>
+        <v>2006</v>
+      </c>
+      <c r="E41"/>
+      <c r="F41" t="s">
+        <v>62</v>
+      </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1993</v>
+        <v>1972</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
-        <v>2008</v>
+        <v>1988</v>
       </c>
       <c r="E43"/>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F43"/>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="E44"/>
       <c r="F44" t="s">
-        <v>67</v>
+        <v>22</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1998</v>
-[...4 lines deleted...]
-      <c r="F45"/>
+        <v>2008</v>
+      </c>
+      <c r="E45"/>
+      <c r="F45" t="s">
+        <v>67</v>
+      </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1996</v>
+        <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E47"/>
+        <v>1998</v>
+      </c>
+      <c r="E47">
+        <v>2007</v>
+      </c>
       <c r="F47"/>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1993</v>
+      </c>
+      <c r="E48"/>
       <c r="F48" t="s">
-        <v>73</v>
+        <v>15</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="E50"/>
+        <v>1973</v>
+      </c>
+      <c r="E50">
+        <v>1975</v>
+      </c>
       <c r="F50" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1972</v>
-[...4 lines deleted...]
-      </c>
+        <v>1998</v>
+      </c>
+      <c r="E51">
+        <v>2007</v>
+      </c>
+      <c r="F51"/>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>2008</v>
+        <v>1996</v>
       </c>
       <c r="E52"/>
-      <c r="F52"/>
+      <c r="F52" t="s">
+        <v>77</v>
+      </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1973</v>
+        <v>2010</v>
       </c>
       <c r="E53"/>
-      <c r="F53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="E54"/>
+        <v>1973</v>
+      </c>
+      <c r="E54">
+        <v>1974</v>
+      </c>
       <c r="F54" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>84</v>
+        <v>9</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1972</v>
+        <v>1998</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1980</v>
-[...6 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="E58"/>
+      <c r="F58"/>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E59"/>
       <c r="F59" t="s">
-        <v>9</v>
+        <v>87</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E60"/>
-      <c r="F60"/>
+      <c r="F60" t="s">
+        <v>56</v>
+      </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1972</v>
+        <v>2001</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>91</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2011</v>
+        <v>1972</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>92</v>
+        <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1982</v>
+        <v>1973</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E64"/>
+        <v>1980</v>
+      </c>
+      <c r="E64">
+        <v>2012</v>
+      </c>
       <c r="F64" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E65"/>
+        <v>2009</v>
+      </c>
+      <c r="E65">
+        <v>2014</v>
+      </c>
       <c r="F65" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="E68"/>
-      <c r="F68"/>
+      <c r="F68" t="s">
+        <v>98</v>
+      </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1972</v>
+        <v>1982</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>101</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>2005</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1991</v>
+        <v>1972</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>104</v>
+        <v>22</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
         <v>2007</v>
       </c>
       <c r="E72"/>
-      <c r="F72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F72"/>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="E74"/>
-      <c r="F74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1985</v>
+        <v>1972</v>
       </c>
       <c r="E75"/>
-      <c r="F75"/>
+      <c r="F75" t="s">
+        <v>22</v>
+      </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1972</v>
+        <v>1991</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>111</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1973</v>
+        <v>2007</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G78"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>