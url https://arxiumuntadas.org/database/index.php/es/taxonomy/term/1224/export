--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -194,288 +194,288 @@
   <si>
     <t>Art/Video Confrontation [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>X Annual Avant-garde Festival [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Miró 80 [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
     <t>French Window - Galerie des Locataires [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>Cadaqués - Canal Local</t>
   </si>
   <si>
     <t>Cadaqués</t>
   </si>
   <si>
+    <t>Cámara Subsensorial</t>
+  </si>
+  <si>
+    <t>TV/FEB 27/1 PM</t>
+  </si>
+  <si>
+    <t>Acción Bolsas (Wall Street)</t>
+  </si>
+  <si>
+    <t>Presión</t>
+  </si>
+  <si>
+    <t>Sangría - Film - Slides</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Sevilla, Valencia</t>
+  </si>
+  <si>
+    <t>Vacuflex</t>
+  </si>
+  <si>
+    <t>Ibiza</t>
+  </si>
+  <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>West - Side</t>
+  </si>
+  <si>
+    <t>Anuncios por palabras</t>
+  </si>
+  <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Tactile Recognition of a Body</t>
+  </si>
+  <si>
+    <t>Homenaje a Picasso</t>
+  </si>
+  <si>
+    <t>Transfer</t>
+  </si>
+  <si>
+    <t>Sensorial Way</t>
+  </si>
+  <si>
+    <t>Acciones Subsensoriales 1</t>
+  </si>
+  <si>
+    <t>Informació d'Art Concepte 1973 a Banyoles</t>
+  </si>
+  <si>
+    <t>Banyoles</t>
+  </si>
+  <si>
+    <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Escala subsensorial</t>
+  </si>
+  <si>
+    <t>About 405 East 13 Street</t>
+  </si>
+  <si>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>Confrontations</t>
+  </si>
+  <si>
+    <t>Proyecto. Colegio Arquitectos</t>
+  </si>
+  <si>
+    <t>The Last Ten Minutes I</t>
+  </si>
+  <si>
+    <t>La Paloma</t>
+  </si>
+  <si>
+    <t>Reflexões sobre a morte</t>
+  </si>
+  <si>
+    <t>Piano Táctil</t>
+  </si>
+  <si>
+    <t>Diario 10 - 22 diciembre</t>
+  </si>
+  <si>
+    <t>Formes al Carrer</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Polución Audiovisual</t>
+  </si>
+  <si>
+    <t>About (2) "228 . 30 . 54"</t>
+  </si>
+  <si>
+    <t>Experiencia 1 A</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Emisión / Recepción [Madrid]</t>
+  </si>
+  <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>N / S / E / O</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Reconeixement d'un espai</t>
+  </si>
+  <si>
+    <t>Biography</t>
+  </si>
+  <si>
+    <t>Experiencia 1 B</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Two Landscapes</t>
+  </si>
+  <si>
+    <t>Dayton (OH)</t>
+  </si>
+  <si>
+    <t>Mano - Pelota - Pared</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
+    <t>Experiencia 2</t>
+  </si>
+  <si>
+    <t>Arts Awareness II</t>
+  </si>
+  <si>
     <t>Estructura táctil móvil</t>
   </si>
   <si>
     <t>Emissió / Recepció [Postales]</t>
   </si>
   <si>
     <t>Umformung eines Raumes</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
   </si>
   <si>
     <t>Experiencia 3</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
     <t>Foto-serigrafías</t>
   </si>
   <si>
     <t>Los Subsentidos</t>
   </si>
   <si>
     <t>Reconocimiento de un cuerpo</t>
   </si>
   <si>
     <t>Nueva York (NY), Barcelona</t>
   </si>
   <si>
     <t>Espacio / Situación</t>
   </si>
   <si>
     <t>Columna de Materiales</t>
   </si>
   <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
   </si>
   <si>
     <t>Localización Bolsas</t>
   </si>
   <si>
     <t>Smelling Areas</t>
   </si>
   <si>
     <t>Experiencia Parcel Post</t>
   </si>
   <si>
     <t>Nottingham</t>
   </si>
   <si>
     <t>Acciones liberadoras. Serie Acciones Nº 3</t>
-  </si>
-[...172 lines deleted...]
-    <t>Arts Awareness II</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1440,1123 +1440,1123 @@
       <c r="A37" t="s">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1974</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>59</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>60</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>61</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1975</v>
+        <v>1974</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>62</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
         <v>1972</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F41"/>
+        <v>1973</v>
+      </c>
+      <c r="E41"/>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
         <v>1973</v>
       </c>
-      <c r="E43">
-[...1 lines deleted...]
-      </c>
+      <c r="E43"/>
       <c r="F43" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>71</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>75</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1973</v>
-[...6 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E49"/>
+      <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>1975</v>
+      </c>
+      <c r="E51"/>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
         <v>1972</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
         <v>1974</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>84</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>85</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E57"/>
+        <v>1975</v>
+      </c>
+      <c r="E57">
+        <v>1980</v>
+      </c>
       <c r="F57" t="s">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>1972</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>1973</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>89</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
         <v>1971</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>90</v>
+        <v>9</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E63"/>
+        <v>1975</v>
+      </c>
+      <c r="E63">
+        <v>1976</v>
+      </c>
       <c r="F63" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
         <v>1972</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E65"/>
-      <c r="F65"/>
+      <c r="F65" t="s">
+        <v>33</v>
+      </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
         <v>1971</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>9</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
+        <v>1974</v>
+      </c>
+      <c r="E67">
         <v>1975</v>
       </c>
-      <c r="E67"/>
       <c r="F67" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E69"/>
+        <v>1975</v>
+      </c>
+      <c r="E69">
+        <v>1976</v>
+      </c>
       <c r="F69" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>103</v>
+        <v>86</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
         <v>1974</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>105</v>
+        <v>20</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
         <v>1971</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
+        <v>1974</v>
+      </c>
+      <c r="E73">
         <v>1975</v>
       </c>
-      <c r="E73">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
         <v>1972</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>20</v>
+        <v>107</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E77"/>
-      <c r="F77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F77"/>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
         <v>1971</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E79"/>
       <c r="F79" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
         <v>1972</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E81"/>
+        <v>1978</v>
+      </c>
+      <c r="E81">
+        <v>1979</v>
+      </c>
       <c r="F81" t="s">
-        <v>33</v>
+        <v>114</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E83"/>
       <c r="F83" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
         <v>1971</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E85"/>
       <c r="F85" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
         <v>1972</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>108</v>
+        <v>9</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>66</v>
+        <v>122</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1974</v>
+        <v>1971</v>
       </c>
       <c r="E89">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="F89"/>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>1976</v>
-[...1 lines deleted...]
-      <c r="E91"/>
+        <v>1973</v>
+      </c>
+      <c r="E91">
+        <v>1975</v>
+      </c>
       <c r="F91" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
         <v>1972</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="E93"/>
-      <c r="F93"/>
+      <c r="F93" t="s">
+        <v>36</v>
+      </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>66</v>
+        <v>130</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>36</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>1978</v>
+        <v>1973</v>
       </c>
       <c r="E97">
-        <v>1979</v>
+        <v>1974</v>
       </c>
       <c r="F97" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
         <v>1972</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E99"/>
+        <v>1972</v>
+      </c>
+      <c r="E99">
+        <v>1974</v>
+      </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>139</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
         <v>1973</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>