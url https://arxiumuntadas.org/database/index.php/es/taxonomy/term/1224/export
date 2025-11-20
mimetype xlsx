--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -194,50 +194,143 @@
   <si>
     <t>Art/Video Confrontation [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>X Annual Avant-garde Festival [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Miró 80 [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
     <t>French Window - Galerie des Locataires [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>Cadaqués - Canal Local</t>
   </si>
   <si>
     <t>Cadaqués</t>
   </si>
   <si>
+    <t>Experiencia 1 B</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Espacio (Acción-Interacción)</t>
+  </si>
+  <si>
+    <t>Poema táctil</t>
+  </si>
+  <si>
+    <t>Two Landscapes</t>
+  </si>
+  <si>
+    <t>Dayton (OH)</t>
+  </si>
+  <si>
+    <t>Mano - Pelota - Pared</t>
+  </si>
+  <si>
+    <t>Tactile Box</t>
+  </si>
+  <si>
+    <t>Experiencia 2</t>
+  </si>
+  <si>
+    <t>Arts Awareness II</t>
+  </si>
+  <si>
+    <t>Estructura táctil móvil</t>
+  </si>
+  <si>
+    <t>Emissió / Recepció [Postales]</t>
+  </si>
+  <si>
+    <t>Umformung eines Raumes</t>
+  </si>
+  <si>
+    <t>Kassel</t>
+  </si>
+  <si>
+    <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
+  </si>
+  <si>
+    <t>Experiencia 3</t>
+  </si>
+  <si>
+    <t>Arte ⇄ Vida</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
+  </si>
+  <si>
+    <t>Foto-serigrafías</t>
+  </si>
+  <si>
+    <t>Los Subsentidos</t>
+  </si>
+  <si>
+    <t>Reconocimiento de un cuerpo</t>
+  </si>
+  <si>
+    <t>Nueva York (NY), Barcelona</t>
+  </si>
+  <si>
+    <t>Espacio / Situación</t>
+  </si>
+  <si>
+    <t>Columna de Materiales</t>
+  </si>
+  <si>
+    <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
+  </si>
+  <si>
+    <t>Ciudad de México, Prada de Conflent / Prades</t>
+  </si>
+  <si>
+    <t>Localización Bolsas</t>
+  </si>
+  <si>
+    <t>Smelling Areas</t>
+  </si>
+  <si>
+    <t>Experiencia Parcel Post</t>
+  </si>
+  <si>
+    <t>Nottingham</t>
+  </si>
+  <si>
+    <t>Acciones liberadoras. Serie Acciones Nº 3</t>
+  </si>
+  <si>
     <t>Cámara Subsensorial</t>
   </si>
   <si>
     <t>TV/FEB 27/1 PM</t>
   </si>
   <si>
     <t>Acción Bolsas (Wall Street)</t>
   </si>
   <si>
     <t>Presión</t>
   </si>
   <si>
     <t>Sangría - Film - Slides</t>
   </si>
   <si>
     <t>Proyecto: 4 elementos</t>
   </si>
   <si>
     <t>Sevilla, Valencia</t>
   </si>
   <si>
     <t>Vacuflex</t>
   </si>
   <si>
     <t>Ibiza</t>
@@ -323,159 +416,66 @@
   <si>
     <t>Piano Táctil</t>
   </si>
   <si>
     <t>Diario 10 - 22 diciembre</t>
   </si>
   <si>
     <t>Formes al Carrer</t>
   </si>
   <si>
     <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
   </si>
   <si>
     <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
   </si>
   <si>
     <t>Polución Audiovisual</t>
   </si>
   <si>
     <t>About (2) "228 . 30 . 54"</t>
   </si>
   <si>
     <t>Experiencia 1 A</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>Emisión / Recepción [Madrid]</t>
   </si>
   <si>
     <t>Experiencia 5 (Comunicación táctil)</t>
   </si>
   <si>
     <t>N / S / E / O</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>Reconeixement d'un espai</t>
   </si>
   <si>
     <t>Biography</t>
-  </si>
-[...88 lines deleted...]
-    <t>Acciones liberadoras. Serie Acciones Nº 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1444,1137 +1444,1137 @@
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1974</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>59</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>60</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
         <v>1971</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1974</v>
+        <v>1971</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
         <v>1972</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E41"/>
+        <v>1978</v>
+      </c>
+      <c r="E41">
+        <v>1979</v>
+      </c>
       <c r="F41" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
         <v>1972</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
         <v>1973</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
         <v>1971</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>69</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
         <v>1973</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>1972</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
         <v>9</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
         <v>1972</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
-        <v>1972</v>
-[...1 lines deleted...]
-      <c r="E49"/>
+        <v>1971</v>
+      </c>
+      <c r="E49">
+        <v>2011</v>
+      </c>
       <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
         <v>1971</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
+        <v>1973</v>
+      </c>
+      <c r="E51">
         <v>1975</v>
       </c>
-      <c r="E51"/>
       <c r="F51" t="s">
-        <v>20</v>
+        <v>77</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>78</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
         <v>1972</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
         <v>1971</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>80</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
         <v>81</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>82</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
         <v>1971</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E57">
-        <v>1980</v>
+        <v>1974</v>
       </c>
       <c r="F57" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
         <v>1972</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E59"/>
+        <v>1972</v>
+      </c>
+      <c r="E59">
+        <v>1974</v>
+      </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>9</v>
+        <v>89</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>90</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>91</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
         <v>1971</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>92</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="E63"/>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>93</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
         <v>1972</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>94</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
         <v>1973</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>95</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>96</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E67"/>
       <c r="F67" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
         <v>1971</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E69"/>
       <c r="F69" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>1972</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1974</v>
-[...6 lines deleted...]
-      </c>
+        <v>1972</v>
+      </c>
+      <c r="E73"/>
+      <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1976</v>
+        <v>1975</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
         <v>1972</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>103</v>
+        <v>20</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="E77"/>
-      <c r="F77"/>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1971</v>
+        <v>1974</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>36</v>
+        <v>114</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1978</v>
+        <v>1975</v>
       </c>
       <c r="E81">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="F81" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
         <v>1972</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>103</v>
+        <v>20</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
         <v>1973</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
         <v>1971</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>103</v>
+        <v>9</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>9</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
         <v>1975</v>
       </c>
-      <c r="E87"/>
+      <c r="E87">
+        <v>1976</v>
+      </c>
       <c r="F87" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
         <v>1972</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>122</v>
+        <v>36</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1971</v>
-[...4 lines deleted...]
-      <c r="F89"/>
+        <v>1973</v>
+      </c>
+      <c r="E89"/>
+      <c r="F89" t="s">
+        <v>33</v>
+      </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
         <v>1971</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>103</v>
+        <v>9</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E91">
         <v>1975</v>
       </c>
       <c r="F91" t="s">
-        <v>126</v>
+        <v>36</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E93"/>
+        <v>1975</v>
+      </c>
+      <c r="E93">
+        <v>1976</v>
+      </c>
       <c r="F93" t="s">
-        <v>36</v>
+        <v>130</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
         <v>1972</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
-        <v>1975</v>
+        <v>1974</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
         <v>1971</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E97">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="F97" t="s">
-        <v>134</v>
+        <v>36</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>135</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
         <v>1972</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>136</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>1976</v>
+      </c>
+      <c r="E99"/>
       <c r="F99" t="s">
-        <v>20</v>
+        <v>137</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
         <v>1972</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>138</v>
+        <v>61</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>139</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E101"/>
-      <c r="F101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>