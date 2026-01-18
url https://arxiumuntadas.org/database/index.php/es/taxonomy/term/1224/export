--- v2 (2025-11-20)
+++ v3 (2026-01-18)
@@ -194,288 +194,288 @@
   <si>
     <t>Art/Video Confrontation [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>X Annual Avant-garde Festival [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>Miró 80 [Arte ⇄ Vida]</t>
   </si>
   <si>
     <t>Palma de Mallorca</t>
   </si>
   <si>
     <t>French Window - Galerie des Locataires [Arte ⇆ Vida]</t>
   </si>
   <si>
     <t>7 portadas</t>
   </si>
   <si>
     <t>Cadaqués - Canal Local</t>
   </si>
   <si>
     <t>Cadaqués</t>
   </si>
   <si>
+    <t>Sangría - Film - Slides</t>
+  </si>
+  <si>
+    <t>Proyecto: 4 elementos</t>
+  </si>
+  <si>
+    <t>Sevilla, Valencia</t>
+  </si>
+  <si>
+    <t>Vacuflex</t>
+  </si>
+  <si>
+    <t>Ibiza</t>
+  </si>
+  <si>
+    <t>Mensaje</t>
+  </si>
+  <si>
+    <t>Olhos de Água</t>
+  </si>
+  <si>
+    <t>West - Side</t>
+  </si>
+  <si>
+    <t>Anuncios por palabras</t>
+  </si>
+  <si>
+    <t>Propuesta Mori's Form</t>
+  </si>
+  <si>
+    <t>Los Angeles (CA)</t>
+  </si>
+  <si>
+    <t>Tactile Recognition of a Body</t>
+  </si>
+  <si>
+    <t>Homenaje a Picasso</t>
+  </si>
+  <si>
+    <t>Transfer</t>
+  </si>
+  <si>
+    <t>Sensorial Way</t>
+  </si>
+  <si>
+    <t>Acciones Subsensoriales 1</t>
+  </si>
+  <si>
+    <t>Informació d'Art Concepte 1973 a Banyoles</t>
+  </si>
+  <si>
+    <t>Banyoles</t>
+  </si>
+  <si>
+    <t>Homenaje a Allende - CAYC [Arte ⇆ Vida]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>Experiencia 4</t>
+  </si>
+  <si>
+    <t>Pamplona - Grazalema</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>Escala subsensorial</t>
+  </si>
+  <si>
+    <t>About 405 East 13 Street</t>
+  </si>
+  <si>
+    <t>Manipulables</t>
+  </si>
+  <si>
+    <t>Confrontations</t>
+  </si>
+  <si>
+    <t>Proyecto. Colegio Arquitectos</t>
+  </si>
+  <si>
+    <t>The Last Ten Minutes I</t>
+  </si>
+  <si>
+    <t>La Paloma</t>
+  </si>
+  <si>
+    <t>Reflexões sobre a morte</t>
+  </si>
+  <si>
+    <t>Piano Táctil</t>
+  </si>
+  <si>
+    <t>Diario 10 - 22 diciembre</t>
+  </si>
+  <si>
+    <t>Formes al Carrer</t>
+  </si>
+  <si>
+    <t>Acción / Situación: Hoy. Proyecto a través de Latinoamérica</t>
+  </si>
+  <si>
+    <t>Buenos Aires, Sao Paulo, Ciudad de México, Caracas</t>
+  </si>
+  <si>
+    <t>Polución Audiovisual</t>
+  </si>
+  <si>
+    <t>About (2) "228 . 30 . 54"</t>
+  </si>
+  <si>
+    <t>Experiencia 1 A</t>
+  </si>
+  <si>
+    <t>Vilanova de la Roca</t>
+  </si>
+  <si>
+    <t>Emisión / Recepción [Madrid]</t>
+  </si>
+  <si>
+    <t>Experiencia 5 (Comunicación táctil)</t>
+  </si>
+  <si>
+    <t>N / S / E / O</t>
+  </si>
+  <si>
+    <t>Venecia</t>
+  </si>
+  <si>
+    <t>Reconeixement d'un espai</t>
+  </si>
+  <si>
+    <t>Biography</t>
+  </si>
+  <si>
     <t>Experiencia 1 B</t>
   </si>
   <si>
-    <t>Vilanova de la Roca</t>
-[...1 lines deleted...]
-  <si>
     <t>Espacio (Acción-Interacción)</t>
   </si>
   <si>
     <t>Poema táctil</t>
   </si>
   <si>
     <t>Two Landscapes</t>
   </si>
   <si>
     <t>Dayton (OH)</t>
   </si>
   <si>
     <t>Mano - Pelota - Pared</t>
   </si>
   <si>
     <t>Tactile Box</t>
   </si>
   <si>
     <t>Experiencia 2</t>
   </si>
   <si>
     <t>Arts Awareness II</t>
   </si>
   <si>
     <t>Estructura táctil móvil</t>
   </si>
   <si>
     <t>Emissió / Recepció [Postales]</t>
   </si>
   <si>
     <t>Umformung eines Raumes</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Experiencias subsensoriales, acciones y actividades de trabajo, 1971-1973</t>
   </si>
   <si>
     <t>Experiencia 3</t>
   </si>
   <si>
     <t>Arte ⇄ Vida</t>
   </si>
   <si>
     <t>Buenos Aires, Nueva York (NY), Israel, Jerusalén, Palma de Mallorca, Paris, Varsovia, Estocolmo</t>
   </si>
   <si>
-    <t>Foto-serigrafías</t>
+    <t>Nodo</t>
   </si>
   <si>
     <t>Los Subsentidos</t>
   </si>
   <si>
     <t>Reconocimiento de un cuerpo</t>
   </si>
   <si>
     <t>Nueva York (NY), Barcelona</t>
   </si>
   <si>
     <t>Espacio / Situación</t>
   </si>
   <si>
     <t>Columna de Materiales</t>
   </si>
   <si>
     <t>Concierto Sensorial / Concert Sensorial / Sensorial Concert</t>
   </si>
   <si>
     <t>Ciudad de México, Prada de Conflent / Prades</t>
   </si>
   <si>
     <t>Localización Bolsas</t>
   </si>
   <si>
     <t>Smelling Areas</t>
   </si>
   <si>
     <t>Experiencia Parcel Post</t>
   </si>
   <si>
     <t>Nottingham</t>
   </si>
   <si>
     <t>Acciones liberadoras. Serie Acciones Nº 3</t>
   </si>
   <si>
     <t>Cámara Subsensorial</t>
   </si>
   <si>
     <t>TV/FEB 27/1 PM</t>
   </si>
   <si>
     <t>Acción Bolsas (Wall Street)</t>
   </si>
   <si>
     <t>Presión</t>
-  </si>
-[...133 lines deleted...]
-    <t>Biography</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1440,1141 +1440,1141 @@
       <c r="A37" t="s">
         <v>58</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37"/>
       <c r="D37">
         <v>1974</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
         <v>59</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>60</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38"/>
       <c r="D38">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B39" t="s">
         <v>8</v>
       </c>
       <c r="C39"/>
       <c r="D39">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E39"/>
       <c r="F39" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="G39"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>63</v>
       </c>
       <c r="B40" t="s">
         <v>8</v>
       </c>
       <c r="C40"/>
       <c r="D40">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>9</v>
+        <v>64</v>
       </c>
       <c r="G40"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B41" t="s">
         <v>8</v>
       </c>
       <c r="C41"/>
       <c r="D41">
-        <v>1978</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E41"/>
       <c r="F41" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G41"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B42" t="s">
         <v>8</v>
       </c>
       <c r="C42"/>
       <c r="D42">
         <v>1972</v>
       </c>
       <c r="E42"/>
       <c r="F42" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="G42"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B43" t="s">
         <v>8</v>
       </c>
       <c r="C43"/>
       <c r="D43">
         <v>1973</v>
       </c>
       <c r="E43"/>
       <c r="F43" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E44"/>
       <c r="F44" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E45"/>
-      <c r="F45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F45"/>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E46"/>
       <c r="F46" t="s">
         <v>9</v>
       </c>
       <c r="G46"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B47" t="s">
         <v>8</v>
       </c>
       <c r="C47"/>
       <c r="D47">
         <v>1975</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="G47"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B48" t="s">
         <v>8</v>
       </c>
       <c r="C48"/>
       <c r="D48">
         <v>1972</v>
       </c>
       <c r="E48"/>
       <c r="F48" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="G48"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
         <v>1971</v>
       </c>
-      <c r="E49">
-[...2 lines deleted...]
-      <c r="F49"/>
+      <c r="E49"/>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1974</v>
+      </c>
+      <c r="E51"/>
       <c r="F51" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E53"/>
+        <v>1975</v>
+      </c>
+      <c r="E53">
+        <v>1980</v>
+      </c>
       <c r="F53" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
         <v>1972</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
         <v>1971</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E57">
         <v>1974</v>
       </c>
+      <c r="E57"/>
       <c r="F57" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="E59">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
         <v>1972</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>90</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
         <v>1973</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>91</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
         <v>1971</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>92</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
         <v>1974</v>
       </c>
-      <c r="E63"/>
+      <c r="E63">
+        <v>1975</v>
+      </c>
       <c r="F63" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>93</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>94</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E65"/>
+        <v>1975</v>
+      </c>
+      <c r="E65">
+        <v>1976</v>
+      </c>
       <c r="F65" t="s">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
         <v>1972</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>98</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
         <v>1971</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>99</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>100</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="E69"/>
+        <v>1974</v>
+      </c>
+      <c r="E69">
+        <v>1975</v>
+      </c>
       <c r="F69" t="s">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
         <v>1972</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>104</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
         <v>1972</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
         <v>1971</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
         <v>1972</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>1978</v>
+      </c>
+      <c r="E77">
+        <v>1979</v>
+      </c>
       <c r="F77" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>111</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
         <v>1971</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1975</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E81"/>
       <c r="F81" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
         <v>1972</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>9</v>
+        <v>118</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>1974</v>
-[...4 lines deleted...]
-      </c>
+        <v>1971</v>
+      </c>
+      <c r="E85">
+        <v>2011</v>
+      </c>
+      <c r="F85"/>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
         <v>1971</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
+        <v>1973</v>
+      </c>
+      <c r="E87">
         <v>1975</v>
       </c>
-      <c r="E87">
-[...1 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>20</v>
+        <v>122</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
         <v>1972</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>9</v>
+        <v>126</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>127</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>1974</v>
-[...1 lines deleted...]
-      <c r="E91">
         <v>1975</v>
       </c>
+      <c r="E91"/>
       <c r="F91" t="s">
         <v>36</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>128</v>
       </c>
       <c r="B92" t="s">
         <v>8</v>
       </c>
       <c r="C92"/>
       <c r="D92">
         <v>1971</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>9</v>
+        <v>99</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>129</v>
       </c>
       <c r="B93" t="s">
         <v>8</v>
       </c>
       <c r="C93"/>
       <c r="D93">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E93">
-        <v>1976</v>
+        <v>1974</v>
       </c>
       <c r="F93" t="s">
         <v>130</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>131</v>
       </c>
       <c r="B94" t="s">
         <v>8</v>
       </c>
       <c r="C94"/>
       <c r="D94">
         <v>1972</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>132</v>
       </c>
       <c r="B95" t="s">
         <v>8</v>
       </c>
       <c r="C95"/>
       <c r="D95">
+        <v>1972</v>
+      </c>
+      <c r="E95">
         <v>1974</v>
       </c>
-      <c r="E95"/>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>133</v>
       </c>
       <c r="B96" t="s">
         <v>8</v>
       </c>
       <c r="C96"/>
       <c r="D96">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B97" t="s">
         <v>8</v>
       </c>
       <c r="C97"/>
       <c r="D97">
-        <v>1974</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="E97"/>
       <c r="F97" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B98" t="s">
         <v>8</v>
       </c>
       <c r="C98"/>
       <c r="D98">
-        <v>1972</v>
+        <v>1971</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B99" t="s">
         <v>8</v>
       </c>
       <c r="C99"/>
       <c r="D99">
-        <v>1976</v>
+        <v>1974</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>138</v>
       </c>
       <c r="B100" t="s">
         <v>8</v>
       </c>
       <c r="C100"/>
       <c r="D100">
         <v>1972</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>139</v>
       </c>
       <c r="B101" t="s">
         <v>8</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1975</v>
+        <v>1973</v>
       </c>
       <c r="E101"/>
-      <c r="F101"/>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
       <c r="G101"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>