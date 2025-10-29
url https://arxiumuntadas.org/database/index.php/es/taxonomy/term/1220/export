--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -131,78 +131,78 @@
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 6. Educación</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 5. Cultura popular</t>
   </si>
   <si>
     <t>Barcelona, Granada, San Sebastián, Sevilla</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 3</t>
   </si>
   <si>
     <t>Antoni Muntadas: Between the Frames y About Academia</t>
   </si>
   <si>
     <t>Facultad de Bellas Artes de la Universidad de Granada</t>
   </si>
   <si>
     <t>Muntadas: La Construcción del Miedo y la Perdida de lo Público [Centro José Guerrero, Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
+    <t>Modelo Museo. Coleccionismo en la creación contemporánea</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>MUNTADAS : La construcción del miedo y la pérdida del lo público</t>
+  </si>
+  <si>
+    <t>E / Slogans</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
     <t>La construcción del miedo y la perdida de lo público</t>
   </si>
   <si>
-    <t>Catálogo Individual Muntadas</t>
-[...1 lines deleted...]
-  <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
-  </si>
-[...19 lines deleted...]
-    <t>Publicación de Artista</t>
   </si>
   <si>
     <t>La construcción del miedo y la pérdida de lo público [Granada]</t>
   </si>
   <si>
     <t>Sala del Palacio de la Madraza, Universidad de Granada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -898,178 +898,178 @@
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>38</v>
       </c>
       <c r="D21">
         <v>2008</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>9</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="D22">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>42</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D24">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D25">
-        <v>2014</v>
+        <v>1987</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="D26">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D27">
-        <v>1987</v>
+        <v>2008</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="D28">
         <v>2007</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B29" t="s">
         <v>28</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>49</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>