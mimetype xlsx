--- v1 (2025-10-29)
+++ v2 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Granada" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>CEMED Centro Mediterráneo</t>
   </si>
   <si>
@@ -98,111 +98,114 @@
   <si>
     <t>Hoja de sala</t>
   </si>
   <si>
     <t>Antoni Muntadas regresa a Granada</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio impreso</t>
   </si>
   <si>
     <t>Jorge Pastor</t>
   </si>
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Una exposición de Muntadas abre debate sobre el modelo universitario del futuro</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Crucero del Hospital Real</t>
   </si>
   <si>
+    <t>Muntadas. About Academia [Granada]</t>
+  </si>
+  <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 7. Feminismos</t>
   </si>
   <si>
     <t>Barcelona, Granada, Madrid, San Sebastián, Sevilla</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 6. Educación</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 5. Cultura popular</t>
   </si>
   <si>
     <t>Barcelona, Granada, San Sebastián, Sevilla</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 3</t>
   </si>
   <si>
     <t>Antoni Muntadas: Between the Frames y About Academia</t>
   </si>
   <si>
     <t>Facultad de Bellas Artes de la Universidad de Granada</t>
   </si>
   <si>
     <t>Muntadas: La Construcción del Miedo y la Perdida de lo Público [Centro José Guerrero, Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
+    <t>E / Slogans</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>La construcción del miedo y la perdida de lo público</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
     <t>Modelo Museo. Coleccionismo en la creación contemporánea</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
   </si>
   <si>
     <t>Barcelona, Granada, Madrid, Sevilla</t>
   </si>
   <si>
     <t>MUNTADAS : La construcción del miedo y la pérdida del lo público</t>
-  </si>
-[...16 lines deleted...]
-    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
   </si>
   <si>
     <t>La construcción del miedo y la pérdida de lo público [Granada]</t>
   </si>
   <si>
     <t>Sala del Palacio de la Madraza, Universidad de Granada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -752,354 +755,354 @@
         <v>2021</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>9</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>9</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15">
         <v>2012</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16">
         <v>2011</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17">
         <v>2009</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18">
         <v>2005</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B19" t="s">
         <v>11</v>
       </c>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>9</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>9</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D21">
         <v>2008</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>9</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D22">
-        <v>2013</v>
+        <v>1987</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="D23">
-        <v>2014</v>
+        <v>2007</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="D24">
         <v>2008</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>9</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D25">
-        <v>1987</v>
+        <v>2007</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="D26">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D27">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D28">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B29" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B30" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>9</v>
       </c>
       <c r="G31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>