--- v2 (2025-12-30)
+++ v3 (2026-01-19)
@@ -134,78 +134,78 @@
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 6. Educación</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 5. Cultura popular</t>
   </si>
   <si>
     <t>Barcelona, Granada, San Sebastián, Sevilla</t>
   </si>
   <si>
     <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 3</t>
   </si>
   <si>
     <t>Antoni Muntadas: Between the Frames y About Academia</t>
   </si>
   <si>
     <t>Facultad de Bellas Artes de la Universidad de Granada</t>
   </si>
   <si>
     <t>Muntadas: La Construcción del Miedo y la Perdida de lo Público [Centro José Guerrero, Póster]</t>
   </si>
   <si>
     <t>Poster Exposición Individual, Otros materiales de difusión</t>
   </si>
   <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>Publicación de Artista</t>
+  </si>
+  <si>
+    <t>La construcción del miedo y la perdida de lo público</t>
+  </si>
+  <si>
+    <t>Catálogo Individual Muntadas</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 4. Cine y vídeo</t>
+  </si>
+  <si>
+    <t>Modelo Museo. Coleccionismo en la creación contemporánea</t>
+  </si>
+  <si>
+    <t>Desacuerdos: sobre arte, políticas y esfera pública en el Estado español. Número 8. Crítica</t>
+  </si>
+  <si>
+    <t>Barcelona, Granada, Madrid, Sevilla</t>
+  </si>
+  <si>
+    <t>MUNTADAS : La construcción del miedo y la pérdida del lo público</t>
+  </si>
+  <si>
     <t>E / Slogans</t>
-  </si>
-[...25 lines deleted...]
-    <t>MUNTADAS : La construcción del miedo y la pérdida del lo público</t>
   </si>
   <si>
     <t>La construcción del miedo y la pérdida de lo público [Granada]</t>
   </si>
   <si>
     <t>Sala del Palacio de la Madraza, Universidad de Granada</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -904,175 +904,175 @@
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>39</v>
       </c>
       <c r="D21">
         <v>2008</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>9</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22">
-        <v>1987</v>
+        <v>2007</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>9</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>43</v>
       </c>
       <c r="D23">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
         <v>9</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="D24">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>45</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>46</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D27">
-        <v>2014</v>
+        <v>2008</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>49</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="D28">
-        <v>2008</v>
+        <v>1987</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
         <v>9</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>50</v>
       </c>
       <c r="B30" t="s">
         <v>29</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30" t="s">
         <v>9</v>
       </c>