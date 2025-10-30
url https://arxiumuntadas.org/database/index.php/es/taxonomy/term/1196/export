--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -44,50 +44,65 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Stadium XV</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Stadium VIII [Muntadas: Trabajos recientes]</t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>Media Stadium</t>
+  </si>
+  <si>
+    <t>Stadium IX</t>
+  </si>
+  <si>
+    <t>Berlín</t>
+  </si>
+  <si>
     <t>Stadium X [Intersecciones]</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Stadium I</t>
   </si>
   <si>
     <t>Banff</t>
   </si>
   <si>
     <t>Stadium XII [Hommage to the Audience]</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>Stadium II</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>Stadium XIII [Muntadas/Bs.As.]</t>
@@ -108,65 +123,50 @@
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>Stadium IV</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Stadium V</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Stadium VI</t>
   </si>
   <si>
     <t>Nueva Orleans (LA)</t>
   </si>
   <si>
     <t>Stadium VII</t>
   </si>
   <si>
     <t>Santa Barbara (CA)</t>
-  </si>
-[...13 lines deleted...]
-    <t>Berlín</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -534,272 +534,272 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2">
         <v>1989</v>
       </c>
       <c r="E2">
         <v>2011</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>1999</v>
+        <v>1992</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
-        <v>1989</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E4">
+        <v>2004</v>
+      </c>
+      <c r="F4"/>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>2006</v>
+        <v>1993</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>2007</v>
+        <v>1989</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1989</v>
+        <v>2006</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>2011</v>
+        <v>1989</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1990</v>
+        <v>2007</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1992</v>
-[...4 lines deleted...]
-      <c r="F15"/>
+        <v>1991</v>
+      </c>
+      <c r="E15"/>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>