--- v1 (2025-10-30)
+++ v2 (2025-12-10)
@@ -44,50 +44,74 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Stadium XV</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Stadium IV</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>Stadium V</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Stadium VI</t>
+  </si>
+  <si>
+    <t>Nueva Orleans (LA)</t>
+  </si>
+  <si>
+    <t>Stadium VII</t>
+  </si>
+  <si>
+    <t>Santa Barbara (CA)</t>
+  </si>
+  <si>
     <t>Stadium VIII [Muntadas: Trabajos recientes]</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
     <t>Media Stadium</t>
   </si>
   <si>
     <t>Stadium IX</t>
   </si>
   <si>
     <t>Berlín</t>
   </si>
   <si>
     <t>Stadium X [Intersecciones]</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Stadium I</t>
   </si>
   <si>
     <t>Banff</t>
@@ -99,74 +123,50 @@
     <t>Stuttgart</t>
   </si>
   <si>
     <t>Stadium II</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>Stadium XIII [Muntadas/Bs.As.]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>Stadium III</t>
   </si>
   <si>
     <t>Birmingham</t>
   </si>
   <si>
     <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
   </si>
   <si>
     <t>Sao Paulo</t>
-  </si>
-[...22 lines deleted...]
-    <t>Santa Barbara (CA)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -534,272 +534,272 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2">
         <v>1989</v>
       </c>
       <c r="E2">
         <v>2011</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
-        <v>1992</v>
-[...4 lines deleted...]
-      <c r="F4"/>
+        <v>1990</v>
+      </c>
+      <c r="E4"/>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
-        <v>1999</v>
+        <v>1991</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>2006</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E8">
+        <v>2004</v>
+      </c>
+      <c r="F8"/>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1989</v>
+        <v>1993</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>1989</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1990</v>
+        <v>2007</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1991</v>
+        <v>1989</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1991</v>
+        <v>2011</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>