--- v2 (2025-12-10)
+++ v3 (2025-12-13)
@@ -44,50 +44,56 @@
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Stadium XV</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
+    <t>Stadium XIV [Muntadas. Informação&gt;&gt;Espaço&gt;&gt;Controle]</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
     <t>Stadium IV</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>Stadium V</t>
   </si>
   <si>
     <t>Nueva York (NY)</t>
   </si>
   <si>
     <t>Stadium VI</t>
   </si>
   <si>
     <t>Nueva Orleans (LA)</t>
   </si>
   <si>
     <t>Stadium VII</t>
   </si>
   <si>
     <t>Santa Barbara (CA)</t>
   </si>
   <si>
     <t>Stadium VIII [Muntadas: Trabajos recientes]</t>
@@ -117,56 +123,50 @@
     <t>Banff</t>
   </si>
   <si>
     <t>Stadium XII [Hommage to the Audience]</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>Stadium II</t>
   </si>
   <si>
     <t>Manchester</t>
   </si>
   <si>
     <t>Stadium XIII [Muntadas/Bs.As.]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>Stadium III</t>
   </si>
   <si>
     <t>Birmingham</t>
-  </si>
-[...4 lines deleted...]
-    <t>Sao Paulo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -534,272 +534,272 @@
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2"/>
       <c r="D2">
         <v>1989</v>
       </c>
       <c r="E2">
         <v>2011</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3"/>
       <c r="D3">
-        <v>1990</v>
+        <v>2011</v>
       </c>
       <c r="E3"/>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4"/>
       <c r="D4">
         <v>1990</v>
       </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5"/>
       <c r="D5">
-        <v>1991</v>
+        <v>1990</v>
       </c>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6"/>
       <c r="D6">
         <v>1991</v>
       </c>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>17</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
         <v>1992</v>
       </c>
-      <c r="E8">
-[...2 lines deleted...]
-      <c r="F8"/>
+      <c r="E8"/>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1993</v>
-[...4 lines deleted...]
-      </c>
+        <v>1992</v>
+      </c>
+      <c r="E9">
+        <v>2004</v>
+      </c>
+      <c r="F9"/>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>1999</v>
+        <v>1993</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1989</v>
+        <v>1999</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>26</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2006</v>
+        <v>1989</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>28</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1989</v>
+        <v>2006</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2007</v>
+        <v>1989</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1989</v>
+        <v>2007</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>2011</v>
+        <v>1989</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>