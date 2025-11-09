--- v0 (2025-10-09)
+++ v1 (2025-11-09)
@@ -74,102 +74,102 @@
   <si>
     <t>Zhongguo Jiayou</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>Dónde vas con mantón de Manila?</t>
   </si>
   <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Ya tu sabes...</t>
   </si>
   <si>
     <t>San Juan</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
+    <t>Lo hecho en México…</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
+    <t>We are Fantastic</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>¡DICHO Y HECHO!</t>
+  </si>
+  <si>
+    <t>Caracas</t>
+  </si>
+  <si>
+    <t>Brasil… Tudo bem, Tudo bom!</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>España va bien</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Colombia is Doing Well</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Tout va Bien</t>
+  </si>
+  <si>
+    <t>Lille</t>
+  </si>
+  <si>
+    <t>Intersecciones</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
     <t>Estamos condenados...</t>
   </si>
   <si>
     <t>Argentina</t>
-  </si>
-[...46 lines deleted...]
-    <t>Bogota</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -612,187 +612,187 @@
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
         <v>2014</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
         <v>1999</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>1999</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>