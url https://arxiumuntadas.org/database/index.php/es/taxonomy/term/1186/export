--- v1 (2025-11-09)
+++ v2 (2025-12-01)
@@ -74,102 +74,102 @@
   <si>
     <t>Zhongguo Jiayou</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>Dónde vas con mantón de Manila?</t>
   </si>
   <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Ya tu sabes...</t>
   </si>
   <si>
     <t>San Juan</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
+    <t>España va bien</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Colombia is Doing Well</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Tout va Bien</t>
+  </si>
+  <si>
+    <t>Lille</t>
+  </si>
+  <si>
+    <t>Intersecciones</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Estamos condenados...</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
     <t>Lo hecho en México…</t>
   </si>
   <si>
     <t>México</t>
   </si>
   <si>
     <t>We are Fantastic</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>¡DICHO Y HECHO!</t>
   </si>
   <si>
     <t>Caracas</t>
   </si>
   <si>
     <t>Brasil… Tudo bem, Tudo bom!</t>
   </si>
   <si>
     <t>Sao Paulo</t>
-  </si>
-[...28 lines deleted...]
-    <t>Argentina</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -612,187 +612,187 @@
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
         <v>2014</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>2004</v>
+        <v>1999</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>1999</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>1999</v>
+        <v>2013</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>