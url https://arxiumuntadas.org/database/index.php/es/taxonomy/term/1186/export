--- v2 (2025-12-01)
+++ v3 (2025-12-13)
@@ -74,102 +74,102 @@
   <si>
     <t>Zhongguo Jiayou</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>Dónde vas con mantón de Manila?</t>
   </si>
   <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Ya tu sabes...</t>
   </si>
   <si>
     <t>San Juan</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
+    <t>We are Fantastic</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>¡DICHO Y HECHO!</t>
+  </si>
+  <si>
+    <t>Caracas</t>
+  </si>
+  <si>
+    <t>Brasil… Tudo bem, Tudo bom!</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
     <t>España va bien</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Colombia is Doing Well</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Tout va Bien</t>
   </si>
   <si>
     <t>Lille</t>
   </si>
   <si>
     <t>Intersecciones</t>
   </si>
   <si>
     <t>Bogota</t>
   </si>
   <si>
     <t>Estamos condenados...</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Lo hecho en México…</t>
   </si>
   <si>
     <t>México</t>
-  </si>
-[...16 lines deleted...]
-    <t>Sao Paulo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -612,187 +612,187 @@
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
         <v>2014</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>1999</v>
+        <v>2013</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
         <v>1999</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>