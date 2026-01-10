--- v3 (2025-12-13)
+++ v4 (2026-01-10)
@@ -74,102 +74,102 @@
   <si>
     <t>Zhongguo Jiayou</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>Dónde vas con mantón de Manila?</t>
   </si>
   <si>
     <t>Manila</t>
   </si>
   <si>
     <t>Ya tu sabes...</t>
   </si>
   <si>
     <t>San Juan</t>
   </si>
   <si>
     <t>Nessuno Come Noi</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
+    <t>Brasil… Tudo bem, Tudo bom!</t>
+  </si>
+  <si>
+    <t>Sao Paulo</t>
+  </si>
+  <si>
+    <t>España va bien</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Colombia is Doing Well</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Tout va Bien</t>
+  </si>
+  <si>
+    <t>Lille</t>
+  </si>
+  <si>
+    <t>Intersecciones</t>
+  </si>
+  <si>
+    <t>Bogota</t>
+  </si>
+  <si>
+    <t>Estamos condenados...</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Lo hecho en México…</t>
+  </si>
+  <si>
+    <t>México</t>
+  </si>
+  <si>
     <t>We are Fantastic</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>¡DICHO Y HECHO!</t>
   </si>
   <si>
     <t>Caracas</t>
-  </si>
-[...40 lines deleted...]
-    <t>México</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -612,187 +612,187 @@
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7"/>
       <c r="D7">
         <v>2014</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>2013</v>
+        <v>1999</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10"/>
       <c r="D10">
         <v>1999</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12">
         <v>1999</v>
       </c>
       <c r="E12"/>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13"/>
       <c r="D13">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
         <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14"/>
       <c r="D14">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15"/>
       <c r="D15">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16"/>
       <c r="D16">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>