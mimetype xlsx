--- v0 (2025-10-09)
+++ v1 (2025-11-07)
@@ -200,59 +200,59 @@
   <si>
     <t>On Translation: Strand [Fotografía]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Imán]</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
+    <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
+  </si>
+  <si>
+    <t>Mulhouse</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
   </si>
   <si>
-    <t>Mulhouse</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
     <t>On Translation: 米兔 (mǐ tù) [me too]</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
@@ -272,228 +272,228 @@
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>On Translation: Paper BP/MVDR</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: The Message</t>
+  </si>
+  <si>
+    <t>Roma, Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>On Translation: Die Sammlung</t>
+  </si>
+  <si>
+    <t>Dortmund, Stuttgart</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>On Translation: The Adapter</t>
+  </si>
+  <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>On Translation: El Aplauso</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
     <t>On Translation: Warning [1999]</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
   </si>
   <si>
     <t>On Translation: Die Bremer Stadtmusikanten</t>
   </si>
   <si>
     <t>On Translation: Social Network</t>
   </si>
   <si>
     <t>On Translation: Il telefonino</t>
   </si>
   <si>
     <t>Torino</t>
   </si>
   <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>On Translation: On View</t>
   </si>
   <si>
     <t>Japón</t>
   </si>
   <si>
     <t>On Translation: El Tren Urbano</t>
   </si>
   <si>
     <t>San Juan</t>
   </si>
   <si>
     <t>On Translation: The Bookstore</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>On Translation: The Audience [Wallpaper]</t>
   </si>
   <si>
     <t>On Translation: Stand By I</t>
   </si>
   <si>
-    <t>On Translation: Pille, 2006-2014</t>
+    <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand</t>
   </si>
   <si>
     <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
   </si>
   <si>
     <t>On Translation: Listening</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>On Translation: Go Round</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>On Translation: Sicherheitsvorschriften</t>
   </si>
   <si>
     <t>On Translation: Die Stadt [Wallpaper]</t>
   </si>
   <si>
     <t>Graz, Barcelona, Francia</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>On Translation: Abroad</t>
   </si>
   <si>
     <t>On Translation: The Edition</t>
   </si>
   <si>
     <t>On Translation: Stand By II</t>
   </si>
   <si>
+    <t>On Translation: Himnes</t>
+  </si>
+  <si>
     <t>On Translation: The Games</t>
   </si>
   <si>
     <t>Atlanta (GA)</t>
   </si>
   <si>
-    <t>On Translation: Himnes</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
   <si>
     <t>On Translation: Miedo / Jauf</t>
   </si>
   <si>
+    <t>On Translation: Ongi Etorri</t>
+  </si>
+  <si>
     <t>On Translation: La mesa de negociación I</t>
   </si>
   <si>
-    <t>On Translation: Ongi Etorri</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: La imatge</t>
   </si>
   <si>
     <t>On Translation: Two Spaces</t>
   </si>
   <si>
     <t>Gwangju</t>
   </si>
   <si>
+    <t>On Translation: La Sala de Espera</t>
+  </si>
+  <si>
     <t>On Translation: The Bank</t>
-  </si>
-[...46 lines deleted...]
-    <t>Moscú</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1720,754 +1720,754 @@
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
         <v>2009</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>84</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1999</v>
-[...2 lines deleted...]
-      <c r="F50"/>
+        <v>1998</v>
+      </c>
+      <c r="E50">
+        <v>2005</v>
+      </c>
+      <c r="F50" t="s">
+        <v>72</v>
+      </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>2004</v>
-[...2 lines deleted...]
-      <c r="F52"/>
+        <v>1998</v>
+      </c>
+      <c r="E52">
+        <v>2000</v>
+      </c>
+      <c r="F52" t="s">
+        <v>89</v>
+      </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="E53"/>
       <c r="F53" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E54"/>
+        <v>2003</v>
+      </c>
+      <c r="E54">
+        <v>2006</v>
+      </c>
       <c r="F54" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>96</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E57"/>
+        <v>1999</v>
+      </c>
+      <c r="E57">
+        <v>2006</v>
+      </c>
       <c r="F57" t="s">
         <v>97</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>98</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>2011</v>
       </c>
       <c r="E59"/>
-      <c r="F59"/>
+      <c r="F59" t="s">
+        <v>100</v>
+      </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>101</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E60"/>
-      <c r="F60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>102</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="E61"/>
       <c r="F61" t="s">
-        <v>103</v>
+        <v>52</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2002</v>
-[...6 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E62"/>
+      <c r="F62"/>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F63"/>
+        <v>2005</v>
+      </c>
+      <c r="E63">
+        <v>2006</v>
+      </c>
+      <c r="F63" t="s">
+        <v>17</v>
+      </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>1978</v>
-[...4 lines deleted...]
-      <c r="F66"/>
+        <v>2004</v>
+      </c>
+      <c r="E66"/>
+      <c r="F66" t="s">
+        <v>110</v>
+      </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>111</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>112</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>113</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>114</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>115</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>116</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="E70"/>
-      <c r="F70"/>
+      <c r="F70" t="s">
+        <v>72</v>
+      </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>117</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
         <v>2006</v>
       </c>
-      <c r="E71"/>
-      <c r="F71"/>
+      <c r="E71">
+        <v>2014</v>
+      </c>
+      <c r="F71" t="s">
+        <v>118</v>
+      </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1996</v>
-[...1 lines deleted...]
-      <c r="E72"/>
+        <v>2002</v>
+      </c>
+      <c r="E72">
+        <v>2008</v>
+      </c>
       <c r="F72" t="s">
-        <v>119</v>
+        <v>40</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>120</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="E73"/>
-      <c r="F73" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F73"/>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>121</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E74"/>
       <c r="F74" t="s">
         <v>122</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>123</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E75"/>
-      <c r="F75"/>
+      <c r="F75" t="s">
+        <v>124</v>
+      </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1998</v>
-[...4 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E76">
+        <v>2002</v>
+      </c>
+      <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>75</v>
+        <v>129</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="E79"/>
-      <c r="F79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F79"/>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1997</v>
-[...6 lines deleted...]
-      </c>
+        <v>2000</v>
+      </c>
+      <c r="E80"/>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="E81"/>
-      <c r="F81" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F81"/>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="E82"/>
       <c r="F82" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>75</v>
+        <v>135</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E84">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="F84" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E85"/>
-      <c r="F85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F85"/>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="E86"/>
       <c r="F86" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E89"/>
       <c r="F89" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E91"/>
+        <v>1997</v>
+      </c>
+      <c r="E91">
+        <v>2002</v>
+      </c>
       <c r="F91" t="s">
-        <v>145</v>
+        <v>9</v>
       </c>
       <c r="G91"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>