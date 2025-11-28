--- v1 (2025-11-07)
+++ v2 (2025-11-28)
@@ -200,59 +200,59 @@
   <si>
     <t>On Translation: Strand [Fotografía]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Imán]</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
+    <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
+  </si>
+  <si>
+    <t>Mulhouse</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
   </si>
   <si>
-    <t>Mulhouse</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
     <t>On Translation: 米兔 (mǐ tù) [me too]</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
@@ -272,228 +272,228 @@
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>On Translation: Warning [1999]</t>
+  </si>
+  <si>
+    <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
+  </si>
+  <si>
+    <t>On Translation: Die Bremer Stadtmusikanten</t>
+  </si>
+  <si>
+    <t>On Translation: Social Network</t>
+  </si>
+  <si>
+    <t>On Translation: Il telefonino</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>On Translation: On View</t>
+  </si>
+  <si>
+    <t>Japón</t>
+  </si>
+  <si>
+    <t>On Translation: El Tren Urbano</t>
+  </si>
+  <si>
+    <t>San Juan</t>
+  </si>
+  <si>
+    <t>On Translation: The Bookstore</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience [Wallpaper]</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
+  </si>
+  <si>
+    <t>China, Seúl, Japón</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
+  </si>
+  <si>
+    <t>On Translation: Listening</t>
+  </si>
+  <si>
+    <t>Corea del Sur</t>
+  </si>
+  <si>
+    <t>On Translation: Go Round</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>On Translation: Sicherheitsvorschriften</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Francia</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>On Translation: The Edition</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>On Translation: Himnes</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Lille</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>On Translation: Ongi Etorri</t>
+  </si>
+  <si>
+    <t>On Translation: La imatge</t>
+  </si>
+  <si>
+    <t>On Translation: Two Spaces</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
+  </si>
+  <si>
+    <t>On Translation: The Bank</t>
+  </si>
+  <si>
+    <t>On Translation: La Sala de Espera</t>
+  </si>
+  <si>
     <t>On Translation: La mesa de negociación II</t>
   </si>
   <si>
     <t>On Translation: Paper BP/MVDR</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>On Translation: The Message</t>
   </si>
   <si>
     <t>Roma, Nueva York (NY)</t>
   </si>
   <si>
     <t>On Translation: Die Sammlung</t>
   </si>
   <si>
     <t>Dortmund, Stuttgart</t>
   </si>
   <si>
     <t>On Translation: Celebracions</t>
   </si>
   <si>
     <t>On Translation: The Adapter</t>
   </si>
   <si>
     <t>On Translation: Warning (Inglés) [Stuttgart]</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>On Translation: Stand By: Moscow</t>
   </si>
   <si>
     <t>Moscú</t>
-  </si>
-[...133 lines deleted...]
-    <t>On Translation: The Bank</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1720,754 +1720,754 @@
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
         <v>2009</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>84</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="E50"/>
+      <c r="F50"/>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E52"/>
+      <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E53"/>
+        <v>2005</v>
+      </c>
+      <c r="E53">
+        <v>2006</v>
+      </c>
       <c r="F53" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="E54"/>
       <c r="F54" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>9</v>
+        <v>95</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>96</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E57"/>
       <c r="F57" t="s">
         <v>97</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>98</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
         <v>2011</v>
       </c>
       <c r="E59"/>
-      <c r="F59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>101</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E60"/>
-      <c r="F60"/>
+      <c r="F60" t="s">
+        <v>72</v>
+      </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>102</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E61"/>
+        <v>2006</v>
+      </c>
+      <c r="E61">
+        <v>2014</v>
+      </c>
       <c r="F61" t="s">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2004</v>
-[...2 lines deleted...]
-      <c r="F62"/>
+        <v>2002</v>
+      </c>
+      <c r="E62">
+        <v>2008</v>
+      </c>
+      <c r="F62" t="s">
+        <v>40</v>
+      </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2005</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E63"/>
+      <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2004</v>
-[...4 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E66">
+        <v>2002</v>
+      </c>
+      <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>111</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>112</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>113</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>114</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>115</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>116</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E70"/>
-      <c r="F70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F70"/>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>117</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
         <v>2006</v>
       </c>
-      <c r="E71">
-[...4 lines deleted...]
-      </c>
+      <c r="E71"/>
+      <c r="F71"/>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="E72"/>
       <c r="F72" t="s">
-        <v>40</v>
+        <v>119</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>120</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E73"/>
-      <c r="F73"/>
+      <c r="F73" t="s">
+        <v>75</v>
+      </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>121</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E74"/>
+        <v>1999</v>
+      </c>
+      <c r="E74">
+        <v>2004</v>
+      </c>
       <c r="F74" t="s">
         <v>122</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>123</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E75"/>
-      <c r="F75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F75"/>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1978</v>
-[...4 lines deleted...]
-      <c r="F76"/>
+        <v>1998</v>
+      </c>
+      <c r="E76"/>
+      <c r="F76" t="s">
+        <v>49</v>
+      </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>127</v>
+        <v>19</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>129</v>
+        <v>75</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E79"/>
-      <c r="F79"/>
+      <c r="F79" t="s">
+        <v>128</v>
+      </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2000</v>
-[...2 lines deleted...]
-      <c r="F80"/>
+        <v>1997</v>
+      </c>
+      <c r="E80">
+        <v>2002</v>
+      </c>
+      <c r="F80" t="s">
+        <v>9</v>
+      </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E81"/>
-      <c r="F81"/>
+      <c r="F81" t="s">
+        <v>19</v>
+      </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="E82"/>
+        <v>1998</v>
+      </c>
+      <c r="E82">
+        <v>2005</v>
+      </c>
       <c r="F82" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>1996</v>
+        <v>2009</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>135</v>
+        <v>75</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E84">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="F84" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E85"/>
-      <c r="F85"/>
+      <c r="F85" t="s">
+        <v>136</v>
+      </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="E86"/>
+        <v>2003</v>
+      </c>
+      <c r="E86">
+        <v>2006</v>
+      </c>
       <c r="F86" t="s">
-        <v>19</v>
+        <v>138</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>49</v>
+        <v>75</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E89"/>
+        <v>1999</v>
+      </c>
+      <c r="E89">
+        <v>2006</v>
+      </c>
       <c r="F89" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E91"/>
       <c r="F91" t="s">
-        <v>9</v>
+        <v>145</v>
       </c>
       <c r="G91"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>