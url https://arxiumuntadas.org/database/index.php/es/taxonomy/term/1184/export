--- v2 (2025-11-28)
+++ v3 (2025-12-18)
@@ -242,80 +242,101 @@
   <si>
     <t>On Translation: 米兔 (mǐ tù) [me too]</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>On Translation: Warning/ 警告 (Japonés)</t>
+  </si>
+  <si>
+    <t>Tokio</t>
+  </si>
+  <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
-    <t>On Translation: Warning/ 警告 (Japonés)</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>On Translation: The Adapter</t>
+  </si>
+  <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>On Translation: El Aplauso</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
     <t>On Translation: Warning [1999]</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
   </si>
   <si>
     <t>On Translation: Die Bremer Stadtmusikanten</t>
   </si>
   <si>
     <t>On Translation: Social Network</t>
   </si>
   <si>
     <t>On Translation: Il telefonino</t>
   </si>
   <si>
     <t>Torino</t>
   </si>
   <si>
     <t>On Translation: Stand By [Buenos Aires]</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
     <t>On Translation: On View</t>
@@ -429,71 +450,50 @@
     <t>On Translation: La Sala de Espera</t>
   </si>
   <si>
     <t>On Translation: La mesa de negociación II</t>
   </si>
   <si>
     <t>On Translation: Paper BP/MVDR</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Rotterdam</t>
   </si>
   <si>
     <t>On Translation: The Message</t>
   </si>
   <si>
     <t>Roma, Nueva York (NY)</t>
   </si>
   <si>
     <t>On Translation: Die Sammlung</t>
   </si>
   <si>
     <t>Dortmund, Stuttgart</t>
-  </si>
-[...19 lines deleted...]
-    <t>Moscú</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1615,70 +1615,70 @@
       </c>
       <c r="C43"/>
       <c r="D43">
         <v>1999</v>
       </c>
       <c r="E43">
         <v>2017</v>
       </c>
       <c r="F43" t="s">
         <v>75</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>76</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
         <v>1999</v>
       </c>
       <c r="E44">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="F44" t="s">
         <v>77</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
         <v>1999</v>
       </c>
       <c r="E45">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F45" t="s">
         <v>79</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>80</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>1999</v>
       </c>
       <c r="E46">
         <v>2011</v>
       </c>
       <c r="F46" t="s">
         <v>75</v>
       </c>
       <c r="G46"/>
     </row>
@@ -1720,752 +1720,754 @@
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
         <v>2009</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>84</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1999</v>
+        <v>2009</v>
       </c>
       <c r="E50"/>
-      <c r="F50"/>
+      <c r="F50" t="s">
+        <v>75</v>
+      </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>2004</v>
-[...2 lines deleted...]
-      <c r="F52"/>
+        <v>1999</v>
+      </c>
+      <c r="E52">
+        <v>2006</v>
+      </c>
+      <c r="F52" t="s">
+        <v>89</v>
+      </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="E53"/>
       <c r="F53" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E54"/>
       <c r="F54" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2007</v>
+        <v>1999</v>
       </c>
       <c r="E55"/>
-      <c r="F55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>94</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E57"/>
-      <c r="F57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F57"/>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E58"/>
+        <v>2005</v>
+      </c>
+      <c r="E58">
+        <v>2006</v>
+      </c>
       <c r="F58" t="s">
-        <v>99</v>
+        <v>17</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E59"/>
-      <c r="F59"/>
+      <c r="F59" t="s">
+        <v>98</v>
+      </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E61"/>
       <c r="F61" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E62"/>
       <c r="F62" t="s">
-        <v>40</v>
+        <v>104</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>105</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="E63"/>
-      <c r="F63"/>
+      <c r="F63" t="s">
+        <v>106</v>
+      </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E64"/>
-      <c r="F64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>108</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>1978</v>
+        <v>2006</v>
       </c>
       <c r="E66">
-        <v>2002</v>
-[...1 lines deleted...]
-      <c r="F66"/>
+        <v>2014</v>
+      </c>
+      <c r="F66" t="s">
+        <v>110</v>
+      </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>111</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E67"/>
+        <v>2002</v>
+      </c>
+      <c r="E67">
+        <v>2008</v>
+      </c>
       <c r="F67" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E68"/>
-      <c r="F68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E69"/>
-      <c r="F69"/>
+      <c r="F69" t="s">
+        <v>114</v>
+      </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="E70"/>
-      <c r="F70"/>
+      <c r="F70" t="s">
+        <v>116</v>
+      </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>117</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>2006</v>
-[...1 lines deleted...]
-      <c r="E71"/>
+        <v>1978</v>
+      </c>
+      <c r="E71">
+        <v>2002</v>
+      </c>
       <c r="F71"/>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>118</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>119</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>120</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>75</v>
+        <v>121</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="E74"/>
       <c r="F74" t="s">
-        <v>122</v>
+        <v>77</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>123</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>124</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="E76"/>
-      <c r="F76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>125</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2002</v>
+        <v>2016</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>75</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
+        <v>1999</v>
+      </c>
+      <c r="E79">
         <v>2004</v>
       </c>
-      <c r="E79"/>
       <c r="F79" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>1997</v>
-[...6 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="E80"/>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="E82"/>
       <c r="F82" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>75</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>1998</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E84"/>
       <c r="F84" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E85"/>
+        <v>1997</v>
+      </c>
+      <c r="E85">
+        <v>2002</v>
+      </c>
       <c r="F85" t="s">
-        <v>136</v>
+        <v>9</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>137</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="E86"/>
       <c r="F86" t="s">
-        <v>138</v>
+        <v>19</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="E87"/>
+        <v>1998</v>
+      </c>
+      <c r="E87">
+        <v>2005</v>
+      </c>
       <c r="F87" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>9</v>
+        <v>75</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E89">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="F89" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>144</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="E91"/>
+        <v>2003</v>
+      </c>
+      <c r="E91">
+        <v>2006</v>
+      </c>
       <c r="F91" t="s">
         <v>145</v>
       </c>
       <c r="G91"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>