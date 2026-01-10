--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -242,80 +242,167 @@
   <si>
     <t>On Translation: 米兔 (mǐ tù) [me too]</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>On Translation: Fortune Cookies</t>
   </si>
   <si>
     <t>On Translation: Warning (Attenzione)</t>
   </si>
   <si>
     <t>Venecia</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
+    <t>On Translation: Warning / 警告 (Chino)</t>
+  </si>
+  <si>
+    <t>Pekin</t>
+  </si>
+  <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
-    <t>On Translation: Warning / 警告 (Chino)</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>On Translation: Sicherheitsvorschriften</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt [Wallpaper]</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Francia</t>
+  </si>
+  <si>
+    <t>On Translation: Fear / Miedo</t>
+  </si>
+  <si>
+    <t>Estados Unidos de América</t>
+  </si>
+  <si>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>On Translation: The Edition</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By II</t>
+  </si>
+  <si>
+    <t>On Translation: The Games</t>
+  </si>
+  <si>
+    <t>Atlanta (GA)</t>
+  </si>
+  <si>
+    <t>On Translation: Himnes</t>
+  </si>
+  <si>
+    <t>On Translation: Die Stadt</t>
+  </si>
+  <si>
+    <t>Graz, Barcelona, Lille</t>
+  </si>
+  <si>
+    <t>On Translation: Miedo / Jauf</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>On Translation: Ongi Etorri</t>
+  </si>
+  <si>
+    <t>On Translation: La imatge</t>
+  </si>
+  <si>
+    <t>On Translation: Two Spaces</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
+  </si>
+  <si>
+    <t>On Translation: The Bank</t>
+  </si>
+  <si>
+    <t>On Translation: La Sala de Espera</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>On Translation: Paper BP/MVDR</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: The Message</t>
+  </si>
+  <si>
+    <t>Roma, Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>On Translation: Die Sammlung</t>
+  </si>
+  <si>
+    <t>Dortmund, Stuttgart</t>
+  </si>
+  <si>
     <t>On Translation: Celebracions</t>
   </si>
   <si>
     <t>On Translation: The Adapter</t>
   </si>
   <si>
     <t>On Translation: Warning (Inglés) [Stuttgart]</t>
   </si>
   <si>
     <t>Stuttgart</t>
   </si>
   <si>
     <t>On Translation: El Aplauso</t>
   </si>
   <si>
     <t>On Translation: Stand By: Moscow</t>
   </si>
   <si>
     <t>Moscú</t>
   </si>
   <si>
     <t>On Translation: Warning [1999]</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
@@ -363,137 +450,50 @@
     <t>On Translation: Stand By I</t>
   </si>
   <si>
     <t>On Translation: Pille</t>
   </si>
   <si>
     <t>China, Seúl, Japón</t>
   </si>
   <si>
     <t>On Translation: Petit et Grand</t>
   </si>
   <si>
     <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
   </si>
   <si>
     <t>On Translation: Listening</t>
   </si>
   <si>
     <t>Corea del Sur</t>
   </si>
   <si>
     <t>On Translation: Go Round</t>
   </si>
   <si>
     <t>China</t>
-  </si>
-[...85 lines deleted...]
-    <t>Dortmund, Stuttgart</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1615,70 +1615,70 @@
       </c>
       <c r="C43"/>
       <c r="D43">
         <v>1999</v>
       </c>
       <c r="E43">
         <v>2017</v>
       </c>
       <c r="F43" t="s">
         <v>75</v>
       </c>
       <c r="G43"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>76</v>
       </c>
       <c r="B44" t="s">
         <v>8</v>
       </c>
       <c r="C44"/>
       <c r="D44">
         <v>1999</v>
       </c>
       <c r="E44">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F44" t="s">
         <v>77</v>
       </c>
       <c r="G44"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>8</v>
       </c>
       <c r="C45"/>
       <c r="D45">
         <v>1999</v>
       </c>
       <c r="E45">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="F45" t="s">
         <v>79</v>
       </c>
       <c r="G45"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>80</v>
       </c>
       <c r="B46" t="s">
         <v>8</v>
       </c>
       <c r="C46"/>
       <c r="D46">
         <v>1999</v>
       </c>
       <c r="E46">
         <v>2011</v>
       </c>
       <c r="F46" t="s">
         <v>75</v>
       </c>
       <c r="G46"/>
     </row>
@@ -1720,754 +1720,754 @@
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
         <v>2009</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>84</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>2009</v>
-[...4 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E50">
+        <v>2002</v>
+      </c>
+      <c r="F50"/>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>9</v>
+        <v>88</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E52"/>
       <c r="F52" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="E54"/>
-      <c r="F54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F54"/>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>93</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>94</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="E57"/>
-      <c r="F57"/>
+      <c r="F57" t="s">
+        <v>75</v>
+      </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E58">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="F58" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E59"/>
-      <c r="F59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>2007</v>
+        <v>1998</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>101</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="E63"/>
       <c r="F63" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F64"/>
+        <v>1997</v>
+      </c>
+      <c r="E64">
+        <v>2002</v>
+      </c>
+      <c r="F64" t="s">
+        <v>9</v>
+      </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>2006</v>
+        <v>1998</v>
       </c>
       <c r="E66">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="F66" t="s">
-        <v>110</v>
+        <v>72</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="E67"/>
       <c r="F67" t="s">
-        <v>40</v>
+        <v>75</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>2011</v>
-[...2 lines deleted...]
-      <c r="F68"/>
+        <v>1998</v>
+      </c>
+      <c r="E68">
+        <v>2000</v>
+      </c>
+      <c r="F68" t="s">
+        <v>110</v>
+      </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="E70"/>
+        <v>2003</v>
+      </c>
+      <c r="E70">
+        <v>2006</v>
+      </c>
       <c r="F70" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>1978</v>
-[...4 lines deleted...]
-      <c r="F71"/>
+        <v>2009</v>
+      </c>
+      <c r="E71"/>
+      <c r="F71" t="s">
+        <v>75</v>
+      </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>119</v>
+        <v>9</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E73"/>
+        <v>1999</v>
+      </c>
+      <c r="E73">
+        <v>2006</v>
+      </c>
       <c r="F73" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>2016</v>
+        <v>1999</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E75"/>
-      <c r="F75"/>
+      <c r="F75" t="s">
+        <v>121</v>
+      </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>1996</v>
+        <v>2010</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>126</v>
+        <v>52</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E78"/>
-      <c r="F78" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F78"/>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E79">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="F79" t="s">
-        <v>129</v>
+        <v>17</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E80"/>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>127</v>
+      </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>1998</v>
+        <v>2007</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>49</v>
+        <v>129</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>75</v>
+        <v>133</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>134</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2004</v>
+        <v>2001</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>135</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>136</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>1997</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E85"/>
+      <c r="F85"/>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>137</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>138</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="E87">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="F87" t="s">
-        <v>72</v>
+        <v>139</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="E88"/>
+        <v>2002</v>
+      </c>
+      <c r="E88">
+        <v>2008</v>
+      </c>
       <c r="F88" t="s">
-        <v>75</v>
+        <v>40</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E89"/>
+      <c r="F89"/>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>142</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>143</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>144</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="E91"/>
       <c r="F91" t="s">
         <v>145</v>
       </c>
       <c r="G91"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>