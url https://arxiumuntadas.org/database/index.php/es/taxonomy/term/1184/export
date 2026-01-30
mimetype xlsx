--- v4 (2026-01-10)
+++ v5 (2026-01-30)
@@ -272,228 +272,228 @@
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>On Translation: Security</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: FIFA</t>
   </si>
   <si>
     <t>Sao Paulo</t>
   </si>
   <si>
     <t>On Translation: Vuitton</t>
   </si>
   <si>
+    <t>On Translation: La mesa de negociación I</t>
+  </si>
+  <si>
+    <t>On Translation: Ongi Etorri</t>
+  </si>
+  <si>
+    <t>On Translation: La imatge</t>
+  </si>
+  <si>
+    <t>On Translation: Two Spaces</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
+  </si>
+  <si>
+    <t>On Translation: The Bank</t>
+  </si>
+  <si>
+    <t>On Translation: La Sala de Espera</t>
+  </si>
+  <si>
+    <t>On Translation: La mesa de negociación II</t>
+  </si>
+  <si>
+    <t>On Translation: Paper BP/MVDR</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Rotterdam</t>
+  </si>
+  <si>
+    <t>On Translation: The Message</t>
+  </si>
+  <si>
+    <t>Roma, Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>On Translation: Die Sammlung</t>
+  </si>
+  <si>
+    <t>Dortmund, Stuttgart</t>
+  </si>
+  <si>
+    <t>On Translation: Celebracions</t>
+  </si>
+  <si>
+    <t>On Translation: The Adapter</t>
+  </si>
+  <si>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>Stuttgart</t>
+  </si>
+  <si>
+    <t>On Translation: El Aplauso</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By: Moscow</t>
+  </si>
+  <si>
+    <t>Moscú</t>
+  </si>
+  <si>
+    <t>On Translation: Warning [1999]</t>
+  </si>
+  <si>
+    <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
+  </si>
+  <si>
+    <t>On Translation: Die Bremer Stadtmusikanten</t>
+  </si>
+  <si>
+    <t>On Translation: Social Network</t>
+  </si>
+  <si>
+    <t>On Translation: Il telefonino</t>
+  </si>
+  <si>
+    <t>Torino</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By [Buenos Aires]</t>
+  </si>
+  <si>
+    <t>Buenos Aires</t>
+  </si>
+  <si>
+    <t>On Translation: On View</t>
+  </si>
+  <si>
+    <t>Japón</t>
+  </si>
+  <si>
+    <t>On Translation: El Tren Urbano</t>
+  </si>
+  <si>
+    <t>San Juan</t>
+  </si>
+  <si>
+    <t>On Translation: The Bookstore</t>
+  </si>
+  <si>
+    <t>Pamplona</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience [Wallpaper]</t>
+  </si>
+  <si>
+    <t>On Translation: Stand By I</t>
+  </si>
+  <si>
+    <t>On Translation: Pille</t>
+  </si>
+  <si>
+    <t>China, Seúl, Japón</t>
+  </si>
+  <si>
+    <t>On Translation: Petit et Grand</t>
+  </si>
+  <si>
+    <t>On Translation: Comemorações Urbanas [Wallpaper]</t>
+  </si>
+  <si>
+    <t>On Translation: Listening</t>
+  </si>
+  <si>
+    <t>Corea del Sur</t>
+  </si>
+  <si>
+    <t>On Translation: Go Round</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
     <t>On Translation: Sicherheitsvorschriften</t>
   </si>
   <si>
     <t>On Translation: Die Stadt [Wallpaper]</t>
   </si>
   <si>
     <t>Graz, Barcelona, Francia</t>
   </si>
   <si>
     <t>On Translation: Fear / Miedo</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
   </si>
   <si>
     <t>On Translation: Abroad</t>
   </si>
   <si>
     <t>On Translation: The Edition</t>
   </si>
   <si>
     <t>On Translation: Stand By II</t>
   </si>
   <si>
     <t>On Translation: The Games</t>
   </si>
   <si>
     <t>Atlanta (GA)</t>
   </si>
   <si>
     <t>On Translation: Himnes</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
   <si>
     <t>On Translation: Miedo / Jauf</t>
-  </si>
-[...136 lines deleted...]
-    <t>China</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1720,757 +1720,757 @@
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>8</v>
       </c>
       <c r="C49"/>
       <c r="D49">
         <v>2009</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>84</v>
       </c>
       <c r="G49"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>8</v>
       </c>
       <c r="C50"/>
       <c r="D50">
-        <v>1978</v>
-[...4 lines deleted...]
-      <c r="F50"/>
+        <v>1998</v>
+      </c>
+      <c r="E50"/>
+      <c r="F50" t="s">
+        <v>49</v>
+      </c>
       <c r="G50"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>8</v>
       </c>
       <c r="C51"/>
       <c r="D51">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="E51"/>
       <c r="F51" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="G51"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>8</v>
       </c>
       <c r="C52"/>
       <c r="D52">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B53" t="s">
         <v>8</v>
       </c>
       <c r="C53"/>
       <c r="D53">
-        <v>2016</v>
+        <v>2004</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B54" t="s">
         <v>8</v>
       </c>
       <c r="C54"/>
       <c r="D54">
-        <v>2000</v>
-[...2 lines deleted...]
-      <c r="F54"/>
+        <v>1997</v>
+      </c>
+      <c r="E54">
+        <v>2002</v>
+      </c>
+      <c r="F54" t="s">
+        <v>9</v>
+      </c>
       <c r="G54"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B55" t="s">
         <v>8</v>
       </c>
       <c r="C55"/>
       <c r="D55">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="E55"/>
-      <c r="F55"/>
+      <c r="F55" t="s">
+        <v>19</v>
+      </c>
       <c r="G55"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B56" t="s">
         <v>8</v>
       </c>
       <c r="C56"/>
       <c r="D56">
-        <v>1996</v>
-[...1 lines deleted...]
-      <c r="E56"/>
+        <v>1998</v>
+      </c>
+      <c r="E56">
+        <v>2005</v>
+      </c>
       <c r="F56" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B57" t="s">
         <v>8</v>
       </c>
       <c r="C57"/>
       <c r="D57">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>75</v>
       </c>
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B58" t="s">
         <v>8</v>
       </c>
       <c r="C58"/>
       <c r="D58">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="E58">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="F58" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B59" t="s">
         <v>8</v>
       </c>
       <c r="C59"/>
       <c r="D59">
-        <v>2007</v>
+        <v>2001</v>
       </c>
       <c r="E59"/>
-      <c r="F59"/>
+      <c r="F59" t="s">
+        <v>98</v>
+      </c>
       <c r="G59"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B60" t="s">
         <v>8</v>
       </c>
       <c r="C60"/>
       <c r="D60">
-        <v>1998</v>
-[...1 lines deleted...]
-      <c r="E60"/>
+        <v>2003</v>
+      </c>
+      <c r="E60">
+        <v>2006</v>
+      </c>
       <c r="F60" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="G60"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>101</v>
       </c>
       <c r="B61" t="s">
         <v>8</v>
       </c>
       <c r="C61"/>
       <c r="D61">
         <v>2009</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="G61"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>102</v>
       </c>
       <c r="B62" t="s">
         <v>8</v>
       </c>
       <c r="C62"/>
       <c r="D62">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>75</v>
+        <v>9</v>
       </c>
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>103</v>
       </c>
       <c r="B63" t="s">
         <v>8</v>
       </c>
       <c r="C63"/>
       <c r="D63">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E63"/>
+        <v>1999</v>
+      </c>
+      <c r="E63">
+        <v>2006</v>
+      </c>
       <c r="F63" t="s">
         <v>104</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>105</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64"/>
       <c r="D64">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="E64"/>
       <c r="F64" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>106</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65"/>
       <c r="D65">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66"/>
       <c r="D66">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>1999</v>
+      </c>
+      <c r="E66"/>
+      <c r="F66"/>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67"/>
       <c r="D67">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68"/>
       <c r="D68">
-        <v>1998</v>
-[...6 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="E68"/>
+      <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>111</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69"/>
       <c r="D69">
-        <v>2001</v>
-[...1 lines deleted...]
-      <c r="E69"/>
+        <v>2005</v>
+      </c>
+      <c r="E69">
+        <v>2006</v>
+      </c>
       <c r="F69" t="s">
-        <v>112</v>
+        <v>17</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70"/>
       <c r="D70">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2001</v>
+      </c>
+      <c r="E70"/>
       <c r="F70" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71"/>
       <c r="D71">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>116</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72"/>
       <c r="D72">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73"/>
       <c r="D73">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2005</v>
+      </c>
+      <c r="E73"/>
       <c r="F73" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74"/>
       <c r="D74">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75"/>
       <c r="D75">
         <v>2011</v>
       </c>
       <c r="E75"/>
-      <c r="F75" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F75"/>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76"/>
       <c r="D76">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="E76"/>
-      <c r="F76"/>
+      <c r="F76" t="s">
+        <v>72</v>
+      </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77"/>
       <c r="D77">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="E77"/>
+        <v>2006</v>
+      </c>
+      <c r="E77">
+        <v>2014</v>
+      </c>
       <c r="F77" t="s">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78"/>
       <c r="D78">
-        <v>2004</v>
-[...2 lines deleted...]
-      <c r="F78"/>
+        <v>2002</v>
+      </c>
+      <c r="E78">
+        <v>2008</v>
+      </c>
+      <c r="F78" t="s">
+        <v>40</v>
+      </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79"/>
       <c r="D79">
-        <v>2005</v>
-[...6 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="E79"/>
+      <c r="F79"/>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80"/>
       <c r="D80">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81"/>
       <c r="D81">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82"/>
       <c r="D82">
-        <v>2004</v>
-[...4 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="E82">
+        <v>2002</v>
+      </c>
+      <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83"/>
       <c r="D83">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84"/>
       <c r="D84">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85"/>
       <c r="D85">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E85"/>
-      <c r="F85"/>
+      <c r="F85" t="s">
+        <v>79</v>
+      </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86"/>
       <c r="D86">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="E86"/>
-      <c r="F86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F86"/>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B87" t="s">
         <v>8</v>
       </c>
       <c r="C87"/>
       <c r="D87">
         <v>2006</v>
       </c>
-      <c r="E87">
-[...4 lines deleted...]
-      </c>
+      <c r="E87"/>
+      <c r="F87"/>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>140</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>1996</v>
+      </c>
+      <c r="E88"/>
       <c r="F88" t="s">
-        <v>40</v>
+        <v>141</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B89" t="s">
         <v>8</v>
       </c>
       <c r="C89"/>
       <c r="D89">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="E89"/>
-      <c r="F89"/>
+      <c r="F89" t="s">
+        <v>75</v>
+      </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B90" t="s">
         <v>8</v>
       </c>
       <c r="C90"/>
       <c r="D90">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E90"/>
+        <v>1999</v>
+      </c>
+      <c r="E90">
+        <v>2004</v>
+      </c>
       <c r="F90" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B91" t="s">
         <v>8</v>
       </c>
       <c r="C91"/>
       <c r="D91">
-        <v>2013</v>
+        <v>2007</v>
       </c>
       <c r="E91"/>
-      <c r="F91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F91"/>
       <c r="G91"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>