--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -221,63 +221,63 @@
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Aller/Retour. Citoyenneté et déplacements [postales]</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>RED 红</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
+    <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
+  </si>
+  <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
-  </si>
-[...7 lines deleted...]
-    <t>Vancouver</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1211,96 +1211,96 @@
         <v>67</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>68</v>
       </c>
       <c r="D33">
         <v>2014</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="D34">
-        <v>1974</v>
+        <v>2017</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>10</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="D35">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>71</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D36">
-        <v>2014</v>
+        <v>1974</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>73</v>
+        <v>10</v>
       </c>
       <c r="G36"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>