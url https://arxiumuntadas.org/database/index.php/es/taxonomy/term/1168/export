--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -221,63 +221,63 @@
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Aller/Retour. Citoyenneté et déplacements [postales]</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>RED 红</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
     <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
-  </si>
-[...10 lines deleted...]
-    <t>Flyer, Taller</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1211,92 +1211,92 @@
         <v>67</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
         <v>68</v>
       </c>
       <c r="D33">
         <v>2014</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
         <v>10</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>69</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="D34">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D35">
-        <v>2014</v>
+        <v>1974</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>73</v>
+        <v>54</v>
       </c>
       <c r="D36">
-        <v>1974</v>
+        <v>2017</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>10</v>
       </c>
       <c r="G36"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>