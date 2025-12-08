--- v2 (2025-11-18)
+++ v3 (2025-12-08)
@@ -47,51 +47,51 @@
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Muntadas. Actividades.</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Invitación, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
-    <t>Abad, Benito, Llimos, Muntadas. Documenta 5.</t>
+    <t>Abad, Benito, Llimos, Muntadas. Documenta 5</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Presque la même chose</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>Muntadas. Stadium. Walter Phillips Gallery</t>
   </si>
   <si>
     <t>Canadá</t>
   </si>
   <si>
     <t>Kybernetik. Vernetzte Systeme</t>
   </si>
   <si>
     <t>Frankfurt</t>
   </si>