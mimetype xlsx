--- v3 (2025-12-08)
+++ v4 (2025-12-28)
@@ -12,133 +12,139 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Postal" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Projects: Video XVIII [Postal]</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
+    <t>Thank you [Postal]</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
     <t>Muntadas. Actividades.</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...1 lines deleted...]
-  <si>
     <t>Invitación, Otros materiales de difusión</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>Abad, Benito, Llimos, Muntadas. Documenta 5</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Presque la même chose</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>Muntadas. Stadium. Walter Phillips Gallery</t>
   </si>
   <si>
     <t>Canadá</t>
   </si>
   <si>
     <t>Kybernetik. Vernetzte Systeme</t>
   </si>
   <si>
     <t>Frankfurt</t>
   </si>
   <si>
     <t>LIFE IS EDITING</t>
   </si>
   <si>
     <t>Lisboa</t>
   </si>
   <si>
     <t>MUNTADAS EDIZIONI 1971 – 2024</t>
   </si>
   <si>
-    <t>Otros materiales de difusión</t>
-[...1 lines deleted...]
-  <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Schema: World as Diagram</t>
   </si>
   <si>
-    <t>Nueva York (NY)</t>
-[...1 lines deleted...]
-  <si>
     <t>LAB.07.Arte, Deshonra y Violencia en el contexto iberoamericano</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Montevideo</t>
   </si>
   <si>
     <t>Revelacions sobre l'esfera informe</t>
   </si>
   <si>
     <t>MPA Nueva York [Postal]</t>
   </si>
   <si>
     <t>Lección de arte [Postal invitación]</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>Base / Progetti per l'arte [Postal]</t>
   </si>
   <si>
     <t>Florencia</t>
@@ -221,63 +227,63 @@
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Aller/Retour. Citoyenneté et déplacements [postales]</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>RED 红</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
+    <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
+  </si>
+  <si>
     <t>Muntadas. Entre/Between</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
   </si>
   <si>
     <t>Flyer, Taller</t>
-  </si>
-[...1 lines deleted...]
-    <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -577,732 +583,764 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G36"/>
+  <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
         <v>17</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>19</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D13">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D14">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D15">
-        <v>2007</v>
+        <v>2017</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D16">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D17">
-        <v>2021</v>
+        <v>2007</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D18">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D19">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="E19"/>
-      <c r="F19"/>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D20">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D21">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="E21"/>
-      <c r="F21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F21"/>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D22">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D23">
-        <v>1981</v>
+        <v>2019</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D24">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="D25">
-        <v>2011</v>
+        <v>1981</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D26">
         <v>2011</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>55</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D27">
         <v>2011</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D28">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D29">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
-      <c r="C30"/>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
       <c r="D30">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="D31">
-        <v>2013</v>
+        <v>2001</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C32"/>
       <c r="D32">
-        <v>2019</v>
+        <v>2000</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D33">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="D34">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D35">
-        <v>1974</v>
+        <v>2014</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D36">
         <v>2017</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G36"/>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" t="s">
+        <v>8</v>
+      </c>
+      <c r="C37" t="s">
+        <v>70</v>
+      </c>
+      <c r="D37">
+        <v>2014</v>
+      </c>
+      <c r="E37"/>
+      <c r="F37" t="s">
+        <v>73</v>
+      </c>
+      <c r="G37"/>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" t="s">
+        <v>74</v>
+      </c>
+      <c r="B38" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" t="s">
+        <v>75</v>
+      </c>
+      <c r="D38">
+        <v>1974</v>
+      </c>
+      <c r="E38"/>
+      <c r="F38" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">