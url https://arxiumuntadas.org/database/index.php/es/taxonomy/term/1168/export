--- v4 (2025-12-28)
+++ v5 (2026-01-18)
@@ -12,97 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Postal" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
+    <t>Progressionen 1. Foto.Film.Dias.Zeichnung [Postal]</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>Otros materiales de difusión</t>
+  </si>
+  <si>
+    <t>Colonia</t>
+  </si>
+  <si>
+    <t>FILMS/ARTE DOCUMENTOS ONDAR ABR _76 [Postal]</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>Presentació carpeta MANHATTTTTAN [Postal]</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
+    <t>The animals are coming [Postal]</t>
+  </si>
+  <si>
+    <t>Nueva York (NY)</t>
+  </si>
+  <si>
     <t>Projects: Video XVIII [Postal]</t>
   </si>
   <si>
-    <t>Publicación</t>
-[...11 lines deleted...]
-    <t>Muntadas. Actividades.</t>
+    <t>The best of life [Postal]</t>
+  </si>
+  <si>
+    <t>Muntadas. Actividades [Postal]</t>
   </si>
   <si>
     <t>Invitación, Otros materiales de difusión</t>
   </si>
   <si>
-    <t>Barcelona</t>
-[...1 lines deleted...]
-  <si>
     <t>Abad, Benito, Llimos, Muntadas. Documenta 5</t>
   </si>
   <si>
     <t>Invitación</t>
   </si>
   <si>
     <t>Kassel</t>
   </si>
   <si>
     <t>Presque la même chose</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>Muntadas. Stadium. Walter Phillips Gallery</t>
   </si>
   <si>
     <t>Canadá</t>
   </si>
   <si>
     <t>Kybernetik. Vernetzte Systeme</t>
   </si>
   <si>
     <t>Frankfurt</t>
@@ -119,53 +137,50 @@
   <si>
     <t>Roma</t>
   </si>
   <si>
     <t>Schema: World as Diagram</t>
   </si>
   <si>
     <t>LAB.07.Arte, Deshonra y Violencia en el contexto iberoamericano</t>
   </si>
   <si>
     <t>Folleto</t>
   </si>
   <si>
     <t>Montevideo</t>
   </si>
   <si>
     <t>Revelacions sobre l'esfera informe</t>
   </si>
   <si>
     <t>MPA Nueva York [Postal]</t>
   </si>
   <si>
     <t>Lección de arte [Postal invitación]</t>
   </si>
   <si>
-    <t>Madrid</t>
-[...1 lines deleted...]
-  <si>
     <t>Base / Progetti per l'arte [Postal]</t>
   </si>
   <si>
     <t>Florencia</t>
   </si>
   <si>
     <t>Projecte / Proyecto / Project [Postal - invitación]</t>
   </si>
   <si>
     <t>Edge'92 [Postal]</t>
   </si>
   <si>
     <t>Madrid, Londres</t>
   </si>
   <si>
     <t>Muntadas. La Ciudad Vacía [Postal]</t>
   </si>
   <si>
     <t>Bilbao</t>
   </si>
   <si>
     <t>Assembramenti [Invitación]</t>
   </si>
   <si>
     <t>Venecia</t>
@@ -227,63 +242,63 @@
   <si>
     <t>ATTENTION: PERCEVOIR NÉCESSITE DE S'ENGAGER [Postal]</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
     <t>Aller/Retour. Citoyenneté et déplacements [postales]</t>
   </si>
   <si>
     <t>Publicación de Artista</t>
   </si>
   <si>
     <t>Marsella</t>
   </si>
   <si>
     <t>RED 红</t>
   </si>
   <si>
     <t>Enter_Forum. Com ens modifica internet?</t>
   </si>
   <si>
     <t>Charla, Flyer</t>
   </si>
   <si>
+    <t>Muntadas. Entre/Between</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>TALLER DE TRABAJOS CON VIDEOTAPE EN GRUPOS: Utilización, posibilidades y proyectos</t>
+  </si>
+  <si>
+    <t>Flyer, Taller</t>
+  </si>
+  <si>
     <t>Muntadas, Pamplona-Grazalema, 1975-1980</t>
-  </si>
-[...10 lines deleted...]
-    <t>Flyer, Taller</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -583,764 +598,838 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G38"/>
+  <dimension ref="A1:G42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
-      <c r="C2"/>
-      <c r="D2"/>
+      <c r="C2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D2">
+        <v>1974</v>
+      </c>
       <c r="E2"/>
       <c r="F2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>9</v>
+      </c>
+      <c r="D3">
+        <v>1976</v>
+      </c>
       <c r="E3"/>
       <c r="F3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>9</v>
+      </c>
+      <c r="D4">
+        <v>1977</v>
+      </c>
       <c r="E4"/>
       <c r="F4" t="s">
         <v>14</v>
       </c>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D5"/>
       <c r="E5"/>
       <c r="F5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D10"/>
       <c r="E10"/>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D13"/>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="D14"/>
       <c r="E14"/>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D15"/>
       <c r="E15"/>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" t="s">
         <v>36</v>
       </c>
-      <c r="B16" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D16"/>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D17">
-        <v>2007</v>
+        <v>2022</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D18">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D19">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D20">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D21">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="E21"/>
-      <c r="F21"/>
+      <c r="F21" t="s">
+        <v>14</v>
+      </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D22">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D23">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D24">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D25">
-        <v>1981</v>
+        <v>2018</v>
       </c>
       <c r="E25"/>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F25"/>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="D26">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="D27">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>54</v>
       </c>
       <c r="G27"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D28">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="E28"/>
       <c r="F28" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="G28"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D29">
-        <v>2011</v>
+        <v>1981</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="G29"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D30">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G30"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" t="s">
+        <v>8</v>
+      </c>
+      <c r="C31" t="s">
         <v>61</v>
       </c>
-      <c r="B31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="G31"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
-      <c r="C32"/>
+      <c r="C32" t="s">
+        <v>9</v>
+      </c>
       <c r="D32">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
       <c r="D33">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="G33"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
       <c r="D34">
-        <v>2019</v>
+        <v>2007</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>14</v>
+        <v>65</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="D35">
-        <v>2014</v>
+        <v>2001</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="G35"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C36"/>
       <c r="D36">
-        <v>2017</v>
+        <v>2000</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D37">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="G37"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B38" t="s">
         <v>8</v>
       </c>
       <c r="C38" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D38">
-        <v>1974</v>
+        <v>2019</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
         <v>14</v>
       </c>
       <c r="G38"/>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" t="s">
+        <v>74</v>
+      </c>
+      <c r="B39" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" t="s">
+        <v>75</v>
+      </c>
+      <c r="D39">
+        <v>2014</v>
+      </c>
+      <c r="E39"/>
+      <c r="F39" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39"/>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" t="s">
+        <v>76</v>
+      </c>
+      <c r="B40" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" t="s">
+        <v>75</v>
+      </c>
+      <c r="D40">
+        <v>2014</v>
+      </c>
+      <c r="E40"/>
+      <c r="F40" t="s">
+        <v>77</v>
+      </c>
+      <c r="G40"/>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" t="s">
+        <v>78</v>
+      </c>
+      <c r="B41" t="s">
+        <v>8</v>
+      </c>
+      <c r="C41" t="s">
+        <v>79</v>
+      </c>
+      <c r="D41">
+        <v>1974</v>
+      </c>
+      <c r="E41"/>
+      <c r="F41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G41"/>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" t="s">
+        <v>80</v>
+      </c>
+      <c r="B42" t="s">
+        <v>8</v>
+      </c>
+      <c r="C42" t="s">
+        <v>61</v>
+      </c>
+      <c r="D42">
+        <v>2017</v>
+      </c>
+      <c r="E42"/>
+      <c r="F42" t="s">
+        <v>14</v>
+      </c>
+      <c r="G42"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">