--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -71,63 +71,63 @@
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Catálogo, Catálogo Colección</t>
   </si>
   <si>
     <t>loft nota bene: 35 años de creación</t>
   </si>
   <si>
     <t>Exposición</t>
   </si>
   <si>
     <t>Galería Cadaqués</t>
   </si>
   <si>
     <t>black &amp; white</t>
   </si>
   <si>
     <t>Cadaqués - Canal Local</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
+    <t>Melitón-Cadaqués</t>
+  </si>
+  <si>
+    <t>Sierre</t>
+  </si>
+  <si>
+    <t>M.D.</t>
+  </si>
+  <si>
+    <t>Barcelona</t>
+  </si>
+  <si>
     <t>Cadaqués - Canal Local (PUNT D'INFORMACIÓ)</t>
-  </si>
-[...10 lines deleted...]
-    <t>Barcelona</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -570,93 +570,93 @@
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7"/>
       <c r="D7">
         <v>1974</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>9</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1974</v>
+        <v>2004</v>
       </c>
       <c r="E8">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="F8" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9"/>
       <c r="D9">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="E9">
         <v>2005</v>
       </c>
+      <c r="E9"/>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10"/>
       <c r="D10">
-        <v>2005</v>
-[...1 lines deleted...]
-      <c r="E10"/>
+        <v>1974</v>
+      </c>
+      <c r="E10">
+        <v>2006</v>
+      </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="G10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>