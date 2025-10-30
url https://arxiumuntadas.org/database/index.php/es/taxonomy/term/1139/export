--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -149,81 +149,81 @@
   <si>
     <t>Muntadas "in progress", en Artyco</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
+    <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
+  </si>
+  <si>
+    <t>Interviews: Oral history in contemporary art / L’entretien d’artiste dans l’art contemporain</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Talleres T de escultura. Angel Bados, Juan Hidalgo, Antoni Muntadas. Departamento de Escultura Universidad Politécnica de Valencia. Sala Parpalló. Valencia [Publicación]</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
+  </si>
+  <si>
+    <t>Compilación, Entrevista / Conversación</t>
+  </si>
+  <si>
     <t>mono 7:  En las ciudades</t>
   </si>
   <si>
     <t>Art et mégalopole RN86</t>
   </si>
   <si>
     <t>Givors</t>
   </si>
   <si>
     <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
-  </si>
-[...19 lines deleted...]
-    <t>Compilación, Entrevista / Conversación</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Columbus (OH)</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -891,169 +891,169 @@
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
         <v>1993</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19">
-        <v>2006</v>
+        <v>2013</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D20">
-        <v>1989</v>
+        <v>2016</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="D21">
-        <v>2005</v>
+        <v>1993</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="D22">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23">
-        <v>2016</v>
+        <v>2006</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="D24">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="D25">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>41</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>1983</v>
       </c>
       <c r="E26">
         <v>1993</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>58</v>