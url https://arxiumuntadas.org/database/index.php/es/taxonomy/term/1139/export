--- v1 (2025-10-30)
+++ v2 (2025-12-10)
@@ -149,81 +149,81 @@
   <si>
     <t>Muntadas "in progress", en Artyco</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
+    <t>Interviews: Oral history in contemporary art / L’entretien d’artiste dans l’art contemporain</t>
+  </si>
+  <si>
+    <t>Lausana</t>
+  </si>
+  <si>
+    <t>Talleres T de escultura. Angel Bados, Juan Hidalgo, Antoni Muntadas. Departamento de Escultura Universidad Politécnica de Valencia. Sala Parpalló. Valencia [Publicación]</t>
+  </si>
+  <si>
+    <t>Taller</t>
+  </si>
+  <si>
+    <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
+  </si>
+  <si>
+    <t>Compilación, Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>mono 7:  En las ciudades</t>
+  </si>
+  <si>
+    <t>Art et mégalopole RN86</t>
+  </si>
+  <si>
+    <t>Givors</t>
+  </si>
+  <si>
+    <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
+  </si>
+  <si>
     <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
-  </si>
-[...28 lines deleted...]
-    <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Columbus (OH)</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -891,165 +891,165 @@
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
         <v>1993</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="D20">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21">
-        <v>1993</v>
+        <v>1990</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="D22">
-        <v>1990</v>
+        <v>2006</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
         <v>44</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D23">
-        <v>2006</v>
+        <v>1989</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D24">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>41</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>1983</v>
       </c>
       <c r="E26">
         <v>1993</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26"/>