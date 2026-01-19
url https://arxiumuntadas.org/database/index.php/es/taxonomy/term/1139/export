--- v2 (2025-12-10)
+++ v3 (2026-01-19)
@@ -149,81 +149,81 @@
   <si>
     <t>Muntadas "in progress", en Artyco</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>What are your concerns?</t>
   </si>
   <si>
     <t>Proyecto</t>
   </si>
   <si>
     <t>Beijing</t>
   </si>
   <si>
     <t>Cimal Arte Internacional. La Suisse Existe. 39-40 / 1993</t>
   </si>
   <si>
     <t>Valencia</t>
   </si>
   <si>
+    <t>La creación artística como cuestionamiento / Artistic creation at stake</t>
+  </si>
+  <si>
+    <t>Compilación, Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>mono 7:  En las ciudades</t>
+  </si>
+  <si>
+    <t>Art et mégalopole RN86</t>
+  </si>
+  <si>
+    <t>Givors</t>
+  </si>
+  <si>
+    <t>EXIT Express: 31 entrevistas con artistas contemporáneos</t>
+  </si>
+  <si>
+    <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
+  </si>
+  <si>
     <t>Interviews: Oral history in contemporary art / L’entretien d’artiste dans l’art contemporain</t>
   </si>
   <si>
     <t>Lausana</t>
   </si>
   <si>
     <t>Talleres T de escultura. Angel Bados, Juan Hidalgo, Antoni Muntadas. Departamento de Escultura Universidad Politécnica de Valencia. Sala Parpalló. Valencia [Publicación]</t>
   </si>
   <si>
     <t>Taller</t>
-  </si>
-[...19 lines deleted...]
-    <t>Arte, Individuo y Sociedad. Vol. 25 Núm. 2 (MAYO-AGOSTO) 2013</t>
   </si>
   <si>
     <t>Between the Frames: The Forum</t>
   </si>
   <si>
     <t>Columbus (OH)</t>
   </si>
   <si>
     <t>On Translation: Die Stadt</t>
   </si>
   <si>
     <t>Graz, Barcelona, Lille</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -888,172 +888,172 @@
         <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18">
         <v>1993</v>
       </c>
       <c r="E18"/>
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="D19">
-        <v>2016</v>
+        <v>1990</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G19"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>47</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="D20">
-        <v>1993</v>
+        <v>2006</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>44</v>
       </c>
       <c r="G20"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="D21">
-        <v>1990</v>
+        <v>1989</v>
       </c>
       <c r="E21"/>
       <c r="F21" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="G21"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E22"/>
       <c r="F22" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G22"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D23">
-        <v>1989</v>
+        <v>2013</v>
       </c>
       <c r="E23"/>
       <c r="F23" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24">
-        <v>2005</v>
+        <v>2016</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G24"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
         <v>55</v>
       </c>
-      <c r="B25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25">
-        <v>2013</v>
+        <v>1993</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>41</v>
       </c>
       <c r="C26"/>
       <c r="D26">
         <v>1983</v>
       </c>
       <c r="E26">
         <v>1993</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>58</v>