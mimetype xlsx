--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -83,72 +83,72 @@
   <si>
     <t>San José (CA)</t>
   </si>
   <si>
     <t>Dia Internacional Del Patrimonio Audiovisual -  Encuentro online</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
     <t>Pamplona</t>
   </si>
   <si>
     <t>Seminario internacional – Resonancias/disonancias de la historia y la memoria en la contemporaneidad global</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>CAA. 73rd Annual Meeting of the College Art Association of America</t>
   </si>
   <si>
     <t>Los Angeles (CA)</t>
   </si>
   <si>
+    <t>Art &amp; Industrie.Journées de l'Anvar. Une exposition dédiée au rapprochement arts &amp; technologies, artistes, industriels &amp; chercheurs.</t>
+  </si>
+  <si>
+    <t>Nantes</t>
+  </si>
+  <si>
+    <t>Nuevas Tecnologías en la Vida Cultural Española</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
     <t>What is a computer?</t>
   </si>
   <si>
     <t>Flyer</t>
   </si>
   <si>
     <t>Estados Unidos de América</t>
-  </si>
-[...13 lines deleted...]
-    <t>Madrid</t>
   </si>
   <si>
     <t>SKY ART Conference '81</t>
   </si>
   <si>
     <t>Cambridge (MA)</t>
   </si>
   <si>
     <t>Diálogo [Caja de Luz]</t>
   </si>
   <si>
     <t>Selling the Future</t>
   </si>
   <si>
     <t>On Translation: Social Network</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -607,145 +607,145 @@
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D8">
-        <v>1974</v>
+        <v>1992</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G8"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>11</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="D9">
-        <v>1992</v>
+        <v>1985</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10">
-        <v>1985</v>
+        <v>1974</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>1980</v>
       </c>
       <c r="E13">
         <v>2012</v>
       </c>
       <c r="F13" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>34</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14"/>
       <c r="D14">
         <v>1982</v>
       </c>
       <c r="E14">
         <v>2006</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>35</v>