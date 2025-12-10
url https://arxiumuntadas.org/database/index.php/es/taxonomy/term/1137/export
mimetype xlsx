--- v1 (2025-10-30)
+++ v2 (2025-12-10)
@@ -658,75 +658,75 @@
         <v>27</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10">
         <v>1974</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G11"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="G12"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13"/>
       <c r="D13">
         <v>1980</v>
       </c>
       <c r="E13">
         <v>2012</v>
       </c>
       <c r="F13" t="s">
         <v>27</v>
       </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>34</v>