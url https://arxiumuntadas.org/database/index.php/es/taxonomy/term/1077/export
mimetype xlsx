--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -263,59 +263,59 @@
   <si>
     <t>Muntadas. Perception and Warning</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>¿Qué hace alguien como tú en un sitio como este?</t>
   </si>
   <si>
     <t>Colloque “Dispositifs et (re)présentations”</t>
   </si>
   <si>
     <t>Mónaco</t>
   </si>
   <si>
     <t>Artefactos</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
+    <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
   </si>
   <si>
-    <t>Budapest</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Imán]</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
     <t>Presque la même chose</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
@@ -338,174 +338,174 @@
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>Muntadas Edicions II</t>
   </si>
   <si>
+    <t>404 object not found</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>La Page. Un quotidien d'idées.</t>
+  </si>
+  <si>
+    <t>Tomorrow</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Inglés]</t>
+  </si>
+  <si>
+    <t>On Translation: The Audience</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>Destino dos objetos</t>
+  </si>
+  <si>
+    <t>Porto Alegre</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Catalán]</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Español]</t>
+  </si>
+  <si>
+    <t>Metrópolis. Bienal de Venecia</t>
+  </si>
+  <si>
+    <t>Programa de TV</t>
+  </si>
+  <si>
+    <t>On Translation: Das Museum</t>
+  </si>
+  <si>
+    <t>Material Pedagógico para o professor</t>
+  </si>
+  <si>
+    <t>Guía</t>
+  </si>
+  <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>(À) Partir de Marseille, 65 projects d'art contemporain</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Nimes</t>
+  </si>
+  <si>
+    <t>On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>"Os espacos respiran, escutam e falam"</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
     <t>Muntadas: Protokolle</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience</t>
   </si>
   <si>
     <t>Muntadas Bs.As.</t>
   </si>
   <si>
     <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ</t>
   </si>
   <si>
     <t>Gwangju Biennale</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas. On Translation: Museum [Folleto]</t>
   </si>
   <si>
-    <t>404 object not found</t>
-[...62 lines deleted...]
-    <t>Entrevista / Conversación</t>
+    <t>Capture Photography Festival</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>On Translation: La Alameda. Muntadas. Proyectos</t>
+  </si>
+  <si>
+    <t>Muntadas / Bs. As.</t>
   </si>
   <si>
     <t>Gwangju</t>
   </si>
   <si>
     <t>Art Alarm11</t>
   </si>
   <si>
-    <t>Capture Photography Festival</t>
-[...8 lines deleted...]
-    <t>Muntadas / Bs. As.</t>
+    <t>Warnings</t>
+  </si>
+  <si>
+    <t>On Translation: Warning [1999]</t>
+  </si>
+  <si>
+    <t>On Translation: l'Affiche</t>
   </si>
   <si>
     <t>Atenção</t>
   </si>
   <si>
     <t>On Translation: Warning (Inglés) [Stuttgart]</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
   </si>
   <si>
     <t>Estambul</t>
-  </si>
-[...7 lines deleted...]
-    <t>On Translation: l'Affiche</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1989,766 +1989,766 @@
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>107</v>
       </c>
       <c r="B63" t="s">
         <v>19</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>62</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>108</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>76</v>
+        <v>109</v>
       </c>
       <c r="D64">
         <v>2006</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="D65">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>74</v>
+        <v>25</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>76</v>
+        <v>109</v>
       </c>
       <c r="D66">
         <v>2007</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>73</v>
+        <v>112</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="D67">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>76</v>
+        <v>114</v>
       </c>
       <c r="D68">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>68</v>
+        <v>115</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="D69">
-        <v>2001</v>
+        <v>2015</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="D70">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="E70"/>
-      <c r="F70"/>
+      <c r="F70" t="s">
+        <v>62</v>
+      </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="D71">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>62</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="D72">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="D73">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="D74">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E74"/>
-      <c r="F74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
         <v>76</v>
       </c>
       <c r="D75">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>62</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D76">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D77">
-        <v>2015</v>
+        <v>2005</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>122</v>
+        <v>10</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="D78">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>76</v>
       </c>
       <c r="D79">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>126</v>
+        <v>48</v>
       </c>
       <c r="D80">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>76</v>
       </c>
       <c r="D81">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>129</v>
+        <v>48</v>
       </c>
       <c r="D82">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="E82"/>
-      <c r="F82"/>
+      <c r="F82" t="s">
+        <v>74</v>
+      </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
         <v>76</v>
       </c>
       <c r="D83">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>131</v>
+        <v>68</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="D84">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>133</v>
+        <v>67</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="D85">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="E85"/>
-      <c r="F85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F85"/>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
-        <v>136</v>
+        <v>48</v>
       </c>
       <c r="D86">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>122</v>
+        <v>62</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>112</v>
+        <v>137</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B88" t="s">
         <v>19</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B89" t="s">
         <v>19</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="B90" t="s">
         <v>19</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>63</v>
+        <v>139</v>
       </c>
       <c r="B91" t="s">
         <v>19</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="B92" t="s">
         <v>19</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>127</v>
+        <v>140</v>
       </c>
       <c r="B93" t="s">
         <v>19</v>
       </c>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="B94" t="s">
         <v>19</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>122</v>
+        <v>30</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B95" t="s">
         <v>19</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>62</v>
+        <v>141</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>141</v>
+        <v>108</v>
       </c>
       <c r="B96" t="s">
         <v>19</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>134</v>
+        <v>111</v>
       </c>
       <c r="B97" t="s">
         <v>19</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>142</v>
       </c>
       <c r="B98" t="s">
         <v>19</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="B99" t="s">
         <v>19</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>143</v>
       </c>
       <c r="B100" t="s">
         <v>12</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E100"/>
-      <c r="F100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>144</v>
       </c>
       <c r="B101" t="s">
         <v>12</v>
       </c>
       <c r="C101"/>
       <c r="D101">
         <v>1999</v>
       </c>
-      <c r="E101">
-[...4 lines deleted...]
-      </c>
+      <c r="E101"/>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>145</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E102"/>
-      <c r="F102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B103" t="s">
         <v>12</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E103"/>
-      <c r="F103"/>
+      <c r="F103" t="s">
+        <v>116</v>
+      </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B104" t="s">
         <v>12</v>
       </c>
       <c r="C104"/>
       <c r="D104">
         <v>1999</v>
       </c>
-      <c r="E104"/>
-      <c r="F104"/>
+      <c r="E104">
+        <v>2006</v>
+      </c>
+      <c r="F104" t="s">
+        <v>49</v>
+      </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B105" t="s">
         <v>12</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E105"/>
-      <c r="F105"/>
+      <c r="F105" t="s">
+        <v>149</v>
+      </c>
       <c r="G105"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>