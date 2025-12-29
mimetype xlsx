--- v1 (2025-10-29)
+++ v2 (2025-12-29)
@@ -263,68 +263,68 @@
   <si>
     <t>Muntadas. Perception and Warning</t>
   </si>
   <si>
     <t>Catálogo Individual Muntadas</t>
   </si>
   <si>
     <t>Shanghai</t>
   </si>
   <si>
     <t>¿Qué hace alguien como tú en un sitio como este?</t>
   </si>
   <si>
     <t>Colloque “Dispositifs et (re)présentations”</t>
   </si>
   <si>
     <t>Mónaco</t>
   </si>
   <si>
     <t>Artefactos</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
+    <t>On Translation: Warning (Budapest) [Adhesivo]</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
     <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
-    <t>Budapest</t>
-[...4 lines deleted...]
-  <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
+    <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Ciudad Real) [Imán]</t>
   </si>
   <si>
-    <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
-[...1 lines deleted...]
-  <si>
     <t>Presque la même chose</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
   </si>
   <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser. ( M / M )</t>
   </si>
   <si>
     <t>Chatou</t>
@@ -338,56 +338,68 @@
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>Muntadas Edicions II</t>
   </si>
   <si>
+    <t>Muntadas Bs.As.</t>
+  </si>
+  <si>
+    <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ</t>
+  </si>
+  <si>
+    <t>Gwangju Biennale</t>
+  </si>
+  <si>
+    <t>Catálogo Colectivo</t>
+  </si>
+  <si>
+    <t>Muntadas. On Translation: Museum [Folleto]</t>
+  </si>
+  <si>
     <t>404 object not found</t>
   </si>
   <si>
-    <t>Catálogo Colectivo</t>
-[...1 lines deleted...]
-  <si>
     <t>La Page. Un quotidien d'idées.</t>
   </si>
   <si>
     <t>Tomorrow</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Inglés]</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
     <t>Híbrido (Catálogo + Publicación de Artista)</t>
   </si>
   <si>
     <t>Destino dos objetos</t>
   </si>
   <si>
     <t>Porto Alegre</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Catalán]</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Español]</t>
@@ -413,99 +425,87 @@
   <si>
     <t>(À) Partir de Marseille, 65 projects d'art contemporain</t>
   </si>
   <si>
     <t>Ensayo</t>
   </si>
   <si>
     <t>Nimes</t>
   </si>
   <si>
     <t>On Translation: I Giardini</t>
   </si>
   <si>
     <t>"Os espacos respiran, escutam e falam"</t>
   </si>
   <si>
     <t>Entrevista / Conversación</t>
   </si>
   <si>
     <t>Muntadas: Protokolle</t>
   </si>
   <si>
     <t>Muntadas : On Translation: The Audience</t>
   </si>
   <si>
-    <t>Muntadas Bs.As.</t>
-[...8 lines deleted...]
-    <t>Muntadas. On Translation: Museum [Folleto]</t>
+    <t>Art Alarm11</t>
   </si>
   <si>
     <t>Capture Photography Festival</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
     <t>Muntadas / Bs. As.</t>
   </si>
   <si>
     <t>Gwangju</t>
   </si>
   <si>
-    <t>Art Alarm11</t>
+    <t>On Translation: Warning (Inglés) [Stuttgart]</t>
+  </si>
+  <si>
+    <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
+  </si>
+  <si>
+    <t>Estambul</t>
   </si>
   <si>
     <t>Warnings</t>
   </si>
   <si>
     <t>On Translation: Warning [1999]</t>
   </si>
   <si>
     <t>On Translation: l'Affiche</t>
   </si>
   <si>
     <t>Atenção</t>
-  </si>
-[...7 lines deleted...]
-    <t>Estambul</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1989,765 +1989,765 @@
       <c r="G62"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>107</v>
       </c>
       <c r="B63" t="s">
         <v>19</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>62</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>108</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
-        <v>109</v>
+        <v>76</v>
       </c>
       <c r="D64">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D65">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>109</v>
+        <v>76</v>
       </c>
       <c r="D66">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>112</v>
+        <v>68</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="D67">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D68">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="E68"/>
-      <c r="F68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="D69">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>116</v>
+        <v>62</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="D70">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="D71">
         <v>2002</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="D72">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
         <v>76</v>
       </c>
       <c r="D73">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D74">
-        <v>2008</v>
+        <v>1999</v>
       </c>
       <c r="E74"/>
-      <c r="F74"/>
+      <c r="F74" t="s">
+        <v>74</v>
+      </c>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="D75">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="D76">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>114</v>
+        <v>76</v>
       </c>
       <c r="D77">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="D78">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>76</v>
       </c>
       <c r="D79">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="D80">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E80"/>
-      <c r="F80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>76</v>
       </c>
       <c r="D81">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>73</v>
+        <v>129</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>48</v>
+        <v>130</v>
       </c>
       <c r="D82">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>76</v>
+        <v>118</v>
       </c>
       <c r="D83">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>68</v>
+        <v>133</v>
       </c>
       <c r="B84" t="s">
         <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>48</v>
+        <v>134</v>
       </c>
       <c r="D84">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>135</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>109</v>
+        <v>76</v>
       </c>
       <c r="D85">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E85"/>
-      <c r="F85"/>
+      <c r="F85" t="s">
+        <v>49</v>
+      </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>136</v>
       </c>
       <c r="B86" t="s">
         <v>8</v>
       </c>
       <c r="C86" t="s">
         <v>48</v>
       </c>
       <c r="D86">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="B88" t="s">
         <v>19</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>115</v>
+        <v>63</v>
       </c>
       <c r="B89" t="s">
         <v>19</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>116</v>
+        <v>62</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="B90" t="s">
         <v>19</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>62</v>
+        <v>139</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="B91" t="s">
         <v>19</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="B92" t="s">
         <v>19</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="B93" t="s">
         <v>19</v>
       </c>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B94" t="s">
         <v>19</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B95" t="s">
         <v>19</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>141</v>
+        <v>10</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>108</v>
+        <v>141</v>
       </c>
       <c r="B96" t="s">
         <v>19</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B97" t="s">
         <v>19</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>142</v>
+        <v>110</v>
       </c>
       <c r="B98" t="s">
         <v>19</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>49</v>
+        <v>142</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>63</v>
+        <v>113</v>
       </c>
       <c r="B99" t="s">
         <v>19</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>143</v>
       </c>
       <c r="B100" t="s">
         <v>12</v>
       </c>
       <c r="C100"/>
       <c r="D100">
-        <v>1988</v>
-[...2 lines deleted...]
-      <c r="F100"/>
+        <v>1999</v>
+      </c>
+      <c r="E100">
+        <v>2006</v>
+      </c>
+      <c r="F100" t="s">
+        <v>49</v>
+      </c>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>144</v>
       </c>
       <c r="B101" t="s">
         <v>12</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="E101"/>
-      <c r="F101"/>
+      <c r="F101" t="s">
+        <v>145</v>
+      </c>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B103" t="s">
         <v>12</v>
       </c>
       <c r="C103"/>
       <c r="D103">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="E103"/>
-      <c r="F103" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B104" t="s">
         <v>12</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>1999</v>
-[...6 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="E104"/>
+      <c r="F104"/>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B105" t="s">
         <v>12</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>149</v>
+        <v>120</v>
       </c>
       <c r="G105"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>