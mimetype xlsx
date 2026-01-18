--- v2 (2025-12-29)
+++ v3 (2026-01-18)
@@ -275,237 +275,237 @@
   <si>
     <t>Colloque “Dispositifs et (re)présentations”</t>
   </si>
   <si>
     <t>Mónaco</t>
   </si>
   <si>
     <t>Artefactos</t>
   </si>
   <si>
     <t>Ciudad Real</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Adhesivo]</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>VIGYÁZAT: AZ ÉSZLELÉS RÉSZVÉTELT I GÉNYEL. On Translation: Warning [Budapest / Hungría, adhesivo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Budapest) [Intervención Pasillo]</t>
   </si>
   <si>
+    <t>On Translation: Warning (Ciudad Real) [Imán]</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Ciudad Real) [Chapa]</t>
   </si>
   <si>
-    <t>On Translation: Warning (Ciudad Real) [Imán]</t>
-[...1 lines deleted...]
-  <si>
     <t>Presque la même chose</t>
   </si>
   <si>
     <t>Mulhouse</t>
   </si>
   <si>
+    <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
+  </si>
+  <si>
     <t>On Translation: Warning (Mulhouse / Alsacien) [Postal]</t>
   </si>
   <si>
-    <t>On Translation: Warning (Mulhouse / Francés) [Postal]</t>
-[...1 lines deleted...]
-  <si>
     <t>On Translation: Warning (Mulhouse) [Instalación con Vinilo]</t>
   </si>
   <si>
     <t>On Translation: Warning (Viamão)</t>
   </si>
   <si>
     <t>Viamao</t>
   </si>
   <si>
     <t>Multiplier / Médiatiser. ( M / M )</t>
   </si>
   <si>
     <t>Chatou</t>
   </si>
   <si>
     <t>Moscow Art Magazine 50 nº3</t>
   </si>
   <si>
     <t>Revista</t>
   </si>
   <si>
     <t>On Translation: Warning (Ciudad Real) [Señal de tráfico]</t>
   </si>
   <si>
     <t>On Translation: Warning (Madrid) [Multiples Idiomas]</t>
   </si>
   <si>
     <t>On Translation: Warning / 警告 (Chino)</t>
   </si>
   <si>
     <t>Pekin</t>
   </si>
   <si>
     <t>On Translation: Warning/ 警告 (Japonés)</t>
   </si>
   <si>
     <t>Tokio</t>
   </si>
   <si>
     <t>On Translation: Warning / ВНИМАНИЕ</t>
   </si>
   <si>
     <t>Muntadas Edicions II</t>
   </si>
   <si>
+    <t>Edicions</t>
+  </si>
+  <si>
+    <t>(À) Partir de Marseille, 65 projects d'art contemporain</t>
+  </si>
+  <si>
+    <t>Ensayo</t>
+  </si>
+  <si>
+    <t>Nimes</t>
+  </si>
+  <si>
+    <t>On Translation: I Giardini</t>
+  </si>
+  <si>
+    <t>Híbrido (Catálogo + Publicación de Artista)</t>
+  </si>
+  <si>
+    <t>"Os espacos respiran, escutam e falam"</t>
+  </si>
+  <si>
+    <t>Entrevista / Conversación</t>
+  </si>
+  <si>
+    <t>Porto Alegre</t>
+  </si>
+  <si>
+    <t>Muntadas: Protokolle</t>
+  </si>
+  <si>
+    <t>Muntadas : On Translation: The Audience</t>
+  </si>
+  <si>
     <t>Muntadas Bs.As.</t>
   </si>
   <si>
     <t>ВНИМАНИЕ: ВОСПРИЯТИЕ ТРЕБУЕТ СОУЧАСТИЯ</t>
   </si>
   <si>
     <t>Gwangju Biennale</t>
   </si>
   <si>
     <t>Catálogo Colectivo</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Folleto]</t>
   </si>
   <si>
     <t>404 object not found</t>
   </si>
   <si>
     <t>La Page. Un quotidien d'idées.</t>
   </si>
   <si>
     <t>Tomorrow</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Inglés]</t>
   </si>
   <si>
     <t>On Translation: The Audience</t>
   </si>
   <si>
-    <t>Híbrido (Catálogo + Publicación de Artista)</t>
-[...1 lines deleted...]
-  <si>
     <t>Destino dos objetos</t>
   </si>
   <si>
-    <t>Porto Alegre</t>
-[...1 lines deleted...]
-  <si>
     <t>Muntadas. On Translation: Museum [Catalán]</t>
   </si>
   <si>
     <t>Muntadas. On Translation: Museum [Español]</t>
   </si>
   <si>
     <t>Metrópolis. Bienal de Venecia</t>
   </si>
   <si>
     <t>Programa de TV</t>
   </si>
   <si>
     <t>On Translation: Das Museum</t>
   </si>
   <si>
     <t>Material Pedagógico para o professor</t>
   </si>
   <si>
     <t>Guía</t>
   </si>
   <si>
-    <t>Edicions</t>
-[...23 lines deleted...]
-    <t>Muntadas : On Translation: The Audience</t>
+    <t>Muntadas / Bs. As.</t>
+  </si>
+  <si>
+    <t>Gwangju</t>
   </si>
   <si>
     <t>Art Alarm11</t>
   </si>
   <si>
     <t>Capture Photography Festival</t>
   </si>
   <si>
     <t>Vancouver</t>
   </si>
   <si>
     <t>On Translation: La Alameda. Muntadas. Proyectos</t>
   </si>
   <si>
-    <t>Muntadas / Bs. As.</t>
-[...2 lines deleted...]
-    <t>Gwangju</t>
+    <t>On Translation: Warning [1999]</t>
+  </si>
+  <si>
+    <t>On Translation: l'Affiche</t>
+  </si>
+  <si>
+    <t>Atenção</t>
   </si>
   <si>
     <t>On Translation: Warning (Inglés) [Stuttgart]</t>
   </si>
   <si>
     <t>On Translation: Açik Radyo (Myths &amp; Stereotypes)</t>
   </si>
   <si>
     <t>Estambul</t>
   </si>
   <si>
     <t>Warnings</t>
-  </si>
-[...7 lines deleted...]
-    <t>Atenção</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1992,763 +1992,763 @@
       <c r="A63" t="s">
         <v>107</v>
       </c>
       <c r="B63" t="s">
         <v>19</v>
       </c>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63" t="s">
         <v>62</v>
       </c>
       <c r="G63"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>108</v>
       </c>
       <c r="B64" t="s">
         <v>8</v>
       </c>
       <c r="C64" t="s">
         <v>76</v>
       </c>
       <c r="D64">
-        <v>2007</v>
+        <v>2003</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>73</v>
+        <v>109</v>
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>48</v>
+        <v>110</v>
       </c>
       <c r="D65">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>74</v>
+        <v>111</v>
       </c>
       <c r="G65"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B66" t="s">
         <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="D66">
-        <v>2011</v>
+        <v>2005</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>114</v>
       </c>
       <c r="B67" t="s">
         <v>8</v>
       </c>
       <c r="C67" t="s">
-        <v>48</v>
+        <v>115</v>
       </c>
       <c r="D67">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B68" t="s">
         <v>8</v>
       </c>
       <c r="C68" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="D68">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E68"/>
-      <c r="F68"/>
+      <c r="F68" t="s">
+        <v>49</v>
+      </c>
       <c r="G68"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B69" t="s">
         <v>8</v>
       </c>
       <c r="C69" t="s">
         <v>48</v>
       </c>
       <c r="D69">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B70" t="s">
         <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="D70">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G70"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>114</v>
+        <v>73</v>
       </c>
       <c r="B71" t="s">
         <v>8</v>
       </c>
       <c r="C71" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="D71">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
       <c r="G71"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B72" t="s">
         <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="D72">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>116</v>
+        <v>68</v>
       </c>
       <c r="B73" t="s">
         <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="D73">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G73"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B74" t="s">
         <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D74">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="E74"/>
-      <c r="F74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F74"/>
       <c r="G74"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B75" t="s">
         <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>111</v>
+        <v>48</v>
       </c>
       <c r="D75">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>120</v>
+        <v>62</v>
       </c>
       <c r="G75"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B76" t="s">
         <v>8</v>
       </c>
       <c r="C76" t="s">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="D76">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B77" t="s">
         <v>8</v>
       </c>
       <c r="C77" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="D77">
         <v>2002</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="G77"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B78" t="s">
         <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D78">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="G78"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B79" t="s">
         <v>8</v>
       </c>
       <c r="C79" t="s">
         <v>76</v>
       </c>
       <c r="D79">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="G79"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B80" t="s">
         <v>8</v>
       </c>
       <c r="C80" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="D80">
-        <v>2008</v>
+        <v>1999</v>
       </c>
       <c r="E80"/>
-      <c r="F80"/>
+      <c r="F80" t="s">
+        <v>74</v>
+      </c>
       <c r="G80"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B81" t="s">
         <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="D81">
-        <v>2003</v>
+        <v>2015</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>62</v>
+        <v>116</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B82" t="s">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>130</v>
+        <v>76</v>
       </c>
       <c r="D82">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>131</v>
+        <v>62</v>
       </c>
       <c r="G82"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B83" t="s">
         <v>8</v>
       </c>
       <c r="C83" t="s">
-        <v>118</v>
+        <v>76</v>
       </c>
       <c r="D83">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
-        <v>10</v>
+        <v>62</v>
       </c>
       <c r="G83"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
+        <v>132</v>
+      </c>
+      <c r="B84" t="s">
+        <v>8</v>
+      </c>
+      <c r="C84" t="s">
         <v>133</v>
       </c>
-      <c r="B84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="G84"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B85" t="s">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>76</v>
       </c>
       <c r="D85">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="G85"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
+        <v>135</v>
+      </c>
+      <c r="B86" t="s">
+        <v>8</v>
+      </c>
+      <c r="C86" t="s">
         <v>136</v>
       </c>
-      <c r="B86" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D86">
-        <v>1999</v>
+        <v>2008</v>
       </c>
       <c r="E86"/>
-      <c r="F86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F86"/>
       <c r="G86"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="C87"/>
       <c r="D87"/>
       <c r="E87"/>
       <c r="F87" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="G87"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>137</v>
+        <v>120</v>
       </c>
       <c r="B88" t="s">
         <v>19</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="G88"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
       <c r="B89" t="s">
         <v>19</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>62</v>
+        <v>138</v>
       </c>
       <c r="G89"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="B90" t="s">
         <v>19</v>
       </c>
       <c r="C90"/>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90" t="s">
-        <v>139</v>
+        <v>17</v>
       </c>
       <c r="G90"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B91" t="s">
         <v>19</v>
       </c>
       <c r="C91"/>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G91"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>119</v>
+        <v>139</v>
       </c>
       <c r="B92" t="s">
         <v>19</v>
       </c>
       <c r="C92"/>
       <c r="D92"/>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>120</v>
+        <v>49</v>
       </c>
       <c r="G92"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>128</v>
+        <v>63</v>
       </c>
       <c r="B93" t="s">
         <v>19</v>
       </c>
       <c r="C93"/>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>62</v>
       </c>
       <c r="G93"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>140</v>
       </c>
       <c r="B94" t="s">
         <v>19</v>
       </c>
       <c r="C94"/>
       <c r="D94"/>
       <c r="E94"/>
       <c r="F94" t="s">
-        <v>52</v>
+        <v>141</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B95" t="s">
         <v>19</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G95"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="B96" t="s">
         <v>19</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>42</v>
+        <v>116</v>
       </c>
       <c r="G96"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B97" t="s">
         <v>19</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="G97"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>110</v>
+        <v>142</v>
       </c>
       <c r="B98" t="s">
         <v>19</v>
       </c>
       <c r="C98"/>
       <c r="D98"/>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>142</v>
+        <v>52</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B99" t="s">
         <v>19</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G99"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>143</v>
       </c>
       <c r="B100" t="s">
         <v>12</v>
       </c>
       <c r="C100"/>
       <c r="D100">
         <v>1999</v>
       </c>
-      <c r="E100">
-[...4 lines deleted...]
-      </c>
+      <c r="E100"/>
+      <c r="F100"/>
       <c r="G100"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>144</v>
       </c>
       <c r="B101" t="s">
         <v>12</v>
       </c>
       <c r="C101"/>
       <c r="D101">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E101"/>
-      <c r="F101" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F101"/>
       <c r="G101"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102"/>
       <c r="D102">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="E102"/>
-      <c r="F102"/>
+      <c r="F102" t="s">
+        <v>116</v>
+      </c>
       <c r="G102"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B103" t="s">
         <v>12</v>
       </c>
       <c r="C103"/>
       <c r="D103">
         <v>1999</v>
       </c>
-      <c r="E103"/>
-      <c r="F103"/>
+      <c r="E103">
+        <v>2006</v>
+      </c>
+      <c r="F103" t="s">
+        <v>49</v>
+      </c>
       <c r="G103"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B104" t="s">
         <v>12</v>
       </c>
       <c r="C104"/>
       <c r="D104">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="E104"/>
-      <c r="F104"/>
+      <c r="F104" t="s">
+        <v>148</v>
+      </c>
       <c r="G104"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>149</v>
       </c>
       <c r="B105" t="s">
         <v>12</v>
       </c>
       <c r="C105"/>
       <c r="D105">
-        <v>2002</v>
+        <v>1988</v>
       </c>
       <c r="E105"/>
-      <c r="F105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F105"/>
       <c r="G105"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>