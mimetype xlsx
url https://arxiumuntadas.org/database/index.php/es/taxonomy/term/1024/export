--- v0 (2025-10-13)
+++ v1 (2026-01-16)
@@ -95,60 +95,60 @@
   <si>
     <t>Persona</t>
   </si>
   <si>
     <t>Video Data Bank (VDB)</t>
   </si>
   <si>
     <t>Political Advertisement X 1952-2020 + Muntadas and Reese in conversation with Rick Prelinger [Screening Video Data Bank]</t>
   </si>
   <si>
     <t>Chicago Cultural Center</t>
   </si>
   <si>
     <t>the file room.</t>
   </si>
   <si>
     <t>The University of Chicago Press</t>
   </si>
   <si>
     <t>The Global Work of Art: World's Fairs, Biennials, and the Aesthetics of Experience</t>
   </si>
   <si>
     <t>Investigación</t>
   </si>
   <si>
+    <t>the file room / Randolph Street Gallery, Chicago</t>
+  </si>
+  <si>
+    <t>Folleto</t>
+  </si>
+  <si>
     <t>WhiteWalls: A Magazine of Writings by Artists #9 Autummn 1983</t>
   </si>
   <si>
     <t>Ensayo</t>
-  </si>
-[...4 lines deleted...]
-    <t>Folleto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -700,70 +700,70 @@
         <v>13</v>
       </c>
       <c r="C14" t="s">
         <v>26</v>
       </c>
       <c r="D14">
         <v>2016</v>
       </c>
       <c r="E14"/>
       <c r="F14" t="s">
         <v>9</v>
       </c>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
         <v>28</v>
       </c>
       <c r="D15">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="E15"/>
       <c r="F15" t="s">
         <v>9</v>
       </c>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
         <v>30</v>
       </c>
       <c r="D16">
-        <v>1994</v>
+        <v>1983</v>
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>9</v>
       </c>
       <c r="G16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>