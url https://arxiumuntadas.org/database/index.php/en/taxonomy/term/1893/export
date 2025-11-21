--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -71,60 +71,60 @@
   <si>
     <t>Le relazioni oltre le immagini. Approcci teorici e pratiche dell'arte pubblica, a cura di Cecilia Guida e Roberto Pinto</t>
   </si>
   <si>
     <t>Compilación, Ensayo</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Açık Radyo, bienal sanatçısı oldu</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Açık Radyo'dan İstanbul Bienali için radyo performansları / Actuaciones radiofónicas de Açık Radyo para la Bienal de Estambul</t>
   </si>
   <si>
     <t>Muntadas: “Le Relazioni oltre le Immagini” al PAC di Milano. L’intervento di Antoni Muntadas</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>On Translation: Abroad</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
     <t>Vacuflex</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...1 lines deleted...]
-  <si>
     <t>Ibiza</t>
-  </si>
-[...1 lines deleted...]
-    <t>On Translation: Abroad</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -560,71 +560,71 @@
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>1971</v>
+        <v>2016</v>
       </c>
       <c r="E7"/>
-      <c r="F7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>2016</v>
+        <v>1971</v>
       </c>
       <c r="E8"/>
-      <c r="F8"/>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
       <c r="G8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>