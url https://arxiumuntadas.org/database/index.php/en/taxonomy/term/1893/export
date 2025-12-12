--- v1 (2025-11-21)
+++ v2 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Comunidad" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Tipo de contenido</t>
   </si>
   <si>
     <t>Tipología</t>
   </si>
   <si>
     <t>Año 1</t>
   </si>
   <si>
     <t>Año 2</t>
   </si>
   <si>
     <t>Lugar</t>
   </si>
   <si>
     <t>Personas e Instituciones</t>
   </si>
   <si>
     <t>Açık Radyo Konuşuyor: İlk Yirmi Yıl</t>
   </si>
   <si>
@@ -71,60 +71,63 @@
   <si>
     <t>Le relazioni oltre le immagini. Approcci teorici e pratiche dell'arte pubblica, a cura di Cecilia Guida e Roberto Pinto</t>
   </si>
   <si>
     <t>Compilación, Ensayo</t>
   </si>
   <si>
     <t>Milán</t>
   </si>
   <si>
     <t>Açık Radyo, bienal sanatçısı oldu</t>
   </si>
   <si>
     <t>Artículo / Noticia en medio digital</t>
   </si>
   <si>
     <t>Açık Radyo'dan İstanbul Bienali için radyo performansları / Actuaciones radiofónicas de Açık Radyo para la Bienal de Estambul</t>
   </si>
   <si>
     <t>Muntadas: “Le Relazioni oltre le Immagini” al PAC di Milano. L’intervento di Antoni Muntadas</t>
   </si>
   <si>
     <t>Evento</t>
   </si>
   <si>
+    <t>Vacuflex</t>
+  </si>
+  <si>
+    <t>Proyecto</t>
+  </si>
+  <si>
+    <t>Ibiza</t>
+  </si>
+  <si>
     <t>On Translation: Abroad</t>
   </si>
   <si>
-    <t>Proyecto</t>
-[...5 lines deleted...]
-    <t>Ibiza</t>
+    <t>Tokio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -560,70 +563,72 @@
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7"/>
       <c r="D7">
-        <v>2016</v>
+        <v>1971</v>
       </c>
       <c r="E7"/>
-      <c r="F7"/>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
       <c r="G7"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8"/>
       <c r="D8">
-        <v>1971</v>
+        <v>2016</v>
       </c>
       <c r="E8"/>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G8"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>